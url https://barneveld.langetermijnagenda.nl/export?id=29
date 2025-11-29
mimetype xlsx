--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -902,51 +902,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac">
-  <dimension ref="A1:Q2765"/>
+  <dimension ref="A1:Q2774"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="37.140625" customWidth="1"/>
     <col min="2" max="3" width="40.7109375" customWidth="1"/>
     <col min="4" max="6" width="25.7109375" customWidth="1"/>
     <col min="7" max="7" width="25.7109375" style="6" customWidth="1"/>
     <col min="8" max="12" width="25.7109375" customWidth="1"/>
     <col min="13" max="13" width="25.7109375" style="6" customWidth="1"/>
     <col min="14" max="15" width="25.7109375" customWidth="1"/>
     <col min="16" max="17" width="25.7109375" style="6" customWidth="1"/>
     <col min="18" max="18" width="2" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" s="4" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>0</v>
@@ -10834,51 +10834,51 @@
       </c>
       <c r="F495" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G495" s="6">
         <v>45693.0</v>
       </c>
     </row>
     <row r="496" spans="1:7" customFormat="false">
       <c r="A496" s="0">
         <v>1314</v>
       </c>
       <c r="B496" s="0" t="str">
         <v>Beleidskader Sociaal Domein</v>
       </c>
       <c r="C496" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D496" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F496" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G496" s="6">
-        <v>45938.0</v>
+        <v>45958.0</v>
       </c>
     </row>
     <row r="497" spans="1:7" customFormat="false">
       <c r="A497" s="0">
         <v>777</v>
       </c>
       <c r="B497" s="0" t="str">
         <v>maatschappelijk sportfonds</v>
       </c>
       <c r="C497" s="0" t="str">
         <v>121  Sportstimulering</v>
       </c>
       <c r="D497" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F497" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G497" s="6">
         <v>42921.0</v>
       </c>
     </row>
     <row r="498" spans="1:7" customFormat="false">
       <c r="A498" s="0">
         <v>777</v>
@@ -12892,51 +12892,51 @@
       </c>
       <c r="F598" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G598" s="6">
         <v>45238.0</v>
       </c>
     </row>
     <row r="599" spans="1:7" customFormat="false">
       <c r="A599" s="0">
         <v>22</v>
       </c>
       <c r="B599" s="0" t="str">
         <v>Revitalisering Harselaar-Oost</v>
       </c>
       <c r="C599" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D599" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F599" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G599" s="6">
-        <v>46001.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="600" spans="1:7" customFormat="false">
       <c r="A600" s="0">
         <v>24</v>
       </c>
       <c r="B600" s="0" t="str">
         <v xml:space="preserve">Herijking economisch actieplan </v>
       </c>
       <c r="C600" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D600" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
       <c r="F600" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G600" s="6">
         <v>41828.0</v>
       </c>
     </row>
     <row r="601" spans="1:7" customFormat="false">
       <c r="A601" s="0">
         <v>25</v>
@@ -13640,111 +13640,111 @@
     <row r="636" spans="1:7" customFormat="false">
       <c r="A636" s="0">
         <v>790</v>
       </c>
       <c r="B636" s="0" t="str">
         <v>Regionaal Programma Werklocaties (RPW)</v>
       </c>
       <c r="C636" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D636" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F636" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G636" s="6">
         <v>44833.0</v>
       </c>
     </row>
     <row r="637" spans="1:7" customFormat="false">
       <c r="A637" s="0">
         <v>833</v>
       </c>
       <c r="B637" s="0" t="str">
-        <v>Kantorenvisie 2019-2027</v>
+        <v xml:space="preserve">Kantorenstrategie 2025-2030 </v>
       </c>
       <c r="C637" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D637" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F637" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G637" s="6">
         <v>43810.0</v>
       </c>
     </row>
     <row r="638" spans="1:7" customFormat="false">
       <c r="A638" s="0">
         <v>833</v>
       </c>
       <c r="B638" s="0" t="str">
-        <v>Kantorenvisie 2019-2027</v>
+        <v xml:space="preserve">Kantorenstrategie 2025-2030 </v>
       </c>
       <c r="C638" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D638" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F638" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G638" s="6">
         <v>44020.0</v>
       </c>
     </row>
     <row r="639" spans="1:7" customFormat="false">
       <c r="A639" s="0">
         <v>833</v>
       </c>
       <c r="B639" s="0" t="str">
-        <v>Kantorenvisie 2019-2027</v>
+        <v xml:space="preserve">Kantorenstrategie 2025-2030 </v>
       </c>
       <c r="C639" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D639" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F639" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G639" s="6">
         <v>45805.0</v>
       </c>
     </row>
     <row r="640" spans="1:7" customFormat="false">
       <c r="A640" s="0">
         <v>833</v>
       </c>
       <c r="B640" s="0" t="str">
-        <v>Kantorenvisie 2019-2027</v>
+        <v xml:space="preserve">Kantorenstrategie 2025-2030 </v>
       </c>
       <c r="C640" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D640" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F640" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G640" s="6">
         <v>46001.0</v>
       </c>
     </row>
     <row r="641" spans="1:7" customFormat="false">
       <c r="A641" s="0">
         <v>834</v>
       </c>
       <c r="B641" s="0" t="str">
         <v xml:space="preserve">Visie perifere detailhandelsontwikkelingen </v>
       </c>
       <c r="C641" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D641" s="0" t="str">
@@ -15532,51 +15532,51 @@
       </c>
       <c r="F730" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G730" s="6">
         <v>44475.0</v>
       </c>
     </row>
     <row r="731" spans="1:7" customFormat="false">
       <c r="A731" s="0">
         <v>399</v>
       </c>
       <c r="B731" s="0" t="str">
         <v xml:space="preserve">Omgevingsprogramma Bereikbaarheid (was GVVP) </v>
       </c>
       <c r="C731" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D731" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F731" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G731" s="6">
-        <v>46274.0</v>
+        <v>46302.0</v>
       </c>
     </row>
     <row r="732" spans="1:7" customFormat="false">
       <c r="A732" s="0">
         <v>400</v>
       </c>
       <c r="B732" s="0" t="str">
         <v>Harselaartunnel</v>
       </c>
       <c r="C732" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D732" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F732" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G732" s="6">
         <v>42319.0</v>
       </c>
     </row>
     <row r="733" spans="1:7" customFormat="false">
       <c r="A733" s="0">
         <v>401</v>
@@ -16795,30750 +16795,30930 @@
         <v>43446.0</v>
       </c>
     </row>
     <row r="794" spans="1:7" customFormat="false">
       <c r="A794" s="0">
         <v>903</v>
       </c>
       <c r="B794" s="0" t="str">
         <v xml:space="preserve">Notitie over parkeernormen </v>
       </c>
       <c r="C794" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="D794" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F794" s="0" t="str">
         <v>Commissie B-S-G</v>
       </c>
       <c r="G794" s="6">
         <v>43481.0</v>
       </c>
     </row>
     <row r="795" spans="1:7" customFormat="false">
       <c r="A795" s="0">
-        <v>31</v>
+        <v>1337</v>
       </c>
       <c r="B795" s="0" t="str">
-        <v>Meerjarenwoningbouwprogramma</v>
+        <v>Verhoging parkeertarieven</v>
       </c>
       <c r="C795" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="D795" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F795" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G795" s="6">
-        <v>42646.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="796" spans="1:7" customFormat="false">
       <c r="A796" s="0">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B796" s="0" t="str">
-        <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
+        <v>Meerjarenwoningbouwprogramma</v>
       </c>
       <c r="C796" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D796" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F796" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G796" s="6">
-        <v>41800.0</v>
+        <v>42646.0</v>
       </c>
     </row>
     <row r="797" spans="1:7" customFormat="false">
       <c r="A797" s="0">
         <v>32</v>
       </c>
       <c r="B797" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C797" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D797" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F797" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G797" s="6">
-        <v>42277.0</v>
+        <v>41800.0</v>
       </c>
     </row>
     <row r="798" spans="1:7" customFormat="false">
       <c r="A798" s="0">
         <v>32</v>
       </c>
       <c r="B798" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C798" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D798" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F798" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G798" s="6">
-        <v>42557.0</v>
+        <v>42277.0</v>
       </c>
     </row>
     <row r="799" spans="1:7" customFormat="false">
       <c r="A799" s="0">
         <v>32</v>
       </c>
       <c r="B799" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C799" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D799" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F799" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G799" s="6">
-        <v>42683.0</v>
+        <v>42557.0</v>
       </c>
     </row>
     <row r="800" spans="1:7" customFormat="false">
       <c r="A800" s="0">
         <v>32</v>
       </c>
       <c r="B800" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C800" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D800" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F800" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G800" s="6">
-        <v>42879.0</v>
+        <v>42683.0</v>
       </c>
     </row>
     <row r="801" spans="1:7" customFormat="false">
       <c r="A801" s="0">
         <v>32</v>
       </c>
       <c r="B801" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C801" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D801" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F801" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G801" s="6">
-        <v>43166.0</v>
+        <v>42879.0</v>
       </c>
     </row>
     <row r="802" spans="1:7" customFormat="false">
       <c r="A802" s="0">
         <v>32</v>
       </c>
       <c r="B802" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C802" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D802" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F802" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G802" s="6">
-        <v>43376.0</v>
+        <v>43166.0</v>
       </c>
     </row>
     <row r="803" spans="1:7" customFormat="false">
       <c r="A803" s="0">
         <v>32</v>
       </c>
       <c r="B803" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C803" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D803" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F803" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G803" s="6">
-        <v>43530.0</v>
+        <v>43376.0</v>
       </c>
     </row>
     <row r="804" spans="1:7" customFormat="false">
       <c r="A804" s="0">
         <v>32</v>
       </c>
       <c r="B804" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C804" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D804" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F804" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G804" s="6">
-        <v>43747.0</v>
+        <v>43530.0</v>
       </c>
     </row>
     <row r="805" spans="1:7" customFormat="false">
       <c r="A805" s="0">
         <v>32</v>
       </c>
       <c r="B805" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C805" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D805" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F805" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G805" s="6">
-        <v>43908.0</v>
+        <v>43747.0</v>
       </c>
     </row>
     <row r="806" spans="1:7" customFormat="false">
       <c r="A806" s="0">
         <v>32</v>
       </c>
       <c r="B806" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C806" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D806" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F806" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G806" s="6">
-        <v>44230.0</v>
+        <v>43908.0</v>
       </c>
     </row>
     <row r="807" spans="1:7" customFormat="false">
       <c r="A807" s="0">
         <v>32</v>
       </c>
       <c r="B807" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C807" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D807" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F807" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G807" s="6">
-        <v>44384.0</v>
+        <v>44230.0</v>
       </c>
     </row>
     <row r="808" spans="1:7" customFormat="false">
       <c r="A808" s="0">
         <v>32</v>
       </c>
       <c r="B808" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C808" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D808" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F808" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G808" s="6">
-        <v>44628.0</v>
+        <v>44384.0</v>
       </c>
     </row>
     <row r="809" spans="1:7" customFormat="false">
       <c r="A809" s="0">
         <v>32</v>
       </c>
       <c r="B809" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C809" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D809" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F809" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G809" s="6">
-        <v>44909.0</v>
+        <v>44628.0</v>
       </c>
     </row>
     <row r="810" spans="1:7" customFormat="false">
       <c r="A810" s="0">
         <v>32</v>
       </c>
       <c r="B810" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C810" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D810" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F810" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G810" s="6">
-        <v>45112.0</v>
+        <v>44909.0</v>
       </c>
     </row>
     <row r="811" spans="1:7" customFormat="false">
       <c r="A811" s="0">
         <v>32</v>
       </c>
       <c r="B811" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C811" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D811" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F811" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G811" s="6">
-        <v>45365.0</v>
+        <v>45112.0</v>
       </c>
     </row>
     <row r="812" spans="1:7" customFormat="false">
       <c r="A812" s="0">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B812" s="0" t="str">
-        <v xml:space="preserve">Evaluatie visie op wonen 2010-2020 </v>
+        <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C812" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D812" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F812" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G812" s="6">
-        <v>42473.0</v>
+        <v>45365.0</v>
       </c>
     </row>
     <row r="813" spans="1:7" customFormat="false">
       <c r="A813" s="0">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B813" s="0" t="str">
-        <v xml:space="preserve">Huisvestingsverordening </v>
+        <v xml:space="preserve">Evaluatie visie op wonen 2010-2020 </v>
       </c>
       <c r="C813" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D813" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F813" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G813" s="6">
-        <v>41989.0</v>
+        <v>42473.0</v>
       </c>
     </row>
     <row r="814" spans="1:7" customFormat="false">
       <c r="A814" s="0">
         <v>34</v>
       </c>
       <c r="B814" s="0" t="str">
         <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C814" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D814" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F814" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G814" s="6">
-        <v>42165.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="815" spans="1:7" customFormat="false">
       <c r="A815" s="0">
         <v>34</v>
       </c>
       <c r="B815" s="0" t="str">
         <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C815" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D815" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F815" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G815" s="6">
-        <v>43530.0</v>
+        <v>42165.0</v>
       </c>
     </row>
     <row r="816" spans="1:7" customFormat="false">
       <c r="A816" s="0">
         <v>34</v>
       </c>
       <c r="B816" s="0" t="str">
         <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C816" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D816" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F816" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G816" s="6">
-        <v>43607.0</v>
+        <v>43530.0</v>
       </c>
     </row>
     <row r="817" spans="1:7" customFormat="false">
       <c r="A817" s="0">
         <v>34</v>
       </c>
       <c r="B817" s="0" t="str">
         <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C817" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D817" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F817" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G817" s="6">
-        <v>43656.0</v>
+        <v>43607.0</v>
       </c>
     </row>
     <row r="818" spans="1:7" customFormat="false">
       <c r="A818" s="0">
         <v>34</v>
       </c>
       <c r="B818" s="0" t="str">
         <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C818" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D818" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F818" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G818" s="6">
-        <v>44111.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="819" spans="1:7" customFormat="false">
       <c r="A819" s="0">
         <v>34</v>
       </c>
       <c r="B819" s="0" t="str">
         <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C819" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D819" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F819" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G819" s="6">
-        <v>45112.0</v>
+        <v>44111.0</v>
       </c>
     </row>
     <row r="820" spans="1:7" customFormat="false">
       <c r="A820" s="0">
         <v>34</v>
       </c>
       <c r="B820" s="0" t="str">
         <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C820" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D820" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F820" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G820" s="6">
-        <v>45224.0</v>
+        <v>45112.0</v>
       </c>
     </row>
     <row r="821" spans="1:7" customFormat="false">
       <c r="A821" s="0">
         <v>34</v>
       </c>
       <c r="B821" s="0" t="str">
         <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C821" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D821" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F821" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G821" s="6">
-        <v>45273.0</v>
+        <v>45224.0</v>
       </c>
     </row>
     <row r="822" spans="1:7" customFormat="false">
       <c r="A822" s="0">
         <v>34</v>
       </c>
       <c r="B822" s="0" t="str">
         <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C822" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D822" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F822" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G822" s="6">
-        <v>45764.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="823" spans="1:7" customFormat="false">
       <c r="A823" s="0">
         <v>34</v>
       </c>
       <c r="B823" s="0" t="str">
         <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C823" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D823" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F823" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G823" s="6">
-        <v>46722.0</v>
+        <v>45764.0</v>
       </c>
     </row>
     <row r="824" spans="1:7" customFormat="false">
       <c r="A824" s="0">
-        <v>407</v>
+        <v>34</v>
       </c>
       <c r="B824" s="0" t="str">
-        <v>Woonzorgvisie (was Beleidsvisie wonen, zorg en welzijn, daarvoor Notitie Woonservicegebieden)</v>
+        <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C824" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D824" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F824" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G824" s="6">
-        <v>42277.0</v>
+        <v>46722.0</v>
       </c>
     </row>
     <row r="825" spans="1:7" customFormat="false">
       <c r="A825" s="0">
         <v>407</v>
       </c>
       <c r="B825" s="0" t="str">
         <v>Woonzorgvisie (was Beleidsvisie wonen, zorg en welzijn, daarvoor Notitie Woonservicegebieden)</v>
       </c>
       <c r="C825" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D825" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F825" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G825" s="6">
-        <v>43495.0</v>
+        <v>42277.0</v>
       </c>
     </row>
     <row r="826" spans="1:7" customFormat="false">
       <c r="A826" s="0">
         <v>407</v>
       </c>
       <c r="B826" s="0" t="str">
         <v>Woonzorgvisie (was Beleidsvisie wonen, zorg en welzijn, daarvoor Notitie Woonservicegebieden)</v>
       </c>
       <c r="C826" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D826" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F826" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G826" s="6">
-        <v>45764.0</v>
+        <v>43495.0</v>
       </c>
     </row>
     <row r="827" spans="1:7" customFormat="false">
       <c r="A827" s="0">
-        <v>422</v>
+        <v>407</v>
       </c>
       <c r="B827" s="0" t="str">
-        <v>Herijking Woonvisie</v>
+        <v>Woonzorgvisie (was Beleidsvisie wonen, zorg en welzijn, daarvoor Notitie Woonservicegebieden)</v>
       </c>
       <c r="C827" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D827" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F827" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G827" s="6">
-        <v>42473.0</v>
+        <v>45764.0</v>
       </c>
     </row>
     <row r="828" spans="1:7" customFormat="false">
       <c r="A828" s="0">
         <v>422</v>
       </c>
       <c r="B828" s="0" t="str">
         <v>Herijking Woonvisie</v>
       </c>
       <c r="C828" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D828" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F828" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G828" s="6">
-        <v>42649.0</v>
+        <v>42473.0</v>
       </c>
     </row>
     <row r="829" spans="1:7" customFormat="false">
       <c r="A829" s="0">
         <v>422</v>
       </c>
       <c r="B829" s="0" t="str">
         <v>Herijking Woonvisie</v>
       </c>
       <c r="C829" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D829" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F829" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G829" s="6">
-        <v>42718.0</v>
+        <v>42649.0</v>
       </c>
     </row>
     <row r="830" spans="1:7" customFormat="false">
       <c r="A830" s="0">
         <v>422</v>
       </c>
       <c r="B830" s="0" t="str">
         <v>Herijking Woonvisie</v>
       </c>
       <c r="C830" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D830" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F830" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G830" s="6">
-        <v>43530.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="831" spans="1:7" customFormat="false">
       <c r="A831" s="0">
         <v>422</v>
       </c>
       <c r="B831" s="0" t="str">
         <v>Herijking Woonvisie</v>
       </c>
       <c r="C831" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D831" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F831" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G831" s="6">
-        <v>43853.0</v>
+        <v>43530.0</v>
       </c>
     </row>
     <row r="832" spans="1:7" customFormat="false">
       <c r="A832" s="0">
         <v>422</v>
       </c>
       <c r="B832" s="0" t="str">
         <v>Herijking Woonvisie</v>
       </c>
       <c r="C832" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D832" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F832" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G832" s="6">
-        <v>43866.0</v>
+        <v>43853.0</v>
       </c>
     </row>
     <row r="833" spans="1:7" customFormat="false">
       <c r="A833" s="0">
         <v>422</v>
       </c>
       <c r="B833" s="0" t="str">
         <v>Herijking Woonvisie</v>
       </c>
       <c r="C833" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D833" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F833" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G833" s="6">
-        <v>44020.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="834" spans="1:7" customFormat="false">
       <c r="A834" s="0">
         <v>422</v>
       </c>
       <c r="B834" s="0" t="str">
         <v>Herijking Woonvisie</v>
       </c>
       <c r="C834" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D834" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F834" s="0" t="str">
-        <v>Informatieavond</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G834" s="6">
-        <v>44152.0</v>
+        <v>44020.0</v>
       </c>
     </row>
     <row r="835" spans="1:7" customFormat="false">
       <c r="A835" s="0">
         <v>422</v>
       </c>
       <c r="B835" s="0" t="str">
         <v>Herijking Woonvisie</v>
       </c>
       <c r="C835" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D835" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F835" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Informatieavond</v>
       </c>
       <c r="G835" s="6">
-        <v>44229.0</v>
+        <v>44152.0</v>
       </c>
     </row>
     <row r="836" spans="1:7" customFormat="false">
       <c r="A836" s="0">
         <v>422</v>
       </c>
       <c r="B836" s="0" t="str">
         <v>Herijking Woonvisie</v>
       </c>
       <c r="C836" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D836" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F836" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G836" s="6">
-        <v>44273.0</v>
+        <v>44229.0</v>
       </c>
     </row>
     <row r="837" spans="1:7" customFormat="false">
       <c r="A837" s="0">
         <v>422</v>
       </c>
       <c r="B837" s="0" t="str">
         <v>Herijking Woonvisie</v>
       </c>
       <c r="C837" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D837" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F837" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G837" s="6">
-        <v>45273.0</v>
+        <v>44273.0</v>
       </c>
     </row>
     <row r="838" spans="1:7" customFormat="false">
       <c r="A838" s="0">
         <v>422</v>
       </c>
       <c r="B838" s="0" t="str">
         <v>Herijking Woonvisie</v>
       </c>
       <c r="C838" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D838" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F838" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G838" s="6">
-        <v>45609.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="839" spans="1:7" customFormat="false">
       <c r="A839" s="0">
         <v>422</v>
       </c>
       <c r="B839" s="0" t="str">
         <v>Herijking Woonvisie</v>
       </c>
       <c r="C839" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D839" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F839" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G839" s="6">
-        <v>46001.0</v>
+        <v>45609.0</v>
       </c>
     </row>
     <row r="840" spans="1:7" customFormat="false">
       <c r="A840" s="0">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B840" s="0" t="str">
-        <v>Faseren en doseren woningmarkt Barneveld</v>
+        <v>Herijking Woonvisie</v>
       </c>
       <c r="C840" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D840" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F840" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G840" s="6">
-        <v>41989.0</v>
+        <v>46001.0</v>
       </c>
     </row>
     <row r="841" spans="1:7" customFormat="false">
       <c r="A841" s="0">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="B841" s="0" t="str">
-        <v>Kwaliteitskader woningbouwplannen</v>
+        <v>Faseren en doseren woningmarkt Barneveld</v>
       </c>
       <c r="C841" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D841" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F841" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G841" s="6">
-        <v>42067.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="842" spans="1:7" customFormat="false">
       <c r="A842" s="0">
-        <v>533</v>
+        <v>424</v>
       </c>
       <c r="B842" s="0" t="str">
-        <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
+        <v>Kwaliteitskader woningbouwplannen</v>
       </c>
       <c r="C842" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D842" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F842" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G842" s="6">
-        <v>42193.0</v>
+        <v>42067.0</v>
       </c>
     </row>
     <row r="843" spans="1:7" customFormat="false">
       <c r="A843" s="0">
         <v>533</v>
       </c>
       <c r="B843" s="0" t="str">
         <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
       </c>
       <c r="C843" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D843" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F843" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G843" s="6">
-        <v>43866.0</v>
+        <v>42193.0</v>
       </c>
     </row>
     <row r="844" spans="1:7" customFormat="false">
       <c r="A844" s="0">
         <v>533</v>
       </c>
       <c r="B844" s="0" t="str">
         <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
       </c>
       <c r="C844" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D844" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F844" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G844" s="6">
-        <v>45042.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="845" spans="1:7" customFormat="false">
       <c r="A845" s="0">
         <v>533</v>
       </c>
       <c r="B845" s="0" t="str">
         <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
       </c>
       <c r="C845" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D845" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F845" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G845" s="6">
-        <v>45196.0</v>
+        <v>45042.0</v>
       </c>
     </row>
     <row r="846" spans="1:7" customFormat="false">
       <c r="A846" s="0">
         <v>533</v>
       </c>
       <c r="B846" s="0" t="str">
         <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
       </c>
       <c r="C846" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D846" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F846" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G846" s="6">
-        <v>45441.0</v>
+        <v>45196.0</v>
       </c>
     </row>
     <row r="847" spans="1:7" customFormat="false">
       <c r="A847" s="0">
         <v>533</v>
       </c>
       <c r="B847" s="0" t="str">
         <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
       </c>
       <c r="C847" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D847" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F847" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G847" s="6">
-        <v>46001.0</v>
+        <v>45441.0</v>
       </c>
     </row>
     <row r="848" spans="1:7" customFormat="false">
       <c r="A848" s="0">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="B848" s="0" t="str">
-        <v>Notitie huisvesting statushouders</v>
+        <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
       </c>
       <c r="C848" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D848" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F848" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G848" s="6">
-        <v>42319.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="849" spans="1:7" customFormat="false">
       <c r="A849" s="0">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="B849" s="0" t="str">
-        <v>Notitie woonlastenfonds</v>
+        <v>Notitie huisvesting statushouders</v>
       </c>
       <c r="C849" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D849" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F849" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G849" s="6">
-        <v>42193.0</v>
+        <v>42319.0</v>
       </c>
     </row>
     <row r="850" spans="1:7" customFormat="false">
       <c r="A850" s="0">
-        <v>579</v>
+        <v>535</v>
       </c>
       <c r="B850" s="0" t="str">
-        <v>Evaluatie urgentiecategoriën Huisvestingsverordening</v>
+        <v>Notitie woonlastenfonds</v>
       </c>
       <c r="C850" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D850" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F850" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G850" s="6">
-        <v>42718.0</v>
+        <v>42193.0</v>
       </c>
     </row>
     <row r="851" spans="1:7" customFormat="false">
       <c r="A851" s="0">
         <v>579</v>
       </c>
       <c r="B851" s="0" t="str">
         <v>Evaluatie urgentiecategoriën Huisvestingsverordening</v>
       </c>
       <c r="C851" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D851" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F851" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G851" s="6">
-        <v>42754.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="852" spans="1:7" customFormat="false">
       <c r="A852" s="0">
-        <v>652</v>
+        <v>579</v>
       </c>
       <c r="B852" s="0" t="str">
-        <v>huisvesting statushouders</v>
+        <v>Evaluatie urgentiecategoriën Huisvestingsverordening</v>
       </c>
       <c r="C852" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D852" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F852" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G852" s="6">
-        <v>42515.0</v>
+        <v>42754.0</v>
       </c>
     </row>
     <row r="853" spans="1:7" customFormat="false">
       <c r="A853" s="0">
         <v>652</v>
       </c>
       <c r="B853" s="0" t="str">
         <v>huisvesting statushouders</v>
       </c>
       <c r="C853" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D853" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F853" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G853" s="6">
-        <v>42767.0</v>
+        <v>42515.0</v>
       </c>
     </row>
     <row r="854" spans="1:7" customFormat="false">
       <c r="A854" s="0">
         <v>652</v>
       </c>
       <c r="B854" s="0" t="str">
         <v>huisvesting statushouders</v>
       </c>
       <c r="C854" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D854" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F854" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G854" s="6">
-        <v>43005.0</v>
+        <v>42767.0</v>
       </c>
     </row>
     <row r="855" spans="1:7" customFormat="false">
       <c r="A855" s="0">
-        <v>717</v>
+        <v>652</v>
       </c>
       <c r="B855" s="0" t="str">
-        <v>Startersleningen</v>
+        <v>huisvesting statushouders</v>
       </c>
       <c r="C855" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D855" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F855" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G855" s="6">
-        <v>42718.0</v>
+        <v>43005.0</v>
       </c>
     </row>
     <row r="856" spans="1:7" customFormat="false">
       <c r="A856" s="0">
         <v>717</v>
       </c>
       <c r="B856" s="0" t="str">
         <v>Startersleningen</v>
       </c>
       <c r="C856" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D856" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F856" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G856" s="6">
-        <v>42754.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="857" spans="1:7" customFormat="false">
       <c r="A857" s="0">
         <v>717</v>
       </c>
       <c r="B857" s="0" t="str">
         <v>Startersleningen</v>
       </c>
       <c r="C857" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D857" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F857" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G857" s="6">
-        <v>42767.0</v>
+        <v>42754.0</v>
       </c>
     </row>
     <row r="858" spans="1:7" customFormat="false">
       <c r="A858" s="0">
         <v>717</v>
       </c>
       <c r="B858" s="0" t="str">
         <v>Startersleningen</v>
       </c>
       <c r="C858" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D858" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F858" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G858" s="6">
-        <v>43101.0</v>
+        <v>42767.0</v>
       </c>
     </row>
     <row r="859" spans="1:7" customFormat="false">
       <c r="A859" s="0">
         <v>717</v>
       </c>
       <c r="B859" s="0" t="str">
         <v>Startersleningen</v>
       </c>
       <c r="C859" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D859" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F859" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G859" s="6">
-        <v>43166.0</v>
+        <v>43101.0</v>
       </c>
     </row>
     <row r="860" spans="1:7" customFormat="false">
       <c r="A860" s="0">
         <v>717</v>
       </c>
       <c r="B860" s="0" t="str">
         <v>Startersleningen</v>
       </c>
       <c r="C860" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D860" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F860" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G860" s="6">
-        <v>43495.0</v>
+        <v>43166.0</v>
       </c>
     </row>
     <row r="861" spans="1:7" customFormat="false">
       <c r="A861" s="0">
         <v>717</v>
       </c>
       <c r="B861" s="0" t="str">
         <v>Startersleningen</v>
       </c>
       <c r="C861" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D861" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F861" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G861" s="6">
-        <v>44342.0</v>
+        <v>43495.0</v>
       </c>
     </row>
     <row r="862" spans="1:7" customFormat="false">
       <c r="A862" s="0">
         <v>717</v>
       </c>
       <c r="B862" s="0" t="str">
         <v>Startersleningen</v>
       </c>
       <c r="C862" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D862" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F862" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G862" s="6">
-        <v>44909.0</v>
+        <v>44342.0</v>
       </c>
     </row>
     <row r="863" spans="1:7" customFormat="false">
       <c r="A863" s="0">
-        <v>728</v>
+        <v>717</v>
       </c>
       <c r="B863" s="0" t="str">
-        <v>Actualisering betaalbaarheid wonen/Doelgroepenverordening</v>
+        <v>Startersleningen</v>
       </c>
       <c r="C863" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D863" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F863" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G863" s="6">
-        <v>43089.0</v>
+        <v>44909.0</v>
       </c>
     </row>
     <row r="864" spans="1:7" customFormat="false">
       <c r="A864" s="0">
         <v>728</v>
       </c>
       <c r="B864" s="0" t="str">
         <v>Actualisering betaalbaarheid wonen/Doelgroepenverordening</v>
       </c>
       <c r="C864" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D864" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F864" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G864" s="6">
-        <v>44342.0</v>
+        <v>43089.0</v>
       </c>
     </row>
     <row r="865" spans="1:7" customFormat="false">
       <c r="A865" s="0">
         <v>728</v>
       </c>
       <c r="B865" s="0" t="str">
         <v>Actualisering betaalbaarheid wonen/Doelgroepenverordening</v>
       </c>
       <c r="C865" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D865" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F865" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G865" s="6">
-        <v>44706.0</v>
+        <v>44342.0</v>
       </c>
     </row>
     <row r="866" spans="1:7" customFormat="false">
       <c r="A866" s="0">
         <v>728</v>
       </c>
       <c r="B866" s="0" t="str">
         <v>Actualisering betaalbaarheid wonen/Doelgroepenverordening</v>
       </c>
       <c r="C866" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D866" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F866" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G866" s="6">
-        <v>44868.0</v>
+        <v>44706.0</v>
       </c>
     </row>
     <row r="867" spans="1:7" customFormat="false">
       <c r="A867" s="0">
         <v>728</v>
       </c>
       <c r="B867" s="0" t="str">
         <v>Actualisering betaalbaarheid wonen/Doelgroepenverordening</v>
       </c>
       <c r="C867" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D867" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F867" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G867" s="6">
-        <v>46093.0</v>
+        <v>44868.0</v>
       </c>
     </row>
     <row r="868" spans="1:7" customFormat="false">
       <c r="A868" s="0">
-        <v>893</v>
+        <v>728</v>
       </c>
       <c r="B868" s="0" t="str">
-        <v xml:space="preserve">Notitie woningmarktonderzoek </v>
+        <v>Actualisering betaalbaarheid wonen/Doelgroepenverordening</v>
       </c>
       <c r="C868" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D868" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F868" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G868" s="6">
-        <v>43810.0</v>
+        <v>46093.0</v>
       </c>
     </row>
     <row r="869" spans="1:7" customFormat="false">
       <c r="A869" s="0">
-        <v>904</v>
+        <v>893</v>
       </c>
       <c r="B869" s="0" t="str">
-        <v xml:space="preserve">Onderzoek aantonen oplossen schaarste i.v.m. Huisvestingsverordening </v>
+        <v xml:space="preserve">Notitie woningmarktonderzoek </v>
       </c>
       <c r="C869" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D869" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F869" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G869" s="6">
-        <v>43530.0</v>
+        <v>43810.0</v>
       </c>
     </row>
     <row r="870" spans="1:7" customFormat="false">
       <c r="A870" s="0">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="B870" s="0" t="str">
-        <v xml:space="preserve">Onderzoek woningtrends </v>
+        <v xml:space="preserve">Onderzoek aantonen oplossen schaarste i.v.m. Huisvestingsverordening </v>
       </c>
       <c r="C870" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D870" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F870" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G870" s="6">
-        <v>43656.0</v>
+        <v>43530.0</v>
       </c>
     </row>
     <row r="871" spans="1:7" customFormat="false">
       <c r="A871" s="0">
-        <v>1097</v>
+        <v>905</v>
       </c>
       <c r="B871" s="0" t="str">
-        <v xml:space="preserve">Regeling opkoopbescherming koopwoningen </v>
+        <v xml:space="preserve">Onderzoek woningtrends </v>
       </c>
       <c r="C871" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D871" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F871" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G871" s="6">
-        <v>44748.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="872" spans="1:7" customFormat="false">
       <c r="A872" s="0">
-        <v>1304</v>
+        <v>1097</v>
       </c>
       <c r="B872" s="0" t="str">
-        <v>Huisvesting arbeidsmigranten Oud Vellerseweg</v>
+        <v xml:space="preserve">Regeling opkoopbescherming koopwoningen </v>
       </c>
       <c r="C872" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D872" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F872" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G872" s="6">
-        <v>45399.0</v>
+        <v>44748.0</v>
       </c>
     </row>
     <row r="873" spans="1:7" customFormat="false">
       <c r="A873" s="0">
-        <v>1306</v>
+        <v>1304</v>
       </c>
       <c r="B873" s="0" t="str">
-        <v>Huisvesting arbeidsmigranten Postweg 16</v>
+        <v>Huisvesting arbeidsmigranten Oud Vellerseweg</v>
       </c>
       <c r="C873" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D873" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F873" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G873" s="6">
-        <v>45441.0</v>
+        <v>45399.0</v>
       </c>
     </row>
     <row r="874" spans="1:7" customFormat="false">
       <c r="A874" s="0">
         <v>1306</v>
       </c>
       <c r="B874" s="0" t="str">
         <v>Huisvesting arbeidsmigranten Postweg 16</v>
       </c>
       <c r="C874" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D874" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F874" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G874" s="6">
-        <v>45958.0</v>
+        <v>45441.0</v>
       </c>
     </row>
     <row r="875" spans="1:7" customFormat="false">
       <c r="A875" s="0">
-        <v>1332</v>
+        <v>1306</v>
       </c>
       <c r="B875" s="0" t="str">
-        <v>Puurveen Zuid Kootwijkerbroek</v>
+        <v>Huisvesting arbeidsmigranten Postweg 16</v>
       </c>
       <c r="C875" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D875" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F875" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G875" s="6">
-        <v>46001.0</v>
+        <v>45958.0</v>
       </c>
     </row>
     <row r="876" spans="1:7" customFormat="false">
       <c r="A876" s="0">
-        <v>35</v>
+        <v>1332</v>
       </c>
       <c r="B876" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Holzenbosch (Voorthuizen Zuid) </v>
+        <v>Puurveen Zuid Kootwijkerbroek</v>
       </c>
       <c r="C876" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="D876" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F876" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G876" s="6">
-        <v>42354.0</v>
+        <v>46001.0</v>
       </c>
     </row>
     <row r="877" spans="1:7" customFormat="false">
       <c r="A877" s="0">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B877" s="0" t="str">
-        <v>Bestemmingsplan Eilanden-Oost</v>
+        <v xml:space="preserve">Bestemmingsplan Holzenbosch (Voorthuizen Zuid) </v>
       </c>
       <c r="C877" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D877" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F877" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G877" s="6">
-        <v>41989.0</v>
+        <v>42354.0</v>
       </c>
     </row>
     <row r="878" spans="1:7" customFormat="false">
       <c r="A878" s="0">
-        <v>252</v>
+        <v>37</v>
       </c>
       <c r="B878" s="0" t="str">
-        <v>Kaderstelling inbreidingslocaties</v>
+        <v>Bestemmingsplan Eilanden-Oost</v>
       </c>
       <c r="C878" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D878" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F878" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G878" s="6">
-        <v>41359.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="879" spans="1:7" customFormat="false">
       <c r="A879" s="0">
-        <v>298</v>
+        <v>252</v>
       </c>
       <c r="B879" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Leeuwerikstraat I </v>
+        <v>Kaderstelling inbreidingslocaties</v>
       </c>
       <c r="C879" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D879" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F879" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G879" s="6">
-        <v>41765.0</v>
+        <v>41359.0</v>
       </c>
     </row>
     <row r="880" spans="1:7" customFormat="false">
       <c r="A880" s="0">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B880" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Jacob Catsstraat I </v>
+        <v xml:space="preserve">Bestemmingsplan Leeuwerikstraat I </v>
       </c>
       <c r="C880" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D880" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F880" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G880" s="6">
-        <v>41828.0</v>
+        <v>41765.0</v>
       </c>
     </row>
     <row r="881" spans="1:7" customFormat="false">
       <c r="A881" s="0">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B881" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Begoniastraat I </v>
+        <v xml:space="preserve">Bestemmingsplan Jacob Catsstraat I </v>
       </c>
       <c r="C881" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D881" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F881" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G881" s="6">
         <v>41828.0</v>
       </c>
     </row>
     <row r="882" spans="1:7" customFormat="false">
       <c r="A882" s="0">
-        <v>338</v>
+        <v>300</v>
       </c>
       <c r="B882" s="0" t="str">
-        <v>Bestemmingsplan Esvelderbeekzone</v>
+        <v xml:space="preserve">Bestemmingsplan Begoniastraat I </v>
       </c>
       <c r="C882" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D882" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F882" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G882" s="6">
-        <v>42067.0</v>
+        <v>41828.0</v>
       </c>
     </row>
     <row r="883" spans="1:7" customFormat="false">
       <c r="A883" s="0">
-        <v>387</v>
+        <v>338</v>
       </c>
       <c r="B883" s="0" t="str">
-        <v>Bestemmingsplan Valkseweg XI</v>
+        <v>Bestemmingsplan Esvelderbeekzone</v>
       </c>
       <c r="C883" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D883" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F883" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G883" s="6">
-        <v>41464.0</v>
+        <v>42067.0</v>
       </c>
     </row>
     <row r="884" spans="1:7" customFormat="false">
       <c r="A884" s="0">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B884" s="0" t="str">
-        <v>Bestemmingsplan Rudolphlaan-Schoonderbekerweg</v>
+        <v>Bestemmingsplan Valkseweg XI</v>
       </c>
       <c r="C884" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D884" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F884" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G884" s="6">
-        <v>41912.0</v>
+        <v>41464.0</v>
       </c>
     </row>
     <row r="885" spans="1:7" customFormat="false">
       <c r="A885" s="0">
-        <v>408</v>
+        <v>389</v>
       </c>
       <c r="B885" s="0" t="str">
-        <v xml:space="preserve">Woningbouwlocatie Barneveld-Noord (Bloemendal) </v>
+        <v>Bestemmingsplan Rudolphlaan-Schoonderbekerweg</v>
       </c>
       <c r="C885" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D885" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F885" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G885" s="6">
-        <v>42816.0</v>
+        <v>41912.0</v>
       </c>
     </row>
     <row r="886" spans="1:7" customFormat="false">
       <c r="A886" s="0">
         <v>408</v>
       </c>
       <c r="B886" s="0" t="str">
         <v xml:space="preserve">Woningbouwlocatie Barneveld-Noord (Bloemendal) </v>
       </c>
       <c r="C886" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D886" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F886" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G886" s="6">
-        <v>43418.0</v>
+        <v>42816.0</v>
       </c>
     </row>
     <row r="887" spans="1:7" customFormat="false">
       <c r="A887" s="0">
         <v>408</v>
       </c>
       <c r="B887" s="0" t="str">
         <v xml:space="preserve">Woningbouwlocatie Barneveld-Noord (Bloemendal) </v>
       </c>
       <c r="C887" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D887" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F887" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G887" s="6">
-        <v>43978.0</v>
+        <v>43418.0</v>
       </c>
     </row>
     <row r="888" spans="1:7" customFormat="false">
       <c r="A888" s="0">
         <v>408</v>
       </c>
       <c r="B888" s="0" t="str">
         <v xml:space="preserve">Woningbouwlocatie Barneveld-Noord (Bloemendal) </v>
       </c>
       <c r="C888" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D888" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F888" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G888" s="6">
-        <v>45560.0</v>
+        <v>43978.0</v>
       </c>
     </row>
     <row r="889" spans="1:7" customFormat="false">
       <c r="A889" s="0">
         <v>408</v>
       </c>
       <c r="B889" s="0" t="str">
         <v xml:space="preserve">Woningbouwlocatie Barneveld-Noord (Bloemendal) </v>
       </c>
       <c r="C889" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D889" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F889" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G889" s="6">
-        <v>45938.0</v>
+        <v>45560.0</v>
       </c>
     </row>
     <row r="890" spans="1:7" customFormat="false">
       <c r="A890" s="0">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="B890" s="0" t="str">
-        <v>Woningbouwlocatie Terschuur</v>
+        <v xml:space="preserve">Woningbouwlocatie Barneveld-Noord (Bloemendal) </v>
       </c>
       <c r="C890" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D890" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F890" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G890" s="6">
-        <v>44273.0</v>
+        <v>45938.0</v>
       </c>
     </row>
     <row r="891" spans="1:7" customFormat="false">
       <c r="A891" s="0">
-        <v>456</v>
+        <v>409</v>
       </c>
       <c r="B891" s="0" t="str">
-        <v>Bestemmingsplan Schoutenstraat I</v>
+        <v>Woningbouwlocatie Terschuur</v>
       </c>
       <c r="C891" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D891" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F891" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G891" s="6">
-        <v>41989.0</v>
+        <v>44273.0</v>
       </c>
     </row>
     <row r="892" spans="1:7" customFormat="false">
       <c r="A892" s="0">
         <v>456</v>
       </c>
       <c r="B892" s="0" t="str">
         <v>Bestemmingsplan Schoutenstraat I</v>
       </c>
       <c r="C892" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D892" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F892" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G892" s="6">
-        <v>42557.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="893" spans="1:7" customFormat="false">
       <c r="A893" s="0">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="B893" s="0" t="str">
-        <v>Bestemmingsplan Sanderstraat Terschuur</v>
+        <v>Bestemmingsplan Schoutenstraat I</v>
       </c>
       <c r="C893" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D893" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F893" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G893" s="6">
-        <v>42473.0</v>
+        <v>42557.0</v>
       </c>
     </row>
     <row r="894" spans="1:7" customFormat="false">
       <c r="A894" s="0">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="B894" s="0" t="str">
-        <v>Bestemmingsplan Van den Berglaan I</v>
+        <v>Bestemmingsplan Sanderstraat Terschuur</v>
       </c>
       <c r="C894" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D894" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F894" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G894" s="6">
-        <v>42137.0</v>
+        <v>42473.0</v>
       </c>
     </row>
     <row r="895" spans="1:7" customFormat="false">
       <c r="A895" s="0">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="B895" s="0" t="str">
-        <v>Bestemmingsplan Thorbeckelaan/Nijkerkerweg</v>
+        <v>Bestemmingsplan Van den Berglaan I</v>
       </c>
       <c r="C895" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D895" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F895" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G895" s="6">
-        <v>42557.0</v>
+        <v>42137.0</v>
       </c>
     </row>
     <row r="896" spans="1:7" customFormat="false">
       <c r="A896" s="0">
-        <v>580</v>
+        <v>468</v>
       </c>
       <c r="B896" s="0" t="str">
-        <v>Bestemmingsplan Jonkersweg</v>
+        <v>Bestemmingsplan Thorbeckelaan/Nijkerkerweg</v>
       </c>
       <c r="C896" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D896" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F896" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G896" s="6">
-        <v>42431.0</v>
+        <v>42557.0</v>
       </c>
     </row>
     <row r="897" spans="1:7" customFormat="false">
       <c r="A897" s="0">
-        <v>600</v>
+        <v>580</v>
       </c>
       <c r="B897" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Kosterijweg </v>
+        <v>Bestemmingsplan Jonkersweg</v>
       </c>
       <c r="C897" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D897" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F897" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G897" s="6">
-        <v>42921.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="898" spans="1:7" customFormat="false">
       <c r="A898" s="0">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="B898" s="0" t="str">
-        <v>Bestemmingsplan Wildzoom</v>
+        <v xml:space="preserve">Bestemmingsplan Kosterijweg </v>
       </c>
       <c r="C898" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D898" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F898" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G898" s="6">
-        <v>43656.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="899" spans="1:7" customFormat="false">
       <c r="A899" s="0">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="B899" s="0" t="str">
-        <v>Bestemmingsplan Oostbroek</v>
+        <v>Bestemmingsplan Wildzoom</v>
       </c>
       <c r="C899" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D899" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F899" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G899" s="6">
-        <v>42879.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="900" spans="1:7" customFormat="false">
       <c r="A900" s="0">
         <v>602</v>
       </c>
       <c r="B900" s="0" t="str">
         <v>Bestemmingsplan Oostbroek</v>
       </c>
       <c r="C900" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D900" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F900" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G900" s="6">
-        <v>44384.0</v>
+        <v>42879.0</v>
       </c>
     </row>
     <row r="901" spans="1:7" customFormat="false">
       <c r="A901" s="0">
         <v>602</v>
       </c>
       <c r="B901" s="0" t="str">
         <v>Bestemmingsplan Oostbroek</v>
       </c>
       <c r="C901" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D901" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F901" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G901" s="6">
-        <v>44706.0</v>
+        <v>44384.0</v>
       </c>
     </row>
     <row r="902" spans="1:7" customFormat="false">
       <c r="A902" s="0">
-        <v>730</v>
+        <v>602</v>
       </c>
       <c r="B902" s="0" t="str">
-        <v>Woningbouw Wikselaarseweg</v>
+        <v>Bestemmingsplan Oostbroek</v>
       </c>
       <c r="C902" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D902" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F902" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G902" s="6">
-        <v>42879.0</v>
+        <v>44706.0</v>
       </c>
     </row>
     <row r="903" spans="1:7" customFormat="false">
       <c r="A903" s="0">
-        <v>837</v>
+        <v>730</v>
       </c>
       <c r="B903" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Woudse Erven </v>
+        <v>Woningbouw Wikselaarseweg</v>
       </c>
       <c r="C903" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D903" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F903" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G903" s="6">
-        <v>44307.0</v>
+        <v>42879.0</v>
       </c>
     </row>
     <row r="904" spans="1:7" customFormat="false">
       <c r="A904" s="0">
-        <v>862</v>
+        <v>837</v>
       </c>
       <c r="B904" s="0" t="str">
-        <v>Bestemmingsplan Valkhof</v>
+        <v xml:space="preserve">Bestemmingsplan Woudse Erven </v>
       </c>
       <c r="C904" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D904" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F904" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G904" s="6">
-        <v>43376.0</v>
+        <v>44307.0</v>
       </c>
     </row>
     <row r="905" spans="1:7" customFormat="false">
       <c r="A905" s="0">
         <v>862</v>
       </c>
       <c r="B905" s="0" t="str">
         <v>Bestemmingsplan Valkhof</v>
       </c>
       <c r="C905" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D905" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F905" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G905" s="6">
-        <v>43782.0</v>
+        <v>43376.0</v>
       </c>
     </row>
     <row r="906" spans="1:7" customFormat="false">
       <c r="A906" s="0">
-        <v>869</v>
+        <v>862</v>
       </c>
       <c r="B906" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Putterweg </v>
+        <v>Bestemmingsplan Valkhof</v>
       </c>
       <c r="C906" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D906" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F906" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G906" s="6">
-        <v>44272.0</v>
+        <v>43782.0</v>
       </c>
     </row>
     <row r="907" spans="1:7" customFormat="false">
       <c r="A907" s="0">
-        <v>882</v>
+        <v>869</v>
       </c>
       <c r="B907" s="0" t="str">
-        <v>Bestemmingsplan Achterveldseweg/Briellaerd</v>
+        <v xml:space="preserve">Bestemmingsplan Putterweg </v>
       </c>
       <c r="C907" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D907" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F907" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G907" s="6">
-        <v>43572.0</v>
+        <v>44272.0</v>
       </c>
     </row>
     <row r="908" spans="1:7" customFormat="false">
       <c r="A908" s="0">
-        <v>906</v>
+        <v>882</v>
       </c>
       <c r="B908" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Achterveldseweg/De Brieallaerd </v>
+        <v>Bestemmingsplan Achterveldseweg/Briellaerd</v>
       </c>
       <c r="C908" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D908" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
-      <c r="F908" s="0"/>
-[...1 lines deleted...]
-        <v/>
+      <c r="F908" s="0" t="str">
+        <v>Raadvergadering</v>
+      </c>
+      <c r="G908" s="6">
+        <v>43572.0</v>
       </c>
     </row>
     <row r="909" spans="1:7" customFormat="false">
       <c r="A909" s="0">
-        <v>933</v>
+        <v>906</v>
       </c>
       <c r="B909" s="0" t="str">
-        <v>Bestemmingplan Iepenhof/Dr. Albert Schweitzerlaan</v>
+        <v xml:space="preserve">Bestemmingsplan Achterveldseweg/De Brieallaerd </v>
       </c>
       <c r="C909" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D909" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
-      <c r="F909" s="0" t="str">
-[...3 lines deleted...]
-        <v>43908.0</v>
+      <c r="F909" s="0"/>
+      <c r="G909" s="6" t="str">
+        <v/>
       </c>
     </row>
     <row r="910" spans="1:7" customFormat="false">
       <c r="A910" s="0">
-        <v>1027</v>
+        <v>933</v>
       </c>
       <c r="B910" s="0" t="str">
-        <v>Intentieovereenkomst CV De Burgt</v>
+        <v>Bestemmingplan Iepenhof/Dr. Albert Schweitzerlaan</v>
       </c>
       <c r="C910" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D910" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F910" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G910" s="6">
-        <v>44111.0</v>
+        <v>43908.0</v>
       </c>
     </row>
     <row r="911" spans="1:7" customFormat="false">
       <c r="A911" s="0">
-        <v>1147</v>
+        <v>1027</v>
       </c>
       <c r="B911" s="0" t="str">
-        <v xml:space="preserve">Financiering fiets- en voetpad Bloemendal </v>
+        <v>Intentieovereenkomst CV De Burgt</v>
       </c>
       <c r="C911" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D911" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F911" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G911" s="6">
-        <v>44833.0</v>
+        <v>44111.0</v>
       </c>
     </row>
     <row r="912" spans="1:7" customFormat="false">
       <c r="A912" s="0">
-        <v>38</v>
+        <v>1147</v>
       </c>
       <c r="B912" s="0" t="str">
-        <v xml:space="preserve">Integraal Veiligheidsplan </v>
+        <v xml:space="preserve">Financiering fiets- en voetpad Bloemendal </v>
       </c>
       <c r="C912" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D912" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F912" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G912" s="6">
-        <v>42067.0</v>
+        <v>44833.0</v>
       </c>
     </row>
     <row r="913" spans="1:7" customFormat="false">
       <c r="A913" s="0">
         <v>38</v>
       </c>
       <c r="B913" s="0" t="str">
         <v xml:space="preserve">Integraal Veiligheidsplan </v>
       </c>
       <c r="C913" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D913" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F913" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G913" s="6">
-        <v>43530.0</v>
+        <v>42067.0</v>
       </c>
     </row>
     <row r="914" spans="1:7" customFormat="false">
       <c r="A914" s="0">
         <v>38</v>
       </c>
       <c r="B914" s="0" t="str">
         <v xml:space="preserve">Integraal Veiligheidsplan </v>
       </c>
       <c r="C914" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D914" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F914" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G914" s="6">
-        <v>43866.0</v>
+        <v>43530.0</v>
       </c>
     </row>
     <row r="915" spans="1:7" customFormat="false">
       <c r="A915" s="0">
         <v>38</v>
       </c>
       <c r="B915" s="0" t="str">
         <v xml:space="preserve">Integraal Veiligheidsplan </v>
       </c>
       <c r="C915" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D915" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F915" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G915" s="6">
-        <v>45112.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="916" spans="1:7" customFormat="false">
       <c r="A916" s="0">
         <v>38</v>
       </c>
       <c r="B916" s="0" t="str">
         <v xml:space="preserve">Integraal Veiligheidsplan </v>
       </c>
       <c r="C916" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D916" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F916" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G916" s="6">
-        <v>45181.0</v>
+        <v>45112.0</v>
       </c>
     </row>
     <row r="917" spans="1:7" customFormat="false">
       <c r="A917" s="0">
         <v>38</v>
       </c>
       <c r="B917" s="0" t="str">
         <v xml:space="preserve">Integraal Veiligheidsplan </v>
       </c>
       <c r="C917" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D917" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F917" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G917" s="6">
-        <v>45273.0</v>
+        <v>45181.0</v>
       </c>
     </row>
     <row r="918" spans="1:7" customFormat="false">
       <c r="A918" s="0">
         <v>38</v>
       </c>
       <c r="B918" s="0" t="str">
         <v xml:space="preserve">Integraal Veiligheidsplan </v>
       </c>
       <c r="C918" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D918" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F918" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G918" s="6">
-        <v>45365.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="919" spans="1:7" customFormat="false">
       <c r="A919" s="0">
         <v>38</v>
       </c>
       <c r="B919" s="0" t="str">
         <v xml:space="preserve">Integraal Veiligheidsplan </v>
       </c>
       <c r="C919" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D919" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F919" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G919" s="6">
-        <v>46001.0</v>
+        <v>45365.0</v>
       </c>
     </row>
     <row r="920" spans="1:7" customFormat="false">
       <c r="A920" s="0">
         <v>38</v>
       </c>
       <c r="B920" s="0" t="str">
         <v xml:space="preserve">Integraal Veiligheidsplan </v>
       </c>
       <c r="C920" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D920" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F920" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G920" s="6">
-        <v>46722.0</v>
+        <v>46001.0</v>
       </c>
     </row>
     <row r="921" spans="1:7" customFormat="false">
       <c r="A921" s="0">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B921" s="0" t="str">
-        <v>Evaluatie gemeentelijke openbare camera's + voorstel kentekencamera's</v>
+        <v xml:space="preserve">Integraal Veiligheidsplan </v>
       </c>
       <c r="C921" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D921" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F921" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G921" s="6">
-        <v>42473.0</v>
+        <v>46722.0</v>
       </c>
     </row>
     <row r="922" spans="1:7" customFormat="false">
       <c r="A922" s="0">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B922" s="0" t="str">
-        <v xml:space="preserve">Beleidsplan Brandweer 2018-2022 </v>
+        <v>Evaluatie gemeentelijke openbare camera's + voorstel kentekencamera's</v>
       </c>
       <c r="C922" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D922" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F922" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G922" s="6">
-        <v>41548.0</v>
+        <v>42473.0</v>
       </c>
     </row>
     <row r="923" spans="1:7" customFormat="false">
       <c r="A923" s="0">
-        <v>241</v>
+        <v>41</v>
       </c>
       <c r="B923" s="0" t="str">
-        <v xml:space="preserve">Drank- en Horecaverordening </v>
+        <v xml:space="preserve">Beleidsplan Brandweer 2018-2022 </v>
       </c>
       <c r="C923" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D923" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F923" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G923" s="6">
-        <v>41625.0</v>
+        <v>41548.0</v>
       </c>
     </row>
     <row r="924" spans="1:7" customFormat="false">
       <c r="A924" s="0">
-        <v>272</v>
+        <v>241</v>
       </c>
       <c r="B924" s="0" t="str">
-        <v>Veiligheidsmonitor</v>
+        <v xml:space="preserve">Drank- en Horecaverordening </v>
       </c>
       <c r="C924" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D924" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F924" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G924" s="6">
-        <v>41765.0</v>
+        <v>41625.0</v>
       </c>
     </row>
     <row r="925" spans="1:7" customFormat="false">
       <c r="A925" s="0">
         <v>272</v>
       </c>
       <c r="B925" s="0" t="str">
         <v>Veiligheidsmonitor</v>
       </c>
       <c r="C925" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D925" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F925" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G925" s="6">
-        <v>41786.0</v>
+        <v>41765.0</v>
       </c>
     </row>
     <row r="926" spans="1:7" customFormat="false">
       <c r="A926" s="0">
         <v>272</v>
       </c>
       <c r="B926" s="0" t="str">
         <v>Veiligheidsmonitor</v>
       </c>
       <c r="C926" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D926" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F926" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G926" s="6">
-        <v>43285.0</v>
+        <v>41786.0</v>
       </c>
     </row>
     <row r="927" spans="1:7" customFormat="false">
       <c r="A927" s="0">
         <v>272</v>
       </c>
       <c r="B927" s="0" t="str">
         <v>Veiligheidsmonitor</v>
       </c>
       <c r="C927" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D927" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F927" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G927" s="6">
-        <v>43403.0</v>
+        <v>43285.0</v>
       </c>
     </row>
     <row r="928" spans="1:7" customFormat="false">
       <c r="A928" s="0">
         <v>272</v>
       </c>
       <c r="B928" s="0" t="str">
         <v>Veiligheidsmonitor</v>
       </c>
       <c r="C928" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D928" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F928" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G928" s="6">
-        <v>44833.0</v>
+        <v>43403.0</v>
       </c>
     </row>
     <row r="929" spans="1:7" customFormat="false">
       <c r="A929" s="0">
         <v>272</v>
       </c>
       <c r="B929" s="0" t="str">
         <v>Veiligheidsmonitor</v>
       </c>
       <c r="C929" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D929" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F929" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G929" s="6">
-        <v>46266.0</v>
+        <v>44833.0</v>
       </c>
     </row>
     <row r="930" spans="1:7" customFormat="false">
       <c r="A930" s="0">
-        <v>342</v>
+        <v>272</v>
       </c>
       <c r="B930" s="0" t="str">
-        <v>Preventie- en Handhavingsplan voor uitvoering Drank- en Horecawet</v>
+        <v>Veiligheidsmonitor</v>
       </c>
       <c r="C930" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D930" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F930" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G930" s="6">
-        <v>41800.0</v>
+        <v>46266.0</v>
       </c>
     </row>
     <row r="931" spans="1:7" customFormat="false">
       <c r="A931" s="0">
-        <v>360</v>
+        <v>342</v>
       </c>
       <c r="B931" s="0" t="str">
-        <v xml:space="preserve">Evaluatie Drank- en Horecaverordening </v>
+        <v>Preventie- en Handhavingsplan voor uitvoering Drank- en Horecawet</v>
       </c>
       <c r="C931" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D931" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F931" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G931" s="6">
-        <v>42431.0</v>
+        <v>41800.0</v>
       </c>
     </row>
     <row r="932" spans="1:7" customFormat="false">
       <c r="A932" s="0">
-        <v>390</v>
+        <v>360</v>
       </c>
       <c r="B932" s="0" t="str">
-        <v>concept Veiligheidsstrategie 2015-2018 en ontwerp Meerjarenbeleidsplan Politie 2015-2018</v>
+        <v xml:space="preserve">Evaluatie Drank- en Horecaverordening </v>
       </c>
       <c r="C932" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D932" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F932" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G932" s="6">
-        <v>41912.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="933" spans="1:7" customFormat="false">
       <c r="A933" s="0">
-        <v>410</v>
+        <v>390</v>
       </c>
       <c r="B933" s="0" t="str">
-        <v xml:space="preserve">Doorontwikkeling Repressieve Organisatie (DRO) VGGM </v>
+        <v>concept Veiligheidsstrategie 2015-2018 en ontwerp Meerjarenbeleidsplan Politie 2015-2018</v>
       </c>
       <c r="C933" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D933" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F933" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G933" s="6">
-        <v>41954.0</v>
+        <v>41912.0</v>
       </c>
     </row>
     <row r="934" spans="1:7" customFormat="false">
       <c r="A934" s="0">
         <v>410</v>
       </c>
       <c r="B934" s="0" t="str">
         <v xml:space="preserve">Doorontwikkeling Repressieve Organisatie (DRO) VGGM </v>
       </c>
       <c r="C934" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D934" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F934" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G934" s="6">
-        <v>42165.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="935" spans="1:7" customFormat="false">
       <c r="A935" s="0">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="B935" s="0" t="str">
-        <v>Onderzoek vuurwerkvrije zone</v>
+        <v xml:space="preserve">Doorontwikkeling Repressieve Organisatie (DRO) VGGM </v>
       </c>
       <c r="C935" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D935" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F935" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G935" s="6">
-        <v>41954.0</v>
+        <v>42165.0</v>
       </c>
     </row>
     <row r="936" spans="1:7" customFormat="false">
       <c r="A936" s="0">
-        <v>526</v>
+        <v>411</v>
       </c>
       <c r="B936" s="0" t="str">
-        <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
+        <v>Onderzoek vuurwerkvrije zone</v>
       </c>
       <c r="C936" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D936" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F936" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G936" s="6">
-        <v>42193.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="937" spans="1:7" customFormat="false">
       <c r="A937" s="0">
         <v>526</v>
       </c>
       <c r="B937" s="0" t="str">
         <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C937" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D937" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F937" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G937" s="6">
-        <v>42557.0</v>
+        <v>42193.0</v>
       </c>
     </row>
     <row r="938" spans="1:7" customFormat="false">
       <c r="A938" s="0">
         <v>526</v>
       </c>
       <c r="B938" s="0" t="str">
         <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C938" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D938" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F938" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G938" s="6">
-        <v>42641.0</v>
+        <v>42557.0</v>
       </c>
     </row>
     <row r="939" spans="1:7" customFormat="false">
       <c r="A939" s="0">
         <v>526</v>
       </c>
       <c r="B939" s="0" t="str">
         <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C939" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D939" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F939" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G939" s="6">
-        <v>43005.0</v>
+        <v>42641.0</v>
       </c>
     </row>
     <row r="940" spans="1:7" customFormat="false">
       <c r="A940" s="0">
         <v>526</v>
       </c>
       <c r="B940" s="0" t="str">
         <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C940" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D940" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F940" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G940" s="6">
-        <v>43215.0</v>
+        <v>43005.0</v>
       </c>
     </row>
     <row r="941" spans="1:7" customFormat="false">
       <c r="A941" s="0">
         <v>526</v>
       </c>
       <c r="B941" s="0" t="str">
         <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C941" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D941" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F941" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G941" s="6">
-        <v>43495.0</v>
+        <v>43215.0</v>
       </c>
     </row>
     <row r="942" spans="1:7" customFormat="false">
       <c r="A942" s="0">
         <v>526</v>
       </c>
       <c r="B942" s="0" t="str">
         <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C942" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D942" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F942" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G942" s="6">
-        <v>43908.0</v>
+        <v>43495.0</v>
       </c>
     </row>
     <row r="943" spans="1:7" customFormat="false">
       <c r="A943" s="0">
         <v>526</v>
       </c>
       <c r="B943" s="0" t="str">
         <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C943" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D943" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F943" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G943" s="6">
-        <v>44174.0</v>
+        <v>43908.0</v>
       </c>
     </row>
     <row r="944" spans="1:7" customFormat="false">
       <c r="A944" s="0">
         <v>526</v>
       </c>
       <c r="B944" s="0" t="str">
         <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C944" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D944" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F944" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G944" s="6">
-        <v>44475.0</v>
+        <v>44174.0</v>
       </c>
     </row>
     <row r="945" spans="1:7" customFormat="false">
       <c r="A945" s="0">
         <v>526</v>
       </c>
       <c r="B945" s="0" t="str">
         <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C945" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D945" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F945" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G945" s="6">
-        <v>44965.0</v>
+        <v>44475.0</v>
       </c>
     </row>
     <row r="946" spans="1:7" customFormat="false">
       <c r="A946" s="0">
         <v>526</v>
       </c>
       <c r="B946" s="0" t="str">
         <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C946" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D946" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F946" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G946" s="6">
-        <v>45637.0</v>
+        <v>44965.0</v>
       </c>
     </row>
     <row r="947" spans="1:7" customFormat="false">
       <c r="A947" s="0">
-        <v>537</v>
+        <v>526</v>
       </c>
       <c r="B947" s="0" t="str">
-        <v>Nota Horecabeleid</v>
+        <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C947" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D947" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F947" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G947" s="6">
-        <v>42515.0</v>
+        <v>45637.0</v>
       </c>
     </row>
     <row r="948" spans="1:7" customFormat="false">
       <c r="A948" s="0">
         <v>537</v>
       </c>
       <c r="B948" s="0" t="str">
         <v>Nota Horecabeleid</v>
       </c>
       <c r="C948" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D948" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F948" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G948" s="6">
-        <v>43082.0</v>
+        <v>42515.0</v>
       </c>
     </row>
     <row r="949" spans="1:7" customFormat="false">
       <c r="A949" s="0">
         <v>537</v>
       </c>
       <c r="B949" s="0" t="str">
         <v>Nota Horecabeleid</v>
       </c>
       <c r="C949" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D949" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F949" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G949" s="6">
-        <v>44630.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="950" spans="1:7" customFormat="false">
       <c r="A950" s="0">
-        <v>586</v>
+        <v>537</v>
       </c>
       <c r="B950" s="0" t="str">
-        <v>Evaluatie horecaconvenant</v>
+        <v>Nota Horecabeleid</v>
       </c>
       <c r="C950" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D950" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F950" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G950" s="6">
-        <v>42557.0</v>
+        <v>44630.0</v>
       </c>
     </row>
     <row r="951" spans="1:7" customFormat="false">
       <c r="A951" s="0">
-        <v>610</v>
+        <v>586</v>
       </c>
       <c r="B951" s="0" t="str">
-        <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
+        <v>Evaluatie horecaconvenant</v>
       </c>
       <c r="C951" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D951" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F951" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G951" s="6">
-        <v>42354.0</v>
+        <v>42557.0</v>
       </c>
     </row>
     <row r="952" spans="1:7" customFormat="false">
       <c r="A952" s="0">
         <v>610</v>
       </c>
       <c r="B952" s="0" t="str">
         <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
       </c>
       <c r="C952" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D952" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F952" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G952" s="6">
-        <v>42641.0</v>
+        <v>42354.0</v>
       </c>
     </row>
     <row r="953" spans="1:7" customFormat="false">
       <c r="A953" s="0">
         <v>610</v>
       </c>
       <c r="B953" s="0" t="str">
         <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
       </c>
       <c r="C953" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D953" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F953" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G953" s="6">
-        <v>42718.0</v>
+        <v>42641.0</v>
       </c>
     </row>
     <row r="954" spans="1:7" customFormat="false">
       <c r="A954" s="0">
         <v>610</v>
       </c>
       <c r="B954" s="0" t="str">
         <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
       </c>
       <c r="C954" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D954" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F954" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G954" s="6">
-        <v>43131.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="955" spans="1:7" customFormat="false">
       <c r="A955" s="0">
         <v>610</v>
       </c>
       <c r="B955" s="0" t="str">
         <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
       </c>
       <c r="C955" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D955" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F955" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G955" s="6">
-        <v>43403.0</v>
+        <v>43131.0</v>
       </c>
     </row>
     <row r="956" spans="1:7" customFormat="false">
       <c r="A956" s="0">
         <v>610</v>
       </c>
       <c r="B956" s="0" t="str">
         <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
       </c>
       <c r="C956" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D956" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F956" s="0" t="str">
         <v>Commissie B-S-G</v>
       </c>
       <c r="G956" s="6">
-        <v>43767.0</v>
+        <v>43403.0</v>
       </c>
     </row>
     <row r="957" spans="1:7" customFormat="false">
       <c r="A957" s="0">
         <v>610</v>
       </c>
       <c r="B957" s="0" t="str">
         <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
       </c>
       <c r="C957" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D957" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F957" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G957" s="6">
-        <v>45560.0</v>
+        <v>43767.0</v>
       </c>
     </row>
     <row r="958" spans="1:7" customFormat="false">
       <c r="A958" s="0">
-        <v>748</v>
+        <v>610</v>
       </c>
       <c r="B958" s="0" t="str">
-        <v xml:space="preserve">Aanpak prioriteiten veiligheid </v>
+        <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
       </c>
       <c r="C958" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D958" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F958" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G958" s="6">
-        <v>42844.0</v>
+        <v>45560.0</v>
       </c>
     </row>
     <row r="959" spans="1:7" customFormat="false">
       <c r="A959" s="0">
         <v>748</v>
       </c>
       <c r="B959" s="0" t="str">
         <v xml:space="preserve">Aanpak prioriteiten veiligheid </v>
       </c>
       <c r="C959" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D959" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F959" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G959" s="6">
-        <v>43166.0</v>
+        <v>42844.0</v>
       </c>
     </row>
     <row r="960" spans="1:7" customFormat="false">
       <c r="A960" s="0">
-        <v>941</v>
+        <v>748</v>
       </c>
       <c r="B960" s="0" t="str">
-        <v>Veiligheidsstrategie 2019-2022 en Meerjarenbeleidsplan politie 2019-2022</v>
+        <v xml:space="preserve">Aanpak prioriteiten veiligheid </v>
       </c>
       <c r="C960" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D960" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F960" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G960" s="6">
-        <v>43572.0</v>
+        <v>43166.0</v>
       </c>
     </row>
     <row r="961" spans="1:7" customFormat="false">
       <c r="A961" s="0">
         <v>941</v>
       </c>
       <c r="B961" s="0" t="str">
         <v>Veiligheidsstrategie 2019-2022 en Meerjarenbeleidsplan politie 2019-2022</v>
       </c>
       <c r="C961" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D961" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F961" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G961" s="6">
-        <v>45329.0</v>
+        <v>43572.0</v>
       </c>
     </row>
     <row r="962" spans="1:7" customFormat="false">
       <c r="A962" s="0">
-        <v>1096</v>
+        <v>941</v>
       </c>
       <c r="B962" s="0" t="str">
-        <v xml:space="preserve">Alcohol in het verkeer terugdringen </v>
+        <v>Veiligheidsstrategie 2019-2022 en Meerjarenbeleidsplan politie 2019-2022</v>
       </c>
       <c r="C962" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D962" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F962" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G962" s="6">
-        <v>44545.0</v>
+        <v>45329.0</v>
       </c>
     </row>
     <row r="963" spans="1:7" customFormat="false">
       <c r="A963" s="0">
-        <v>662</v>
+        <v>1096</v>
       </c>
       <c r="B963" s="0" t="str">
-        <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
+        <v xml:space="preserve">Alcohol in het verkeer terugdringen </v>
       </c>
       <c r="C963" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D963" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F963" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G963" s="6">
-        <v>42641.0</v>
+        <v>44545.0</v>
       </c>
     </row>
     <row r="964" spans="1:7" customFormat="false">
       <c r="A964" s="0">
         <v>662</v>
       </c>
       <c r="B964" s="0" t="str">
         <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C964" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="D964" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F964" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G964" s="6">
-        <v>42704.0</v>
+        <v>42641.0</v>
       </c>
     </row>
     <row r="965" spans="1:7" customFormat="false">
       <c r="A965" s="0">
         <v>662</v>
       </c>
       <c r="B965" s="0" t="str">
         <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C965" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="D965" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F965" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G965" s="6">
-        <v>43530.0</v>
+        <v>42704.0</v>
       </c>
     </row>
     <row r="966" spans="1:7" customFormat="false">
       <c r="A966" s="0">
         <v>662</v>
       </c>
       <c r="B966" s="0" t="str">
         <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C966" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="D966" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F966" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G966" s="6">
-        <v>43810.0</v>
+        <v>43530.0</v>
       </c>
     </row>
     <row r="967" spans="1:7" customFormat="false">
       <c r="A967" s="0">
         <v>662</v>
       </c>
       <c r="B967" s="0" t="str">
         <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C967" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="D967" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F967" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G967" s="6">
-        <v>43978.0</v>
+        <v>43810.0</v>
       </c>
     </row>
     <row r="968" spans="1:7" customFormat="false">
       <c r="A968" s="0">
         <v>662</v>
       </c>
       <c r="B968" s="0" t="str">
         <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C968" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="D968" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F968" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G968" s="6">
-        <v>44020.0</v>
+        <v>43978.0</v>
       </c>
     </row>
     <row r="969" spans="1:7" customFormat="false">
       <c r="A969" s="0">
         <v>662</v>
       </c>
       <c r="B969" s="0" t="str">
         <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C969" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="D969" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F969" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G969" s="6">
-        <v>44136.0</v>
+        <v>44020.0</v>
       </c>
     </row>
     <row r="970" spans="1:7" customFormat="false">
       <c r="A970" s="0">
         <v>662</v>
       </c>
       <c r="B970" s="0" t="str">
         <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C970" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="D970" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F970" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G970" s="6">
-        <v>44256.0</v>
+        <v>44136.0</v>
       </c>
     </row>
     <row r="971" spans="1:7" customFormat="false">
       <c r="A971" s="0">
         <v>662</v>
       </c>
       <c r="B971" s="0" t="str">
         <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C971" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="D971" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F971" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G971" s="6">
-        <v>44909.0</v>
+        <v>44256.0</v>
       </c>
     </row>
     <row r="972" spans="1:7" customFormat="false">
       <c r="A972" s="0">
         <v>662</v>
       </c>
       <c r="B972" s="0" t="str">
         <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C972" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="D972" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F972" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G972" s="6">
-        <v>46015.0</v>
+        <v>44909.0</v>
       </c>
     </row>
     <row r="973" spans="1:7" customFormat="false">
       <c r="A973" s="0">
-        <v>39</v>
+        <v>662</v>
       </c>
       <c r="B973" s="0" t="str">
-        <v>Actualisatie beleid wijkplatforms (3)</v>
+        <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C973" s="0" t="str">
-        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
+        <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="D973" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F973" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G973" s="6">
-        <v>41548.0</v>
+        <v>46015.0</v>
       </c>
     </row>
     <row r="974" spans="1:7" customFormat="false">
       <c r="A974" s="0">
-        <v>301</v>
+        <v>39</v>
       </c>
       <c r="B974" s="0" t="str">
-        <v>Actualisatie nota wijkplatforms</v>
+        <v>Actualisatie beleid wijkplatforms (3)</v>
       </c>
       <c r="C974" s="0" t="str">
         <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="D974" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F974" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G974" s="6">
-        <v>42557.0</v>
+        <v>41548.0</v>
       </c>
     </row>
     <row r="975" spans="1:7" customFormat="false">
       <c r="A975" s="0">
         <v>301</v>
       </c>
       <c r="B975" s="0" t="str">
         <v>Actualisatie nota wijkplatforms</v>
       </c>
       <c r="C975" s="0" t="str">
         <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="D975" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F975" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G975" s="6">
-        <v>43285.0</v>
+        <v>42557.0</v>
       </c>
     </row>
     <row r="976" spans="1:7" customFormat="false">
       <c r="A976" s="0">
         <v>301</v>
       </c>
       <c r="B976" s="0" t="str">
         <v>Actualisatie nota wijkplatforms</v>
       </c>
       <c r="C976" s="0" t="str">
         <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="D976" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F976" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G976" s="6">
-        <v>44384.0</v>
+        <v>43285.0</v>
       </c>
     </row>
     <row r="977" spans="1:7" customFormat="false">
       <c r="A977" s="0">
         <v>301</v>
       </c>
       <c r="B977" s="0" t="str">
         <v>Actualisatie nota wijkplatforms</v>
       </c>
       <c r="C977" s="0" t="str">
         <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="D977" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F977" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G977" s="6">
-        <v>44460.0</v>
+        <v>44384.0</v>
       </c>
     </row>
     <row r="978" spans="1:7" customFormat="false">
       <c r="A978" s="0">
-        <v>42</v>
+        <v>301</v>
       </c>
       <c r="B978" s="0" t="str">
-        <v xml:space="preserve">Integraal landschapsplan </v>
+        <v>Actualisatie nota wijkplatforms</v>
       </c>
       <c r="C978" s="0" t="str">
-        <v>322 Groen</v>
+        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="D978" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F978" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G978" s="6">
-        <v>42718.0</v>
+        <v>44460.0</v>
       </c>
     </row>
     <row r="979" spans="1:7" customFormat="false">
       <c r="A979" s="0">
         <v>42</v>
       </c>
       <c r="B979" s="0" t="str">
         <v xml:space="preserve">Integraal landschapsplan </v>
       </c>
       <c r="C979" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D979" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F979" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G979" s="6">
-        <v>42921.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="980" spans="1:7" customFormat="false">
       <c r="A980" s="0">
         <v>42</v>
       </c>
       <c r="B980" s="0" t="str">
         <v xml:space="preserve">Integraal landschapsplan </v>
       </c>
       <c r="C980" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D980" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F980" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G980" s="6">
-        <v>45609.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="981" spans="1:7" customFormat="false">
       <c r="A981" s="0">
         <v>42</v>
       </c>
       <c r="B981" s="0" t="str">
         <v xml:space="preserve">Integraal landschapsplan </v>
       </c>
       <c r="C981" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D981" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F981" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G981" s="6">
-        <v>45854.0</v>
+        <v>45609.0</v>
       </c>
     </row>
     <row r="982" spans="1:7" customFormat="false">
       <c r="A982" s="0">
-        <v>412</v>
+        <v>42</v>
       </c>
       <c r="B982" s="0" t="str">
-        <v xml:space="preserve">Deregulering kapvergunningen </v>
+        <v xml:space="preserve">Integraal landschapsplan </v>
       </c>
       <c r="C982" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D982" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F982" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G982" s="6">
-        <v>42879.0</v>
+        <v>45854.0</v>
       </c>
     </row>
     <row r="983" spans="1:7" customFormat="false">
       <c r="A983" s="0">
-        <v>425</v>
+        <v>412</v>
       </c>
       <c r="B983" s="0" t="str">
-        <v>Onkruidbestrijding op verharding</v>
+        <v xml:space="preserve">Deregulering kapvergunningen </v>
       </c>
       <c r="C983" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D983" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F983" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G983" s="6">
-        <v>42319.0</v>
+        <v>42879.0</v>
       </c>
     </row>
     <row r="984" spans="1:7" customFormat="false">
       <c r="A984" s="0">
-        <v>767</v>
+        <v>425</v>
       </c>
       <c r="B984" s="0" t="str">
-        <v>Rotondebeleid</v>
+        <v>Onkruidbestrijding op verharding</v>
       </c>
       <c r="C984" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D984" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F984" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G984" s="6">
-        <v>43047.0</v>
+        <v>42319.0</v>
       </c>
     </row>
     <row r="985" spans="1:7" customFormat="false">
       <c r="A985" s="0">
-        <v>896</v>
+        <v>767</v>
       </c>
       <c r="B985" s="0" t="str">
-        <v xml:space="preserve">Uitgangspuntennotitie rondjes om en in de kernen </v>
+        <v>Rotondebeleid</v>
       </c>
       <c r="C985" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D985" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F985" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G985" s="6">
-        <v>43572.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="986" spans="1:7" customFormat="false">
       <c r="A986" s="0">
         <v>896</v>
       </c>
       <c r="B986" s="0" t="str">
         <v xml:space="preserve">Uitgangspuntennotitie rondjes om en in de kernen </v>
       </c>
       <c r="C986" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D986" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F986" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G986" s="6">
-        <v>43594.0</v>
+        <v>43572.0</v>
       </c>
     </row>
     <row r="987" spans="1:7" customFormat="false">
       <c r="A987" s="0">
         <v>896</v>
       </c>
       <c r="B987" s="0" t="str">
         <v xml:space="preserve">Uitgangspuntennotitie rondjes om en in de kernen </v>
       </c>
       <c r="C987" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D987" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F987" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G987" s="6">
-        <v>43810.0</v>
+        <v>43594.0</v>
       </c>
     </row>
     <row r="988" spans="1:7" customFormat="false">
       <c r="A988" s="0">
         <v>896</v>
       </c>
       <c r="B988" s="0" t="str">
         <v xml:space="preserve">Uitgangspuntennotitie rondjes om en in de kernen </v>
       </c>
       <c r="C988" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D988" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F988" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G988" s="6">
-        <v>43978.0</v>
+        <v>43810.0</v>
       </c>
     </row>
     <row r="989" spans="1:7" customFormat="false">
       <c r="A989" s="0">
-        <v>945</v>
+        <v>896</v>
       </c>
       <c r="B989" s="0" t="str">
-        <v>Biodiversiteit</v>
+        <v xml:space="preserve">Uitgangspuntennotitie rondjes om en in de kernen </v>
       </c>
       <c r="C989" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D989" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F989" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G989" s="6">
         <v>43978.0</v>
       </c>
     </row>
     <row r="990" spans="1:7" customFormat="false">
       <c r="A990" s="0">
         <v>945</v>
       </c>
       <c r="B990" s="0" t="str">
         <v>Biodiversiteit</v>
       </c>
       <c r="C990" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D990" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F990" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G990" s="6">
-        <v>44510.0</v>
+        <v>43978.0</v>
       </c>
     </row>
     <row r="991" spans="1:7" customFormat="false">
       <c r="A991" s="0">
         <v>945</v>
       </c>
       <c r="B991" s="0" t="str">
         <v>Biodiversiteit</v>
       </c>
       <c r="C991" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D991" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F991" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G991" s="6">
-        <v>45000.0</v>
+        <v>44510.0</v>
       </c>
     </row>
     <row r="992" spans="1:7" customFormat="false">
       <c r="A992" s="0">
         <v>945</v>
       </c>
       <c r="B992" s="0" t="str">
         <v>Biodiversiteit</v>
       </c>
       <c r="C992" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D992" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F992" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G992" s="6">
-        <v>45399.0</v>
+        <v>45000.0</v>
       </c>
     </row>
     <row r="993" spans="1:7" customFormat="false">
       <c r="A993" s="0">
         <v>945</v>
       </c>
       <c r="B993" s="0" t="str">
         <v>Biodiversiteit</v>
       </c>
       <c r="C993" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D993" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F993" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G993" s="6">
-        <v>45735.0</v>
+        <v>45399.0</v>
       </c>
     </row>
     <row r="994" spans="1:7" customFormat="false">
       <c r="A994" s="0">
-        <v>1148</v>
+        <v>945</v>
       </c>
       <c r="B994" s="0" t="str">
-        <v>Herinrichtingsplan Pastoriebos</v>
+        <v>Biodiversiteit</v>
       </c>
       <c r="C994" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D994" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F994" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G994" s="6">
-        <v>44868.0</v>
+        <v>45735.0</v>
       </c>
     </row>
     <row r="995" spans="1:7" customFormat="false">
       <c r="A995" s="0">
         <v>1148</v>
       </c>
       <c r="B995" s="0" t="str">
         <v>Herinrichtingsplan Pastoriebos</v>
       </c>
       <c r="C995" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D995" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F995" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G995" s="6">
-        <v>45196.0</v>
+        <v>44868.0</v>
       </c>
     </row>
     <row r="996" spans="1:7" customFormat="false">
       <c r="A996" s="0">
-        <v>1152</v>
+        <v>1148</v>
       </c>
       <c r="B996" s="0" t="str">
-        <v xml:space="preserve">Bomenbeleidsplan </v>
+        <v>Herinrichtingsplan Pastoriebos</v>
       </c>
       <c r="C996" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D996" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F996" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G996" s="6">
         <v>45196.0</v>
       </c>
     </row>
     <row r="997" spans="1:7" customFormat="false">
       <c r="A997" s="0">
         <v>1152</v>
       </c>
       <c r="B997" s="0" t="str">
         <v xml:space="preserve">Bomenbeleidsplan </v>
       </c>
       <c r="C997" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D997" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F997" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G997" s="6">
-        <v>45476.0</v>
+        <v>45196.0</v>
       </c>
     </row>
     <row r="998" spans="1:7" customFormat="false">
       <c r="A998" s="0">
         <v>1152</v>
       </c>
       <c r="B998" s="0" t="str">
         <v xml:space="preserve">Bomenbeleidsplan </v>
       </c>
       <c r="C998" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D998" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F998" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G998" s="6">
-        <v>46001.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="999" spans="1:7" customFormat="false">
       <c r="A999" s="0">
         <v>1152</v>
       </c>
       <c r="B999" s="0" t="str">
         <v xml:space="preserve">Bomenbeleidsplan </v>
       </c>
       <c r="C999" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D999" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F999" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G999" s="6">
-        <v>46082.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="1000" spans="1:7" customFormat="false">
       <c r="A1000" s="0">
-        <v>1244</v>
+        <v>1152</v>
       </c>
       <c r="B1000" s="0" t="str">
-        <v>Evaluatie bomenproject Barneveld Centrum</v>
+        <v xml:space="preserve">Bomenbeleidsplan </v>
       </c>
       <c r="C1000" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="D1000" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1000" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1000" s="6">
-        <v>45560.0</v>
+        <v>46082.0</v>
       </c>
     </row>
     <row r="1001" spans="1:7" customFormat="false">
       <c r="A1001" s="0">
-        <v>44</v>
+        <v>1244</v>
       </c>
       <c r="B1001" s="0" t="str">
-        <v xml:space="preserve">Beleidsnotitie begraven </v>
+        <v>Evaluatie bomenproject Barneveld Centrum</v>
       </c>
       <c r="C1001" s="0" t="str">
-        <v>323 Begraven</v>
+        <v>322 Groen</v>
       </c>
       <c r="D1001" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1001" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1001" s="6">
-        <v>42473.0</v>
+        <v>45560.0</v>
       </c>
     </row>
     <row r="1002" spans="1:7" customFormat="false">
       <c r="A1002" s="0">
-        <v>44</v>
+        <v>1336</v>
       </c>
       <c r="B1002" s="0" t="str">
-        <v xml:space="preserve">Beleidsnotitie begraven </v>
+        <v>Aanwenden krediet herplant 333 bomen</v>
       </c>
       <c r="C1002" s="0" t="str">
-        <v>323 Begraven</v>
+        <v>322 Groen</v>
       </c>
       <c r="D1002" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1002" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1002" s="6">
-        <v>43285.0</v>
+        <v>46001.0</v>
       </c>
     </row>
     <row r="1003" spans="1:7" customFormat="false">
       <c r="A1003" s="0">
-        <v>293</v>
+        <v>44</v>
       </c>
       <c r="B1003" s="0" t="str">
-        <v>Beheersverordening gemeentelijke begraafplaatsen en verordening lijkbezorgingsrechten</v>
+        <v xml:space="preserve">Beleidsnotitie begraven </v>
       </c>
       <c r="C1003" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="D1003" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1003" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1003" s="6">
-        <v>41625.0</v>
+        <v>42473.0</v>
       </c>
     </row>
     <row r="1004" spans="1:7" customFormat="false">
       <c r="A1004" s="0">
-        <v>860</v>
+        <v>44</v>
       </c>
       <c r="B1004" s="0" t="str">
-        <v xml:space="preserve">Raadsvoorstel uitbreiding begraafplaats De Plantage </v>
+        <v xml:space="preserve">Beleidsnotitie begraven </v>
       </c>
       <c r="C1004" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="D1004" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1004" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1004" s="6">
-        <v>43166.0</v>
+        <v>43285.0</v>
       </c>
     </row>
     <row r="1005" spans="1:7" customFormat="false">
       <c r="A1005" s="0">
-        <v>860</v>
+        <v>293</v>
       </c>
       <c r="B1005" s="0" t="str">
-        <v xml:space="preserve">Raadsvoorstel uitbreiding begraafplaats De Plantage </v>
+        <v>Beheersverordening gemeentelijke begraafplaatsen en verordening lijkbezorgingsrechten</v>
       </c>
       <c r="C1005" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="D1005" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1005" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1005" s="6">
-        <v>43285.0</v>
+        <v>41625.0</v>
       </c>
     </row>
     <row r="1006" spans="1:7" customFormat="false">
       <c r="A1006" s="0">
         <v>860</v>
       </c>
       <c r="B1006" s="0" t="str">
         <v xml:space="preserve">Raadsvoorstel uitbreiding begraafplaats De Plantage </v>
       </c>
       <c r="C1006" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="D1006" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1006" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1006" s="6">
-        <v>43446.0</v>
+        <v>43166.0</v>
       </c>
     </row>
     <row r="1007" spans="1:7" customFormat="false">
       <c r="A1007" s="0">
-        <v>907</v>
+        <v>860</v>
       </c>
       <c r="B1007" s="0" t="str">
-        <v xml:space="preserve">Notitie Natuurbegraven </v>
+        <v xml:space="preserve">Raadsvoorstel uitbreiding begraafplaats De Plantage </v>
       </c>
       <c r="C1007" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="D1007" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1007" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1007" s="6">
-        <v>44475.0</v>
+        <v>43285.0</v>
       </c>
     </row>
     <row r="1008" spans="1:7" customFormat="false">
       <c r="A1008" s="0">
-        <v>908</v>
+        <v>860</v>
       </c>
       <c r="B1008" s="0" t="str">
-        <v xml:space="preserve">Beheersverordening begraafplaatsen Barneveld </v>
+        <v xml:space="preserve">Raadsvoorstel uitbreiding begraafplaats De Plantage </v>
       </c>
       <c r="C1008" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="D1008" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1008" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1008" s="6">
         <v>43446.0</v>
       </c>
     </row>
     <row r="1009" spans="1:7" customFormat="false">
       <c r="A1009" s="0">
-        <v>939</v>
+        <v>907</v>
       </c>
       <c r="B1009" s="0" t="str">
-        <v>Rouwcentrum Plantagelaan</v>
+        <v xml:space="preserve">Notitie Natuurbegraven </v>
       </c>
       <c r="C1009" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="D1009" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1009" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1009" s="6">
-        <v>44096.0</v>
+        <v>44475.0</v>
       </c>
     </row>
     <row r="1010" spans="1:7" customFormat="false">
       <c r="A1010" s="0">
-        <v>939</v>
+        <v>908</v>
       </c>
       <c r="B1010" s="0" t="str">
-        <v>Rouwcentrum Plantagelaan</v>
+        <v xml:space="preserve">Beheersverordening begraafplaatsen Barneveld </v>
       </c>
       <c r="C1010" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="D1010" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1010" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1010" s="6">
-        <v>44111.0</v>
+        <v>43446.0</v>
       </c>
     </row>
     <row r="1011" spans="1:7" customFormat="false">
       <c r="A1011" s="0">
         <v>939</v>
       </c>
       <c r="B1011" s="0" t="str">
         <v>Rouwcentrum Plantagelaan</v>
       </c>
       <c r="C1011" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="D1011" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1011" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1011" s="6">
-        <v>44706.0</v>
+        <v>44096.0</v>
       </c>
     </row>
     <row r="1012" spans="1:7" customFormat="false">
       <c r="A1012" s="0">
-        <v>1086</v>
+        <v>939</v>
       </c>
       <c r="B1012" s="0" t="str">
-        <v xml:space="preserve">Uitbreiding en renovatie begraafplaats Diepenbosch </v>
+        <v>Rouwcentrum Plantagelaan</v>
       </c>
       <c r="C1012" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="D1012" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1012" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1012" s="6">
-        <v>44475.0</v>
+        <v>44111.0</v>
       </c>
     </row>
     <row r="1013" spans="1:7" customFormat="false">
       <c r="A1013" s="0">
-        <v>1086</v>
+        <v>939</v>
       </c>
       <c r="B1013" s="0" t="str">
-        <v xml:space="preserve">Uitbreiding en renovatie begraafplaats Diepenbosch </v>
+        <v>Rouwcentrum Plantagelaan</v>
       </c>
       <c r="C1013" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="D1013" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1013" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1013" s="6">
-        <v>45007.0</v>
+        <v>44706.0</v>
       </c>
     </row>
     <row r="1014" spans="1:7" customFormat="false">
       <c r="A1014" s="0">
         <v>1086</v>
       </c>
       <c r="B1014" s="0" t="str">
         <v xml:space="preserve">Uitbreiding en renovatie begraafplaats Diepenbosch </v>
       </c>
       <c r="C1014" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="D1014" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1014" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1014" s="6">
-        <v>45112.0</v>
+        <v>44475.0</v>
       </c>
     </row>
     <row r="1015" spans="1:7" customFormat="false">
       <c r="A1015" s="0">
         <v>1086</v>
       </c>
       <c r="B1015" s="0" t="str">
         <v xml:space="preserve">Uitbreiding en renovatie begraafplaats Diepenbosch </v>
       </c>
       <c r="C1015" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="D1015" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1015" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1015" s="6">
-        <v>45588.0</v>
+        <v>45007.0</v>
       </c>
     </row>
     <row r="1016" spans="1:7" customFormat="false">
       <c r="A1016" s="0">
-        <v>426</v>
+        <v>1086</v>
       </c>
       <c r="B1016" s="0" t="str">
-        <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
+        <v xml:space="preserve">Uitbreiding en renovatie begraafplaats Diepenbosch </v>
       </c>
       <c r="C1016" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>323 Begraven</v>
       </c>
       <c r="D1016" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1016" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1016" s="6">
-        <v>42193.0</v>
+        <v>45112.0</v>
       </c>
     </row>
     <row r="1017" spans="1:7" customFormat="false">
       <c r="A1017" s="0">
-        <v>426</v>
+        <v>1086</v>
       </c>
       <c r="B1017" s="0" t="str">
-        <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
+        <v xml:space="preserve">Uitbreiding en renovatie begraafplaats Diepenbosch </v>
       </c>
       <c r="C1017" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>323 Begraven</v>
       </c>
       <c r="D1017" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1017" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1017" s="6">
-        <v>42473.0</v>
+        <v>45588.0</v>
       </c>
     </row>
     <row r="1018" spans="1:7" customFormat="false">
       <c r="A1018" s="0">
         <v>426</v>
       </c>
       <c r="B1018" s="0" t="str">
         <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1018" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1018" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1018" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1018" s="6">
-        <v>42718.0</v>
+        <v>42193.0</v>
       </c>
     </row>
     <row r="1019" spans="1:7" customFormat="false">
       <c r="A1019" s="0">
         <v>426</v>
       </c>
       <c r="B1019" s="0" t="str">
         <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1019" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1019" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1019" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1019" s="6">
-        <v>42753.0</v>
+        <v>42473.0</v>
       </c>
     </row>
     <row r="1020" spans="1:7" customFormat="false">
       <c r="A1020" s="0">
         <v>426</v>
       </c>
       <c r="B1020" s="0" t="str">
         <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1020" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1020" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1020" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1020" s="6">
-        <v>42921.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="1021" spans="1:7" customFormat="false">
       <c r="A1021" s="0">
         <v>426</v>
       </c>
       <c r="B1021" s="0" t="str">
         <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1021" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1021" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1021" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1021" s="6">
-        <v>42921.0</v>
+        <v>42753.0</v>
       </c>
     </row>
     <row r="1022" spans="1:7" customFormat="false">
       <c r="A1022" s="0">
         <v>426</v>
       </c>
       <c r="B1022" s="0" t="str">
         <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1022" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1022" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1022" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1022" s="6">
-        <v>43656.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="1023" spans="1:7" customFormat="false">
       <c r="A1023" s="0">
         <v>426</v>
       </c>
       <c r="B1023" s="0" t="str">
         <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1023" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1023" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1023" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1023" s="6">
-        <v>44019.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="1024" spans="1:7" customFormat="false">
       <c r="A1024" s="0">
         <v>426</v>
       </c>
       <c r="B1024" s="0" t="str">
         <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1024" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1024" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1024" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1024" s="6">
-        <v>44174.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="1025" spans="1:7" customFormat="false">
       <c r="A1025" s="0">
         <v>426</v>
       </c>
       <c r="B1025" s="0" t="str">
         <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1025" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1025" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1025" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1025" s="6">
-        <v>44475.0</v>
+        <v>44019.0</v>
       </c>
     </row>
     <row r="1026" spans="1:7" customFormat="false">
       <c r="A1026" s="0">
         <v>426</v>
       </c>
       <c r="B1026" s="0" t="str">
         <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1026" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1026" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1026" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1026" s="6">
-        <v>45077.0</v>
+        <v>44174.0</v>
       </c>
     </row>
     <row r="1027" spans="1:7" customFormat="false">
       <c r="A1027" s="0">
         <v>426</v>
       </c>
       <c r="B1027" s="0" t="str">
         <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1027" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1027" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1027" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1027" s="6">
-        <v>45763.0</v>
+        <v>44475.0</v>
       </c>
     </row>
     <row r="1028" spans="1:7" customFormat="false">
       <c r="A1028" s="0">
         <v>426</v>
       </c>
       <c r="B1028" s="0" t="str">
         <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1028" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1028" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1028" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1028" s="6">
-        <v>45854.0</v>
+        <v>45077.0</v>
       </c>
     </row>
     <row r="1029" spans="1:7" customFormat="false">
       <c r="A1029" s="0">
-        <v>1018</v>
+        <v>426</v>
       </c>
       <c r="B1029" s="0" t="str">
-        <v>Realisatie milieustraat (en tijdelijke milieustraat)</v>
+        <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1029" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1029" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1029" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1029" s="6">
-        <v>44475.0</v>
+        <v>45763.0</v>
       </c>
     </row>
     <row r="1030" spans="1:7" customFormat="false">
       <c r="A1030" s="0">
-        <v>1018</v>
+        <v>426</v>
       </c>
       <c r="B1030" s="0" t="str">
-        <v>Realisatie milieustraat (en tijdelijke milieustraat)</v>
+        <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1030" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1030" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1030" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1030" s="6">
-        <v>45637.0</v>
+        <v>45854.0</v>
       </c>
     </row>
     <row r="1031" spans="1:7" customFormat="false">
       <c r="A1031" s="0">
         <v>1018</v>
       </c>
       <c r="B1031" s="0" t="str">
         <v>Realisatie milieustraat (en tijdelijke milieustraat)</v>
       </c>
       <c r="C1031" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1031" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1031" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1031" s="6">
-        <v>45958.0</v>
+        <v>44475.0</v>
       </c>
     </row>
     <row r="1032" spans="1:7" customFormat="false">
       <c r="A1032" s="0">
-        <v>1294</v>
+        <v>1018</v>
       </c>
       <c r="B1032" s="0" t="str">
-        <v>Grondbank</v>
+        <v>Realisatie milieustraat (en tijdelijke milieustraat)</v>
       </c>
       <c r="C1032" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1032" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1032" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1032" s="6">
         <v>45637.0</v>
       </c>
     </row>
     <row r="1033" spans="1:7" customFormat="false">
       <c r="A1033" s="0">
-        <v>48</v>
+        <v>1018</v>
       </c>
       <c r="B1033" s="0" t="str">
-        <v>Plan van aanpak VGRP 2016-2019</v>
+        <v>Realisatie milieustraat (en tijdelijke milieustraat)</v>
       </c>
       <c r="C1033" s="0" t="str">
-        <v>325 Riolering &amp; Water</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1033" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1033" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1033" s="6">
-        <v>41989.0</v>
+        <v>45958.0</v>
       </c>
     </row>
     <row r="1034" spans="1:7" customFormat="false">
       <c r="A1034" s="0">
-        <v>49</v>
+        <v>1294</v>
       </c>
       <c r="B1034" s="0" t="str">
-        <v>Grondwaterbeleidsplan (2)</v>
+        <v>Grondbank</v>
       </c>
       <c r="C1034" s="0" t="str">
-        <v>325 Riolering &amp; Water</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D1034" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1034" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1034" s="6">
-        <v>41548.0</v>
+        <v>45637.0</v>
       </c>
     </row>
     <row r="1035" spans="1:7" customFormat="false">
       <c r="A1035" s="0">
-        <v>268</v>
+        <v>48</v>
       </c>
       <c r="B1035" s="0" t="str">
-        <v>Tussenevaluatie VGRP: evaluatie 2013 en Uitvoeringsprogramma 2014</v>
+        <v>Plan van aanpak VGRP 2016-2019</v>
       </c>
       <c r="C1035" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1035" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1035" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1035" s="6">
-        <v>41765.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="1036" spans="1:7" customFormat="false">
       <c r="A1036" s="0">
-        <v>273</v>
+        <v>49</v>
       </c>
       <c r="B1036" s="0" t="str">
-        <v>Afvalwaterakkoord Garderen</v>
+        <v>Grondwaterbeleidsplan (2)</v>
       </c>
       <c r="C1036" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1036" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1036" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1036" s="6">
-        <v>41800.0</v>
+        <v>41548.0</v>
       </c>
     </row>
     <row r="1037" spans="1:7" customFormat="false">
       <c r="A1037" s="0">
-        <v>427</v>
+        <v>268</v>
       </c>
       <c r="B1037" s="0" t="str">
-        <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
+        <v>Tussenevaluatie VGRP: evaluatie 2013 en Uitvoeringsprogramma 2014</v>
       </c>
       <c r="C1037" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1037" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1037" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1037" s="6">
-        <v>42319.0</v>
+        <v>41765.0</v>
       </c>
     </row>
     <row r="1038" spans="1:7" customFormat="false">
       <c r="A1038" s="0">
-        <v>427</v>
+        <v>273</v>
       </c>
       <c r="B1038" s="0" t="str">
-        <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
+        <v>Afvalwaterakkoord Garderen</v>
       </c>
       <c r="C1038" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1038" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1038" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1038" s="6">
-        <v>42431.0</v>
+        <v>41800.0</v>
       </c>
     </row>
     <row r="1039" spans="1:7" customFormat="false">
       <c r="A1039" s="0">
         <v>427</v>
       </c>
       <c r="B1039" s="0" t="str">
         <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1039" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1039" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1039" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1039" s="6">
-        <v>42816.0</v>
+        <v>42319.0</v>
       </c>
     </row>
     <row r="1040" spans="1:7" customFormat="false">
       <c r="A1040" s="0">
         <v>427</v>
       </c>
       <c r="B1040" s="0" t="str">
         <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1040" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1040" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1040" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1040" s="6">
-        <v>43215.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="1041" spans="1:7" customFormat="false">
       <c r="A1041" s="0">
         <v>427</v>
       </c>
       <c r="B1041" s="0" t="str">
         <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1041" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1041" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1041" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1041" s="6">
-        <v>43572.0</v>
+        <v>42816.0</v>
       </c>
     </row>
     <row r="1042" spans="1:7" customFormat="false">
       <c r="A1042" s="0">
         <v>427</v>
       </c>
       <c r="B1042" s="0" t="str">
         <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1042" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1042" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1042" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1042" s="6">
-        <v>43782.0</v>
+        <v>43215.0</v>
       </c>
     </row>
     <row r="1043" spans="1:7" customFormat="false">
       <c r="A1043" s="0">
         <v>427</v>
       </c>
       <c r="B1043" s="0" t="str">
         <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1043" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1043" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1043" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1043" s="6">
-        <v>43978.0</v>
+        <v>43572.0</v>
       </c>
     </row>
     <row r="1044" spans="1:7" customFormat="false">
       <c r="A1044" s="0">
         <v>427</v>
       </c>
       <c r="B1044" s="0" t="str">
         <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1044" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1044" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1044" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1044" s="6">
-        <v>44146.0</v>
+        <v>43782.0</v>
       </c>
     </row>
     <row r="1045" spans="1:7" customFormat="false">
       <c r="A1045" s="0">
         <v>427</v>
       </c>
       <c r="B1045" s="0" t="str">
         <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1045" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1045" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1045" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1045" s="6">
-        <v>44342.0</v>
+        <v>43978.0</v>
       </c>
     </row>
     <row r="1046" spans="1:7" customFormat="false">
       <c r="A1046" s="0">
         <v>427</v>
       </c>
       <c r="B1046" s="0" t="str">
         <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1046" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1046" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1046" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1046" s="6">
-        <v>44342.0</v>
+        <v>44146.0</v>
       </c>
     </row>
     <row r="1047" spans="1:7" customFormat="false">
       <c r="A1047" s="0">
         <v>427</v>
       </c>
       <c r="B1047" s="0" t="str">
         <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1047" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1047" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1047" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1047" s="6">
-        <v>44510.0</v>
+        <v>44342.0</v>
       </c>
     </row>
     <row r="1048" spans="1:7" customFormat="false">
       <c r="A1048" s="0">
         <v>427</v>
       </c>
       <c r="B1048" s="0" t="str">
         <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1048" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1048" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1048" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1048" s="6">
-        <v>44671.0</v>
+        <v>44342.0</v>
       </c>
     </row>
     <row r="1049" spans="1:7" customFormat="false">
       <c r="A1049" s="0">
         <v>427</v>
       </c>
       <c r="B1049" s="0" t="str">
         <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1049" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1049" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1049" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1049" s="6">
-        <v>45077.0</v>
+        <v>44510.0</v>
       </c>
     </row>
     <row r="1050" spans="1:7" customFormat="false">
       <c r="A1050" s="0">
-        <v>581</v>
+        <v>427</v>
       </c>
       <c r="B1050" s="0" t="str">
-        <v>Hemelwaterbeleidsplan</v>
+        <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1050" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1050" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1050" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1050" s="6">
-        <v>43005.0</v>
+        <v>44671.0</v>
       </c>
     </row>
     <row r="1051" spans="1:7" customFormat="false">
       <c r="A1051" s="0">
-        <v>641</v>
+        <v>427</v>
       </c>
       <c r="B1051" s="0" t="str">
-        <v>Subsidieverordening afkoppelen hemelwater gemeente Barneveld</v>
+        <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1051" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1051" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1051" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1051" s="6">
-        <v>42431.0</v>
+        <v>45077.0</v>
       </c>
     </row>
     <row r="1052" spans="1:7" customFormat="false">
       <c r="A1052" s="0">
-        <v>731</v>
+        <v>581</v>
       </c>
       <c r="B1052" s="0" t="str">
-        <v>Afvalwaterzuivering De Glind</v>
+        <v>Hemelwaterbeleidsplan</v>
       </c>
       <c r="C1052" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1052" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1052" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1052" s="6">
         <v>43005.0</v>
       </c>
     </row>
     <row r="1053" spans="1:7" customFormat="false">
       <c r="A1053" s="0">
-        <v>731</v>
+        <v>641</v>
       </c>
       <c r="B1053" s="0" t="str">
-        <v>Afvalwaterzuivering De Glind</v>
+        <v>Subsidieverordening afkoppelen hemelwater gemeente Barneveld</v>
       </c>
       <c r="C1053" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1053" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1053" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1053" s="6">
-        <v>43418.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="1054" spans="1:7" customFormat="false">
       <c r="A1054" s="0">
         <v>731</v>
       </c>
       <c r="B1054" s="0" t="str">
         <v>Afvalwaterzuivering De Glind</v>
       </c>
       <c r="C1054" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1054" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1054" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1054" s="6">
-        <v>46365.0</v>
+        <v>43005.0</v>
       </c>
     </row>
     <row r="1055" spans="1:7" customFormat="false">
       <c r="A1055" s="0">
-        <v>838</v>
+        <v>731</v>
       </c>
       <c r="B1055" s="0" t="str">
-        <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
+        <v>Afvalwaterzuivering De Glind</v>
       </c>
       <c r="C1055" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1055" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1055" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1055" s="6">
-        <v>43810.0</v>
+        <v>43418.0</v>
       </c>
     </row>
     <row r="1056" spans="1:7" customFormat="false">
       <c r="A1056" s="0">
-        <v>838</v>
+        <v>731</v>
       </c>
       <c r="B1056" s="0" t="str">
-        <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
+        <v>Afvalwaterzuivering De Glind</v>
       </c>
       <c r="C1056" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1056" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1056" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1056" s="6">
-        <v>43908.0</v>
+        <v>46365.0</v>
       </c>
     </row>
     <row r="1057" spans="1:7" customFormat="false">
       <c r="A1057" s="0">
         <v>838</v>
       </c>
       <c r="B1057" s="0" t="str">
         <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
       </c>
       <c r="C1057" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1057" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1057" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1057" s="6">
-        <v>44020.0</v>
+        <v>43810.0</v>
       </c>
     </row>
     <row r="1058" spans="1:7" customFormat="false">
       <c r="A1058" s="0">
         <v>838</v>
       </c>
       <c r="B1058" s="0" t="str">
         <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
       </c>
       <c r="C1058" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1058" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1058" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1058" s="6">
-        <v>44230.0</v>
+        <v>43908.0</v>
       </c>
     </row>
     <row r="1059" spans="1:7" customFormat="false">
       <c r="A1059" s="0">
         <v>838</v>
       </c>
       <c r="B1059" s="0" t="str">
         <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
       </c>
       <c r="C1059" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1059" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1059" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1059" s="6">
-        <v>44510.0</v>
+        <v>44020.0</v>
       </c>
     </row>
     <row r="1060" spans="1:7" customFormat="false">
       <c r="A1060" s="0">
-        <v>1030</v>
+        <v>838</v>
       </c>
       <c r="B1060" s="0" t="str">
-        <v xml:space="preserve">Centrumregeling Meten en Monitoren Afvalwaterketen en Grondwater Vallei en Veluwe </v>
+        <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
       </c>
       <c r="C1060" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1060" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1060" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1060" s="6">
-        <v>44174.0</v>
+        <v>44230.0</v>
       </c>
     </row>
     <row r="1061" spans="1:7" customFormat="false">
       <c r="A1061" s="0">
-        <v>1310</v>
+        <v>838</v>
       </c>
       <c r="B1061" s="0" t="str">
-        <v>Riolering Voorthuizen (SSWW), Roelenengweg</v>
+        <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
       </c>
       <c r="C1061" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1061" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1061" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1061" s="6">
-        <v>45560.0</v>
+        <v>44510.0</v>
       </c>
     </row>
     <row r="1062" spans="1:7" customFormat="false">
       <c r="A1062" s="0">
-        <v>488</v>
+        <v>1030</v>
       </c>
       <c r="B1062" s="0" t="str">
-        <v>Kadernotitie herijking handhavingsbeleid</v>
+        <v xml:space="preserve">Centrumregeling Meten en Monitoren Afvalwaterketen en Grondwater Vallei en Veluwe </v>
       </c>
       <c r="C1062" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
+        <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1062" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1062" s="0" t="str">
-        <v>Informatieavond</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1062" s="6">
-        <v>42093.0</v>
+        <v>44174.0</v>
       </c>
     </row>
     <row r="1063" spans="1:7" customFormat="false">
       <c r="A1063" s="0">
-        <v>488</v>
+        <v>1310</v>
       </c>
       <c r="B1063" s="0" t="str">
-        <v>Kadernotitie herijking handhavingsbeleid</v>
+        <v>Riolering Voorthuizen (SSWW), Roelenengweg</v>
       </c>
       <c r="C1063" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
+        <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D1063" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1063" s="0" t="str">
-        <v>Informatieavond</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1063" s="6">
-        <v>42157.0</v>
+        <v>45560.0</v>
       </c>
     </row>
     <row r="1064" spans="1:7" customFormat="false">
       <c r="A1064" s="0">
         <v>488</v>
       </c>
       <c r="B1064" s="0" t="str">
         <v>Kadernotitie herijking handhavingsbeleid</v>
       </c>
       <c r="C1064" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="D1064" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
       <c r="F1064" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Informatieavond</v>
       </c>
       <c r="G1064" s="6">
-        <v>42431.0</v>
+        <v>42093.0</v>
       </c>
     </row>
     <row r="1065" spans="1:7" customFormat="false">
       <c r="A1065" s="0">
         <v>488</v>
       </c>
       <c r="B1065" s="0" t="str">
         <v>Kadernotitie herijking handhavingsbeleid</v>
       </c>
       <c r="C1065" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="D1065" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
       <c r="F1065" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Informatieavond</v>
       </c>
       <c r="G1065" s="6">
-        <v>42515.0</v>
+        <v>42157.0</v>
       </c>
     </row>
     <row r="1066" spans="1:7" customFormat="false">
       <c r="A1066" s="0">
-        <v>768</v>
+        <v>488</v>
       </c>
       <c r="B1066" s="0" t="str">
-        <v xml:space="preserve">Verordening Uitvoering en Handhaving, gemeenteraad  </v>
+        <v>Kadernotitie herijking handhavingsbeleid</v>
       </c>
       <c r="C1066" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="D1066" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1066" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1066" s="6">
-        <v>42844.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="1067" spans="1:7" customFormat="false">
       <c r="A1067" s="0">
-        <v>768</v>
+        <v>488</v>
       </c>
       <c r="B1067" s="0" t="str">
-        <v xml:space="preserve">Verordening Uitvoering en Handhaving, gemeenteraad  </v>
+        <v>Kadernotitie herijking handhavingsbeleid</v>
       </c>
       <c r="C1067" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="D1067" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1067" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1067" s="6">
-        <v>43782.0</v>
+        <v>42515.0</v>
       </c>
     </row>
     <row r="1068" spans="1:7" customFormat="false">
       <c r="A1068" s="0">
         <v>768</v>
       </c>
       <c r="B1068" s="0" t="str">
         <v xml:space="preserve">Verordening Uitvoering en Handhaving, gemeenteraad  </v>
       </c>
       <c r="C1068" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="D1068" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1068" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1068" s="6">
-        <v>46001.0</v>
+        <v>42844.0</v>
       </c>
     </row>
     <row r="1069" spans="1:7" customFormat="false">
       <c r="A1069" s="0">
-        <v>1245</v>
+        <v>768</v>
       </c>
       <c r="B1069" s="0" t="str">
-        <v>Klimaatadaptatieplan</v>
+        <v xml:space="preserve">Verordening Uitvoering en Handhaving, gemeenteraad  </v>
       </c>
       <c r="C1069" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (klimaatadaptatie &amp; water)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="D1069" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1069" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1069" s="6">
-        <v>45547.0</v>
+        <v>43782.0</v>
       </c>
     </row>
     <row r="1070" spans="1:7" customFormat="false">
       <c r="A1070" s="0">
-        <v>1245</v>
+        <v>768</v>
       </c>
       <c r="B1070" s="0" t="str">
-        <v>Klimaatadaptatieplan</v>
+        <v xml:space="preserve">Verordening Uitvoering en Handhaving, gemeenteraad  </v>
       </c>
       <c r="C1070" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (klimaatadaptatie &amp; water)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="D1070" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1070" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1070" s="6">
-        <v>45735.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="1071" spans="1:7" customFormat="false">
       <c r="A1071" s="0">
-        <v>45</v>
+        <v>1245</v>
       </c>
       <c r="B1071" s="0" t="str">
-        <v>Uitvoeringsagenda Duurzaamheid 2015 - 2018</v>
+        <v>Klimaatadaptatieplan</v>
       </c>
       <c r="C1071" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (klimaatadaptatie &amp; water)</v>
       </c>
       <c r="D1071" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1071" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1071" s="6">
-        <v>42067.0</v>
+        <v>45547.0</v>
       </c>
     </row>
     <row r="1072" spans="1:7" customFormat="false">
       <c r="A1072" s="0">
-        <v>46</v>
+        <v>1245</v>
       </c>
       <c r="B1072" s="0" t="str">
-        <v xml:space="preserve">Richtlijnen duurzame gebiedsontwikkeling + dubobeleid </v>
+        <v>Klimaatadaptatieplan</v>
       </c>
       <c r="C1072" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (klimaatadaptatie &amp; water)</v>
       </c>
       <c r="D1072" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1072" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1072" s="6">
-        <v>42165.0</v>
+        <v>45735.0</v>
       </c>
     </row>
     <row r="1073" spans="1:7" customFormat="false">
       <c r="A1073" s="0">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B1073" s="0" t="str">
-        <v xml:space="preserve">Millenniumgemeente </v>
+        <v>Uitvoeringsagenda Duurzaamheid 2015 - 2018</v>
       </c>
       <c r="C1073" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1073" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1073" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1073" s="6">
-        <v>42557.0</v>
+        <v>42067.0</v>
       </c>
     </row>
     <row r="1074" spans="1:7" customFormat="false">
       <c r="A1074" s="0">
-        <v>274</v>
+        <v>46</v>
       </c>
       <c r="B1074" s="0" t="str">
-        <v>Visie Elektrisch vervoer 2014-2020</v>
+        <v xml:space="preserve">Richtlijnen duurzame gebiedsontwikkeling + dubobeleid </v>
       </c>
       <c r="C1074" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1074" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1074" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1074" s="6">
-        <v>41912.0</v>
+        <v>42165.0</v>
       </c>
     </row>
     <row r="1075" spans="1:7" customFormat="false">
       <c r="A1075" s="0">
-        <v>283</v>
+        <v>47</v>
       </c>
       <c r="B1075" s="0" t="str">
-        <v>Energiebeleidsprogramma</v>
+        <v xml:space="preserve">Millenniumgemeente </v>
       </c>
       <c r="C1075" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1075" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1075" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1075" s="6">
-        <v>41590.0</v>
+        <v>42557.0</v>
       </c>
     </row>
     <row r="1076" spans="1:7" customFormat="false">
       <c r="A1076" s="0">
-        <v>283</v>
+        <v>274</v>
       </c>
       <c r="B1076" s="0" t="str">
-        <v>Energiebeleidsprogramma</v>
+        <v>Visie Elektrisch vervoer 2014-2020</v>
       </c>
       <c r="C1076" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1076" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1076" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1076" s="6">
-        <v>42067.0</v>
+        <v>41912.0</v>
       </c>
     </row>
     <row r="1077" spans="1:7" customFormat="false">
       <c r="A1077" s="0">
         <v>283</v>
       </c>
       <c r="B1077" s="0" t="str">
         <v>Energiebeleidsprogramma</v>
       </c>
       <c r="C1077" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1077" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1077" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1077" s="6">
-        <v>42193.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="1078" spans="1:7" customFormat="false">
       <c r="A1078" s="0">
         <v>283</v>
       </c>
       <c r="B1078" s="0" t="str">
         <v>Energiebeleidsprogramma</v>
       </c>
       <c r="C1078" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1078" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1078" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1078" s="6">
-        <v>43747.0</v>
+        <v>42067.0</v>
       </c>
     </row>
     <row r="1079" spans="1:7" customFormat="false">
       <c r="A1079" s="0">
         <v>283</v>
       </c>
       <c r="B1079" s="0" t="str">
         <v>Energiebeleidsprogramma</v>
       </c>
       <c r="C1079" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1079" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1079" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1079" s="6">
-        <v>44833.0</v>
+        <v>42193.0</v>
       </c>
     </row>
     <row r="1080" spans="1:7" customFormat="false">
       <c r="A1080" s="0">
         <v>283</v>
       </c>
       <c r="B1080" s="0" t="str">
         <v>Energiebeleidsprogramma</v>
       </c>
       <c r="C1080" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1080" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1080" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1080" s="6">
-        <v>45958.0</v>
+        <v>43747.0</v>
       </c>
     </row>
     <row r="1081" spans="1:7" customFormat="false">
       <c r="A1081" s="0">
-        <v>453</v>
+        <v>283</v>
       </c>
       <c r="B1081" s="0" t="str">
-        <v>Plan van Aanpak 20% duurzame energie voor gemeentelijke gebouwen (Realisatie van zonnestroomproductie voor het gemeentelijk vastgoed)</v>
+        <v>Energiebeleidsprogramma</v>
       </c>
       <c r="C1081" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1081" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1081" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1081" s="6">
-        <v>41989.0</v>
+        <v>44833.0</v>
       </c>
     </row>
     <row r="1082" spans="1:7" customFormat="false">
       <c r="A1082" s="0">
-        <v>453</v>
+        <v>283</v>
       </c>
       <c r="B1082" s="0" t="str">
-        <v>Plan van Aanpak 20% duurzame energie voor gemeentelijke gebouwen (Realisatie van zonnestroomproductie voor het gemeentelijk vastgoed)</v>
+        <v>Energiebeleidsprogramma</v>
       </c>
       <c r="C1082" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1082" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1082" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1082" s="6">
-        <v>43166.0</v>
+        <v>45958.0</v>
       </c>
     </row>
     <row r="1083" spans="1:7" customFormat="false">
       <c r="A1083" s="0">
-        <v>465</v>
+        <v>453</v>
       </c>
       <c r="B1083" s="0" t="str">
-        <v>Subsidieverordening rijden op groengas</v>
+        <v>Plan van Aanpak 20% duurzame energie voor gemeentelijke gebouwen (Realisatie van zonnestroomproductie voor het gemeentelijk vastgoed)</v>
       </c>
       <c r="C1083" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1083" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1083" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1083" s="6">
-        <v>42032.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="1084" spans="1:7" customFormat="false">
       <c r="A1084" s="0">
-        <v>582</v>
+        <v>453</v>
       </c>
       <c r="B1084" s="0" t="str">
-        <v xml:space="preserve">Uitvoeringsprogramma energie </v>
+        <v>Plan van Aanpak 20% duurzame energie voor gemeentelijke gebouwen (Realisatie van zonnestroomproductie voor het gemeentelijk vastgoed)</v>
       </c>
       <c r="C1084" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1084" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1084" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1084" s="6">
-        <v>42277.0</v>
+        <v>43166.0</v>
       </c>
     </row>
     <row r="1085" spans="1:7" customFormat="false">
       <c r="A1085" s="0">
-        <v>582</v>
+        <v>465</v>
       </c>
       <c r="B1085" s="0" t="str">
-        <v xml:space="preserve">Uitvoeringsprogramma energie </v>
+        <v>Subsidieverordening rijden op groengas</v>
       </c>
       <c r="C1085" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1085" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1085" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1085" s="6">
-        <v>42718.0</v>
+        <v>42032.0</v>
       </c>
     </row>
     <row r="1086" spans="1:7" customFormat="false">
       <c r="A1086" s="0">
         <v>582</v>
       </c>
       <c r="B1086" s="0" t="str">
         <v xml:space="preserve">Uitvoeringsprogramma energie </v>
       </c>
       <c r="C1086" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1086" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1086" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1086" s="6">
-        <v>42754.0</v>
+        <v>42277.0</v>
       </c>
     </row>
     <row r="1087" spans="1:7" customFormat="false">
       <c r="A1087" s="0">
         <v>582</v>
       </c>
       <c r="B1087" s="0" t="str">
         <v xml:space="preserve">Uitvoeringsprogramma energie </v>
       </c>
       <c r="C1087" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1087" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1087" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1087" s="6">
-        <v>43166.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="1088" spans="1:7" customFormat="false">
       <c r="A1088" s="0">
         <v>582</v>
       </c>
       <c r="B1088" s="0" t="str">
         <v xml:space="preserve">Uitvoeringsprogramma energie </v>
       </c>
       <c r="C1088" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1088" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1088" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1088" s="6">
-        <v>43495.0</v>
+        <v>42754.0</v>
       </c>
     </row>
     <row r="1089" spans="1:7" customFormat="false">
       <c r="A1089" s="0">
         <v>582</v>
       </c>
       <c r="B1089" s="0" t="str">
         <v xml:space="preserve">Uitvoeringsprogramma energie </v>
       </c>
       <c r="C1089" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1089" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1089" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1089" s="6">
-        <v>43943.0</v>
+        <v>43166.0</v>
       </c>
     </row>
     <row r="1090" spans="1:7" customFormat="false">
       <c r="A1090" s="0">
         <v>582</v>
       </c>
       <c r="B1090" s="0" t="str">
         <v xml:space="preserve">Uitvoeringsprogramma energie </v>
       </c>
       <c r="C1090" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1090" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1090" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1090" s="6">
-        <v>44197.0</v>
+        <v>43495.0</v>
       </c>
     </row>
     <row r="1091" spans="1:7" customFormat="false">
       <c r="A1091" s="0">
         <v>582</v>
       </c>
       <c r="B1091" s="0" t="str">
         <v xml:space="preserve">Uitvoeringsprogramma energie </v>
       </c>
       <c r="C1091" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1091" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1091" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1091" s="6">
-        <v>45224.0</v>
+        <v>43943.0</v>
       </c>
     </row>
     <row r="1092" spans="1:7" customFormat="false">
       <c r="A1092" s="0">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="B1092" s="0" t="str">
-        <v>Visie Windenergie</v>
+        <v xml:space="preserve">Uitvoeringsprogramma energie </v>
       </c>
       <c r="C1092" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1092" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1092" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1092" s="6">
-        <v>42396.0</v>
+        <v>44197.0</v>
       </c>
     </row>
     <row r="1093" spans="1:7" customFormat="false">
       <c r="A1093" s="0">
-        <v>620</v>
+        <v>582</v>
       </c>
       <c r="B1093" s="0" t="str">
-        <v>Stimuleringsregeling duurzame energiemaatregelen</v>
+        <v xml:space="preserve">Uitvoeringsprogramma energie </v>
       </c>
       <c r="C1093" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1093" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1093" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1093" s="6">
-        <v>42431.0</v>
+        <v>45224.0</v>
       </c>
     </row>
     <row r="1094" spans="1:7" customFormat="false">
       <c r="A1094" s="0">
-        <v>620</v>
+        <v>583</v>
       </c>
       <c r="B1094" s="0" t="str">
-        <v>Stimuleringsregeling duurzame energiemaatregelen</v>
+        <v>Visie Windenergie</v>
       </c>
       <c r="C1094" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1094" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1094" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1094" s="6">
-        <v>42641.0</v>
+        <v>42396.0</v>
       </c>
     </row>
     <row r="1095" spans="1:7" customFormat="false">
       <c r="A1095" s="0">
         <v>620</v>
       </c>
       <c r="B1095" s="0" t="str">
         <v>Stimuleringsregeling duurzame energiemaatregelen</v>
       </c>
       <c r="C1095" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1095" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1095" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1095" s="6">
-        <v>42718.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="1096" spans="1:7" customFormat="false">
       <c r="A1096" s="0">
         <v>620</v>
       </c>
       <c r="B1096" s="0" t="str">
         <v>Stimuleringsregeling duurzame energiemaatregelen</v>
       </c>
       <c r="C1096" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1096" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1096" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1096" s="6">
-        <v>42816.0</v>
+        <v>42641.0</v>
       </c>
     </row>
     <row r="1097" spans="1:7" customFormat="false">
       <c r="A1097" s="0">
         <v>620</v>
       </c>
       <c r="B1097" s="0" t="str">
         <v>Stimuleringsregeling duurzame energiemaatregelen</v>
       </c>
       <c r="C1097" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1097" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1097" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1097" s="6">
-        <v>43082.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="1098" spans="1:7" customFormat="false">
       <c r="A1098" s="0">
         <v>620</v>
       </c>
       <c r="B1098" s="0" t="str">
         <v>Stimuleringsregeling duurzame energiemaatregelen</v>
       </c>
       <c r="C1098" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1098" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1098" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1098" s="6">
-        <v>43285.0</v>
+        <v>42816.0</v>
       </c>
     </row>
     <row r="1099" spans="1:7" customFormat="false">
       <c r="A1099" s="0">
         <v>620</v>
       </c>
       <c r="B1099" s="0" t="str">
         <v>Stimuleringsregeling duurzame energiemaatregelen</v>
       </c>
       <c r="C1099" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1099" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1099" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1099" s="6">
-        <v>43376.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="1100" spans="1:7" customFormat="false">
       <c r="A1100" s="0">
         <v>620</v>
       </c>
       <c r="B1100" s="0" t="str">
         <v>Stimuleringsregeling duurzame energiemaatregelen</v>
       </c>
       <c r="C1100" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1100" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1100" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1100" s="6">
-        <v>43446.0</v>
+        <v>43285.0</v>
       </c>
     </row>
     <row r="1101" spans="1:7" customFormat="false">
       <c r="A1101" s="0">
-        <v>642</v>
+        <v>620</v>
       </c>
       <c r="B1101" s="0" t="str">
-        <v xml:space="preserve">Startbijdrage duurzaam energiebedrijf Barneveld </v>
+        <v>Stimuleringsregeling duurzame energiemaatregelen</v>
       </c>
       <c r="C1101" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1101" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1101" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1101" s="6">
-        <v>42431.0</v>
+        <v>43376.0</v>
       </c>
     </row>
     <row r="1102" spans="1:7" customFormat="false">
       <c r="A1102" s="0">
-        <v>642</v>
+        <v>620</v>
       </c>
       <c r="B1102" s="0" t="str">
-        <v xml:space="preserve">Startbijdrage duurzaam energiebedrijf Barneveld </v>
+        <v>Stimuleringsregeling duurzame energiemaatregelen</v>
       </c>
       <c r="C1102" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1102" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1102" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1102" s="6">
-        <v>43082.0</v>
+        <v>43446.0</v>
       </c>
     </row>
     <row r="1103" spans="1:7" customFormat="false">
       <c r="A1103" s="0">
         <v>642</v>
       </c>
       <c r="B1103" s="0" t="str">
         <v xml:space="preserve">Startbijdrage duurzaam energiebedrijf Barneveld </v>
       </c>
       <c r="C1103" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1103" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1103" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1103" s="6">
-        <v>43446.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="1104" spans="1:7" customFormat="false">
       <c r="A1104" s="0">
         <v>642</v>
       </c>
       <c r="B1104" s="0" t="str">
         <v xml:space="preserve">Startbijdrage duurzaam energiebedrijf Barneveld </v>
       </c>
       <c r="C1104" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1104" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1104" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1104" s="6">
-        <v>43607.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="1105" spans="1:7" customFormat="false">
       <c r="A1105" s="0">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="B1105" s="0" t="str">
-        <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
+        <v xml:space="preserve">Startbijdrage duurzaam energiebedrijf Barneveld </v>
       </c>
       <c r="C1105" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1105" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1105" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1105" s="6">
-        <v>42431.0</v>
+        <v>43446.0</v>
       </c>
     </row>
     <row r="1106" spans="1:7" customFormat="false">
       <c r="A1106" s="0">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="B1106" s="0" t="str">
-        <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
+        <v xml:space="preserve">Startbijdrage duurzaam energiebedrijf Barneveld </v>
       </c>
       <c r="C1106" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1106" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1106" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1106" s="6">
-        <v>42641.0</v>
+        <v>43607.0</v>
       </c>
     </row>
     <row r="1107" spans="1:7" customFormat="false">
       <c r="A1107" s="0">
         <v>643</v>
       </c>
       <c r="B1107" s="0" t="str">
         <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
       </c>
       <c r="C1107" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1107" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1107" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1107" s="6">
-        <v>42718.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="1108" spans="1:7" customFormat="false">
       <c r="A1108" s="0">
         <v>643</v>
       </c>
       <c r="B1108" s="0" t="str">
         <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
       </c>
       <c r="C1108" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1108" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1108" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1108" s="6">
-        <v>43656.0</v>
+        <v>42641.0</v>
       </c>
     </row>
     <row r="1109" spans="1:7" customFormat="false">
       <c r="A1109" s="0">
-        <v>726</v>
+        <v>643</v>
       </c>
       <c r="B1109" s="0" t="str">
-        <v>Luchtkwaliteit</v>
+        <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
       </c>
       <c r="C1109" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1109" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1109" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1109" s="6">
-        <v>42767.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="1110" spans="1:7" customFormat="false">
       <c r="A1110" s="0">
-        <v>726</v>
+        <v>643</v>
       </c>
       <c r="B1110" s="0" t="str">
-        <v>Luchtkwaliteit</v>
+        <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
       </c>
       <c r="C1110" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1110" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1110" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1110" s="6">
-        <v>42879.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="1111" spans="1:7" customFormat="false">
       <c r="A1111" s="0">
-        <v>791</v>
+        <v>643</v>
       </c>
       <c r="B1111" s="0" t="str">
-        <v xml:space="preserve">City Deal/Woningabonnement </v>
+        <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
       </c>
       <c r="C1111" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1111" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1111" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1111" s="6">
-        <v>43215.0</v>
+        <v>46001.0</v>
       </c>
     </row>
     <row r="1112" spans="1:7" customFormat="false">
       <c r="A1112" s="0">
-        <v>791</v>
+        <v>726</v>
       </c>
       <c r="B1112" s="0" t="str">
-        <v xml:space="preserve">City Deal/Woningabonnement </v>
+        <v>Luchtkwaliteit</v>
       </c>
       <c r="C1112" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1112" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1112" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1112" s="6">
-        <v>43866.0</v>
+        <v>42767.0</v>
       </c>
     </row>
     <row r="1113" spans="1:7" customFormat="false">
       <c r="A1113" s="0">
-        <v>792</v>
+        <v>726</v>
       </c>
       <c r="B1113" s="0" t="str">
-        <v xml:space="preserve">Regionale energievisie </v>
+        <v>Luchtkwaliteit</v>
       </c>
       <c r="C1113" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1113" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1113" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1113" s="6">
-        <v>43215.0</v>
+        <v>42879.0</v>
       </c>
     </row>
     <row r="1114" spans="1:7" customFormat="false">
       <c r="A1114" s="0">
-        <v>848</v>
+        <v>791</v>
       </c>
       <c r="B1114" s="0" t="str">
-        <v>Structuurvisie windenergie</v>
+        <v xml:space="preserve">City Deal/Woningabonnement </v>
       </c>
       <c r="C1114" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1114" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1114" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1114" s="6">
-        <v>43082.0</v>
+        <v>43215.0</v>
       </c>
     </row>
     <row r="1115" spans="1:7" customFormat="false">
       <c r="A1115" s="0">
-        <v>848</v>
+        <v>791</v>
       </c>
       <c r="B1115" s="0" t="str">
-        <v>Structuurvisie windenergie</v>
+        <v xml:space="preserve">City Deal/Woningabonnement </v>
       </c>
       <c r="C1115" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1115" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1115" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1115" s="6">
-        <v>43418.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="1116" spans="1:7" customFormat="false">
       <c r="A1116" s="0">
-        <v>848</v>
+        <v>792</v>
       </c>
       <c r="B1116" s="0" t="str">
-        <v>Structuurvisie windenergie</v>
+        <v xml:space="preserve">Regionale energievisie </v>
       </c>
       <c r="C1116" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1116" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1116" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1116" s="6">
-        <v>43495.0</v>
+        <v>43215.0</v>
       </c>
     </row>
     <row r="1117" spans="1:7" customFormat="false">
       <c r="A1117" s="0">
         <v>848</v>
       </c>
       <c r="B1117" s="0" t="str">
         <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1117" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1117" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1117" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1117" s="6">
-        <v>43747.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="1118" spans="1:7" customFormat="false">
       <c r="A1118" s="0">
         <v>848</v>
       </c>
       <c r="B1118" s="0" t="str">
         <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1118" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1118" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1118" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1118" s="6">
-        <v>43810.0</v>
+        <v>43418.0</v>
       </c>
     </row>
     <row r="1119" spans="1:7" customFormat="false">
       <c r="A1119" s="0">
         <v>848</v>
       </c>
       <c r="B1119" s="0" t="str">
         <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1119" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1119" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1119" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1119" s="6">
-        <v>43852.0</v>
+        <v>43495.0</v>
       </c>
     </row>
     <row r="1120" spans="1:7" customFormat="false">
       <c r="A1120" s="0">
         <v>848</v>
       </c>
       <c r="B1120" s="0" t="str">
         <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1120" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1120" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1120" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1120" s="6">
-        <v>43852.0</v>
+        <v>43747.0</v>
       </c>
     </row>
     <row r="1121" spans="1:7" customFormat="false">
       <c r="A1121" s="0">
         <v>848</v>
       </c>
       <c r="B1121" s="0" t="str">
         <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1121" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1121" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1121" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1121" s="6">
-        <v>43866.0</v>
+        <v>43810.0</v>
       </c>
     </row>
     <row r="1122" spans="1:7" customFormat="false">
       <c r="A1122" s="0">
         <v>848</v>
       </c>
       <c r="B1122" s="0" t="str">
         <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1122" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1122" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1122" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1122" s="6">
-        <v>43866.0</v>
+        <v>43852.0</v>
       </c>
     </row>
     <row r="1123" spans="1:7" customFormat="false">
       <c r="A1123" s="0">
         <v>848</v>
       </c>
       <c r="B1123" s="0" t="str">
         <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1123" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1123" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1123" s="0" t="str">
         <v>Commissie B-S-G</v>
       </c>
       <c r="G1123" s="6">
-        <v>43894.0</v>
+        <v>43852.0</v>
       </c>
     </row>
     <row r="1124" spans="1:7" customFormat="false">
       <c r="A1124" s="0">
         <v>848</v>
       </c>
       <c r="B1124" s="0" t="str">
         <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1124" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1124" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1124" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1124" s="6">
-        <v>43908.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="1125" spans="1:7" customFormat="false">
       <c r="A1125" s="0">
         <v>848</v>
       </c>
       <c r="B1125" s="0" t="str">
         <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1125" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1125" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1125" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1125" s="6">
-        <v>43943.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="1126" spans="1:7" customFormat="false">
       <c r="A1126" s="0">
         <v>848</v>
       </c>
       <c r="B1126" s="0" t="str">
         <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1126" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1126" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1126" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1126" s="6">
-        <v>43978.0</v>
+        <v>43894.0</v>
       </c>
     </row>
     <row r="1127" spans="1:7" customFormat="false">
       <c r="A1127" s="0">
         <v>848</v>
       </c>
       <c r="B1127" s="0" t="str">
         <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1127" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1127" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1127" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1127" s="6">
-        <v>44545.0</v>
+        <v>43908.0</v>
       </c>
     </row>
     <row r="1128" spans="1:7" customFormat="false">
       <c r="A1128" s="0">
-        <v>894</v>
+        <v>848</v>
       </c>
       <c r="B1128" s="0" t="str">
-        <v>Notitie groeene daken</v>
+        <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1128" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1128" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1128" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1128" s="6">
-        <v>43418.0</v>
+        <v>43943.0</v>
       </c>
     </row>
     <row r="1129" spans="1:7" customFormat="false">
       <c r="A1129" s="0">
-        <v>900</v>
+        <v>848</v>
       </c>
       <c r="B1129" s="0" t="str">
-        <v>Notitie zonne-energie</v>
+        <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1129" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1129" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1129" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1129" s="6">
-        <v>43418.0</v>
+        <v>43978.0</v>
       </c>
     </row>
     <row r="1130" spans="1:7" customFormat="false">
       <c r="A1130" s="0">
-        <v>900</v>
+        <v>848</v>
       </c>
       <c r="B1130" s="0" t="str">
-        <v>Notitie zonne-energie</v>
+        <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1130" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1130" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1130" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1130" s="6">
-        <v>43656.0</v>
+        <v>44545.0</v>
       </c>
     </row>
     <row r="1131" spans="1:7" customFormat="false">
       <c r="A1131" s="0">
-        <v>900</v>
+        <v>894</v>
       </c>
       <c r="B1131" s="0" t="str">
-        <v>Notitie zonne-energie</v>
+        <v>Notitie groeene daken</v>
       </c>
       <c r="C1131" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1131" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1131" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1131" s="6">
-        <v>43999.0</v>
+        <v>43418.0</v>
       </c>
     </row>
     <row r="1132" spans="1:7" customFormat="false">
       <c r="A1132" s="0">
         <v>900</v>
       </c>
       <c r="B1132" s="0" t="str">
         <v>Notitie zonne-energie</v>
       </c>
       <c r="C1132" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1132" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1132" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1132" s="6">
-        <v>44111.0</v>
+        <v>43418.0</v>
       </c>
     </row>
     <row r="1133" spans="1:7" customFormat="false">
       <c r="A1133" s="0">
         <v>900</v>
       </c>
       <c r="B1133" s="0" t="str">
         <v>Notitie zonne-energie</v>
       </c>
       <c r="C1133" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1133" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1133" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1133" s="6">
-        <v>44174.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="1134" spans="1:7" customFormat="false">
       <c r="A1134" s="0">
         <v>900</v>
       </c>
       <c r="B1134" s="0" t="str">
         <v>Notitie zonne-energie</v>
       </c>
       <c r="C1134" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1134" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1134" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1134" s="6">
-        <v>44216.0</v>
+        <v>43999.0</v>
       </c>
     </row>
     <row r="1135" spans="1:7" customFormat="false">
       <c r="A1135" s="0">
         <v>900</v>
       </c>
       <c r="B1135" s="0" t="str">
         <v>Notitie zonne-energie</v>
       </c>
       <c r="C1135" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1135" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1135" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1135" s="6">
-        <v>44510.0</v>
+        <v>44111.0</v>
       </c>
     </row>
     <row r="1136" spans="1:7" customFormat="false">
       <c r="A1136" s="0">
         <v>900</v>
       </c>
       <c r="B1136" s="0" t="str">
         <v>Notitie zonne-energie</v>
       </c>
       <c r="C1136" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1136" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1136" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1136" s="6">
-        <v>44545.0</v>
+        <v>44174.0</v>
       </c>
     </row>
     <row r="1137" spans="1:7" customFormat="false">
       <c r="A1137" s="0">
         <v>900</v>
       </c>
       <c r="B1137" s="0" t="str">
         <v>Notitie zonne-energie</v>
       </c>
       <c r="C1137" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1137" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1137" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1137" s="6">
-        <v>44601.0</v>
+        <v>44216.0</v>
       </c>
     </row>
     <row r="1138" spans="1:7" customFormat="false">
       <c r="A1138" s="0">
-        <v>910</v>
+        <v>900</v>
       </c>
       <c r="B1138" s="0" t="str">
-        <v>Warmtevisie</v>
+        <v>Notitie zonne-energie</v>
       </c>
       <c r="C1138" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1138" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1138" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1138" s="6">
-        <v>43495.0</v>
+        <v>44510.0</v>
       </c>
     </row>
     <row r="1139" spans="1:7" customFormat="false">
       <c r="A1139" s="0">
-        <v>910</v>
+        <v>900</v>
       </c>
       <c r="B1139" s="0" t="str">
-        <v>Warmtevisie</v>
+        <v>Notitie zonne-energie</v>
       </c>
       <c r="C1139" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1139" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1139" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1139" s="6">
-        <v>43607.0</v>
+        <v>44545.0</v>
       </c>
     </row>
     <row r="1140" spans="1:7" customFormat="false">
       <c r="A1140" s="0">
-        <v>910</v>
+        <v>900</v>
       </c>
       <c r="B1140" s="0" t="str">
-        <v>Warmtevisie</v>
+        <v>Notitie zonne-energie</v>
       </c>
       <c r="C1140" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1140" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1140" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1140" s="6">
-        <v>43747.0</v>
+        <v>44601.0</v>
       </c>
     </row>
     <row r="1141" spans="1:7" customFormat="false">
       <c r="A1141" s="0">
         <v>910</v>
       </c>
       <c r="B1141" s="0" t="str">
         <v>Warmtevisie</v>
       </c>
       <c r="C1141" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1141" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1141" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1141" s="6">
-        <v>43866.0</v>
+        <v>43495.0</v>
       </c>
     </row>
     <row r="1142" spans="1:7" customFormat="false">
       <c r="A1142" s="0">
         <v>910</v>
       </c>
       <c r="B1142" s="0" t="str">
         <v>Warmtevisie</v>
       </c>
       <c r="C1142" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1142" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1142" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1142" s="6">
-        <v>44307.0</v>
+        <v>43607.0</v>
       </c>
     </row>
     <row r="1143" spans="1:7" customFormat="false">
       <c r="A1143" s="0">
         <v>910</v>
       </c>
       <c r="B1143" s="0" t="str">
         <v>Warmtevisie</v>
       </c>
       <c r="C1143" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1143" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1143" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1143" s="6">
-        <v>44545.0</v>
+        <v>43747.0</v>
       </c>
     </row>
     <row r="1144" spans="1:7" customFormat="false">
       <c r="A1144" s="0">
         <v>910</v>
       </c>
       <c r="B1144" s="0" t="str">
         <v>Warmtevisie</v>
       </c>
       <c r="C1144" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1144" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1144" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1144" s="6">
-        <v>45273.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="1145" spans="1:7" customFormat="false">
       <c r="A1145" s="0">
         <v>910</v>
       </c>
       <c r="B1145" s="0" t="str">
         <v>Warmtevisie</v>
       </c>
       <c r="C1145" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1145" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1145" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1145" s="6">
-        <v>45365.0</v>
+        <v>44307.0</v>
       </c>
     </row>
     <row r="1146" spans="1:7" customFormat="false">
       <c r="A1146" s="0">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="B1146" s="0" t="str">
-        <v xml:space="preserve">Regionale Energie Strategie </v>
+        <v>Warmtevisie</v>
       </c>
       <c r="C1146" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1146" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1146" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1146" s="6">
-        <v>43747.0</v>
+        <v>44545.0</v>
       </c>
     </row>
     <row r="1147" spans="1:7" customFormat="false">
       <c r="A1147" s="0">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="B1147" s="0" t="str">
-        <v xml:space="preserve">Regionale Energie Strategie </v>
+        <v>Warmtevisie</v>
       </c>
       <c r="C1147" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1147" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1147" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1147" s="6">
-        <v>43908.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="1148" spans="1:7" customFormat="false">
       <c r="A1148" s="0">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="B1148" s="0" t="str">
-        <v xml:space="preserve">Regionale Energie Strategie </v>
+        <v>Warmtevisie</v>
       </c>
       <c r="C1148" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1148" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1148" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1148" s="6">
-        <v>43943.0</v>
+        <v>45365.0</v>
       </c>
     </row>
     <row r="1149" spans="1:7" customFormat="false">
       <c r="A1149" s="0">
         <v>911</v>
       </c>
       <c r="B1149" s="0" t="str">
         <v xml:space="preserve">Regionale Energie Strategie </v>
       </c>
       <c r="C1149" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1149" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1149" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1149" s="6">
-        <v>44090.0</v>
+        <v>43747.0</v>
       </c>
     </row>
     <row r="1150" spans="1:7" customFormat="false">
       <c r="A1150" s="0">
         <v>911</v>
       </c>
       <c r="B1150" s="0" t="str">
         <v xml:space="preserve">Regionale Energie Strategie </v>
       </c>
       <c r="C1150" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1150" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1150" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1150" s="6">
-        <v>44097.0</v>
+        <v>43908.0</v>
       </c>
     </row>
     <row r="1151" spans="1:7" customFormat="false">
       <c r="A1151" s="0">
         <v>911</v>
       </c>
       <c r="B1151" s="0" t="str">
         <v xml:space="preserve">Regionale Energie Strategie </v>
       </c>
       <c r="C1151" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1151" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1151" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1151" s="6">
-        <v>44342.0</v>
+        <v>43943.0</v>
       </c>
     </row>
     <row r="1152" spans="1:7" customFormat="false">
       <c r="A1152" s="0">
         <v>911</v>
       </c>
       <c r="B1152" s="0" t="str">
         <v xml:space="preserve">Regionale Energie Strategie </v>
       </c>
       <c r="C1152" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1152" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1152" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1152" s="6">
-        <v>45112.0</v>
+        <v>44090.0</v>
       </c>
     </row>
     <row r="1153" spans="1:7" customFormat="false">
       <c r="A1153" s="0">
         <v>911</v>
       </c>
       <c r="B1153" s="0" t="str">
         <v xml:space="preserve">Regionale Energie Strategie </v>
       </c>
       <c r="C1153" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1153" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1153" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1153" s="6">
-        <v>46093.0</v>
+        <v>44097.0</v>
       </c>
     </row>
     <row r="1154" spans="1:7" customFormat="false">
       <c r="A1154" s="0">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="B1154" s="0" t="str">
-        <v>Actieagenda Circulaire economie</v>
+        <v xml:space="preserve">Regionale Energie Strategie </v>
       </c>
       <c r="C1154" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1154" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1154" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1154" s="6">
-        <v>43607.0</v>
+        <v>44342.0</v>
       </c>
     </row>
     <row r="1155" spans="1:7" customFormat="false">
       <c r="A1155" s="0">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="B1155" s="0" t="str">
-        <v>Actieagenda Circulaire economie</v>
+        <v xml:space="preserve">Regionale Energie Strategie </v>
       </c>
       <c r="C1155" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1155" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1155" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1155" s="6">
-        <v>43908.0</v>
+        <v>45112.0</v>
       </c>
     </row>
     <row r="1156" spans="1:7" customFormat="false">
       <c r="A1156" s="0">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="B1156" s="0" t="str">
-        <v>Actieagenda Circulaire economie</v>
+        <v xml:space="preserve">Regionale Energie Strategie </v>
       </c>
       <c r="C1156" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1156" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1156" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1156" s="6">
-        <v>45196.0</v>
+        <v>46093.0</v>
       </c>
     </row>
     <row r="1157" spans="1:7" customFormat="false">
       <c r="A1157" s="0">
-        <v>921</v>
+        <v>913</v>
       </c>
       <c r="B1157" s="0" t="str">
-        <v xml:space="preserve">Versnelling verwijdering asbestdaken </v>
+        <v>Actieagenda Circulaire economie</v>
       </c>
       <c r="C1157" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1157" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1157" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1157" s="6">
-        <v>43530.0</v>
+        <v>43607.0</v>
       </c>
     </row>
     <row r="1158" spans="1:7" customFormat="false">
       <c r="A1158" s="0">
-        <v>949</v>
+        <v>913</v>
       </c>
       <c r="B1158" s="0" t="str">
-        <v xml:space="preserve">Garantstelling energiecoöperatie Voorthuizen duurzaam </v>
+        <v>Actieagenda Circulaire economie</v>
       </c>
       <c r="C1158" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1158" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1158" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1158" s="6">
-        <v>43656.0</v>
+        <v>43908.0</v>
       </c>
     </row>
     <row r="1159" spans="1:7" customFormat="false">
       <c r="A1159" s="0">
-        <v>949</v>
+        <v>913</v>
       </c>
       <c r="B1159" s="0" t="str">
-        <v xml:space="preserve">Garantstelling energiecoöperatie Voorthuizen duurzaam </v>
+        <v>Actieagenda Circulaire economie</v>
       </c>
       <c r="C1159" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1159" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1159" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1159" s="6">
-        <v>44342.0</v>
+        <v>45196.0</v>
       </c>
     </row>
     <row r="1160" spans="1:7" customFormat="false">
       <c r="A1160" s="0">
-        <v>1137</v>
+        <v>921</v>
       </c>
       <c r="B1160" s="0" t="str">
-        <v xml:space="preserve">Programmaplan duurzaamheid </v>
+        <v xml:space="preserve">Versnelling verwijdering asbestdaken </v>
       </c>
       <c r="C1160" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1160" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
-      <c r="F1160" s="0"/>
-[...1 lines deleted...]
-        <v/>
+      <c r="F1160" s="0" t="str">
+        <v>Rubriek B - lijst van ingekomen stukken</v>
+      </c>
+      <c r="G1160" s="6">
+        <v>43530.0</v>
       </c>
     </row>
     <row r="1161" spans="1:7" customFormat="false">
       <c r="A1161" s="0">
-        <v>1142</v>
+        <v>949</v>
       </c>
       <c r="B1161" s="0" t="str">
-        <v>Energiearmoede</v>
+        <v xml:space="preserve">Garantstelling energiecoöperatie Voorthuizen duurzaam </v>
       </c>
       <c r="C1161" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1161" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1161" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1161" s="6">
-        <v>44748.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="1162" spans="1:7" customFormat="false">
       <c r="A1162" s="0">
-        <v>1149</v>
+        <v>949</v>
       </c>
       <c r="B1162" s="0" t="str">
-        <v xml:space="preserve">Programmaplan duurzaamheid </v>
+        <v xml:space="preserve">Garantstelling energiecoöperatie Voorthuizen duurzaam </v>
       </c>
       <c r="C1162" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1162" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1162" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1162" s="6">
-        <v>44909.0</v>
+        <v>44342.0</v>
       </c>
     </row>
     <row r="1163" spans="1:7" customFormat="false">
       <c r="A1163" s="0">
-        <v>1149</v>
+        <v>1137</v>
       </c>
       <c r="B1163" s="0" t="str">
         <v xml:space="preserve">Programmaplan duurzaamheid </v>
       </c>
       <c r="C1163" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1163" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
-[...5 lines deleted...]
-        <v>45196.0</v>
+        <v>M.H.J. Pluimers-Foeken</v>
+      </c>
+      <c r="F1163" s="0"/>
+      <c r="G1163" s="6" t="str">
+        <v/>
       </c>
     </row>
     <row r="1164" spans="1:7" customFormat="false">
       <c r="A1164" s="0">
-        <v>1149</v>
+        <v>1142</v>
       </c>
       <c r="B1164" s="0" t="str">
-        <v xml:space="preserve">Programmaplan duurzaamheid </v>
+        <v>Energiearmoede</v>
       </c>
       <c r="C1164" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1164" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1164" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1164" s="6">
-        <v>45259.0</v>
+        <v>44748.0</v>
       </c>
     </row>
     <row r="1165" spans="1:7" customFormat="false">
       <c r="A1165" s="0">
         <v>1149</v>
       </c>
       <c r="B1165" s="0" t="str">
         <v xml:space="preserve">Programmaplan duurzaamheid </v>
       </c>
       <c r="C1165" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1165" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1165" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1165" s="6">
-        <v>45371.0</v>
+        <v>44909.0</v>
       </c>
     </row>
     <row r="1166" spans="1:7" customFormat="false">
       <c r="A1166" s="0">
         <v>1149</v>
       </c>
       <c r="B1166" s="0" t="str">
         <v xml:space="preserve">Programmaplan duurzaamheid </v>
       </c>
       <c r="C1166" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1166" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1166" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1166" s="6">
-        <v>45693.0</v>
+        <v>45196.0</v>
       </c>
     </row>
     <row r="1167" spans="1:7" customFormat="false">
       <c r="A1167" s="0">
         <v>1149</v>
       </c>
       <c r="B1167" s="0" t="str">
         <v xml:space="preserve">Programmaplan duurzaamheid </v>
       </c>
       <c r="C1167" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1167" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1167" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1167" s="6">
-        <v>45938.0</v>
+        <v>45259.0</v>
       </c>
     </row>
     <row r="1168" spans="1:7" customFormat="false">
       <c r="A1168" s="0">
-        <v>1216</v>
+        <v>1149</v>
       </c>
       <c r="B1168" s="0" t="str">
-        <v>Locatiebeleid energiestations</v>
+        <v xml:space="preserve">Programmaplan duurzaamheid </v>
       </c>
       <c r="C1168" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1168" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1168" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1168" s="6">
-        <v>45077.0</v>
+        <v>45371.0</v>
       </c>
     </row>
     <row r="1169" spans="1:7" customFormat="false">
       <c r="A1169" s="0">
-        <v>1216</v>
+        <v>1149</v>
       </c>
       <c r="B1169" s="0" t="str">
-        <v>Locatiebeleid energiestations</v>
+        <v xml:space="preserve">Programmaplan duurzaamheid </v>
       </c>
       <c r="C1169" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1169" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1169" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1169" s="6">
-        <v>45243.0</v>
+        <v>45693.0</v>
       </c>
     </row>
     <row r="1170" spans="1:7" customFormat="false">
       <c r="A1170" s="0">
-        <v>1300</v>
+        <v>1149</v>
       </c>
       <c r="B1170" s="0" t="str">
-        <v>Netcongestie</v>
+        <v xml:space="preserve">Programmaplan duurzaamheid </v>
       </c>
       <c r="C1170" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1170" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1170" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1170" s="6">
-        <v>45560.0</v>
+        <v>45938.0</v>
       </c>
     </row>
     <row r="1171" spans="1:7" customFormat="false">
       <c r="A1171" s="0">
-        <v>1329</v>
+        <v>1216</v>
       </c>
       <c r="B1171" s="0" t="str">
-        <v>Regionaal Energieperspectief Regio Foodvalley 2040</v>
+        <v>Locatiebeleid energiestations</v>
       </c>
       <c r="C1171" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1171" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1171" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1171" s="6">
-        <v>45958.0</v>
+        <v>45077.0</v>
       </c>
     </row>
     <row r="1172" spans="1:7" customFormat="false">
       <c r="A1172" s="0">
-        <v>1329</v>
+        <v>1216</v>
       </c>
       <c r="B1172" s="0" t="str">
-        <v>Regionaal Energieperspectief Regio Foodvalley 2040</v>
+        <v>Locatiebeleid energiestations</v>
       </c>
       <c r="C1172" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1172" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1172" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1172" s="6">
-        <v>46093.0</v>
+        <v>45243.0</v>
       </c>
     </row>
     <row r="1173" spans="1:7" customFormat="false">
       <c r="A1173" s="0">
-        <v>59</v>
+        <v>1300</v>
       </c>
       <c r="B1173" s="0" t="str">
-        <v>Centrumplan herijking kaders (1)</v>
+        <v>Netcongestie</v>
       </c>
       <c r="C1173" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1173" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1173" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1173" s="6">
-        <v>41464.0</v>
+        <v>45560.0</v>
       </c>
     </row>
     <row r="1174" spans="1:7" customFormat="false">
       <c r="A1174" s="0">
-        <v>60</v>
+        <v>1329</v>
       </c>
       <c r="B1174" s="0" t="str">
-        <v>Ruimtelijke visie centrumplan fase II</v>
+        <v>Regionaal Energieperspectief Regio Foodvalley 2040</v>
       </c>
       <c r="C1174" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1174" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1174" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1174" s="6">
-        <v>41765.0</v>
+        <v>45958.0</v>
       </c>
     </row>
     <row r="1175" spans="1:7" customFormat="false">
       <c r="A1175" s="0">
-        <v>413</v>
+        <v>1329</v>
       </c>
       <c r="B1175" s="0" t="str">
-        <v xml:space="preserve">Verbetering uitstraling kerngebied stationsomgeving Barneveld-Centrum </v>
+        <v>Regionaal Energieperspectief Regio Foodvalley 2040</v>
       </c>
       <c r="C1175" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D1175" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1175" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1175" s="6">
-        <v>42354.0</v>
+        <v>46093.0</v>
       </c>
     </row>
     <row r="1176" spans="1:7" customFormat="false">
       <c r="A1176" s="0">
-        <v>909</v>
+        <v>59</v>
       </c>
       <c r="B1176" s="0" t="str">
-        <v xml:space="preserve">Centrumplan Voorthuizen </v>
+        <v>Centrumplan herijking kaders (1)</v>
       </c>
       <c r="C1176" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="D1176" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1176" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1176" s="6">
-        <v>43769.0</v>
+        <v>41464.0</v>
       </c>
     </row>
     <row r="1177" spans="1:7" customFormat="false">
       <c r="A1177" s="0">
-        <v>909</v>
+        <v>60</v>
       </c>
       <c r="B1177" s="0" t="str">
-        <v xml:space="preserve">Centrumplan Voorthuizen </v>
+        <v>Ruimtelijke visie centrumplan fase II</v>
       </c>
       <c r="C1177" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="D1177" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1177" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1177" s="6">
-        <v>43810.0</v>
+        <v>41765.0</v>
       </c>
     </row>
     <row r="1178" spans="1:7" customFormat="false">
       <c r="A1178" s="0">
-        <v>909</v>
+        <v>413</v>
       </c>
       <c r="B1178" s="0" t="str">
-        <v xml:space="preserve">Centrumplan Voorthuizen </v>
+        <v xml:space="preserve">Verbetering uitstraling kerngebied stationsomgeving Barneveld-Centrum </v>
       </c>
       <c r="C1178" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="D1178" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1178" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1178" s="6">
-        <v>44111.0</v>
+        <v>42354.0</v>
       </c>
     </row>
     <row r="1179" spans="1:7" customFormat="false">
       <c r="A1179" s="0">
         <v>909</v>
       </c>
       <c r="B1179" s="0" t="str">
         <v xml:space="preserve">Centrumplan Voorthuizen </v>
       </c>
       <c r="C1179" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="D1179" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1179" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1179" s="6">
-        <v>44384.0</v>
+        <v>43769.0</v>
       </c>
     </row>
     <row r="1180" spans="1:7" customFormat="false">
       <c r="A1180" s="0">
         <v>909</v>
       </c>
       <c r="B1180" s="0" t="str">
         <v xml:space="preserve">Centrumplan Voorthuizen </v>
       </c>
       <c r="C1180" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="D1180" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1180" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1180" s="6">
-        <v>46001.0</v>
+        <v>43810.0</v>
       </c>
     </row>
     <row r="1181" spans="1:7" customFormat="false">
       <c r="A1181" s="0">
-        <v>23</v>
+        <v>909</v>
       </c>
       <c r="B1181" s="0" t="str">
-        <v>Visie (en uitvoeringsprogramma) verblijfsrecreatie en (en evaluatie OMVV)</v>
+        <v xml:space="preserve">Centrumplan Voorthuizen </v>
       </c>
       <c r="C1181" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="D1181" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1181" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1181" s="6">
-        <v>41912.0</v>
+        <v>44111.0</v>
       </c>
     </row>
     <row r="1182" spans="1:7" customFormat="false">
       <c r="A1182" s="0">
-        <v>23</v>
+        <v>909</v>
       </c>
       <c r="B1182" s="0" t="str">
-        <v>Visie (en uitvoeringsprogramma) verblijfsrecreatie en (en evaluatie OMVV)</v>
+        <v xml:space="preserve">Centrumplan Voorthuizen </v>
       </c>
       <c r="C1182" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="D1182" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1182" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1182" s="6">
-        <v>42354.0</v>
+        <v>44384.0</v>
       </c>
     </row>
     <row r="1183" spans="1:7" customFormat="false">
       <c r="A1183" s="0">
-        <v>23</v>
+        <v>909</v>
       </c>
       <c r="B1183" s="0" t="str">
-        <v>Visie (en uitvoeringsprogramma) verblijfsrecreatie en (en evaluatie OMVV)</v>
+        <v xml:space="preserve">Centrumplan Voorthuizen </v>
       </c>
       <c r="C1183" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="D1183" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1183" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1183" s="6">
-        <v>43215.0</v>
+        <v>46001.0</v>
       </c>
     </row>
     <row r="1184" spans="1:7" customFormat="false">
       <c r="A1184" s="0">
         <v>23</v>
       </c>
       <c r="B1184" s="0" t="str">
-        <v>Visie (en uitvoeringsprogramma) verblijfsrecreatie en (en evaluatie OMVV)</v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1184" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="D1184" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1184" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1184" s="6">
-        <v>43656.0</v>
+        <v>41912.0</v>
       </c>
     </row>
     <row r="1185" spans="1:7" customFormat="false">
       <c r="A1185" s="0">
         <v>23</v>
       </c>
       <c r="B1185" s="0" t="str">
-        <v>Visie (en uitvoeringsprogramma) verblijfsrecreatie en (en evaluatie OMVV)</v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1185" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="D1185" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1185" s="0" t="str">
-        <v>Informatieavond</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1185" s="6">
-        <v>44301.0</v>
+        <v>42354.0</v>
       </c>
     </row>
     <row r="1186" spans="1:7" customFormat="false">
       <c r="A1186" s="0">
         <v>23</v>
       </c>
       <c r="B1186" s="0" t="str">
-        <v>Visie (en uitvoeringsprogramma) verblijfsrecreatie en (en evaluatie OMVV)</v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1186" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="D1186" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1186" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1186" s="6">
-        <v>44628.0</v>
+        <v>43215.0</v>
       </c>
     </row>
     <row r="1187" spans="1:7" customFormat="false">
       <c r="A1187" s="0">
         <v>23</v>
       </c>
       <c r="B1187" s="0" t="str">
-        <v>Visie (en uitvoeringsprogramma) verblijfsrecreatie en (en evaluatie OMVV)</v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1187" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="D1187" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1187" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1187" s="6">
-        <v>44658.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="1188" spans="1:7" customFormat="false">
       <c r="A1188" s="0">
         <v>23</v>
       </c>
       <c r="B1188" s="0" t="str">
-        <v>Visie (en uitvoeringsprogramma) verblijfsrecreatie en (en evaluatie OMVV)</v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1188" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="D1188" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1188" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Informatieavond</v>
       </c>
       <c r="G1188" s="6">
-        <v>44832.0</v>
+        <v>44301.0</v>
       </c>
     </row>
     <row r="1189" spans="1:7" customFormat="false">
       <c r="A1189" s="0">
         <v>23</v>
       </c>
       <c r="B1189" s="0" t="str">
-        <v>Visie (en uitvoeringsprogramma) verblijfsrecreatie en (en evaluatie OMVV)</v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1189" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="D1189" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1189" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1189" s="6">
-        <v>45007.0</v>
+        <v>44628.0</v>
       </c>
     </row>
     <row r="1190" spans="1:7" customFormat="false">
       <c r="A1190" s="0">
         <v>23</v>
       </c>
       <c r="B1190" s="0" t="str">
-        <v>Visie (en uitvoeringsprogramma) verblijfsrecreatie en (en evaluatie OMVV)</v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1190" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="D1190" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1190" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1190" s="6">
-        <v>45399.0</v>
+        <v>44658.0</v>
       </c>
     </row>
     <row r="1191" spans="1:7" customFormat="false">
       <c r="A1191" s="0">
         <v>23</v>
       </c>
       <c r="B1191" s="0" t="str">
-        <v>Visie (en uitvoeringsprogramma) verblijfsrecreatie en (en evaluatie OMVV)</v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1191" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="D1191" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1191" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1191" s="6">
-        <v>45805.0</v>
+        <v>44832.0</v>
       </c>
     </row>
     <row r="1192" spans="1:7" customFormat="false">
       <c r="A1192" s="0">
         <v>23</v>
       </c>
       <c r="B1192" s="0" t="str">
-        <v>Visie (en uitvoeringsprogramma) verblijfsrecreatie en (en evaluatie OMVV)</v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1192" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="D1192" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1192" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1192" s="6">
-        <v>46001.0</v>
+        <v>45007.0</v>
       </c>
     </row>
     <row r="1193" spans="1:7" customFormat="false">
       <c r="A1193" s="0">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="B1193" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Garderen </v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1193" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="D1193" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1193" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1193" s="6">
-        <v>41590.0</v>
+        <v>45399.0</v>
       </c>
     </row>
     <row r="1194" spans="1:7" customFormat="false">
       <c r="A1194" s="0">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="B1194" s="0" t="str">
-        <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1194" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="D1194" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1194" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1194" s="6">
-        <v>41590.0</v>
+        <v>45805.0</v>
       </c>
     </row>
     <row r="1195" spans="1:7" customFormat="false">
       <c r="A1195" s="0">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="B1195" s="0" t="str">
-        <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1195" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="D1195" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1195" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1195" s="6">
-        <v>41912.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="1196" spans="1:7" customFormat="false">
       <c r="A1196" s="0">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B1196" s="0" t="str">
-        <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
+        <v xml:space="preserve">Bestemmingsplan Garderen </v>
       </c>
       <c r="C1196" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1196" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1196" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1196" s="6">
-        <v>42319.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="1197" spans="1:7" customFormat="false">
       <c r="A1197" s="0">
         <v>51</v>
       </c>
       <c r="B1197" s="0" t="str">
         <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1197" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1197" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1197" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1197" s="6">
-        <v>42683.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="1198" spans="1:7" customFormat="false">
       <c r="A1198" s="0">
         <v>51</v>
       </c>
       <c r="B1198" s="0" t="str">
         <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1198" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1198" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1198" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1198" s="6">
-        <v>43047.0</v>
+        <v>41912.0</v>
       </c>
     </row>
     <row r="1199" spans="1:7" customFormat="false">
       <c r="A1199" s="0">
         <v>51</v>
       </c>
       <c r="B1199" s="0" t="str">
         <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1199" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1199" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1199" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1199" s="6">
-        <v>43418.0</v>
+        <v>42319.0</v>
       </c>
     </row>
     <row r="1200" spans="1:7" customFormat="false">
       <c r="A1200" s="0">
         <v>51</v>
       </c>
       <c r="B1200" s="0" t="str">
         <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1200" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1200" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1200" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1200" s="6">
-        <v>43908.0</v>
+        <v>42683.0</v>
       </c>
     </row>
     <row r="1201" spans="1:7" customFormat="false">
       <c r="A1201" s="0">
         <v>51</v>
       </c>
       <c r="B1201" s="0" t="str">
         <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1201" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1201" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1201" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1201" s="6">
-        <v>44256.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="1202" spans="1:7" customFormat="false">
       <c r="A1202" s="0">
         <v>51</v>
       </c>
       <c r="B1202" s="0" t="str">
         <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1202" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1202" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1202" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1202" s="6">
-        <v>44671.0</v>
+        <v>43418.0</v>
       </c>
     </row>
     <row r="1203" spans="1:7" customFormat="false">
       <c r="A1203" s="0">
         <v>51</v>
       </c>
       <c r="B1203" s="0" t="str">
         <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1203" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1203" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1203" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1203" s="6">
-        <v>44706.0</v>
+        <v>43908.0</v>
       </c>
     </row>
     <row r="1204" spans="1:7" customFormat="false">
       <c r="A1204" s="0">
         <v>51</v>
       </c>
       <c r="B1204" s="0" t="str">
         <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1204" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1204" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1204" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1204" s="6">
-        <v>44965.0</v>
+        <v>44256.0</v>
       </c>
     </row>
     <row r="1205" spans="1:7" customFormat="false">
       <c r="A1205" s="0">
         <v>51</v>
       </c>
       <c r="B1205" s="0" t="str">
         <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1205" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1205" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1205" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1205" s="6">
-        <v>45441.0</v>
+        <v>44671.0</v>
       </c>
     </row>
     <row r="1206" spans="1:7" customFormat="false">
       <c r="A1206" s="0">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B1206" s="0" t="str">
-        <v>Beleidsnotitie mantelzorg (incl evaluatie)</v>
+        <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1206" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1206" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1206" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1206" s="6">
-        <v>42277.0</v>
+        <v>44706.0</v>
       </c>
     </row>
     <row r="1207" spans="1:7" customFormat="false">
       <c r="A1207" s="0">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B1207" s="0" t="str">
-        <v>Evaluatie Welstandsnota</v>
+        <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1207" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1207" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1207" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1207" s="6">
-        <v>41912.0</v>
+        <v>44965.0</v>
       </c>
     </row>
     <row r="1208" spans="1:7" customFormat="false">
       <c r="A1208" s="0">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B1208" s="0" t="str">
-        <v>PvA Strategische Visie (1)</v>
+        <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1208" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1208" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1208" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1208" s="6">
-        <v>41464.0</v>
+        <v>45441.0</v>
       </c>
     </row>
     <row r="1209" spans="1:7" customFormat="false">
       <c r="A1209" s="0">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B1209" s="0" t="str">
-        <v>Regionale gebiedsvisie FoodValley</v>
+        <v>Beleidsnotitie mantelzorg (incl evaluatie)</v>
       </c>
       <c r="C1209" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1209" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1209" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1209" s="6">
-        <v>41667.0</v>
+        <v>42277.0</v>
       </c>
     </row>
     <row r="1210" spans="1:7" customFormat="false">
       <c r="A1210" s="0">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B1210" s="0" t="str">
-        <v xml:space="preserve">Visie werklandschap Voorthuizen </v>
+        <v>Evaluatie Welstandsnota</v>
       </c>
       <c r="C1210" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1210" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1210" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1210" s="6">
-        <v>41989.0</v>
+        <v>41912.0</v>
       </c>
     </row>
     <row r="1211" spans="1:7" customFormat="false">
       <c r="A1211" s="0">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B1211" s="0" t="str">
-        <v>Locatie molen Kootwijkerbroek</v>
+        <v>PvA Strategische Visie (1)</v>
       </c>
       <c r="C1211" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1211" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1211" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1211" s="6">
         <v>41464.0</v>
       </c>
     </row>
     <row r="1212" spans="1:7" customFormat="false">
       <c r="A1212" s="0">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B1212" s="0" t="str">
-        <v>Evaluatie ruimtelijk beleid biovergistingsinstallaties (3)</v>
+        <v>Regionale gebiedsvisie FoodValley</v>
       </c>
       <c r="C1212" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1212" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1212" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1212" s="6">
-        <v>41989.0</v>
+        <v>41667.0</v>
       </c>
     </row>
     <row r="1213" spans="1:7" customFormat="false">
       <c r="A1213" s="0">
-        <v>242</v>
+        <v>56</v>
       </c>
       <c r="B1213" s="0" t="str">
-        <v>Centrumplan Barneveld / Omgevingsvisie Barneveld Centrum</v>
+        <v xml:space="preserve">Visie werklandschap Voorthuizen </v>
       </c>
       <c r="C1213" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1213" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1213" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1213" s="6">
-        <v>43943.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="1214" spans="1:7" customFormat="false">
       <c r="A1214" s="0">
-        <v>242</v>
+        <v>57</v>
       </c>
       <c r="B1214" s="0" t="str">
-        <v>Centrumplan Barneveld / Omgevingsvisie Barneveld Centrum</v>
+        <v>Locatie molen Kootwijkerbroek</v>
       </c>
       <c r="C1214" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1214" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1214" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1214" s="6">
-        <v>44111.0</v>
+        <v>41464.0</v>
       </c>
     </row>
     <row r="1215" spans="1:7" customFormat="false">
       <c r="A1215" s="0">
-        <v>242</v>
+        <v>58</v>
       </c>
       <c r="B1215" s="0" t="str">
-        <v>Centrumplan Barneveld / Omgevingsvisie Barneveld Centrum</v>
+        <v>Evaluatie ruimtelijk beleid biovergistingsinstallaties (3)</v>
       </c>
       <c r="C1215" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1215" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1215" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1215" s="6">
-        <v>44475.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="1216" spans="1:7" customFormat="false">
       <c r="A1216" s="0">
         <v>242</v>
       </c>
       <c r="B1216" s="0" t="str">
         <v>Centrumplan Barneveld / Omgevingsvisie Barneveld Centrum</v>
       </c>
       <c r="C1216" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1216" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1216" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1216" s="6">
-        <v>45476.0</v>
+        <v>43943.0</v>
       </c>
     </row>
     <row r="1217" spans="1:7" customFormat="false">
       <c r="A1217" s="0">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B1217" s="0" t="str">
-        <v>Strategische Visie 2014-2030: Position Paper</v>
+        <v>Centrumplan Barneveld / Omgevingsvisie Barneveld Centrum</v>
       </c>
       <c r="C1217" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1217" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1217" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1217" s="6">
-        <v>41667.0</v>
+        <v>44111.0</v>
       </c>
     </row>
     <row r="1218" spans="1:7" customFormat="false">
       <c r="A1218" s="0">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="B1218" s="0" t="str">
-        <v>Strategische Visie 2014-2030: startdocument voor opstellen SV</v>
+        <v>Centrumplan Barneveld / Omgevingsvisie Barneveld Centrum</v>
       </c>
       <c r="C1218" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1218" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1218" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1218" s="6">
-        <v>41954.0</v>
+        <v>44475.0</v>
       </c>
     </row>
     <row r="1219" spans="1:7" customFormat="false">
       <c r="A1219" s="0">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="B1219" s="0" t="str">
-        <v>Strategische Visie 2015-2030</v>
+        <v>Centrumplan Barneveld / Omgevingsvisie Barneveld Centrum</v>
       </c>
       <c r="C1219" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1219" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1219" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1219" s="6">
-        <v>42319.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="1220" spans="1:7" customFormat="false">
       <c r="A1220" s="0">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="B1220" s="0" t="str">
-        <v>Strategische Visie 2015-2030</v>
+        <v>Strategische Visie 2014-2030: Position Paper</v>
       </c>
       <c r="C1220" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1220" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1220" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1220" s="6">
-        <v>42502.0</v>
+        <v>41667.0</v>
       </c>
     </row>
     <row r="1221" spans="1:7" customFormat="false">
       <c r="A1221" s="0">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B1221" s="0" t="str">
-        <v>Strategische Visie 2015-2030</v>
+        <v>Strategische Visie 2014-2030: startdocument voor opstellen SV</v>
       </c>
       <c r="C1221" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1221" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1221" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1221" s="6">
-        <v>42641.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="1222" spans="1:7" customFormat="false">
       <c r="A1222" s="0">
         <v>247</v>
       </c>
       <c r="B1222" s="0" t="str">
         <v>Strategische Visie 2015-2030</v>
       </c>
       <c r="C1222" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1222" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1222" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1222" s="6">
-        <v>43418.0</v>
+        <v>42319.0</v>
       </c>
     </row>
     <row r="1223" spans="1:7" customFormat="false">
       <c r="A1223" s="0">
         <v>247</v>
       </c>
       <c r="B1223" s="0" t="str">
         <v>Strategische Visie 2015-2030</v>
       </c>
       <c r="C1223" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1223" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1223" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1223" s="6">
-        <v>43647.0</v>
+        <v>42502.0</v>
       </c>
     </row>
     <row r="1224" spans="1:7" customFormat="false">
       <c r="A1224" s="0">
         <v>247</v>
       </c>
       <c r="B1224" s="0" t="str">
         <v>Strategische Visie 2015-2030</v>
       </c>
       <c r="C1224" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1224" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1224" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1224" s="6">
-        <v>43770.0</v>
+        <v>42641.0</v>
       </c>
     </row>
     <row r="1225" spans="1:7" customFormat="false">
       <c r="A1225" s="0">
         <v>247</v>
       </c>
       <c r="B1225" s="0" t="str">
         <v>Strategische Visie 2015-2030</v>
       </c>
       <c r="C1225" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1225" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1225" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1225" s="6">
-        <v>44013.0</v>
+        <v>43418.0</v>
       </c>
     </row>
     <row r="1226" spans="1:7" customFormat="false">
       <c r="A1226" s="0">
         <v>247</v>
       </c>
       <c r="B1226" s="0" t="str">
         <v>Strategische Visie 2015-2030</v>
       </c>
       <c r="C1226" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1226" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1226" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1226" s="6">
-        <v>44136.0</v>
+        <v>43647.0</v>
       </c>
     </row>
     <row r="1227" spans="1:7" customFormat="false">
       <c r="A1227" s="0">
         <v>247</v>
       </c>
       <c r="B1227" s="0" t="str">
         <v>Strategische Visie 2015-2030</v>
       </c>
       <c r="C1227" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1227" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1227" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1227" s="6">
-        <v>44378.0</v>
+        <v>43770.0</v>
       </c>
     </row>
     <row r="1228" spans="1:7" customFormat="false">
       <c r="A1228" s="0">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="B1228" s="0" t="str">
-        <v>Beleidsnota Bovenwijkse Investeringen</v>
+        <v>Strategische Visie 2015-2030</v>
       </c>
       <c r="C1228" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1228" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1228" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1228" s="6">
-        <v>41590.0</v>
+        <v>44013.0</v>
       </c>
     </row>
     <row r="1229" spans="1:7" customFormat="false">
       <c r="A1229" s="0">
-        <v>284</v>
+        <v>247</v>
       </c>
       <c r="B1229" s="0" t="str">
-        <v>flexibiliseren bestemmingsplannen</v>
+        <v>Strategische Visie 2015-2030</v>
       </c>
       <c r="C1229" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1229" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1229" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1229" s="6">
-        <v>41765.0</v>
+        <v>44136.0</v>
       </c>
     </row>
     <row r="1230" spans="1:7" customFormat="false">
       <c r="A1230" s="0">
-        <v>302</v>
+        <v>247</v>
       </c>
       <c r="B1230" s="0" t="str">
-        <v xml:space="preserve">Bestemmingplan De Punt </v>
+        <v>Strategische Visie 2015-2030</v>
       </c>
       <c r="C1230" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1230" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1230" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1230" s="6">
-        <v>42641.0</v>
+        <v>44378.0</v>
       </c>
     </row>
     <row r="1231" spans="1:7" customFormat="false">
       <c r="A1231" s="0">
-        <v>327</v>
+        <v>248</v>
       </c>
       <c r="B1231" s="0" t="str">
-        <v xml:space="preserve">Veegplan bestemmingsplan buitengebied </v>
+        <v>Beleidsnota Bovenwijkse Investeringen</v>
       </c>
       <c r="C1231" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1231" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1231" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1231" s="6">
-        <v>43047.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="1232" spans="1:7" customFormat="false">
       <c r="A1232" s="0">
-        <v>328</v>
+        <v>284</v>
       </c>
       <c r="B1232" s="0" t="str">
-        <v xml:space="preserve">Ondergeschikte aanpassingen bestemmingsplan buitengebied </v>
+        <v>flexibiliseren bestemmingsplannen</v>
       </c>
       <c r="C1232" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1232" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1232" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1232" s="6">
-        <v>41695.0</v>
+        <v>41765.0</v>
       </c>
     </row>
     <row r="1233" spans="1:7" customFormat="false">
       <c r="A1233" s="0">
-        <v>329</v>
+        <v>302</v>
       </c>
       <c r="B1233" s="0" t="str">
-        <v xml:space="preserve">Kaders herzieningen buitengebied </v>
+        <v xml:space="preserve">Bestemmingplan De Punt </v>
       </c>
       <c r="C1233" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1233" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1233" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1233" s="6">
-        <v>41695.0</v>
+        <v>42641.0</v>
       </c>
     </row>
     <row r="1234" spans="1:7" customFormat="false">
       <c r="A1234" s="0">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="B1234" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Dwarsakker </v>
+        <v xml:space="preserve">Veegplan bestemmingsplan buitengebied </v>
       </c>
       <c r="C1234" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1234" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1234" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1234" s="6">
-        <v>41695.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="1235" spans="1:7" customFormat="false">
       <c r="A1235" s="0">
-        <v>353</v>
+        <v>328</v>
       </c>
       <c r="B1235" s="0" t="str">
-        <v>Evaluatie notitie Bestemmingsplannen globaal en flexibel</v>
+        <v xml:space="preserve">Ondergeschikte aanpassingen bestemmingsplan buitengebied </v>
       </c>
       <c r="C1235" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1235" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1235" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1235" s="6">
-        <v>42165.0</v>
+        <v>41695.0</v>
       </c>
     </row>
     <row r="1236" spans="1:7" customFormat="false">
       <c r="A1236" s="0">
-        <v>353</v>
+        <v>329</v>
       </c>
       <c r="B1236" s="0" t="str">
-        <v>Evaluatie notitie Bestemmingsplannen globaal en flexibel</v>
+        <v xml:space="preserve">Kaders herzieningen buitengebied </v>
       </c>
       <c r="C1236" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1236" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1236" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1236" s="6">
-        <v>42921.0</v>
+        <v>41695.0</v>
       </c>
     </row>
     <row r="1237" spans="1:7" customFormat="false">
       <c r="A1237" s="0">
-        <v>353</v>
+        <v>330</v>
       </c>
       <c r="B1237" s="0" t="str">
-        <v>Evaluatie notitie Bestemmingsplannen globaal en flexibel</v>
+        <v xml:space="preserve">Bestemmingsplan Dwarsakker </v>
       </c>
       <c r="C1237" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1237" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1237" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1237" s="6">
-        <v>43617.0</v>
+        <v>41695.0</v>
       </c>
     </row>
     <row r="1238" spans="1:7" customFormat="false">
       <c r="A1238" s="0">
-        <v>420</v>
+        <v>353</v>
       </c>
       <c r="B1238" s="0" t="str">
-        <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
+        <v>Evaluatie notitie Bestemmingsplannen globaal en flexibel</v>
       </c>
       <c r="C1238" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1238" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1238" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1238" s="6">
-        <v>41989.0</v>
+        <v>42165.0</v>
       </c>
     </row>
     <row r="1239" spans="1:7" customFormat="false">
       <c r="A1239" s="0">
-        <v>420</v>
+        <v>353</v>
       </c>
       <c r="B1239" s="0" t="str">
-        <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
+        <v>Evaluatie notitie Bestemmingsplannen globaal en flexibel</v>
       </c>
       <c r="C1239" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1239" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1239" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1239" s="6">
-        <v>42431.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="1240" spans="1:7" customFormat="false">
       <c r="A1240" s="0">
-        <v>420</v>
+        <v>353</v>
       </c>
       <c r="B1240" s="0" t="str">
-        <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
+        <v>Evaluatie notitie Bestemmingsplannen globaal en flexibel</v>
       </c>
       <c r="C1240" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1240" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1240" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1240" s="6">
-        <v>43656.0</v>
+        <v>43617.0</v>
       </c>
     </row>
     <row r="1241" spans="1:7" customFormat="false">
       <c r="A1241" s="0">
         <v>420</v>
       </c>
       <c r="B1241" s="0" t="str">
         <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
       </c>
       <c r="C1241" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1241" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1241" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1241" s="6">
-        <v>44111.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="1242" spans="1:7" customFormat="false">
       <c r="A1242" s="0">
         <v>420</v>
       </c>
       <c r="B1242" s="0" t="str">
         <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
       </c>
       <c r="C1242" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1242" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1242" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1242" s="6">
-        <v>44545.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="1243" spans="1:7" customFormat="false">
       <c r="A1243" s="0">
         <v>420</v>
       </c>
       <c r="B1243" s="0" t="str">
         <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
       </c>
       <c r="C1243" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1243" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1243" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1243" s="6">
-        <v>45007.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="1244" spans="1:7" customFormat="false">
       <c r="A1244" s="0">
         <v>420</v>
       </c>
       <c r="B1244" s="0" t="str">
         <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
       </c>
       <c r="C1244" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1244" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1244" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1244" s="6">
-        <v>45476.0</v>
+        <v>44111.0</v>
       </c>
     </row>
     <row r="1245" spans="1:7" customFormat="false">
       <c r="A1245" s="0">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B1245" s="0" t="str">
-        <v xml:space="preserve">Bodembelastingkaart Conventionele Explosieven uit de Tweede Wereldoorlog </v>
+        <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
       </c>
       <c r="C1245" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1245" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1245" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1245" s="6">
-        <v>42431.0</v>
+        <v>44545.0</v>
       </c>
     </row>
     <row r="1246" spans="1:7" customFormat="false">
       <c r="A1246" s="0">
-        <v>431</v>
+        <v>420</v>
       </c>
       <c r="B1246" s="0" t="str">
-        <v>Technische aanpassing bestemmingsplan buitengebied</v>
+        <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
       </c>
       <c r="C1246" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1246" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1246" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1246" s="6">
-        <v>41954.0</v>
+        <v>45007.0</v>
       </c>
     </row>
     <row r="1247" spans="1:7" customFormat="false">
       <c r="A1247" s="0">
-        <v>490</v>
+        <v>420</v>
       </c>
       <c r="B1247" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Baron van Nagellstraat – Oude Zeumerseweg </v>
+        <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
       </c>
       <c r="C1247" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1247" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1247" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1247" s="6">
-        <v>42277.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="1248" spans="1:7" customFormat="false">
       <c r="A1248" s="0">
-        <v>575</v>
+        <v>428</v>
       </c>
       <c r="B1248" s="0" t="str">
-        <v>Bestemmingsplan Vlasbekje II</v>
+        <v xml:space="preserve">Bodembelastingkaart Conventionele Explosieven uit de Tweede Wereldoorlog </v>
       </c>
       <c r="C1248" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1248" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1248" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1248" s="6">
-        <v>42277.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="1249" spans="1:7" customFormat="false">
       <c r="A1249" s="0">
-        <v>584</v>
+        <v>431</v>
       </c>
       <c r="B1249" s="0" t="str">
-        <v>Menukaart</v>
+        <v>Technische aanpassing bestemmingsplan buitengebied</v>
       </c>
       <c r="C1249" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1249" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1249" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1249" s="6">
-        <v>43082.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="1250" spans="1:7" customFormat="false">
       <c r="A1250" s="0">
-        <v>584</v>
+        <v>490</v>
       </c>
       <c r="B1250" s="0" t="str">
-        <v>Menukaart</v>
+        <v xml:space="preserve">Bestemmingsplan Baron van Nagellstraat – Oude Zeumerseweg </v>
       </c>
       <c r="C1250" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1250" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1250" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1250" s="6">
-        <v>43376.0</v>
+        <v>42277.0</v>
       </c>
     </row>
     <row r="1251" spans="1:7" customFormat="false">
       <c r="A1251" s="0">
-        <v>603</v>
+        <v>575</v>
       </c>
       <c r="B1251" s="0" t="str">
-        <v xml:space="preserve">Omgevingsplan Verbindingsweg </v>
+        <v>Bestemmingsplan Vlasbekje II</v>
       </c>
       <c r="C1251" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1251" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1251" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1251" s="6">
-        <v>42816.0</v>
+        <v>42277.0</v>
       </c>
     </row>
     <row r="1252" spans="1:7" customFormat="false">
       <c r="A1252" s="0">
-        <v>603</v>
+        <v>584</v>
       </c>
       <c r="B1252" s="0" t="str">
-        <v xml:space="preserve">Omgevingsplan Verbindingsweg </v>
+        <v>Menukaart</v>
       </c>
       <c r="C1252" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1252" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1252" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1252" s="6">
-        <v>44342.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="1253" spans="1:7" customFormat="false">
       <c r="A1253" s="0">
-        <v>603</v>
+        <v>584</v>
       </c>
       <c r="B1253" s="0" t="str">
-        <v xml:space="preserve">Omgevingsplan Verbindingsweg </v>
+        <v>Menukaart</v>
       </c>
       <c r="C1253" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1253" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1253" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1253" s="6">
-        <v>46001.0</v>
+        <v>43376.0</v>
       </c>
     </row>
     <row r="1254" spans="1:7" customFormat="false">
       <c r="A1254" s="0">
-        <v>718</v>
+        <v>603</v>
       </c>
       <c r="B1254" s="0" t="str">
-        <v>Implementatie Omgevingswet</v>
+        <v xml:space="preserve">Omgevingsplan Verbindingsweg </v>
       </c>
       <c r="C1254" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1254" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1254" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1254" s="6">
-        <v>42718.0</v>
+        <v>42816.0</v>
       </c>
     </row>
     <row r="1255" spans="1:7" customFormat="false">
       <c r="A1255" s="0">
-        <v>718</v>
+        <v>603</v>
       </c>
       <c r="B1255" s="0" t="str">
-        <v>Implementatie Omgevingswet</v>
+        <v xml:space="preserve">Omgevingsplan Verbindingsweg </v>
       </c>
       <c r="C1255" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1255" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1255" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1255" s="6">
-        <v>42921.0</v>
+        <v>44342.0</v>
       </c>
     </row>
     <row r="1256" spans="1:7" customFormat="false">
       <c r="A1256" s="0">
-        <v>718</v>
+        <v>603</v>
       </c>
       <c r="B1256" s="0" t="str">
-        <v>Implementatie Omgevingswet</v>
+        <v xml:space="preserve">Omgevingsplan Verbindingsweg </v>
       </c>
       <c r="C1256" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1256" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1256" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1256" s="6">
-        <v>43082.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="1257" spans="1:7" customFormat="false">
       <c r="A1257" s="0">
         <v>718</v>
       </c>
       <c r="B1257" s="0" t="str">
         <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1257" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1257" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1257" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1257" s="6">
-        <v>43607.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="1258" spans="1:7" customFormat="false">
       <c r="A1258" s="0">
         <v>718</v>
       </c>
       <c r="B1258" s="0" t="str">
         <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1258" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1258" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1258" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1258" s="6">
-        <v>44273.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="1259" spans="1:7" customFormat="false">
       <c r="A1259" s="0">
         <v>718</v>
       </c>
       <c r="B1259" s="0" t="str">
         <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1259" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1259" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1259" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1259" s="6">
-        <v>44545.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="1260" spans="1:7" customFormat="false">
       <c r="A1260" s="0">
         <v>718</v>
       </c>
       <c r="B1260" s="0" t="str">
         <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1260" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1260" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1260" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1260" s="6">
-        <v>44601.0</v>
+        <v>43607.0</v>
       </c>
     </row>
     <row r="1261" spans="1:7" customFormat="false">
       <c r="A1261" s="0">
         <v>718</v>
       </c>
       <c r="B1261" s="0" t="str">
         <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1261" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1261" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1261" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1261" s="6">
-        <v>44671.0</v>
+        <v>44273.0</v>
       </c>
     </row>
     <row r="1262" spans="1:7" customFormat="false">
       <c r="A1262" s="0">
         <v>718</v>
       </c>
       <c r="B1262" s="0" t="str">
         <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1262" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1262" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1262" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1262" s="6">
-        <v>44671.0</v>
+        <v>44545.0</v>
       </c>
     </row>
     <row r="1263" spans="1:7" customFormat="false">
       <c r="A1263" s="0">
         <v>718</v>
       </c>
       <c r="B1263" s="0" t="str">
         <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1263" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1263" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1263" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1263" s="6">
-        <v>44832.0</v>
+        <v>44601.0</v>
       </c>
     </row>
     <row r="1264" spans="1:7" customFormat="false">
       <c r="A1264" s="0">
         <v>718</v>
       </c>
       <c r="B1264" s="0" t="str">
         <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1264" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1264" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1264" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1264" s="6">
-        <v>45108.0</v>
+        <v>44671.0</v>
       </c>
     </row>
     <row r="1265" spans="1:7" customFormat="false">
       <c r="A1265" s="0">
         <v>718</v>
       </c>
       <c r="B1265" s="0" t="str">
         <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1265" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1265" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1265" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1265" s="6">
-        <v>45196.0</v>
+        <v>44671.0</v>
       </c>
     </row>
     <row r="1266" spans="1:7" customFormat="false">
       <c r="A1266" s="0">
         <v>718</v>
       </c>
       <c r="B1266" s="0" t="str">
         <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1266" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1266" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1266" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1266" s="6">
-        <v>45273.0</v>
+        <v>44832.0</v>
       </c>
     </row>
     <row r="1267" spans="1:7" customFormat="false">
       <c r="A1267" s="0">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="B1267" s="0" t="str">
-        <v>Functieveranderingsbeleid</v>
+        <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1267" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1267" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1267" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1267" s="6">
-        <v>42816.0</v>
+        <v>45108.0</v>
       </c>
     </row>
     <row r="1268" spans="1:7" customFormat="false">
       <c r="A1268" s="0">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="B1268" s="0" t="str">
-        <v>Functieveranderingsbeleid</v>
+        <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1268" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1268" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1268" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1268" s="6">
-        <v>42921.0</v>
+        <v>45196.0</v>
       </c>
     </row>
     <row r="1269" spans="1:7" customFormat="false">
       <c r="A1269" s="0">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="B1269" s="0" t="str">
-        <v>Functieveranderingsbeleid</v>
+        <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1269" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1269" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1269" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1269" s="6">
-        <v>43166.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="1270" spans="1:7" customFormat="false">
       <c r="A1270" s="0">
         <v>719</v>
       </c>
       <c r="B1270" s="0" t="str">
         <v>Functieveranderingsbeleid</v>
       </c>
       <c r="C1270" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1270" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1270" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1270" s="6">
-        <v>44545.0</v>
+        <v>42816.0</v>
       </c>
     </row>
     <row r="1271" spans="1:7" customFormat="false">
       <c r="A1271" s="0">
         <v>719</v>
       </c>
       <c r="B1271" s="0" t="str">
         <v>Functieveranderingsbeleid</v>
       </c>
       <c r="C1271" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1271" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1271" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1271" s="6">
-        <v>45042.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="1272" spans="1:7" customFormat="false">
       <c r="A1272" s="0">
         <v>719</v>
       </c>
       <c r="B1272" s="0" t="str">
         <v>Functieveranderingsbeleid</v>
       </c>
       <c r="C1272" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1272" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1272" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1272" s="6">
-        <v>45476.0</v>
+        <v>43166.0</v>
       </c>
     </row>
     <row r="1273" spans="1:7" customFormat="false">
       <c r="A1273" s="0">
         <v>719</v>
       </c>
       <c r="B1273" s="0" t="str">
         <v>Functieveranderingsbeleid</v>
       </c>
       <c r="C1273" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1273" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1273" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1273" s="6">
-        <v>45588.0</v>
+        <v>44545.0</v>
       </c>
     </row>
     <row r="1274" spans="1:7" customFormat="false">
       <c r="A1274" s="0">
-        <v>729</v>
+        <v>719</v>
       </c>
       <c r="B1274" s="0" t="str">
-        <v>Regionale Ruimtelijke Visie</v>
+        <v>Functieveranderingsbeleid</v>
       </c>
       <c r="C1274" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1274" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1274" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1274" s="6">
-        <v>42921.0</v>
+        <v>45042.0</v>
       </c>
     </row>
     <row r="1275" spans="1:7" customFormat="false">
       <c r="A1275" s="0">
-        <v>729</v>
+        <v>719</v>
       </c>
       <c r="B1275" s="0" t="str">
-        <v>Regionale Ruimtelijke Visie</v>
+        <v>Functieveranderingsbeleid</v>
       </c>
       <c r="C1275" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1275" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1275" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1275" s="6">
-        <v>43082.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="1276" spans="1:7" customFormat="false">
       <c r="A1276" s="0">
-        <v>778</v>
+        <v>719</v>
       </c>
       <c r="B1276" s="0" t="str">
-        <v xml:space="preserve">Gebiedsvisie functieverandering </v>
+        <v>Functieveranderingsbeleid</v>
       </c>
       <c r="C1276" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1276" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1276" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1276" s="6">
-        <v>43082.0</v>
+        <v>45588.0</v>
       </c>
     </row>
     <row r="1277" spans="1:7" customFormat="false">
       <c r="A1277" s="0">
-        <v>779</v>
+        <v>729</v>
       </c>
       <c r="B1277" s="0" t="str">
-        <v>Vrijkomende agrarische bebouwing (VAB)</v>
+        <v>Regionale Ruimtelijke Visie</v>
       </c>
       <c r="C1277" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1277" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1277" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1277" s="6">
-        <v>43005.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="1278" spans="1:7" customFormat="false">
       <c r="A1278" s="0">
-        <v>779</v>
+        <v>729</v>
       </c>
       <c r="B1278" s="0" t="str">
-        <v>Vrijkomende agrarische bebouwing (VAB)</v>
+        <v>Regionale Ruimtelijke Visie</v>
       </c>
       <c r="C1278" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1278" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1278" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1278" s="6">
-        <v>45077.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="1279" spans="1:7" customFormat="false">
       <c r="A1279" s="0">
-        <v>789</v>
+        <v>778</v>
       </c>
       <c r="B1279" s="0" t="str">
-        <v>Bestemmingplan Gelkenhorsterweg</v>
+        <v xml:space="preserve">Gebiedsvisie functieverandering </v>
       </c>
       <c r="C1279" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1279" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1279" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1279" s="6">
-        <v>43495.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="1280" spans="1:7" customFormat="false">
       <c r="A1280" s="0">
-        <v>839</v>
+        <v>779</v>
       </c>
       <c r="B1280" s="0" t="str">
-        <v xml:space="preserve">Businessplan Praktijkcentrum Emissiereductie </v>
+        <v>Vrijkomende agrarische bebouwing (VAB)</v>
       </c>
       <c r="C1280" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1280" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1280" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1280" s="6">
-        <v>43810.0</v>
+        <v>43005.0</v>
       </c>
     </row>
     <row r="1281" spans="1:7" customFormat="false">
       <c r="A1281" s="0">
-        <v>895</v>
+        <v>779</v>
       </c>
       <c r="B1281" s="0" t="str">
-        <v xml:space="preserve">Zienswijze Omgevingsvisie provincie Gelderland </v>
+        <v>Vrijkomende agrarische bebouwing (VAB)</v>
       </c>
       <c r="C1281" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1281" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
-      <c r="F1281" s="0"/>
-[...1 lines deleted...]
-        <v/>
+      <c r="F1281" s="0" t="str">
+        <v>Raadvergadering</v>
+      </c>
+      <c r="G1281" s="6">
+        <v>45077.0</v>
       </c>
     </row>
     <row r="1282" spans="1:7" customFormat="false">
       <c r="A1282" s="0">
-        <v>912</v>
+        <v>789</v>
       </c>
       <c r="B1282" s="0" t="str">
-        <v>Regiodeal</v>
+        <v>Bestemmingplan Gelkenhorsterweg</v>
       </c>
       <c r="C1282" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1282" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1282" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1282" s="6">
-        <v>43656.0</v>
+        <v>43495.0</v>
       </c>
     </row>
     <row r="1283" spans="1:7" customFormat="false">
       <c r="A1283" s="0">
-        <v>912</v>
+        <v>839</v>
       </c>
       <c r="B1283" s="0" t="str">
-        <v>Regiodeal</v>
+        <v xml:space="preserve">Businessplan Praktijkcentrum Emissiereductie </v>
       </c>
       <c r="C1283" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1283" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1283" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1283" s="6">
-        <v>44748.0</v>
+        <v>43810.0</v>
       </c>
     </row>
     <row r="1284" spans="1:7" customFormat="false">
       <c r="A1284" s="0">
-        <v>912</v>
+        <v>895</v>
       </c>
       <c r="B1284" s="0" t="str">
-        <v>Regiodeal</v>
+        <v xml:space="preserve">Zienswijze Omgevingsvisie provincie Gelderland </v>
       </c>
       <c r="C1284" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1284" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
-      <c r="F1284" s="0" t="str">
-[...3 lines deleted...]
-        <v>45657.0</v>
+      <c r="F1284" s="0"/>
+      <c r="G1284" s="6" t="str">
+        <v/>
       </c>
     </row>
     <row r="1285" spans="1:7" customFormat="false">
       <c r="A1285" s="0">
-        <v>951</v>
+        <v>912</v>
       </c>
       <c r="B1285" s="0" t="str">
-        <v>Opfrissen Strategische Visie</v>
+        <v>Regiodeal</v>
       </c>
       <c r="C1285" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1285" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1285" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1285" s="6">
-        <v>44230.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="1286" spans="1:7" customFormat="false">
       <c r="A1286" s="0">
-        <v>1031</v>
+        <v>912</v>
       </c>
       <c r="B1286" s="0" t="str">
-        <v xml:space="preserve">Puntensysteem natuurinclusief bouwen  </v>
+        <v>Regiodeal</v>
       </c>
       <c r="C1286" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1286" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1286" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1286" s="6">
-        <v>44532.0</v>
+        <v>44748.0</v>
       </c>
     </row>
     <row r="1287" spans="1:7" customFormat="false">
       <c r="A1287" s="0">
-        <v>1031</v>
+        <v>912</v>
       </c>
       <c r="B1287" s="0" t="str">
-        <v xml:space="preserve">Puntensysteem natuurinclusief bouwen  </v>
+        <v>Regiodeal</v>
       </c>
       <c r="C1287" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1287" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1287" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1287" s="6">
-        <v>44628.0</v>
+        <v>45657.0</v>
       </c>
     </row>
     <row r="1288" spans="1:7" customFormat="false">
       <c r="A1288" s="0">
-        <v>1031</v>
+        <v>951</v>
       </c>
       <c r="B1288" s="0" t="str">
-        <v xml:space="preserve">Puntensysteem natuurinclusief bouwen  </v>
+        <v>Opfrissen Strategische Visie</v>
       </c>
       <c r="C1288" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1288" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1288" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1288" s="6">
-        <v>46752.0</v>
+        <v>44230.0</v>
       </c>
     </row>
     <row r="1289" spans="1:7" customFormat="false">
       <c r="A1289" s="0">
-        <v>1032</v>
+        <v>1031</v>
       </c>
       <c r="B1289" s="0" t="str">
-        <v>Soortenmanagementplan</v>
+        <v xml:space="preserve">Puntensysteem natuurinclusief bouwen  </v>
       </c>
       <c r="C1289" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1289" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1289" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1289" s="6">
-        <v>44868.0</v>
+        <v>44532.0</v>
       </c>
     </row>
     <row r="1290" spans="1:7" customFormat="false">
       <c r="A1290" s="0">
-        <v>1032</v>
+        <v>1031</v>
       </c>
       <c r="B1290" s="0" t="str">
-        <v>Soortenmanagementplan</v>
+        <v xml:space="preserve">Puntensysteem natuurinclusief bouwen  </v>
       </c>
       <c r="C1290" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1290" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1290" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1290" s="6">
-        <v>44909.0</v>
+        <v>44628.0</v>
       </c>
     </row>
     <row r="1291" spans="1:7" customFormat="false">
       <c r="A1291" s="0">
-        <v>1060</v>
+        <v>1031</v>
       </c>
       <c r="B1291" s="0" t="str">
-        <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
+        <v xml:space="preserve">Puntensysteem natuurinclusief bouwen  </v>
       </c>
       <c r="C1291" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1291" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1291" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1291" s="6">
-        <v>44273.0</v>
+        <v>46752.0</v>
       </c>
     </row>
     <row r="1292" spans="1:7" customFormat="false">
       <c r="A1292" s="0">
-        <v>1060</v>
+        <v>1032</v>
       </c>
       <c r="B1292" s="0" t="str">
-        <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
+        <v>Soortenmanagementplan</v>
       </c>
       <c r="C1292" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1292" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1292" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1292" s="6">
-        <v>44294.0</v>
+        <v>44868.0</v>
       </c>
     </row>
     <row r="1293" spans="1:7" customFormat="false">
       <c r="A1293" s="0">
-        <v>1060</v>
+        <v>1032</v>
       </c>
       <c r="B1293" s="0" t="str">
-        <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
+        <v>Soortenmanagementplan</v>
       </c>
       <c r="C1293" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1293" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1293" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1293" s="6">
-        <v>44384.0</v>
+        <v>44909.0</v>
       </c>
     </row>
     <row r="1294" spans="1:7" customFormat="false">
       <c r="A1294" s="0">
         <v>1060</v>
       </c>
       <c r="B1294" s="0" t="str">
         <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
       </c>
       <c r="C1294" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1294" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1294" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1294" s="6">
-        <v>45273.0</v>
+        <v>44273.0</v>
       </c>
     </row>
     <row r="1295" spans="1:7" customFormat="false">
       <c r="A1295" s="0">
         <v>1060</v>
       </c>
       <c r="B1295" s="0" t="str">
         <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
       </c>
       <c r="C1295" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1295" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1295" s="0" t="str">
         <v>Commissie B-S-G</v>
       </c>
       <c r="G1295" s="6">
-        <v>45678.0</v>
+        <v>44294.0</v>
       </c>
     </row>
     <row r="1296" spans="1:7" customFormat="false">
       <c r="A1296" s="0">
         <v>1060</v>
       </c>
       <c r="B1296" s="0" t="str">
         <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
       </c>
       <c r="C1296" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1296" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1296" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1296" s="6">
-        <v>45735.0</v>
+        <v>44384.0</v>
       </c>
     </row>
     <row r="1297" spans="1:7" customFormat="false">
       <c r="A1297" s="0">
         <v>1060</v>
       </c>
       <c r="B1297" s="0" t="str">
         <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
       </c>
       <c r="C1297" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1297" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1297" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1297" s="6">
-        <v>45854.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="1298" spans="1:7" customFormat="false">
       <c r="A1298" s="0">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="B1298" s="0" t="str">
-        <v>Bestemmingsplan ‘Kerkstraat – Rembrandtstraat’ in Voorthuizen (plan Pastoriebos)</v>
+        <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
       </c>
       <c r="C1298" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1298" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1298" s="0" t="str">
         <v>Commissie B-S-G</v>
       </c>
       <c r="G1298" s="6">
-        <v>44259.0</v>
+        <v>45678.0</v>
       </c>
     </row>
     <row r="1299" spans="1:7" customFormat="false">
       <c r="A1299" s="0">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="B1299" s="0" t="str">
-        <v>Bestemmingsplan ‘Kerkstraat – Rembrandtstraat’ in Voorthuizen (plan Pastoriebos)</v>
+        <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
       </c>
       <c r="C1299" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1299" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1299" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1299" s="6">
-        <v>44475.0</v>
+        <v>45735.0</v>
       </c>
     </row>
     <row r="1300" spans="1:7" customFormat="false">
       <c r="A1300" s="0">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="B1300" s="0" t="str">
-        <v>Bestemmingsplan ‘Kerkstraat – Rembrandtstraat’ in Voorthuizen (plan Pastoriebos)</v>
+        <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
       </c>
       <c r="C1300" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1300" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1300" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1300" s="6">
-        <v>44909.0</v>
+        <v>45854.0</v>
       </c>
     </row>
     <row r="1301" spans="1:7" customFormat="false">
       <c r="A1301" s="0">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="B1301" s="0" t="str">
-        <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
+        <v>Bestemmingsplan ‘Kerkstraat – Rembrandtstraat’ in Voorthuizen (plan Pastoriebos)</v>
       </c>
       <c r="C1301" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1301" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1301" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1301" s="6">
-        <v>44475.0</v>
+        <v>44259.0</v>
       </c>
     </row>
     <row r="1302" spans="1:7" customFormat="false">
       <c r="A1302" s="0">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="B1302" s="0" t="str">
-        <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
+        <v>Bestemmingsplan ‘Kerkstraat – Rembrandtstraat’ in Voorthuizen (plan Pastoriebos)</v>
       </c>
       <c r="C1302" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1302" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1302" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1302" s="6">
-        <v>44545.0</v>
+        <v>44475.0</v>
       </c>
     </row>
     <row r="1303" spans="1:7" customFormat="false">
       <c r="A1303" s="0">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="B1303" s="0" t="str">
-        <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
+        <v>Bestemmingsplan ‘Kerkstraat – Rembrandtstraat’ in Voorthuizen (plan Pastoriebos)</v>
       </c>
       <c r="C1303" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1303" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1303" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1303" s="6">
-        <v>44601.0</v>
+        <v>44909.0</v>
       </c>
     </row>
     <row r="1304" spans="1:7" customFormat="false">
       <c r="A1304" s="0">
         <v>1065</v>
       </c>
       <c r="B1304" s="0" t="str">
         <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1304" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1304" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1304" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1304" s="6">
-        <v>44628.0</v>
+        <v>44475.0</v>
       </c>
     </row>
     <row r="1305" spans="1:7" customFormat="false">
       <c r="A1305" s="0">
         <v>1065</v>
       </c>
       <c r="B1305" s="0" t="str">
         <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1305" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1305" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1305" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1305" s="6">
-        <v>44735.0</v>
+        <v>44545.0</v>
       </c>
     </row>
     <row r="1306" spans="1:7" customFormat="false">
       <c r="A1306" s="0">
         <v>1065</v>
       </c>
       <c r="B1306" s="0" t="str">
         <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1306" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1306" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1306" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1306" s="6">
-        <v>44868.0</v>
+        <v>44601.0</v>
       </c>
     </row>
     <row r="1307" spans="1:7" customFormat="false">
       <c r="A1307" s="0">
         <v>1065</v>
       </c>
       <c r="B1307" s="0" t="str">
         <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1307" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1307" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1307" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1307" s="6">
-        <v>44909.0</v>
+        <v>44628.0</v>
       </c>
     </row>
     <row r="1308" spans="1:7" customFormat="false">
       <c r="A1308" s="0">
         <v>1065</v>
       </c>
       <c r="B1308" s="0" t="str">
         <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1308" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1308" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1308" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1308" s="6">
-        <v>45196.0</v>
+        <v>44735.0</v>
       </c>
     </row>
     <row r="1309" spans="1:7" customFormat="false">
       <c r="A1309" s="0">
         <v>1065</v>
       </c>
       <c r="B1309" s="0" t="str">
         <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1309" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1309" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1309" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1309" s="6">
-        <v>45273.0</v>
+        <v>44868.0</v>
       </c>
     </row>
     <row r="1310" spans="1:7" customFormat="false">
       <c r="A1310" s="0">
-        <v>1090</v>
+        <v>1065</v>
       </c>
       <c r="B1310" s="0" t="str">
         <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1310" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1310" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1310" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1310" s="6">
-        <v>44475.0</v>
+        <v>44909.0</v>
       </c>
     </row>
     <row r="1311" spans="1:7" customFormat="false">
       <c r="A1311" s="0">
-        <v>1098</v>
+        <v>1065</v>
       </c>
       <c r="B1311" s="0" t="str">
-        <v xml:space="preserve">Regionaal Perspectief Landelijk Gebied (was Landbouwperspectief) </v>
+        <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1311" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1311" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1311" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1311" s="6">
-        <v>44868.0</v>
+        <v>45196.0</v>
       </c>
     </row>
     <row r="1312" spans="1:7" customFormat="false">
       <c r="A1312" s="0">
-        <v>1098</v>
+        <v>1065</v>
       </c>
       <c r="B1312" s="0" t="str">
-        <v xml:space="preserve">Regionaal Perspectief Landelijk Gebied (was Landbouwperspectief) </v>
+        <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1312" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1312" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1312" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1312" s="6">
-        <v>45042.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="1313" spans="1:7" customFormat="false">
       <c r="A1313" s="0">
-        <v>1098</v>
+        <v>1090</v>
       </c>
       <c r="B1313" s="0" t="str">
-        <v xml:space="preserve">Regionaal Perspectief Landelijk Gebied (was Landbouwperspectief) </v>
+        <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1313" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1313" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1313" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1313" s="6">
-        <v>45112.0</v>
+        <v>44475.0</v>
       </c>
     </row>
     <row r="1314" spans="1:7" customFormat="false">
       <c r="A1314" s="0">
         <v>1098</v>
       </c>
       <c r="B1314" s="0" t="str">
         <v xml:space="preserve">Regionaal Perspectief Landelijk Gebied (was Landbouwperspectief) </v>
       </c>
       <c r="C1314" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1314" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1314" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1314" s="6">
-        <v>45476.0</v>
+        <v>44868.0</v>
       </c>
     </row>
     <row r="1315" spans="1:7" customFormat="false">
       <c r="A1315" s="0">
-        <v>1136</v>
+        <v>1098</v>
       </c>
       <c r="B1315" s="0" t="str">
-        <v xml:space="preserve">Beleid kinderopvang en luchtkwaliteit </v>
+        <v xml:space="preserve">Regionaal Perspectief Landelijk Gebied (was Landbouwperspectief) </v>
       </c>
       <c r="C1315" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1315" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1315" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1315" s="6">
-        <v>44706.0</v>
+        <v>45042.0</v>
       </c>
     </row>
     <row r="1316" spans="1:7" customFormat="false">
       <c r="A1316" s="0">
-        <v>1136</v>
+        <v>1098</v>
       </c>
       <c r="B1316" s="0" t="str">
-        <v xml:space="preserve">Beleid kinderopvang en luchtkwaliteit </v>
+        <v xml:space="preserve">Regionaal Perspectief Landelijk Gebied (was Landbouwperspectief) </v>
       </c>
       <c r="C1316" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1316" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1316" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1316" s="6">
-        <v>45637.0</v>
+        <v>45112.0</v>
       </c>
     </row>
     <row r="1317" spans="1:7" customFormat="false">
       <c r="A1317" s="0">
-        <v>1187</v>
+        <v>1098</v>
       </c>
       <c r="B1317" s="0" t="str">
-        <v>Geurbeleid</v>
+        <v xml:space="preserve">Regionaal Perspectief Landelijk Gebied (was Landbouwperspectief) </v>
       </c>
       <c r="C1317" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1317" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1317" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1317" s="6">
-        <v>45637.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="1318" spans="1:7" customFormat="false">
       <c r="A1318" s="0">
-        <v>1195</v>
+        <v>1136</v>
       </c>
       <c r="B1318" s="0" t="str">
-        <v>Uitbreiding sportpark Norschoten/SDVB</v>
+        <v xml:space="preserve">Beleid kinderopvang en luchtkwaliteit </v>
       </c>
       <c r="C1318" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1318" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1318" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1318" s="6">
-        <v>45196.0</v>
+        <v>44706.0</v>
       </c>
     </row>
     <row r="1319" spans="1:7" customFormat="false">
       <c r="A1319" s="0">
-        <v>1195</v>
+        <v>1136</v>
       </c>
       <c r="B1319" s="0" t="str">
-        <v>Uitbreiding sportpark Norschoten/SDVB</v>
+        <v xml:space="preserve">Beleid kinderopvang en luchtkwaliteit </v>
       </c>
       <c r="C1319" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1319" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1319" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1319" s="6">
-        <v>45273.0</v>
+        <v>45637.0</v>
       </c>
     </row>
     <row r="1320" spans="1:7" customFormat="false">
       <c r="A1320" s="0">
-        <v>1195</v>
+        <v>1187</v>
       </c>
       <c r="B1320" s="0" t="str">
-        <v>Uitbreiding sportpark Norschoten/SDVB</v>
+        <v>Geurbeleid</v>
       </c>
       <c r="C1320" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1320" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1320" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1320" s="6">
-        <v>45399.0</v>
+        <v>45637.0</v>
       </c>
     </row>
     <row r="1321" spans="1:7" customFormat="false">
       <c r="A1321" s="0">
-        <v>1217</v>
+        <v>1195</v>
       </c>
       <c r="B1321" s="0" t="str">
-        <v>Nota bodembeheer</v>
+        <v>Uitbreiding sportpark Norschoten/SDVB</v>
       </c>
       <c r="C1321" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1321" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1321" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1321" s="6">
-        <v>45077.0</v>
+        <v>45196.0</v>
       </c>
     </row>
     <row r="1322" spans="1:7" customFormat="false">
       <c r="A1322" s="0">
-        <v>1241</v>
+        <v>1195</v>
       </c>
       <c r="B1322" s="0" t="str">
-        <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
+        <v>Uitbreiding sportpark Norschoten/SDVB</v>
       </c>
       <c r="C1322" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1322" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1322" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1322" s="6">
-        <v>44810.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="1323" spans="1:7" customFormat="false">
       <c r="A1323" s="0">
-        <v>1241</v>
+        <v>1195</v>
       </c>
       <c r="B1323" s="0" t="str">
-        <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
+        <v>Uitbreiding sportpark Norschoten/SDVB</v>
       </c>
       <c r="C1323" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1323" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1323" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1323" s="6">
-        <v>44880.0</v>
+        <v>45399.0</v>
       </c>
     </row>
     <row r="1324" spans="1:7" customFormat="false">
       <c r="A1324" s="0">
-        <v>1241</v>
+        <v>1217</v>
       </c>
       <c r="B1324" s="0" t="str">
-        <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
+        <v>Nota bodembeheer</v>
       </c>
       <c r="C1324" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1324" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1324" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1324" s="6">
-        <v>44909.0</v>
+        <v>45077.0</v>
       </c>
     </row>
     <row r="1325" spans="1:7" customFormat="false">
       <c r="A1325" s="0">
         <v>1241</v>
       </c>
       <c r="B1325" s="0" t="str">
         <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
       </c>
       <c r="C1325" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1325" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1325" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1325" s="6">
-        <v>45042.0</v>
+        <v>44810.0</v>
       </c>
     </row>
     <row r="1326" spans="1:7" customFormat="false">
       <c r="A1326" s="0">
         <v>1241</v>
       </c>
       <c r="B1326" s="0" t="str">
         <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
       </c>
       <c r="C1326" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1326" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1326" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1326" s="6">
-        <v>45112.0</v>
+        <v>44880.0</v>
       </c>
     </row>
     <row r="1327" spans="1:7" customFormat="false">
       <c r="A1327" s="0">
         <v>1241</v>
       </c>
       <c r="B1327" s="0" t="str">
         <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
       </c>
       <c r="C1327" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1327" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1327" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1327" s="6">
-        <v>45273.0</v>
+        <v>44909.0</v>
       </c>
     </row>
     <row r="1328" spans="1:7" customFormat="false">
       <c r="A1328" s="0">
         <v>1241</v>
       </c>
       <c r="B1328" s="0" t="str">
         <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
       </c>
       <c r="C1328" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1328" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1328" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1328" s="6">
-        <v>45693.0</v>
+        <v>45042.0</v>
       </c>
     </row>
     <row r="1329" spans="1:7" customFormat="false">
       <c r="A1329" s="0">
         <v>1241</v>
       </c>
       <c r="B1329" s="0" t="str">
         <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
       </c>
       <c r="C1329" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1329" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1329" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1329" s="6">
-        <v>45805.0</v>
+        <v>45112.0</v>
       </c>
     </row>
     <row r="1330" spans="1:7" customFormat="false">
       <c r="A1330" s="0">
         <v>1241</v>
       </c>
       <c r="B1330" s="0" t="str">
         <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
       </c>
       <c r="C1330" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1330" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1330" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1330" s="6">
-        <v>45854.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="1331" spans="1:7" customFormat="false">
       <c r="A1331" s="0">
-        <v>1246</v>
+        <v>1241</v>
       </c>
       <c r="B1331" s="0" t="str">
-        <v>Deelvisie Garderen</v>
+        <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
       </c>
       <c r="C1331" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1331" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1331" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1331" s="6">
-        <v>45476.0</v>
+        <v>45693.0</v>
       </c>
     </row>
     <row r="1332" spans="1:7" customFormat="false">
       <c r="A1332" s="0">
-        <v>1247</v>
+        <v>1241</v>
       </c>
       <c r="B1332" s="0" t="str">
-        <v>Streefbeeld landelijk gebied</v>
+        <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
       </c>
       <c r="C1332" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1332" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1332" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1332" s="6">
-        <v>45224.0</v>
+        <v>45805.0</v>
       </c>
     </row>
     <row r="1333" spans="1:7" customFormat="false">
       <c r="A1333" s="0">
-        <v>1295</v>
+        <v>1241</v>
       </c>
       <c r="B1333" s="0" t="str">
-        <v>Toetsingskader landelijk gebied</v>
+        <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
       </c>
       <c r="C1333" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1333" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1333" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1333" s="6">
-        <v>45399.0</v>
+        <v>45854.0</v>
       </c>
     </row>
     <row r="1334" spans="1:7" customFormat="false">
       <c r="A1334" s="0">
-        <v>1316</v>
+        <v>1246</v>
       </c>
       <c r="B1334" s="0" t="str">
-        <v>Gebiedsplan GEUS en SOK</v>
+        <v>Deelvisie Garderen</v>
       </c>
       <c r="C1334" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1334" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1334" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1334" s="6">
-        <v>45764.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="1335" spans="1:7" customFormat="false">
       <c r="A1335" s="0">
-        <v>1320</v>
+        <v>1247</v>
       </c>
       <c r="B1335" s="0" t="str">
-        <v>Programma Waardevol landelijk Gebied</v>
+        <v>Streefbeeld landelijk gebied</v>
       </c>
       <c r="C1335" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1335" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1335" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1335" s="6">
-        <v>45735.0</v>
+        <v>45224.0</v>
       </c>
     </row>
     <row r="1336" spans="1:7" customFormat="false">
       <c r="A1336" s="0">
-        <v>61</v>
+        <v>1295</v>
       </c>
       <c r="B1336" s="0" t="str">
-        <v xml:space="preserve">Nota openbare verlichting </v>
+        <v>Toetsingskader landelijk gebied</v>
       </c>
       <c r="C1336" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1336" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1336" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1336" s="6">
-        <v>41695.0</v>
+        <v>45399.0</v>
       </c>
     </row>
     <row r="1337" spans="1:7" customFormat="false">
       <c r="A1337" s="0">
-        <v>61</v>
+        <v>1316</v>
       </c>
       <c r="B1337" s="0" t="str">
-        <v xml:space="preserve">Nota openbare verlichting </v>
+        <v>Gebiedsplan GEUS en SOK</v>
       </c>
       <c r="C1337" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1337" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1337" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1337" s="6">
-        <v>43285.0</v>
+        <v>45764.0</v>
       </c>
     </row>
     <row r="1338" spans="1:7" customFormat="false">
       <c r="A1338" s="0">
-        <v>61</v>
+        <v>1320</v>
       </c>
       <c r="B1338" s="0" t="str">
-        <v xml:space="preserve">Nota openbare verlichting </v>
+        <v>Programma Waardevol landelijk Gebied</v>
       </c>
       <c r="C1338" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D1338" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1338" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1338" s="6">
-        <v>43572.0</v>
+        <v>45735.0</v>
       </c>
     </row>
     <row r="1339" spans="1:7" customFormat="false">
       <c r="A1339" s="0">
         <v>61</v>
       </c>
       <c r="B1339" s="0" t="str">
         <v xml:space="preserve">Nota openbare verlichting </v>
       </c>
       <c r="C1339" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1339" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1339" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1339" s="6">
-        <v>43747.0</v>
+        <v>41695.0</v>
       </c>
     </row>
     <row r="1340" spans="1:7" customFormat="false">
       <c r="A1340" s="0">
         <v>61</v>
       </c>
       <c r="B1340" s="0" t="str">
         <v xml:space="preserve">Nota openbare verlichting </v>
       </c>
       <c r="C1340" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1340" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1340" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1340" s="6">
-        <v>43769.0</v>
+        <v>43285.0</v>
       </c>
     </row>
     <row r="1341" spans="1:7" customFormat="false">
       <c r="A1341" s="0">
         <v>61</v>
       </c>
       <c r="B1341" s="0" t="str">
         <v xml:space="preserve">Nota openbare verlichting </v>
       </c>
       <c r="C1341" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1341" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1341" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1341" s="6">
-        <v>44174.0</v>
+        <v>43572.0</v>
       </c>
     </row>
     <row r="1342" spans="1:7" customFormat="false">
       <c r="A1342" s="0">
         <v>61</v>
       </c>
       <c r="B1342" s="0" t="str">
         <v xml:space="preserve">Nota openbare verlichting </v>
       </c>
       <c r="C1342" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1342" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1342" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1342" s="6">
-        <v>45735.0</v>
+        <v>43747.0</v>
       </c>
     </row>
     <row r="1343" spans="1:7" customFormat="false">
       <c r="A1343" s="0">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B1343" s="0" t="str">
-        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
+        <v xml:space="preserve">Nota openbare verlichting </v>
       </c>
       <c r="C1343" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1343" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1343" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1343" s="6">
-        <v>41828.0</v>
+        <v>43769.0</v>
       </c>
     </row>
     <row r="1344" spans="1:7" customFormat="false">
       <c r="A1344" s="0">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B1344" s="0" t="str">
-        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
+        <v xml:space="preserve">Nota openbare verlichting </v>
       </c>
       <c r="C1344" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1344" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1344" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1344" s="6">
-        <v>42515.0</v>
+        <v>44174.0</v>
       </c>
     </row>
     <row r="1345" spans="1:7" customFormat="false">
       <c r="A1345" s="0">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B1345" s="0" t="str">
-        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
+        <v xml:space="preserve">Nota openbare verlichting </v>
       </c>
       <c r="C1345" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1345" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1345" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1345" s="6">
-        <v>42552.0</v>
+        <v>45735.0</v>
       </c>
     </row>
     <row r="1346" spans="1:7" customFormat="false">
       <c r="A1346" s="0">
         <v>62</v>
       </c>
       <c r="B1346" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1346" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1346" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1346" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1346" s="6">
-        <v>42921.0</v>
+        <v>41828.0</v>
       </c>
     </row>
     <row r="1347" spans="1:7" customFormat="false">
       <c r="A1347" s="0">
         <v>62</v>
       </c>
       <c r="B1347" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1347" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1347" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1347" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1347" s="6">
-        <v>43082.0</v>
+        <v>42515.0</v>
       </c>
     </row>
     <row r="1348" spans="1:7" customFormat="false">
       <c r="A1348" s="0">
         <v>62</v>
       </c>
       <c r="B1348" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1348" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1348" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1348" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1348" s="6">
-        <v>43082.0</v>
+        <v>42552.0</v>
       </c>
     </row>
     <row r="1349" spans="1:7" customFormat="false">
       <c r="A1349" s="0">
         <v>62</v>
       </c>
       <c r="B1349" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1349" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1349" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1349" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1349" s="6">
-        <v>43166.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="1350" spans="1:7" customFormat="false">
       <c r="A1350" s="0">
         <v>62</v>
       </c>
       <c r="B1350" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1350" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1350" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1350" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1350" s="6">
-        <v>43376.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="1351" spans="1:7" customFormat="false">
       <c r="A1351" s="0">
         <v>62</v>
       </c>
       <c r="B1351" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1351" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1351" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1351" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1351" s="6">
-        <v>43525.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="1352" spans="1:7" customFormat="false">
       <c r="A1352" s="0">
         <v>62</v>
       </c>
       <c r="B1352" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1352" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1352" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1352" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1352" s="6">
-        <v>43810.0</v>
+        <v>43166.0</v>
       </c>
     </row>
     <row r="1353" spans="1:7" customFormat="false">
       <c r="A1353" s="0">
         <v>62</v>
       </c>
       <c r="B1353" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1353" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1353" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1353" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1353" s="6">
-        <v>43943.0</v>
+        <v>43376.0</v>
       </c>
     </row>
     <row r="1354" spans="1:7" customFormat="false">
       <c r="A1354" s="0">
         <v>62</v>
       </c>
       <c r="B1354" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1354" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1354" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1354" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1354" s="6">
-        <v>43978.0</v>
+        <v>43525.0</v>
       </c>
     </row>
     <row r="1355" spans="1:7" customFormat="false">
       <c r="A1355" s="0">
         <v>62</v>
       </c>
       <c r="B1355" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1355" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1355" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1355" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1355" s="6">
-        <v>44272.0</v>
+        <v>43810.0</v>
       </c>
     </row>
     <row r="1356" spans="1:7" customFormat="false">
       <c r="A1356" s="0">
         <v>62</v>
       </c>
       <c r="B1356" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1356" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1356" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1356" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1356" s="6">
-        <v>44342.0</v>
+        <v>43943.0</v>
       </c>
     </row>
     <row r="1357" spans="1:7" customFormat="false">
       <c r="A1357" s="0">
         <v>62</v>
       </c>
       <c r="B1357" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1357" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1357" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1357" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1357" s="6">
-        <v>44510.0</v>
+        <v>43978.0</v>
       </c>
     </row>
     <row r="1358" spans="1:7" customFormat="false">
       <c r="A1358" s="0">
         <v>62</v>
       </c>
       <c r="B1358" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1358" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1358" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1358" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1358" s="6">
-        <v>44621.0</v>
+        <v>44272.0</v>
       </c>
     </row>
     <row r="1359" spans="1:7" customFormat="false">
       <c r="A1359" s="0">
         <v>62</v>
       </c>
       <c r="B1359" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1359" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1359" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1359" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1359" s="6">
-        <v>44621.0</v>
+        <v>44342.0</v>
       </c>
     </row>
     <row r="1360" spans="1:7" customFormat="false">
       <c r="A1360" s="0">
         <v>62</v>
       </c>
       <c r="B1360" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1360" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1360" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1360" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1360" s="6">
-        <v>44868.0</v>
+        <v>44510.0</v>
       </c>
     </row>
     <row r="1361" spans="1:7" customFormat="false">
       <c r="A1361" s="0">
         <v>62</v>
       </c>
       <c r="B1361" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1361" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1361" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1361" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1361" s="6">
-        <v>45007.0</v>
+        <v>44621.0</v>
       </c>
     </row>
     <row r="1362" spans="1:7" customFormat="false">
       <c r="A1362" s="0">
         <v>62</v>
       </c>
       <c r="B1362" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1362" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1362" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1362" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1362" s="6">
-        <v>45365.0</v>
+        <v>44621.0</v>
       </c>
     </row>
     <row r="1363" spans="1:7" customFormat="false">
       <c r="A1363" s="0">
         <v>62</v>
       </c>
       <c r="B1363" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1363" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1363" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1363" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1363" s="6">
-        <v>45441.0</v>
+        <v>44868.0</v>
       </c>
     </row>
     <row r="1364" spans="1:7" customFormat="false">
       <c r="A1364" s="0">
         <v>62</v>
       </c>
       <c r="B1364" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1364" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1364" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1364" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1364" s="6">
-        <v>45854.0</v>
+        <v>45007.0</v>
       </c>
     </row>
     <row r="1365" spans="1:7" customFormat="false">
       <c r="A1365" s="0">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B1365" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + aanbesteden wegenonderhoud:  Beleidsvisie beheer en onderhoud wegen 2017-2026 </v>
+        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1365" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1365" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1365" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1365" s="6">
-        <v>42515.0</v>
+        <v>45365.0</v>
       </c>
     </row>
     <row r="1366" spans="1:7" customFormat="false">
       <c r="A1366" s="0">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B1366" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + aanbesteden wegenonderhoud:  Beleidsvisie beheer en onderhoud wegen 2017-2026 </v>
+        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1366" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1366" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1366" s="0" t="str">
-        <v>Informatieavond</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1366" s="6">
-        <v>44825.0</v>
+        <v>45441.0</v>
       </c>
     </row>
     <row r="1367" spans="1:7" customFormat="false">
       <c r="A1367" s="0">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B1367" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + aanbesteden wegenonderhoud:  Beleidsvisie beheer en onderhoud wegen 2017-2026 </v>
+        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1367" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1367" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1367" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1367" s="6">
-        <v>44868.0</v>
+        <v>45854.0</v>
       </c>
     </row>
     <row r="1368" spans="1:7" customFormat="false">
       <c r="A1368" s="0">
         <v>63</v>
       </c>
       <c r="B1368" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + aanbesteden wegenonderhoud:  Beleidsvisie beheer en onderhoud wegen 2017-2026 </v>
+        <v>Beleidsvisie beheer en onderhoud wegen</v>
       </c>
       <c r="C1368" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1368" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1368" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1368" s="6">
-        <v>46266.0</v>
+        <v>42515.0</v>
       </c>
     </row>
     <row r="1369" spans="1:7" customFormat="false">
       <c r="A1369" s="0">
-        <v>727</v>
+        <v>63</v>
       </c>
       <c r="B1369" s="0" t="str">
-        <v>Wegenlegger/beboude kom grenzen</v>
+        <v>Beleidsvisie beheer en onderhoud wegen</v>
       </c>
       <c r="C1369" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1369" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1369" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Informatieavond</v>
       </c>
       <c r="G1369" s="6">
-        <v>42718.0</v>
+        <v>44825.0</v>
       </c>
     </row>
     <row r="1370" spans="1:7" customFormat="false">
       <c r="A1370" s="0">
-        <v>727</v>
+        <v>63</v>
       </c>
       <c r="B1370" s="0" t="str">
-        <v>Wegenlegger/beboude kom grenzen</v>
+        <v>Beleidsvisie beheer en onderhoud wegen</v>
       </c>
       <c r="C1370" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1370" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1370" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1370" s="6">
-        <v>43005.0</v>
+        <v>44868.0</v>
       </c>
     </row>
     <row r="1371" spans="1:7" customFormat="false">
       <c r="A1371" s="0">
-        <v>727</v>
+        <v>63</v>
       </c>
       <c r="B1371" s="0" t="str">
-        <v>Wegenlegger/beboude kom grenzen</v>
+        <v>Beleidsvisie beheer en onderhoud wegen</v>
       </c>
       <c r="C1371" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1371" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1371" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1371" s="6">
-        <v>43495.0</v>
+        <v>46302.0</v>
       </c>
     </row>
     <row r="1372" spans="1:7" customFormat="false">
       <c r="A1372" s="0">
         <v>727</v>
       </c>
       <c r="B1372" s="0" t="str">
         <v>Wegenlegger/beboude kom grenzen</v>
       </c>
       <c r="C1372" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1372" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1372" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1372" s="6">
-        <v>44230.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="1373" spans="1:7" customFormat="false">
       <c r="A1373" s="0">
-        <v>1221</v>
+        <v>727</v>
       </c>
       <c r="B1373" s="0" t="str">
-        <v>Integrale aanpak Hessenweg</v>
+        <v>Wegenlegger/beboude kom grenzen</v>
       </c>
       <c r="C1373" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1373" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1373" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1373" s="6">
-        <v>45112.0</v>
+        <v>43005.0</v>
       </c>
     </row>
     <row r="1374" spans="1:7" customFormat="false">
       <c r="A1374" s="0">
-        <v>1221</v>
+        <v>727</v>
       </c>
       <c r="B1374" s="0" t="str">
-        <v>Integrale aanpak Hessenweg</v>
+        <v>Wegenlegger/beboude kom grenzen</v>
       </c>
       <c r="C1374" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1374" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1374" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1374" s="6">
-        <v>45196.0</v>
+        <v>43495.0</v>
       </c>
     </row>
     <row r="1375" spans="1:7" customFormat="false">
       <c r="A1375" s="0">
-        <v>1222</v>
+        <v>727</v>
       </c>
       <c r="B1375" s="0" t="str">
-        <v>Integrale aanpak Ringlaan</v>
+        <v>Wegenlegger/beboude kom grenzen</v>
       </c>
       <c r="C1375" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1375" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1375" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1375" s="6">
-        <v>45224.0</v>
+        <v>44230.0</v>
       </c>
     </row>
     <row r="1376" spans="1:7" customFormat="false">
       <c r="A1376" s="0">
-        <v>1223</v>
+        <v>1221</v>
       </c>
       <c r="B1376" s="0" t="str">
-        <v>Vervanging fietspaden Apeldoornsestraat</v>
+        <v>Integrale aanpak Hessenweg</v>
       </c>
       <c r="C1376" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1376" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1376" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1376" s="6">
-        <v>45476.0</v>
+        <v>45112.0</v>
       </c>
     </row>
     <row r="1377" spans="1:7" customFormat="false">
       <c r="A1377" s="0">
-        <v>1223</v>
+        <v>1221</v>
       </c>
       <c r="B1377" s="0" t="str">
-        <v>Vervanging fietspaden Apeldoornsestraat</v>
+        <v>Integrale aanpak Hessenweg</v>
       </c>
       <c r="C1377" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1377" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1377" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1377" s="6">
-        <v>45764.0</v>
+        <v>45196.0</v>
       </c>
     </row>
     <row r="1378" spans="1:7" customFormat="false">
       <c r="A1378" s="0">
-        <v>1243</v>
+        <v>1222</v>
       </c>
       <c r="B1378" s="0" t="str">
-        <v>Vervanging bruggen Lunterseweg en Stoutenburgerweg</v>
+        <v>Integrale aanpak Ringlaan</v>
       </c>
       <c r="C1378" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1378" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1378" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1378" s="6">
         <v>45224.0</v>
       </c>
     </row>
     <row r="1379" spans="1:7" customFormat="false">
       <c r="A1379" s="0">
-        <v>1243</v>
+        <v>1223</v>
       </c>
       <c r="B1379" s="0" t="str">
-        <v>Vervanging bruggen Lunterseweg en Stoutenburgerweg</v>
+        <v>Vervanging fietspaden Apeldoornsestraat</v>
       </c>
       <c r="C1379" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1379" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1379" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1379" s="6">
         <v>45476.0</v>
       </c>
     </row>
     <row r="1380" spans="1:7" customFormat="false">
       <c r="A1380" s="0">
-        <v>1308</v>
+        <v>1223</v>
       </c>
       <c r="B1380" s="0" t="str">
-        <v>Integrale aanpak Wolweg</v>
+        <v>Vervanging fietspaden Apeldoornsestraat</v>
       </c>
       <c r="C1380" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1380" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1380" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1380" s="6">
-        <v>45588.0</v>
+        <v>45764.0</v>
       </c>
     </row>
     <row r="1381" spans="1:7" customFormat="false">
       <c r="A1381" s="0">
-        <v>1323</v>
+        <v>1243</v>
       </c>
       <c r="B1381" s="0" t="str">
-        <v>Achterveldseweg LVO met bermbeton</v>
+        <v>Vervanging bruggen Lunterseweg en Stoutenburgerweg</v>
       </c>
       <c r="C1381" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1381" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1381" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1381" s="6">
-        <v>45854.0</v>
+        <v>45224.0</v>
       </c>
     </row>
     <row r="1382" spans="1:7" customFormat="false">
       <c r="A1382" s="0">
-        <v>1324</v>
+        <v>1243</v>
       </c>
       <c r="B1382" s="0" t="str">
-        <v>Integrale aanpak Postweg De Glind</v>
+        <v>Vervanging bruggen Lunterseweg en Stoutenburgerweg</v>
       </c>
       <c r="C1382" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1382" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1382" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1382" s="6">
-        <v>46001.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="1383" spans="1:7" customFormat="false">
       <c r="A1383" s="0">
-        <v>1325</v>
+        <v>1308</v>
       </c>
       <c r="B1383" s="0" t="str">
-        <v>Integrale aanpak Bakkersweg</v>
+        <v>Integrale aanpak Wolweg</v>
       </c>
       <c r="C1383" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1383" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1383" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1383" s="6">
-        <v>45938.0</v>
+        <v>45588.0</v>
       </c>
     </row>
     <row r="1384" spans="1:7" customFormat="false">
       <c r="A1384" s="0">
-        <v>1330</v>
+        <v>1323</v>
       </c>
       <c r="B1384" s="0" t="str">
-        <v>Vervanging asfaltfietspaden Rijksweg door beton</v>
+        <v>Achterveldseweg LVO met bermbeton</v>
       </c>
       <c r="C1384" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1384" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1384" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1384" s="6">
-        <v>46001.0</v>
+        <v>45854.0</v>
       </c>
     </row>
     <row r="1385" spans="1:7" customFormat="false">
       <c r="A1385" s="0">
-        <v>1331</v>
+        <v>1324</v>
       </c>
       <c r="B1385" s="0" t="str">
-        <v>Vervanging asfaltfietspad Harskamperweg door beton incl. verbreding</v>
+        <v>Integrale aanpak Postweg De Glind</v>
       </c>
       <c r="C1385" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1385" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1385" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1385" s="6">
         <v>46001.0</v>
       </c>
     </row>
     <row r="1386" spans="1:7" customFormat="false">
       <c r="A1386" s="0">
-        <v>1333</v>
+        <v>1325</v>
       </c>
       <c r="B1386" s="0" t="str">
-        <v>Molenweg,Margrietlaan,Irenelaan, Marijkelaan en Koninginnelaan (deel Smitsplein-Molenweg)</v>
+        <v>Integrale aanpak Bakkersweg</v>
       </c>
       <c r="C1386" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="D1386" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1386" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1386" s="6">
-        <v>46001.0</v>
+        <v>45938.0</v>
       </c>
     </row>
     <row r="1387" spans="1:7" customFormat="false">
       <c r="A1387" s="0">
-        <v>64</v>
+        <v>1330</v>
       </c>
       <c r="B1387" s="0" t="str">
-        <v xml:space="preserve">Onderzoek reformatorsiche SBO + SO school </v>
+        <v>Vervanging asfaltfietspaden Rijksweg door beton</v>
       </c>
       <c r="C1387" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="D1387" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1387" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1387" s="6">
-        <v>41590.0</v>
+        <v>46001.0</v>
       </c>
     </row>
     <row r="1388" spans="1:7" customFormat="false">
       <c r="A1388" s="0">
-        <v>64</v>
+        <v>1331</v>
       </c>
       <c r="B1388" s="0" t="str">
-        <v xml:space="preserve">Onderzoek reformatorsiche SBO + SO school </v>
+        <v>Vervanging asfaltfietspad Harskamperweg door beton incl. verbreding</v>
       </c>
       <c r="C1388" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="D1388" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1388" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1388" s="6">
-        <v>41954.0</v>
+        <v>46001.0</v>
       </c>
     </row>
     <row r="1389" spans="1:7" customFormat="false">
       <c r="A1389" s="0">
-        <v>275</v>
+        <v>1333</v>
       </c>
       <c r="B1389" s="0" t="str">
-        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
+        <v>Molenweg,Margrietlaan,Irenelaan, Marijkelaan en Koninginnelaan (deel Smitsplein-Molenweg)</v>
       </c>
       <c r="C1389" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="D1389" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1389" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1389" s="6">
-        <v>41989.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="1390" spans="1:7" customFormat="false">
       <c r="A1390" s="0">
-        <v>275</v>
+        <v>1335</v>
       </c>
       <c r="B1390" s="0" t="str">
-        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
+        <v>Rootselaar West kredietaanvraag t.b.v. aanvullende opgaven icm asfaltonderhoud</v>
       </c>
       <c r="C1390" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="D1390" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1390" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1390" s="6">
-        <v>42354.0</v>
+        <v>46001.0</v>
       </c>
     </row>
     <row r="1391" spans="1:7" customFormat="false">
       <c r="A1391" s="0">
-        <v>275</v>
+        <v>64</v>
       </c>
       <c r="B1391" s="0" t="str">
-        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
+        <v xml:space="preserve">Onderzoek reformatorsiche SBO + SO school </v>
       </c>
       <c r="C1391" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1391" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1391" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1391" s="6">
-        <v>42767.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="1392" spans="1:7" customFormat="false">
       <c r="A1392" s="0">
-        <v>275</v>
+        <v>64</v>
       </c>
       <c r="B1392" s="0" t="str">
-        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
+        <v xml:space="preserve">Onderzoek reformatorsiche SBO + SO school </v>
       </c>
       <c r="C1392" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1392" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1392" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1392" s="6">
-        <v>42814.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="1393" spans="1:7" customFormat="false">
       <c r="A1393" s="0">
         <v>275</v>
       </c>
       <c r="B1393" s="0" t="str">
         <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1393" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1393" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1393" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1393" s="6">
-        <v>43131.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="1394" spans="1:7" customFormat="false">
       <c r="A1394" s="0">
         <v>275</v>
       </c>
       <c r="B1394" s="0" t="str">
         <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1394" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1394" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1394" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1394" s="6">
-        <v>43495.0</v>
+        <v>42354.0</v>
       </c>
     </row>
     <row r="1395" spans="1:7" customFormat="false">
       <c r="A1395" s="0">
         <v>275</v>
       </c>
       <c r="B1395" s="0" t="str">
         <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1395" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1395" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1395" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1395" s="6">
-        <v>43866.0</v>
+        <v>42767.0</v>
       </c>
     </row>
     <row r="1396" spans="1:7" customFormat="false">
       <c r="A1396" s="0">
         <v>275</v>
       </c>
       <c r="B1396" s="0" t="str">
         <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1396" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1396" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1396" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1396" s="6">
-        <v>44230.0</v>
+        <v>42814.0</v>
       </c>
     </row>
     <row r="1397" spans="1:7" customFormat="false">
       <c r="A1397" s="0">
         <v>275</v>
       </c>
       <c r="B1397" s="0" t="str">
         <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1397" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1397" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1397" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1397" s="6">
-        <v>44601.0</v>
+        <v>43131.0</v>
       </c>
     </row>
     <row r="1398" spans="1:7" customFormat="false">
       <c r="A1398" s="0">
         <v>275</v>
       </c>
       <c r="B1398" s="0" t="str">
         <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1398" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1398" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1398" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1398" s="6">
-        <v>45693.0</v>
+        <v>43495.0</v>
       </c>
     </row>
     <row r="1399" spans="1:7" customFormat="false">
       <c r="A1399" s="0">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="B1399" s="0" t="str">
-        <v xml:space="preserve">Verordening doordecentralisatie buitenonderhoud </v>
+        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1399" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1399" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1399" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1399" s="6">
-        <v>41989.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="1400" spans="1:7" customFormat="false">
       <c r="A1400" s="0">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B1400" s="0" t="str">
-        <v>Verordening voorzieningen huisvesting onderwijs aanpassen</v>
+        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1400" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1400" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1400" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1400" s="6">
-        <v>41989.0</v>
+        <v>44230.0</v>
       </c>
     </row>
     <row r="1401" spans="1:7" customFormat="false">
       <c r="A1401" s="0">
-        <v>414</v>
+        <v>275</v>
       </c>
       <c r="B1401" s="0" t="str">
-        <v xml:space="preserve">Garantstelling lening Rehobothschool Kootwijkerbroek </v>
+        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1401" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1401" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1401" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1401" s="6">
-        <v>41954.0</v>
+        <v>44601.0</v>
       </c>
     </row>
     <row r="1402" spans="1:7" customFormat="false">
       <c r="A1402" s="0">
-        <v>487</v>
+        <v>275</v>
       </c>
       <c r="B1402" s="0" t="str">
-        <v>Internationale school Gelderland</v>
+        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1402" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1402" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1402" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1402" s="6">
-        <v>42137.0</v>
+        <v>45693.0</v>
       </c>
     </row>
     <row r="1403" spans="1:7" customFormat="false">
       <c r="A1403" s="0">
-        <v>621</v>
+        <v>276</v>
       </c>
       <c r="B1403" s="0" t="str">
-        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
+        <v xml:space="preserve">Verordening doordecentralisatie buitenonderhoud </v>
       </c>
       <c r="C1403" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1403" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1403" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1403" s="6">
-        <v>42816.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="1404" spans="1:7" customFormat="false">
       <c r="A1404" s="0">
-        <v>621</v>
+        <v>277</v>
       </c>
       <c r="B1404" s="0" t="str">
-        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
+        <v>Verordening voorzieningen huisvesting onderwijs aanpassen</v>
       </c>
       <c r="C1404" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1404" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1404" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1404" s="6">
-        <v>42921.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="1405" spans="1:7" customFormat="false">
       <c r="A1405" s="0">
-        <v>621</v>
+        <v>414</v>
       </c>
       <c r="B1405" s="0" t="str">
-        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
+        <v xml:space="preserve">Garantstelling lening Rehobothschool Kootwijkerbroek </v>
       </c>
       <c r="C1405" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1405" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1405" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1405" s="6">
-        <v>44833.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="1406" spans="1:7" customFormat="false">
       <c r="A1406" s="0">
-        <v>621</v>
+        <v>487</v>
       </c>
       <c r="B1406" s="0" t="str">
-        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
+        <v>Internationale school Gelderland</v>
       </c>
       <c r="C1406" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1406" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1406" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1406" s="6">
-        <v>45224.0</v>
+        <v>42137.0</v>
       </c>
     </row>
     <row r="1407" spans="1:7" customFormat="false">
       <c r="A1407" s="0">
         <v>621</v>
       </c>
       <c r="B1407" s="0" t="str">
         <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
       </c>
       <c r="C1407" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1407" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1407" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1407" s="6">
-        <v>45476.0</v>
+        <v>42816.0</v>
       </c>
     </row>
     <row r="1408" spans="1:7" customFormat="false">
       <c r="A1408" s="0">
         <v>621</v>
       </c>
       <c r="B1408" s="0" t="str">
         <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
       </c>
       <c r="C1408" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1408" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1408" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1408" s="6">
-        <v>45735.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="1409" spans="1:7" customFormat="false">
       <c r="A1409" s="0">
-        <v>644</v>
+        <v>621</v>
       </c>
       <c r="B1409" s="0" t="str">
-        <v xml:space="preserve">Verplaatsing van de Julianaschool naar het Oosterboscomplex </v>
+        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
       </c>
       <c r="C1409" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1409" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1409" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1409" s="6">
-        <v>42431.0</v>
+        <v>44833.0</v>
       </c>
     </row>
     <row r="1410" spans="1:7" customFormat="false">
       <c r="A1410" s="0">
-        <v>644</v>
+        <v>621</v>
       </c>
       <c r="B1410" s="0" t="str">
-        <v xml:space="preserve">Verplaatsing van de Julianaschool naar het Oosterboscomplex </v>
+        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
       </c>
       <c r="C1410" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1410" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1410" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1410" s="6">
-        <v>42557.0</v>
+        <v>45224.0</v>
       </c>
     </row>
     <row r="1411" spans="1:7" customFormat="false">
       <c r="A1411" s="0">
-        <v>644</v>
+        <v>621</v>
       </c>
       <c r="B1411" s="0" t="str">
-        <v xml:space="preserve">Verplaatsing van de Julianaschool naar het Oosterboscomplex </v>
+        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
       </c>
       <c r="C1411" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1411" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1411" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1411" s="6">
-        <v>42767.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="1412" spans="1:7" customFormat="false">
       <c r="A1412" s="0">
-        <v>861</v>
+        <v>621</v>
       </c>
       <c r="B1412" s="0" t="str">
-        <v xml:space="preserve">Scholen in Veller </v>
+        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
       </c>
       <c r="C1412" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1412" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1412" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1412" s="6">
-        <v>43166.0</v>
+        <v>45735.0</v>
       </c>
     </row>
     <row r="1413" spans="1:7" customFormat="false">
       <c r="A1413" s="0">
-        <v>861</v>
+        <v>644</v>
       </c>
       <c r="B1413" s="0" t="str">
-        <v xml:space="preserve">Scholen in Veller </v>
+        <v xml:space="preserve">Verplaatsing van de Julianaschool naar het Oosterboscomplex </v>
       </c>
       <c r="C1413" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1413" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1413" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1413" s="6">
-        <v>43782.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="1414" spans="1:7" customFormat="false">
       <c r="A1414" s="0">
-        <v>948</v>
+        <v>644</v>
       </c>
       <c r="B1414" s="0" t="str">
-        <v>Voorfinanciering vernieuwbouw JFC</v>
+        <v xml:space="preserve">Verplaatsing van de Julianaschool naar het Oosterboscomplex </v>
       </c>
       <c r="C1414" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1414" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1414" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1414" s="6">
-        <v>43656.0</v>
+        <v>42557.0</v>
       </c>
     </row>
     <row r="1415" spans="1:7" customFormat="false">
       <c r="A1415" s="0">
-        <v>948</v>
+        <v>644</v>
       </c>
       <c r="B1415" s="0" t="str">
-        <v>Voorfinanciering vernieuwbouw JFC</v>
+        <v xml:space="preserve">Verplaatsing van de Julianaschool naar het Oosterboscomplex </v>
       </c>
       <c r="C1415" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1415" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1415" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1415" s="6">
-        <v>43782.0</v>
+        <v>42767.0</v>
       </c>
     </row>
     <row r="1416" spans="1:7" customFormat="false">
       <c r="A1416" s="0">
-        <v>1061</v>
+        <v>861</v>
       </c>
       <c r="B1416" s="0" t="str">
-        <v>Groene schoolpleinen</v>
+        <v xml:space="preserve">Scholen in Veller </v>
       </c>
       <c r="C1416" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1416" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1416" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1416" s="6">
-        <v>44273.0</v>
+        <v>43166.0</v>
       </c>
     </row>
     <row r="1417" spans="1:7" customFormat="false">
       <c r="A1417" s="0">
-        <v>1061</v>
+        <v>861</v>
       </c>
       <c r="B1417" s="0" t="str">
-        <v>Groene schoolpleinen</v>
+        <v xml:space="preserve">Scholen in Veller </v>
       </c>
       <c r="C1417" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1417" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1417" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1417" s="6">
-        <v>44545.0</v>
+        <v>43782.0</v>
       </c>
     </row>
     <row r="1418" spans="1:7" customFormat="false">
       <c r="A1418" s="0">
-        <v>1061</v>
+        <v>948</v>
       </c>
       <c r="B1418" s="0" t="str">
-        <v>Groene schoolpleinen</v>
+        <v>Voorfinanciering vernieuwbouw JFC</v>
       </c>
       <c r="C1418" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1418" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1418" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1418" s="6">
-        <v>44909.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="1419" spans="1:7" customFormat="false">
       <c r="A1419" s="0">
-        <v>1318</v>
+        <v>948</v>
       </c>
       <c r="B1419" s="0" t="str">
-        <v>Van Lodenstein College</v>
+        <v>Voorfinanciering vernieuwbouw JFC</v>
       </c>
       <c r="C1419" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1419" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1419" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1419" s="6">
-        <v>45637.0</v>
+        <v>43782.0</v>
       </c>
     </row>
     <row r="1420" spans="1:7" customFormat="false">
       <c r="A1420" s="0">
-        <v>1318</v>
+        <v>1061</v>
       </c>
       <c r="B1420" s="0" t="str">
-        <v>Van Lodenstein College</v>
+        <v>Groene schoolpleinen</v>
       </c>
       <c r="C1420" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1420" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1420" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1420" s="6">
-        <v>46001.0</v>
+        <v>44273.0</v>
       </c>
     </row>
     <row r="1421" spans="1:7" customFormat="false">
       <c r="A1421" s="0">
-        <v>720</v>
+        <v>1061</v>
       </c>
       <c r="B1421" s="0" t="str">
-        <v>Meerjarenplan bibliotheekvoorziening</v>
+        <v>Groene schoolpleinen</v>
       </c>
       <c r="C1421" s="0" t="str">
-        <v>333 Bibliotheek</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1421" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1421" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1421" s="6">
-        <v>42718.0</v>
+        <v>44545.0</v>
       </c>
     </row>
     <row r="1422" spans="1:7" customFormat="false">
       <c r="A1422" s="0">
-        <v>720</v>
+        <v>1061</v>
       </c>
       <c r="B1422" s="0" t="str">
-        <v>Meerjarenplan bibliotheekvoorziening</v>
+        <v>Groene schoolpleinen</v>
       </c>
       <c r="C1422" s="0" t="str">
-        <v>333 Bibliotheek</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1422" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1422" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1422" s="6">
-        <v>46057.0</v>
+        <v>44909.0</v>
       </c>
     </row>
     <row r="1423" spans="1:7" customFormat="false">
       <c r="A1423" s="0">
-        <v>66</v>
+        <v>1318</v>
       </c>
       <c r="B1423" s="0" t="str">
-        <v xml:space="preserve">Museum Nairac </v>
+        <v>Van Lodenstein College</v>
       </c>
       <c r="C1423" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1423" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1423" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1423" s="6">
-        <v>41548.0</v>
+        <v>45637.0</v>
       </c>
     </row>
     <row r="1424" spans="1:7" customFormat="false">
       <c r="A1424" s="0">
-        <v>66</v>
+        <v>1318</v>
       </c>
       <c r="B1424" s="0" t="str">
-        <v xml:space="preserve">Museum Nairac </v>
+        <v>Van Lodenstein College</v>
       </c>
       <c r="C1424" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D1424" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1424" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1424" s="6">
-        <v>42319.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="1425" spans="1:7" customFormat="false">
       <c r="A1425" s="0">
-        <v>67</v>
+        <v>720</v>
       </c>
       <c r="B1425" s="0" t="str">
-        <v xml:space="preserve">Cultuurhistorische Waardenkaart </v>
+        <v>Meerjarenplan bibliotheekvoorziening</v>
       </c>
       <c r="C1425" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>333 Bibliotheek</v>
       </c>
       <c r="D1425" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1425" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1425" s="6">
-        <v>41590.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="1426" spans="1:7" customFormat="false">
       <c r="A1426" s="0">
-        <v>67</v>
+        <v>720</v>
       </c>
       <c r="B1426" s="0" t="str">
-        <v xml:space="preserve">Cultuurhistorische Waardenkaart </v>
+        <v>Meerjarenplan bibliotheekvoorziening</v>
       </c>
       <c r="C1426" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>333 Bibliotheek</v>
       </c>
       <c r="D1426" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1426" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1426" s="6">
-        <v>43215.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="1427" spans="1:7" customFormat="false">
       <c r="A1427" s="0">
-        <v>303</v>
+        <v>66</v>
       </c>
       <c r="B1427" s="0" t="str">
-        <v>subsidie ballonmuseum</v>
+        <v xml:space="preserve">Museum Nairac </v>
       </c>
       <c r="C1427" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1427" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1427" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1427" s="6">
-        <v>42370.0</v>
+        <v>41548.0</v>
       </c>
     </row>
     <row r="1428" spans="1:7" customFormat="false">
       <c r="A1428" s="0">
-        <v>502</v>
+        <v>66</v>
       </c>
       <c r="B1428" s="0" t="str">
-        <v>Evaluatie Muziekschool</v>
+        <v xml:space="preserve">Museum Nairac </v>
       </c>
       <c r="C1428" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1428" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1428" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1428" s="6">
         <v>42319.0</v>
       </c>
     </row>
     <row r="1429" spans="1:7" customFormat="false">
       <c r="A1429" s="0">
-        <v>721</v>
+        <v>67</v>
       </c>
       <c r="B1429" s="0" t="str">
-        <v xml:space="preserve">Subsidie muziekonderwijs </v>
+        <v xml:space="preserve">Cultuurhistorische Waardenkaart </v>
       </c>
       <c r="C1429" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1429" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1429" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1429" s="6">
-        <v>43005.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="1430" spans="1:7" customFormat="false">
       <c r="A1430" s="0">
-        <v>721</v>
+        <v>67</v>
       </c>
       <c r="B1430" s="0" t="str">
-        <v xml:space="preserve">Subsidie muziekonderwijs </v>
+        <v xml:space="preserve">Cultuurhistorische Waardenkaart </v>
       </c>
       <c r="C1430" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1430" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1430" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1430" s="6">
-        <v>43047.0</v>
+        <v>43215.0</v>
       </c>
     </row>
     <row r="1431" spans="1:7" customFormat="false">
       <c r="A1431" s="0">
-        <v>914</v>
+        <v>303</v>
       </c>
       <c r="B1431" s="0" t="str">
-        <v xml:space="preserve">Toekomstbestendig Pluimveemuseum </v>
+        <v>subsidie ballonmuseum</v>
       </c>
       <c r="C1431" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1431" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1431" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1431" s="6">
-        <v>44146.0</v>
+        <v>42370.0</v>
       </c>
     </row>
     <row r="1432" spans="1:7" customFormat="false">
       <c r="A1432" s="0">
-        <v>940</v>
+        <v>502</v>
       </c>
       <c r="B1432" s="0" t="str">
-        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
+        <v>Evaluatie Muziekschool</v>
       </c>
       <c r="C1432" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1432" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1432" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1432" s="6">
-        <v>43866.0</v>
+        <v>42319.0</v>
       </c>
     </row>
     <row r="1433" spans="1:7" customFormat="false">
       <c r="A1433" s="0">
-        <v>940</v>
+        <v>721</v>
       </c>
       <c r="B1433" s="0" t="str">
-        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
+        <v xml:space="preserve">Subsidie muziekonderwijs </v>
       </c>
       <c r="C1433" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1433" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1433" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1433" s="6">
-        <v>43978.0</v>
+        <v>43005.0</v>
       </c>
     </row>
     <row r="1434" spans="1:7" customFormat="false">
       <c r="A1434" s="0">
-        <v>940</v>
+        <v>721</v>
       </c>
       <c r="B1434" s="0" t="str">
-        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
+        <v xml:space="preserve">Subsidie muziekonderwijs </v>
       </c>
       <c r="C1434" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1434" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1434" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1434" s="6">
-        <v>43978.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="1435" spans="1:7" customFormat="false">
       <c r="A1435" s="0">
-        <v>940</v>
+        <v>914</v>
       </c>
       <c r="B1435" s="0" t="str">
-        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
+        <v xml:space="preserve">Toekomstbestendig Pluimveemuseum </v>
       </c>
       <c r="C1435" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1435" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1435" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1435" s="6">
-        <v>43978.0</v>
+        <v>44146.0</v>
       </c>
     </row>
     <row r="1436" spans="1:7" customFormat="false">
       <c r="A1436" s="0">
         <v>940</v>
       </c>
       <c r="B1436" s="0" t="str">
         <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
       </c>
       <c r="C1436" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1436" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1436" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1436" s="6">
-        <v>43999.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="1437" spans="1:7" customFormat="false">
       <c r="A1437" s="0">
         <v>940</v>
       </c>
       <c r="B1437" s="0" t="str">
         <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
       </c>
       <c r="C1437" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1437" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1437" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1437" s="6">
-        <v>44475.0</v>
+        <v>43978.0</v>
       </c>
     </row>
     <row r="1438" spans="1:7" customFormat="false">
       <c r="A1438" s="0">
-        <v>1033</v>
+        <v>940</v>
       </c>
       <c r="B1438" s="0" t="str">
-        <v>Accommodatiebeleid</v>
+        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
       </c>
       <c r="C1438" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1438" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1438" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1438" s="6">
-        <v>44216.0</v>
+        <v>43978.0</v>
       </c>
     </row>
     <row r="1439" spans="1:7" customFormat="false">
       <c r="A1439" s="0">
-        <v>1033</v>
+        <v>940</v>
       </c>
       <c r="B1439" s="0" t="str">
-        <v>Accommodatiebeleid</v>
+        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
       </c>
       <c r="C1439" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1439" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1439" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1439" s="6">
-        <v>44230.0</v>
+        <v>43978.0</v>
       </c>
     </row>
     <row r="1440" spans="1:7" customFormat="false">
       <c r="A1440" s="0">
-        <v>1033</v>
+        <v>940</v>
       </c>
       <c r="B1440" s="0" t="str">
-        <v>Accommodatiebeleid</v>
+        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
       </c>
       <c r="C1440" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1440" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1440" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1440" s="6">
-        <v>44475.0</v>
+        <v>43999.0</v>
       </c>
     </row>
     <row r="1441" spans="1:7" customFormat="false">
       <c r="A1441" s="0">
-        <v>1033</v>
+        <v>940</v>
       </c>
       <c r="B1441" s="0" t="str">
-        <v>Accommodatiebeleid</v>
+        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
       </c>
       <c r="C1441" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1441" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1441" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1441" s="6">
-        <v>44628.0</v>
+        <v>44475.0</v>
       </c>
     </row>
     <row r="1442" spans="1:7" customFormat="false">
       <c r="A1442" s="0">
         <v>1033</v>
       </c>
       <c r="B1442" s="0" t="str">
         <v>Accommodatiebeleid</v>
       </c>
       <c r="C1442" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1442" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1442" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1442" s="6">
-        <v>45637.0</v>
+        <v>44216.0</v>
       </c>
     </row>
     <row r="1443" spans="1:7" customFormat="false">
       <c r="A1443" s="0">
-        <v>1184</v>
+        <v>1033</v>
       </c>
       <c r="B1443" s="0" t="str">
-        <v>Integrale cultuurvisie</v>
+        <v>Accommodatiebeleid</v>
       </c>
       <c r="C1443" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1443" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1443" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1443" s="6">
-        <v>45112.0</v>
+        <v>44230.0</v>
       </c>
     </row>
     <row r="1444" spans="1:7" customFormat="false">
       <c r="A1444" s="0">
-        <v>1184</v>
+        <v>1033</v>
       </c>
       <c r="B1444" s="0" t="str">
-        <v>Integrale cultuurvisie</v>
+        <v>Accommodatiebeleid</v>
       </c>
       <c r="C1444" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1444" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1444" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1444" s="6">
-        <v>45693.0</v>
+        <v>44475.0</v>
       </c>
     </row>
     <row r="1445" spans="1:7" customFormat="false">
       <c r="A1445" s="0">
-        <v>65</v>
+        <v>1033</v>
       </c>
       <c r="B1445" s="0" t="str">
-        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
+        <v>Accommodatiebeleid</v>
       </c>
       <c r="C1445" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1445" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1445" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1445" s="6">
-        <v>41625.0</v>
+        <v>44628.0</v>
       </c>
     </row>
     <row r="1446" spans="1:7" customFormat="false">
       <c r="A1446" s="0">
-        <v>65</v>
+        <v>1033</v>
       </c>
       <c r="B1446" s="0" t="str">
-        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
+        <v>Accommodatiebeleid</v>
       </c>
       <c r="C1446" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1446" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1446" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1446" s="6">
-        <v>42354.0</v>
+        <v>45637.0</v>
       </c>
     </row>
     <row r="1447" spans="1:7" customFormat="false">
       <c r="A1447" s="0">
-        <v>65</v>
+        <v>1184</v>
       </c>
       <c r="B1447" s="0" t="str">
-        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
+        <v>Integrale cultuurvisie</v>
       </c>
       <c r="C1447" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1447" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1447" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1447" s="6">
-        <v>42641.0</v>
+        <v>45112.0</v>
       </c>
     </row>
     <row r="1448" spans="1:7" customFormat="false">
       <c r="A1448" s="0">
-        <v>65</v>
+        <v>1184</v>
       </c>
       <c r="B1448" s="0" t="str">
-        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
+        <v>Integrale cultuurvisie</v>
       </c>
       <c r="C1448" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1448" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1448" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1448" s="6">
-        <v>42767.0</v>
+        <v>45693.0</v>
       </c>
     </row>
     <row r="1449" spans="1:7" customFormat="false">
       <c r="A1449" s="0">
-        <v>65</v>
+        <v>1184</v>
       </c>
       <c r="B1449" s="0" t="str">
-        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
+        <v>Integrale cultuurvisie</v>
       </c>
       <c r="C1449" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1449" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1449" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1449" s="6">
-        <v>42816.0</v>
+        <v>47543.0</v>
       </c>
     </row>
     <row r="1450" spans="1:7" customFormat="false">
       <c r="A1450" s="0">
-        <v>65</v>
+        <v>1338</v>
       </c>
       <c r="B1450" s="0" t="str">
-        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
+        <v>Erfgoedbeleid</v>
       </c>
       <c r="C1450" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D1450" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1450" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1450" s="6">
-        <v>42879.0</v>
+        <v>46169.0</v>
       </c>
     </row>
     <row r="1451" spans="1:7" customFormat="false">
       <c r="A1451" s="0">
         <v>65</v>
       </c>
       <c r="B1451" s="0" t="str">
         <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1451" s="0" t="str">
         <v>334 Schaffelaartheater</v>
       </c>
       <c r="D1451" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1451" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1451" s="6">
-        <v>42893.0</v>
+        <v>41625.0</v>
       </c>
     </row>
     <row r="1452" spans="1:7" customFormat="false">
       <c r="A1452" s="0">
         <v>65</v>
       </c>
       <c r="B1452" s="0" t="str">
         <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1452" s="0" t="str">
         <v>334 Schaffelaartheater</v>
       </c>
       <c r="D1452" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1452" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1452" s="6">
-        <v>42921.0</v>
+        <v>42354.0</v>
       </c>
     </row>
     <row r="1453" spans="1:7" customFormat="false">
       <c r="A1453" s="0">
         <v>65</v>
       </c>
       <c r="B1453" s="0" t="str">
         <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1453" s="0" t="str">
         <v>334 Schaffelaartheater</v>
       </c>
       <c r="D1453" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1453" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1453" s="6">
-        <v>43005.0</v>
+        <v>42641.0</v>
       </c>
     </row>
     <row r="1454" spans="1:7" customFormat="false">
       <c r="A1454" s="0">
         <v>65</v>
       </c>
       <c r="B1454" s="0" t="str">
         <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1454" s="0" t="str">
         <v>334 Schaffelaartheater</v>
       </c>
       <c r="D1454" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1454" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1454" s="6">
-        <v>43082.0</v>
+        <v>42767.0</v>
       </c>
     </row>
     <row r="1455" spans="1:7" customFormat="false">
       <c r="A1455" s="0">
         <v>65</v>
       </c>
       <c r="B1455" s="0" t="str">
         <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1455" s="0" t="str">
         <v>334 Schaffelaartheater</v>
       </c>
       <c r="D1455" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1455" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1455" s="6">
-        <v>43282.0</v>
+        <v>42816.0</v>
       </c>
     </row>
     <row r="1456" spans="1:7" customFormat="false">
       <c r="A1456" s="0">
         <v>65</v>
       </c>
       <c r="B1456" s="0" t="str">
         <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1456" s="0" t="str">
         <v>334 Schaffelaartheater</v>
       </c>
       <c r="D1456" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1456" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1456" s="6">
-        <v>43647.0</v>
+        <v>42879.0</v>
       </c>
     </row>
     <row r="1457" spans="1:7" customFormat="false">
       <c r="A1457" s="0">
         <v>65</v>
       </c>
       <c r="B1457" s="0" t="str">
         <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1457" s="0" t="str">
         <v>334 Schaffelaartheater</v>
       </c>
       <c r="D1457" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1457" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1457" s="6">
-        <v>44111.0</v>
+        <v>42893.0</v>
       </c>
     </row>
     <row r="1458" spans="1:7" customFormat="false">
       <c r="A1458" s="0">
         <v>65</v>
       </c>
       <c r="B1458" s="0" t="str">
         <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1458" s="0" t="str">
         <v>334 Schaffelaartheater</v>
       </c>
       <c r="D1458" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1458" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1458" s="6">
-        <v>44545.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="1459" spans="1:7" customFormat="false">
       <c r="A1459" s="0">
         <v>65</v>
       </c>
       <c r="B1459" s="0" t="str">
         <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1459" s="0" t="str">
         <v>334 Schaffelaartheater</v>
       </c>
       <c r="D1459" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1459" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1459" s="6">
-        <v>45735.0</v>
+        <v>43005.0</v>
       </c>
     </row>
     <row r="1460" spans="1:7" customFormat="false">
       <c r="A1460" s="0">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B1460" s="0" t="str">
-        <v xml:space="preserve">Tarieven buitensportaccomodaties -&gt; Compensatieregeling verenigingen en dorps- en buurthuizen </v>
+        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1460" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="D1460" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1460" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1460" s="6">
-        <v>41800.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="1461" spans="1:7" customFormat="false">
       <c r="A1461" s="0">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B1461" s="0" t="str">
-        <v xml:space="preserve">Tarieven buitensportaccomodaties -&gt; Compensatieregeling verenigingen en dorps- en buurthuizen </v>
+        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1461" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="D1461" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1461" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1461" s="6">
-        <v>44174.0</v>
+        <v>43282.0</v>
       </c>
     </row>
     <row r="1462" spans="1:7" customFormat="false">
       <c r="A1462" s="0">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B1462" s="0" t="str">
-        <v xml:space="preserve">Tarieven buitensportaccomodaties -&gt; Compensatieregeling verenigingen en dorps- en buurthuizen </v>
+        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1462" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="D1462" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1462" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1462" s="6">
-        <v>44868.0</v>
+        <v>43647.0</v>
       </c>
     </row>
     <row r="1463" spans="1:7" customFormat="false">
       <c r="A1463" s="0">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B1463" s="0" t="str">
-        <v xml:space="preserve">Tarieven buitensportaccomodaties -&gt; Compensatieregeling verenigingen en dorps- en buurthuizen </v>
+        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1463" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="D1463" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1463" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1463" s="6">
-        <v>45476.0</v>
+        <v>44111.0</v>
       </c>
     </row>
     <row r="1464" spans="1:7" customFormat="false">
       <c r="A1464" s="0">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B1464" s="0" t="str">
-        <v xml:space="preserve">Middellange termijnvisie voetbalaccommodaties Barneveld </v>
+        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1464" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="D1464" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1464" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1464" s="6">
-        <v>42137.0</v>
+        <v>44545.0</v>
       </c>
     </row>
     <row r="1465" spans="1:7" customFormat="false">
       <c r="A1465" s="0">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="B1465" s="0" t="str">
-        <v>Masterplan Buitensport 2018-2028 -&gt; Integraal Huisvestingsplan Sport</v>
+        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1465" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="D1465" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1465" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1465" s="6">
-        <v>42921.0</v>
+        <v>45735.0</v>
       </c>
     </row>
     <row r="1466" spans="1:7" customFormat="false">
       <c r="A1466" s="0">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B1466" s="0" t="str">
-        <v>Masterplan Buitensport 2018-2028 -&gt; Integraal Huisvestingsplan Sport</v>
+        <v xml:space="preserve">Tarieven buitensportaccomodaties -&gt; Compensatieregeling verenigingen en dorps- en buurthuizen </v>
       </c>
       <c r="C1466" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1466" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1466" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1466" s="6">
-        <v>43376.0</v>
+        <v>41800.0</v>
       </c>
     </row>
     <row r="1467" spans="1:7" customFormat="false">
       <c r="A1467" s="0">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B1467" s="0" t="str">
-        <v>Masterplan Buitensport 2018-2028 -&gt; Integraal Huisvestingsplan Sport</v>
+        <v xml:space="preserve">Tarieven buitensportaccomodaties -&gt; Compensatieregeling verenigingen en dorps- en buurthuizen </v>
       </c>
       <c r="C1467" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1467" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1467" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1467" s="6">
-        <v>46001.0</v>
+        <v>44174.0</v>
       </c>
     </row>
     <row r="1468" spans="1:7" customFormat="false">
       <c r="A1468" s="0">
-        <v>289</v>
+        <v>68</v>
       </c>
       <c r="B1468" s="0" t="str">
-        <v xml:space="preserve">douche- en kleedruimten sportcomplex Overbeek en De Bosrand </v>
+        <v xml:space="preserve">Tarieven buitensportaccomodaties -&gt; Compensatieregeling verenigingen en dorps- en buurthuizen </v>
       </c>
       <c r="C1468" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1468" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1468" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1468" s="6">
-        <v>41695.0</v>
+        <v>44868.0</v>
       </c>
     </row>
     <row r="1469" spans="1:7" customFormat="false">
       <c r="A1469" s="0">
-        <v>317</v>
+        <v>68</v>
       </c>
       <c r="B1469" s="0" t="str">
-        <v>besteding gelden kunstgrasveld De Glind</v>
+        <v xml:space="preserve">Tarieven buitensportaccomodaties -&gt; Compensatieregeling verenigingen en dorps- en buurthuizen </v>
       </c>
       <c r="C1469" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1469" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1469" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1469" s="6">
-        <v>41695.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="1470" spans="1:7" customFormat="false">
       <c r="A1470" s="0">
-        <v>455</v>
+        <v>69</v>
       </c>
       <c r="B1470" s="0" t="str">
-        <v>Verplaatsing sportcomplex Overbeek in Terschuur</v>
+        <v xml:space="preserve">Middellange termijnvisie voetbalaccommodaties Barneveld </v>
       </c>
       <c r="C1470" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1470" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1470" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1470" s="6">
-        <v>42032.0</v>
+        <v>42137.0</v>
       </c>
     </row>
     <row r="1471" spans="1:7" customFormat="false">
       <c r="A1471" s="0">
-        <v>715</v>
+        <v>70</v>
       </c>
       <c r="B1471" s="0" t="str">
-        <v>Sportbeleidsplan</v>
+        <v>Masterplan Buitensport 2018-2028 -&gt; Integraal Huisvestingsplan Sport</v>
       </c>
       <c r="C1471" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1471" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1471" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1471" s="6">
-        <v>42718.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="1472" spans="1:7" customFormat="false">
       <c r="A1472" s="0">
-        <v>715</v>
+        <v>70</v>
       </c>
       <c r="B1472" s="0" t="str">
-        <v>Sportbeleidsplan</v>
+        <v>Masterplan Buitensport 2018-2028 -&gt; Integraal Huisvestingsplan Sport</v>
       </c>
       <c r="C1472" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1472" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1472" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1472" s="6">
-        <v>44166.0</v>
+        <v>43376.0</v>
       </c>
     </row>
     <row r="1473" spans="1:7" customFormat="false">
       <c r="A1473" s="0">
-        <v>836</v>
+        <v>70</v>
       </c>
       <c r="B1473" s="0" t="str">
-        <v xml:space="preserve">Rechtstreekse Ontsluiting Thorbeckelaan/Bestemmingplan Thorbeckelaan </v>
+        <v>Masterplan Buitensport 2018-2028 -&gt; Integraal Huisvestingsplan Sport</v>
       </c>
       <c r="C1473" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1473" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1473" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1473" s="6">
-        <v>43285.0</v>
+        <v>46218.0</v>
       </c>
     </row>
     <row r="1474" spans="1:7" customFormat="false">
       <c r="A1474" s="0">
-        <v>836</v>
+        <v>289</v>
       </c>
       <c r="B1474" s="0" t="str">
-        <v xml:space="preserve">Rechtstreekse Ontsluiting Thorbeckelaan/Bestemmingplan Thorbeckelaan </v>
+        <v xml:space="preserve">douche- en kleedruimten sportcomplex Overbeek en De Bosrand </v>
       </c>
       <c r="C1474" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1474" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1474" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1474" s="6">
-        <v>43747.0</v>
+        <v>41695.0</v>
       </c>
     </row>
     <row r="1475" spans="1:7" customFormat="false">
       <c r="A1475" s="0">
-        <v>897</v>
+        <v>317</v>
       </c>
       <c r="B1475" s="0" t="str">
-        <v xml:space="preserve">Haalbaarheidsonderzoek voor sportaccommodaties (o.a. atletiek en skeelerbaan) </v>
+        <v>besteding gelden kunstgrasveld De Glind</v>
       </c>
       <c r="C1475" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1475" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1475" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1475" s="6">
-        <v>43656.0</v>
+        <v>41695.0</v>
       </c>
     </row>
     <row r="1476" spans="1:7" customFormat="false">
       <c r="A1476" s="0">
-        <v>897</v>
+        <v>455</v>
       </c>
       <c r="B1476" s="0" t="str">
-        <v xml:space="preserve">Haalbaarheidsonderzoek voor sportaccommodaties (o.a. atletiek en skeelerbaan) </v>
+        <v>Verplaatsing sportcomplex Overbeek in Terschuur</v>
       </c>
       <c r="C1476" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1476" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1476" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1476" s="6">
-        <v>44020.0</v>
+        <v>42032.0</v>
       </c>
     </row>
     <row r="1477" spans="1:7" customFormat="false">
       <c r="A1477" s="0">
-        <v>897</v>
+        <v>715</v>
       </c>
       <c r="B1477" s="0" t="str">
-        <v xml:space="preserve">Haalbaarheidsonderzoek voor sportaccommodaties (o.a. atletiek en skeelerbaan) </v>
+        <v>Sportbeleidsplan</v>
       </c>
       <c r="C1477" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1477" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1477" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1477" s="6">
-        <v>44097.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="1478" spans="1:7" customFormat="false">
       <c r="A1478" s="0">
-        <v>897</v>
+        <v>715</v>
       </c>
       <c r="B1478" s="0" t="str">
-        <v xml:space="preserve">Haalbaarheidsonderzoek voor sportaccommodaties (o.a. atletiek en skeelerbaan) </v>
+        <v>Sportbeleidsplan</v>
       </c>
       <c r="C1478" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1478" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1478" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1478" s="6">
-        <v>44621.0</v>
+        <v>44166.0</v>
       </c>
     </row>
     <row r="1479" spans="1:7" customFormat="false">
       <c r="A1479" s="0">
-        <v>978</v>
+        <v>836</v>
       </c>
       <c r="B1479" s="0" t="str">
-        <v xml:space="preserve">Accommodatie voor diverse sportactiviteiten </v>
+        <v xml:space="preserve">Rechtstreekse Ontsluiting Thorbeckelaan/Bestemmingplan Thorbeckelaan </v>
       </c>
       <c r="C1479" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1479" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1479" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1479" s="6">
-        <v>44020.0</v>
+        <v>43285.0</v>
       </c>
     </row>
     <row r="1480" spans="1:7" customFormat="false">
       <c r="A1480" s="0">
-        <v>1036</v>
+        <v>836</v>
       </c>
       <c r="B1480" s="0" t="str">
-        <v>Voorstel Flying bikes/Hanzeweg</v>
+        <v xml:space="preserve">Rechtstreekse Ontsluiting Thorbeckelaan/Bestemmingplan Thorbeckelaan </v>
       </c>
       <c r="C1480" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1480" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1480" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1480" s="6">
-        <v>44174.0</v>
+        <v>43747.0</v>
       </c>
     </row>
     <row r="1481" spans="1:7" customFormat="false">
       <c r="A1481" s="0">
-        <v>1036</v>
+        <v>897</v>
       </c>
       <c r="B1481" s="0" t="str">
-        <v>Voorstel Flying bikes/Hanzeweg</v>
+        <v xml:space="preserve">Haalbaarheidsonderzoek voor sportaccommodaties (o.a. atletiek en skeelerbaan) </v>
       </c>
       <c r="C1481" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1481" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1481" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1481" s="6">
-        <v>44307.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="1482" spans="1:7" customFormat="false">
       <c r="A1482" s="0">
-        <v>1036</v>
+        <v>897</v>
       </c>
       <c r="B1482" s="0" t="str">
-        <v>Voorstel Flying bikes/Hanzeweg</v>
+        <v xml:space="preserve">Haalbaarheidsonderzoek voor sportaccommodaties (o.a. atletiek en skeelerbaan) </v>
       </c>
       <c r="C1482" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1482" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1482" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1482" s="6">
-        <v>44384.0</v>
+        <v>44020.0</v>
       </c>
     </row>
     <row r="1483" spans="1:7" customFormat="false">
       <c r="A1483" s="0">
-        <v>1036</v>
+        <v>897</v>
       </c>
       <c r="B1483" s="0" t="str">
-        <v>Voorstel Flying bikes/Hanzeweg</v>
+        <v xml:space="preserve">Haalbaarheidsonderzoek voor sportaccommodaties (o.a. atletiek en skeelerbaan) </v>
       </c>
       <c r="C1483" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1483" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1483" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1483" s="6">
-        <v>45196.0</v>
+        <v>44097.0</v>
       </c>
     </row>
     <row r="1484" spans="1:7" customFormat="false">
       <c r="A1484" s="0">
-        <v>1036</v>
+        <v>897</v>
       </c>
       <c r="B1484" s="0" t="str">
-        <v>Voorstel Flying bikes/Hanzeweg</v>
+        <v xml:space="preserve">Haalbaarheidsonderzoek voor sportaccommodaties (o.a. atletiek en skeelerbaan) </v>
       </c>
       <c r="C1484" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1484" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1484" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1484" s="6">
-        <v>45273.0</v>
+        <v>44621.0</v>
       </c>
     </row>
     <row r="1485" spans="1:7" customFormat="false">
       <c r="A1485" s="0">
-        <v>1036</v>
+        <v>978</v>
       </c>
       <c r="B1485" s="0" t="str">
-        <v>Voorstel Flying bikes/Hanzeweg</v>
+        <v xml:space="preserve">Accommodatie voor diverse sportactiviteiten </v>
       </c>
       <c r="C1485" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1485" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1485" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1485" s="6">
-        <v>45805.0</v>
+        <v>44020.0</v>
       </c>
     </row>
     <row r="1486" spans="1:7" customFormat="false">
       <c r="A1486" s="0">
-        <v>1311</v>
+        <v>1036</v>
       </c>
       <c r="B1486" s="0" t="str">
-        <v>Bouw Boulodrome/Hal en speelvelden</v>
+        <v>Voorstel Flying bikes/Hanzeweg</v>
       </c>
       <c r="C1486" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1486" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1486" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1486" s="6">
-        <v>46001.0</v>
+        <v>44174.0</v>
       </c>
     </row>
     <row r="1487" spans="1:7" customFormat="false">
       <c r="A1487" s="0">
-        <v>1312</v>
+        <v>1036</v>
       </c>
       <c r="B1487" s="0" t="str">
-        <v>Vervanging skatebaan Barnseweg</v>
+        <v>Voorstel Flying bikes/Hanzeweg</v>
       </c>
       <c r="C1487" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1487" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1487" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1487" s="6">
-        <v>45805.0</v>
+        <v>44307.0</v>
       </c>
     </row>
     <row r="1488" spans="1:7" customFormat="false">
       <c r="A1488" s="0">
-        <v>1322</v>
+        <v>1036</v>
       </c>
       <c r="B1488" s="0" t="str">
-        <v>Veluwse Boys (MIP up'25)</v>
+        <v>Voorstel Flying bikes/Hanzeweg</v>
       </c>
       <c r="C1488" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1488" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1488" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1488" s="6">
-        <v>46001.0</v>
+        <v>44384.0</v>
       </c>
     </row>
     <row r="1489" spans="1:7" customFormat="false">
       <c r="A1489" s="0">
-        <v>1327</v>
+        <v>1036</v>
       </c>
       <c r="B1489" s="0" t="str">
-        <v>Ijs en skeelerbaan Voorthuizen</v>
+        <v>Voorstel Flying bikes/Hanzeweg</v>
       </c>
       <c r="C1489" s="0" t="str">
-        <v>335 Sportaccommodaties Ijs en Skeelerbaan</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1489" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1489" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1489" s="6">
-        <v>45958.0</v>
+        <v>45196.0</v>
       </c>
     </row>
     <row r="1490" spans="1:7" customFormat="false">
       <c r="A1490" s="0">
-        <v>1122</v>
+        <v>1036</v>
       </c>
       <c r="B1490" s="0" t="str">
-        <v xml:space="preserve">Buurthuis Bronveld </v>
+        <v>Voorstel Flying bikes/Hanzeweg</v>
       </c>
       <c r="C1490" s="0" t="str">
-        <v>336 Overige accommodaties (Bronveld)</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1490" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1490" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1490" s="6">
-        <v>44868.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="1491" spans="1:7" customFormat="false">
       <c r="A1491" s="0">
-        <v>1122</v>
+        <v>1036</v>
       </c>
       <c r="B1491" s="0" t="str">
-        <v xml:space="preserve">Buurthuis Bronveld </v>
+        <v>Voorstel Flying bikes/Hanzeweg</v>
       </c>
       <c r="C1491" s="0" t="str">
-        <v>336 Overige accommodaties (Bronveld)</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1491" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1491" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1491" s="6">
-        <v>45007.0</v>
+        <v>45805.0</v>
       </c>
     </row>
     <row r="1492" spans="1:7" customFormat="false">
       <c r="A1492" s="0">
-        <v>415</v>
+        <v>1311</v>
       </c>
       <c r="B1492" s="0" t="str">
-        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
+        <v>Bouw Boulodrome/Hal en speelvelden</v>
       </c>
       <c r="C1492" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1492" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1492" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1492" s="6">
-        <v>42641.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="1493" spans="1:7" customFormat="false">
       <c r="A1493" s="0">
-        <v>415</v>
+        <v>1312</v>
       </c>
       <c r="B1493" s="0" t="str">
-        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
+        <v>Vervanging skatebaan Barnseweg</v>
       </c>
       <c r="C1493" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1493" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1493" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1493" s="6">
-        <v>42767.0</v>
+        <v>45805.0</v>
       </c>
     </row>
     <row r="1494" spans="1:7" customFormat="false">
       <c r="A1494" s="0">
-        <v>415</v>
+        <v>1322</v>
       </c>
       <c r="B1494" s="0" t="str">
-        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
+        <v>Veluwse Boys (MIP up'25)</v>
       </c>
       <c r="C1494" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1494" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1494" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1494" s="6">
-        <v>43285.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="1495" spans="1:7" customFormat="false">
       <c r="A1495" s="0">
-        <v>415</v>
+        <v>1334</v>
       </c>
       <c r="B1495" s="0" t="str">
-        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
+        <v>Startnotitie gesprekskader haalbaarheidsonderzoek sporthal Kootwijkerbroek</v>
       </c>
       <c r="C1495" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="D1495" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1495" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1495" s="6">
-        <v>43285.0</v>
+        <v>45938.0</v>
       </c>
     </row>
     <row r="1496" spans="1:7" customFormat="false">
       <c r="A1496" s="0">
-        <v>415</v>
+        <v>1327</v>
       </c>
       <c r="B1496" s="0" t="str">
-        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
+        <v>Ijs en skeelerbaan Voorthuizen</v>
       </c>
       <c r="C1496" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>335 Sportaccommodaties Ijs en Skeelerbaan</v>
       </c>
       <c r="D1496" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1496" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1496" s="6">
-        <v>43495.0</v>
+        <v>45958.0</v>
       </c>
     </row>
     <row r="1497" spans="1:7" customFormat="false">
       <c r="A1497" s="0">
-        <v>415</v>
+        <v>1122</v>
       </c>
       <c r="B1497" s="0" t="str">
-        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
+        <v xml:space="preserve">Buurthuis Bronveld </v>
       </c>
       <c r="C1497" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>336 Overige accommodaties (Bronveld)</v>
       </c>
       <c r="D1497" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1497" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1497" s="6">
-        <v>44927.0</v>
+        <v>44868.0</v>
       </c>
     </row>
     <row r="1498" spans="1:7" customFormat="false">
       <c r="A1498" s="0">
-        <v>429</v>
+        <v>1122</v>
       </c>
       <c r="B1498" s="0" t="str">
-        <v xml:space="preserve">Notitie continuïteit dorpshuis De Belleman </v>
+        <v xml:space="preserve">Buurthuis Bronveld </v>
       </c>
       <c r="C1498" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>336 Overige accommodaties (Bronveld)</v>
       </c>
       <c r="D1498" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1498" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1498" s="6">
-        <v>41989.0</v>
+        <v>45007.0</v>
       </c>
     </row>
     <row r="1499" spans="1:7" customFormat="false">
       <c r="A1499" s="0">
-        <v>71</v>
+        <v>415</v>
       </c>
       <c r="B1499" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
+        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
       </c>
       <c r="C1499" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="D1499" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1499" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1499" s="6">
-        <v>42067.0</v>
+        <v>42641.0</v>
       </c>
     </row>
     <row r="1500" spans="1:7" customFormat="false">
       <c r="A1500" s="0">
-        <v>71</v>
+        <v>415</v>
       </c>
       <c r="B1500" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
+        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
       </c>
       <c r="C1500" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="D1500" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1500" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1500" s="6">
-        <v>42515.0</v>
+        <v>42767.0</v>
       </c>
     </row>
     <row r="1501" spans="1:7" customFormat="false">
       <c r="A1501" s="0">
-        <v>71</v>
+        <v>415</v>
       </c>
       <c r="B1501" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
+        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
       </c>
       <c r="C1501" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="D1501" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1501" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1501" s="6">
-        <v>43082.0</v>
+        <v>43285.0</v>
       </c>
     </row>
     <row r="1502" spans="1:7" customFormat="false">
       <c r="A1502" s="0">
-        <v>71</v>
+        <v>415</v>
       </c>
       <c r="B1502" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
+        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
       </c>
       <c r="C1502" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="D1502" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1502" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1502" s="6">
-        <v>43530.0</v>
+        <v>43285.0</v>
       </c>
     </row>
     <row r="1503" spans="1:7" customFormat="false">
       <c r="A1503" s="0">
-        <v>71</v>
+        <v>415</v>
       </c>
       <c r="B1503" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
+        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
       </c>
       <c r="C1503" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="D1503" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1503" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1503" s="6">
-        <v>43908.0</v>
+        <v>43495.0</v>
       </c>
     </row>
     <row r="1504" spans="1:7" customFormat="false">
       <c r="A1504" s="0">
-        <v>71</v>
+        <v>415</v>
       </c>
       <c r="B1504" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
+        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
       </c>
       <c r="C1504" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="D1504" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1504" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1504" s="6">
-        <v>44256.0</v>
+        <v>44927.0</v>
       </c>
     </row>
     <row r="1505" spans="1:7" customFormat="false">
       <c r="A1505" s="0">
-        <v>71</v>
+        <v>429</v>
       </c>
       <c r="B1505" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
+        <v xml:space="preserve">Notitie continuïteit dorpshuis De Belleman </v>
       </c>
       <c r="C1505" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="D1505" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1505" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1505" s="6">
-        <v>44909.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="1506" spans="1:7" customFormat="false">
       <c r="A1506" s="0">
         <v>71</v>
       </c>
       <c r="B1506" s="0" t="str">
         <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1506" s="0" t="str">
         <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D1506" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1506" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1506" s="6">
-        <v>45012.0</v>
+        <v>42067.0</v>
       </c>
     </row>
     <row r="1507" spans="1:7" customFormat="false">
       <c r="A1507" s="0">
         <v>71</v>
       </c>
       <c r="B1507" s="0" t="str">
         <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1507" s="0" t="str">
         <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D1507" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1507" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1507" s="6">
-        <v>45352.0</v>
+        <v>42515.0</v>
       </c>
     </row>
     <row r="1508" spans="1:7" customFormat="false">
       <c r="A1508" s="0">
         <v>71</v>
       </c>
       <c r="B1508" s="0" t="str">
         <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1508" s="0" t="str">
         <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D1508" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1508" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1508" s="6">
-        <v>45637.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="1509" spans="1:7" customFormat="false">
       <c r="A1509" s="0">
         <v>71</v>
       </c>
       <c r="B1509" s="0" t="str">
         <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1509" s="0" t="str">
         <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D1509" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1509" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1509" s="6">
-        <v>45637.0</v>
+        <v>43530.0</v>
       </c>
     </row>
     <row r="1510" spans="1:7" customFormat="false">
       <c r="A1510" s="0">
-        <v>430</v>
+        <v>71</v>
       </c>
       <c r="B1510" s="0" t="str">
-        <v xml:space="preserve">Organisatie verordening en verordening voorzieningen wethouders en raadsleden gemeente Barneveld </v>
+        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1510" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D1510" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1510" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1510" s="6">
-        <v>41989.0</v>
+        <v>43908.0</v>
       </c>
     </row>
     <row r="1511" spans="1:7" customFormat="false">
       <c r="A1511" s="0">
-        <v>527</v>
+        <v>71</v>
       </c>
       <c r="B1511" s="0" t="str">
-        <v>Evaluatie vernieuwend vergaderen (live uitzenden (raads)vergaderingen)</v>
+        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1511" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D1511" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1511" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1511" s="6">
-        <v>42193.0</v>
+        <v>44256.0</v>
       </c>
     </row>
     <row r="1512" spans="1:7" customFormat="false">
       <c r="A1512" s="0">
-        <v>527</v>
+        <v>71</v>
       </c>
       <c r="B1512" s="0" t="str">
-        <v>Evaluatie vernieuwend vergaderen (live uitzenden (raads)vergaderingen)</v>
+        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1512" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D1512" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1512" s="0" t="str">
-        <v>Presidium</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1512" s="6">
-        <v>43053.0</v>
+        <v>44909.0</v>
       </c>
     </row>
     <row r="1513" spans="1:7" customFormat="false">
       <c r="A1513" s="0">
-        <v>528</v>
+        <v>71</v>
       </c>
       <c r="B1513" s="0" t="str">
-        <v>Wijziging organisatieverordening en verordening op vertrouwenscommissie</v>
+        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1513" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D1513" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1513" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1513" s="6">
-        <v>42193.0</v>
+        <v>45012.0</v>
       </c>
     </row>
     <row r="1514" spans="1:7" customFormat="false">
       <c r="A1514" s="0">
-        <v>528</v>
+        <v>71</v>
       </c>
       <c r="B1514" s="0" t="str">
-        <v>Wijziging organisatieverordening en verordening op vertrouwenscommissie</v>
+        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1514" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D1514" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1514" s="0" t="str">
-        <v>Presidium</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1514" s="6">
-        <v>43200.0</v>
+        <v>45352.0</v>
       </c>
     </row>
     <row r="1515" spans="1:7" customFormat="false">
       <c r="A1515" s="0">
-        <v>528</v>
+        <v>71</v>
       </c>
       <c r="B1515" s="0" t="str">
-        <v>Wijziging organisatieverordening en verordening op vertrouwenscommissie</v>
+        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1515" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D1515" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1515" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1515" s="6">
-        <v>43250.0</v>
+        <v>45637.0</v>
       </c>
     </row>
     <row r="1516" spans="1:7" customFormat="false">
       <c r="A1516" s="0">
-        <v>529</v>
+        <v>71</v>
       </c>
       <c r="B1516" s="0" t="str">
-        <v>Intergemeentelijk onderzoek Permar</v>
+        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1516" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D1516" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1516" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1516" s="6">
-        <v>42193.0</v>
+        <v>45637.0</v>
       </c>
     </row>
     <row r="1517" spans="1:7" customFormat="false">
       <c r="A1517" s="0">
-        <v>529</v>
+        <v>430</v>
       </c>
       <c r="B1517" s="0" t="str">
-        <v>Intergemeentelijk onderzoek Permar</v>
+        <v xml:space="preserve">Organisatie verordening en verordening voorzieningen wethouders en raadsleden gemeente Barneveld </v>
       </c>
       <c r="C1517" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D1517" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F1517" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1517" s="6">
-        <v>42396.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="1518" spans="1:7" customFormat="false">
       <c r="A1518" s="0">
-        <v>769</v>
+        <v>527</v>
       </c>
       <c r="B1518" s="0" t="str">
-        <v xml:space="preserve">Notitie gefaseerde besluitvorming </v>
+        <v>Evaluatie vernieuwend vergaderen (live uitzenden (raads)vergaderingen)</v>
       </c>
       <c r="C1518" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D1518" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F1518" s="0" t="str">
-        <v>Auditcommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1518" s="6">
-        <v>43139.0</v>
+        <v>42193.0</v>
       </c>
     </row>
     <row r="1519" spans="1:7" customFormat="false">
       <c r="A1519" s="0">
-        <v>769</v>
+        <v>527</v>
       </c>
       <c r="B1519" s="0" t="str">
-        <v xml:space="preserve">Notitie gefaseerde besluitvorming </v>
+        <v>Evaluatie vernieuwend vergaderen (live uitzenden (raads)vergaderingen)</v>
       </c>
       <c r="C1519" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D1519" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F1519" s="0" t="str">
         <v>Presidium</v>
       </c>
       <c r="G1519" s="6">
-        <v>43200.0</v>
+        <v>43053.0</v>
       </c>
     </row>
     <row r="1520" spans="1:7" customFormat="false">
       <c r="A1520" s="0">
-        <v>749</v>
+        <v>528</v>
       </c>
       <c r="B1520" s="0" t="str">
-        <v>Right to Challenge</v>
+        <v>Wijziging organisatieverordening en verordening op vertrouwenscommissie</v>
       </c>
       <c r="C1520" s="0" t="str">
-        <v>411 Raad (right to challenge)</v>
+        <v>411 Raad</v>
       </c>
       <c r="D1520" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
       <c r="F1520" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1520" s="6">
-        <v>42844.0</v>
+        <v>42193.0</v>
       </c>
     </row>
     <row r="1521" spans="1:7" customFormat="false">
       <c r="A1521" s="0">
-        <v>749</v>
+        <v>528</v>
       </c>
       <c r="B1521" s="0" t="str">
-        <v>Right to Challenge</v>
+        <v>Wijziging organisatieverordening en verordening op vertrouwenscommissie</v>
       </c>
       <c r="C1521" s="0" t="str">
-        <v>411 Raad (right to challenge)</v>
+        <v>411 Raad</v>
       </c>
       <c r="D1521" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
       <c r="F1521" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Presidium</v>
       </c>
       <c r="G1521" s="6">
-        <v>43166.0</v>
+        <v>43200.0</v>
       </c>
     </row>
     <row r="1522" spans="1:7" customFormat="false">
       <c r="A1522" s="0">
-        <v>749</v>
+        <v>528</v>
       </c>
       <c r="B1522" s="0" t="str">
-        <v>Right to Challenge</v>
+        <v>Wijziging organisatieverordening en verordening op vertrouwenscommissie</v>
       </c>
       <c r="C1522" s="0" t="str">
-        <v>411 Raad (right to challenge)</v>
+        <v>411 Raad</v>
       </c>
       <c r="D1522" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
       <c r="F1522" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1522" s="6">
-        <v>43817.0</v>
+        <v>43250.0</v>
       </c>
     </row>
     <row r="1523" spans="1:7" customFormat="false">
       <c r="A1523" s="0">
-        <v>915</v>
+        <v>529</v>
       </c>
       <c r="B1523" s="0" t="str">
-        <v>Integrale visie Netwerksamenleving -&gt; participatie in Barneveld</v>
+        <v>Intergemeentelijk onderzoek Permar</v>
       </c>
       <c r="C1523" s="0" t="str">
-        <v>411 Raad (right to challenge)</v>
+        <v>411 Raad</v>
       </c>
       <c r="D1523" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
       <c r="F1523" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1523" s="6">
-        <v>43747.0</v>
+        <v>42193.0</v>
       </c>
     </row>
     <row r="1524" spans="1:7" customFormat="false">
       <c r="A1524" s="0">
-        <v>915</v>
+        <v>529</v>
       </c>
       <c r="B1524" s="0" t="str">
-        <v>Integrale visie Netwerksamenleving -&gt; participatie in Barneveld</v>
+        <v>Intergemeentelijk onderzoek Permar</v>
       </c>
       <c r="C1524" s="0" t="str">
-        <v>411 Raad (right to challenge)</v>
+        <v>411 Raad</v>
       </c>
       <c r="D1524" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
       <c r="F1524" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1524" s="6">
-        <v>44273.0</v>
+        <v>42396.0</v>
       </c>
     </row>
     <row r="1525" spans="1:7" customFormat="false">
       <c r="A1525" s="0">
-        <v>915</v>
+        <v>769</v>
       </c>
       <c r="B1525" s="0" t="str">
-        <v>Integrale visie Netwerksamenleving -&gt; participatie in Barneveld</v>
+        <v xml:space="preserve">Notitie gefaseerde besluitvorming </v>
       </c>
       <c r="C1525" s="0" t="str">
-        <v>411 Raad (right to challenge)</v>
+        <v>411 Raad</v>
       </c>
       <c r="D1525" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
       <c r="F1525" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Auditcommissie</v>
       </c>
       <c r="G1525" s="6">
-        <v>44292.0</v>
+        <v>43139.0</v>
       </c>
     </row>
     <row r="1526" spans="1:7" customFormat="false">
       <c r="A1526" s="0">
-        <v>915</v>
+        <v>769</v>
       </c>
       <c r="B1526" s="0" t="str">
-        <v>Integrale visie Netwerksamenleving -&gt; participatie in Barneveld</v>
+        <v xml:space="preserve">Notitie gefaseerde besluitvorming </v>
       </c>
       <c r="C1526" s="0" t="str">
-        <v>411 Raad (right to challenge)</v>
+        <v>411 Raad</v>
       </c>
       <c r="D1526" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
       <c r="F1526" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Presidium</v>
       </c>
       <c r="G1526" s="6">
-        <v>44706.0</v>
+        <v>43200.0</v>
       </c>
     </row>
     <row r="1527" spans="1:7" customFormat="false">
       <c r="A1527" s="0">
-        <v>278</v>
+        <v>749</v>
       </c>
       <c r="B1527" s="0" t="str">
-        <v>rapportage Waarstaatjegemeente.nl</v>
+        <v>Right to Challenge</v>
       </c>
       <c r="C1527" s="0" t="str">
-        <v>412 B&amp;W</v>
+        <v>411 Raad (right to challenge)</v>
       </c>
       <c r="D1527" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1527" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1527" s="6">
-        <v>41765.0</v>
+        <v>42844.0</v>
       </c>
     </row>
     <row r="1528" spans="1:7" customFormat="false">
       <c r="A1528" s="0">
-        <v>278</v>
+        <v>749</v>
       </c>
       <c r="B1528" s="0" t="str">
-        <v>rapportage Waarstaatjegemeente.nl</v>
+        <v>Right to Challenge</v>
       </c>
       <c r="C1528" s="0" t="str">
-        <v>412 B&amp;W</v>
+        <v>411 Raad (right to challenge)</v>
       </c>
       <c r="D1528" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1528" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1528" s="6">
-        <v>43047.0</v>
+        <v>43166.0</v>
       </c>
     </row>
     <row r="1529" spans="1:7" customFormat="false">
       <c r="A1529" s="0">
-        <v>667</v>
+        <v>749</v>
       </c>
       <c r="B1529" s="0" t="str">
-        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
+        <v>Right to Challenge</v>
       </c>
       <c r="C1529" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>411 Raad (right to challenge)</v>
       </c>
       <c r="D1529" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1529" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1529" s="6">
-        <v>42515.0</v>
+        <v>43817.0</v>
       </c>
     </row>
     <row r="1530" spans="1:7" customFormat="false">
       <c r="A1530" s="0">
-        <v>667</v>
+        <v>915</v>
       </c>
       <c r="B1530" s="0" t="str">
-        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
+        <v>Integrale visie Netwerksamenleving -&gt; participatie in Barneveld</v>
       </c>
       <c r="C1530" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>411 Raad (right to challenge)</v>
       </c>
       <c r="D1530" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1530" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1530" s="6">
-        <v>42879.0</v>
+        <v>43747.0</v>
       </c>
     </row>
     <row r="1531" spans="1:7" customFormat="false">
       <c r="A1531" s="0">
-        <v>667</v>
+        <v>915</v>
       </c>
       <c r="B1531" s="0" t="str">
-        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
+        <v>Integrale visie Netwerksamenleving -&gt; participatie in Barneveld</v>
       </c>
       <c r="C1531" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>411 Raad (right to challenge)</v>
       </c>
       <c r="D1531" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1531" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1531" s="6">
-        <v>43250.0</v>
+        <v>44273.0</v>
       </c>
     </row>
     <row r="1532" spans="1:7" customFormat="false">
       <c r="A1532" s="0">
-        <v>667</v>
+        <v>915</v>
       </c>
       <c r="B1532" s="0" t="str">
-        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
+        <v>Integrale visie Netwerksamenleving -&gt; participatie in Barneveld</v>
       </c>
       <c r="C1532" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>411 Raad (right to challenge)</v>
       </c>
       <c r="D1532" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1532" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1532" s="6">
-        <v>43607.0</v>
+        <v>44292.0</v>
       </c>
     </row>
     <row r="1533" spans="1:7" customFormat="false">
       <c r="A1533" s="0">
-        <v>667</v>
+        <v>915</v>
       </c>
       <c r="B1533" s="0" t="str">
-        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
+        <v>Integrale visie Netwerksamenleving -&gt; participatie in Barneveld</v>
       </c>
       <c r="C1533" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>411 Raad (right to challenge)</v>
       </c>
       <c r="D1533" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1533" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1533" s="6">
-        <v>43952.0</v>
+        <v>44706.0</v>
       </c>
     </row>
     <row r="1534" spans="1:7" customFormat="false">
       <c r="A1534" s="0">
-        <v>667</v>
+        <v>278</v>
       </c>
       <c r="B1534" s="0" t="str">
-        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
+        <v>rapportage Waarstaatjegemeente.nl</v>
       </c>
       <c r="C1534" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>412 B&amp;W</v>
       </c>
       <c r="D1534" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F1534" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1534" s="6">
-        <v>44273.0</v>
+        <v>41765.0</v>
       </c>
     </row>
     <row r="1535" spans="1:7" customFormat="false">
       <c r="A1535" s="0">
-        <v>667</v>
+        <v>278</v>
       </c>
       <c r="B1535" s="0" t="str">
-        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
+        <v>rapportage Waarstaatjegemeente.nl</v>
       </c>
       <c r="C1535" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>412 B&amp;W</v>
       </c>
       <c r="D1535" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F1535" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1535" s="6">
-        <v>44342.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="1536" spans="1:7" customFormat="false">
       <c r="A1536" s="0">
         <v>667</v>
       </c>
       <c r="B1536" s="0" t="str">
         <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1536" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1536" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1536" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1536" s="6">
-        <v>44601.0</v>
+        <v>42515.0</v>
       </c>
     </row>
     <row r="1537" spans="1:7" customFormat="false">
       <c r="A1537" s="0">
         <v>667</v>
       </c>
       <c r="B1537" s="0" t="str">
         <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1537" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1537" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1537" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1537" s="6">
-        <v>44706.0</v>
+        <v>42879.0</v>
       </c>
     </row>
     <row r="1538" spans="1:7" customFormat="false">
       <c r="A1538" s="0">
         <v>667</v>
       </c>
       <c r="B1538" s="0" t="str">
         <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1538" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1538" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1538" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1538" s="6">
-        <v>45007.0</v>
+        <v>43250.0</v>
       </c>
     </row>
     <row r="1539" spans="1:7" customFormat="false">
       <c r="A1539" s="0">
         <v>667</v>
       </c>
       <c r="B1539" s="0" t="str">
         <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1539" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1539" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1539" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1539" s="6">
-        <v>45077.0</v>
+        <v>43607.0</v>
       </c>
     </row>
     <row r="1540" spans="1:7" customFormat="false">
       <c r="A1540" s="0">
         <v>667</v>
       </c>
       <c r="B1540" s="0" t="str">
         <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1540" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1540" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1540" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1540" s="6">
-        <v>45365.0</v>
+        <v>43952.0</v>
       </c>
     </row>
     <row r="1541" spans="1:7" customFormat="false">
       <c r="A1541" s="0">
         <v>667</v>
       </c>
       <c r="B1541" s="0" t="str">
         <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1541" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1541" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1541" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1541" s="6">
-        <v>45441.0</v>
+        <v>44273.0</v>
       </c>
     </row>
     <row r="1542" spans="1:7" customFormat="false">
       <c r="A1542" s="0">
         <v>667</v>
       </c>
       <c r="B1542" s="0" t="str">
         <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1542" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1542" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1542" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1542" s="6">
-        <v>45560.0</v>
+        <v>44342.0</v>
       </c>
     </row>
     <row r="1543" spans="1:7" customFormat="false">
       <c r="A1543" s="0">
         <v>667</v>
       </c>
       <c r="B1543" s="0" t="str">
         <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1543" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1543" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1543" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1543" s="6">
-        <v>45764.0</v>
+        <v>44601.0</v>
       </c>
     </row>
     <row r="1544" spans="1:7" customFormat="false">
       <c r="A1544" s="0">
         <v>667</v>
       </c>
       <c r="B1544" s="0" t="str">
         <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1544" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1544" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1544" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1544" s="6">
-        <v>45805.0</v>
+        <v>44706.0</v>
       </c>
     </row>
     <row r="1545" spans="1:7" customFormat="false">
       <c r="A1545" s="0">
         <v>667</v>
       </c>
       <c r="B1545" s="0" t="str">
         <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1545" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1545" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1545" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1545" s="6">
-        <v>46093.0</v>
+        <v>45007.0</v>
       </c>
     </row>
     <row r="1546" spans="1:7" customFormat="false">
       <c r="A1546" s="0">
         <v>667</v>
       </c>
       <c r="B1546" s="0" t="str">
         <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1546" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1546" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1546" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1546" s="6">
-        <v>46169.0</v>
+        <v>45077.0</v>
       </c>
     </row>
     <row r="1547" spans="1:7" customFormat="false">
       <c r="A1547" s="0">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="B1547" s="0" t="str">
-        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
+        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1547" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1547" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1547" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1547" s="6">
-        <v>43607.0</v>
+        <v>45365.0</v>
       </c>
     </row>
     <row r="1548" spans="1:7" customFormat="false">
       <c r="A1548" s="0">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="B1548" s="0" t="str">
-        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
+        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1548" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1548" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1548" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1548" s="6">
-        <v>43978.0</v>
+        <v>45441.0</v>
       </c>
     </row>
     <row r="1549" spans="1:7" customFormat="false">
       <c r="A1549" s="0">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="B1549" s="0" t="str">
-        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
+        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1549" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1549" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1549" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1549" s="6">
-        <v>44230.0</v>
+        <v>45560.0</v>
       </c>
     </row>
     <row r="1550" spans="1:7" customFormat="false">
       <c r="A1550" s="0">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="B1550" s="0" t="str">
-        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
+        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1550" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1550" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1550" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1550" s="6">
-        <v>44342.0</v>
+        <v>45764.0</v>
       </c>
     </row>
     <row r="1551" spans="1:7" customFormat="false">
       <c r="A1551" s="0">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="B1551" s="0" t="str">
-        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
+        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1551" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1551" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1551" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1551" s="6">
-        <v>44601.0</v>
+        <v>45805.0</v>
       </c>
     </row>
     <row r="1552" spans="1:7" customFormat="false">
       <c r="A1552" s="0">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="B1552" s="0" t="str">
-        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
+        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1552" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1552" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1552" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1552" s="6">
-        <v>44706.0</v>
+        <v>46093.0</v>
       </c>
     </row>
     <row r="1553" spans="1:7" customFormat="false">
       <c r="A1553" s="0">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="B1553" s="0" t="str">
-        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
+        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1553" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1553" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1553" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1553" s="6">
-        <v>44965.0</v>
+        <v>46169.0</v>
       </c>
     </row>
     <row r="1554" spans="1:7" customFormat="false">
       <c r="A1554" s="0">
         <v>944</v>
       </c>
       <c r="B1554" s="0" t="str">
         <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1554" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1554" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1554" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1554" s="6">
-        <v>45077.0</v>
+        <v>43607.0</v>
       </c>
     </row>
     <row r="1555" spans="1:7" customFormat="false">
       <c r="A1555" s="0">
         <v>944</v>
       </c>
       <c r="B1555" s="0" t="str">
         <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1555" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1555" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1555" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1555" s="6">
-        <v>45329.0</v>
+        <v>43978.0</v>
       </c>
     </row>
     <row r="1556" spans="1:7" customFormat="false">
       <c r="A1556" s="0">
         <v>944</v>
       </c>
       <c r="B1556" s="0" t="str">
         <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1556" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1556" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1556" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1556" s="6">
-        <v>45441.0</v>
+        <v>44230.0</v>
       </c>
     </row>
     <row r="1557" spans="1:7" customFormat="false">
       <c r="A1557" s="0">
         <v>944</v>
       </c>
       <c r="B1557" s="0" t="str">
         <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1557" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1557" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1557" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1557" s="6">
-        <v>45693.0</v>
+        <v>44342.0</v>
       </c>
     </row>
     <row r="1558" spans="1:7" customFormat="false">
       <c r="A1558" s="0">
         <v>944</v>
       </c>
       <c r="B1558" s="0" t="str">
         <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1558" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1558" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1558" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1558" s="6">
-        <v>45805.0</v>
+        <v>44601.0</v>
       </c>
     </row>
     <row r="1559" spans="1:7" customFormat="false">
       <c r="A1559" s="0">
         <v>944</v>
       </c>
       <c r="B1559" s="0" t="str">
         <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1559" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1559" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1559" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1559" s="6">
-        <v>46057.0</v>
+        <v>44706.0</v>
       </c>
     </row>
     <row r="1560" spans="1:7" customFormat="false">
       <c r="A1560" s="0">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="B1560" s="0" t="str">
-        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
+        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1560" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1560" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1560" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1560" s="6">
-        <v>41800.0</v>
+        <v>44965.0</v>
       </c>
     </row>
     <row r="1561" spans="1:7" customFormat="false">
       <c r="A1561" s="0">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="B1561" s="0" t="str">
-        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
+        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1561" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1561" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1561" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1561" s="6">
-        <v>42165.0</v>
+        <v>45077.0</v>
       </c>
     </row>
     <row r="1562" spans="1:7" customFormat="false">
       <c r="A1562" s="0">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="B1562" s="0" t="str">
-        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
+        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1562" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1562" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1562" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1562" s="6">
-        <v>42515.0</v>
+        <v>45329.0</v>
       </c>
     </row>
     <row r="1563" spans="1:7" customFormat="false">
       <c r="A1563" s="0">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="B1563" s="0" t="str">
-        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
+        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1563" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1563" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1563" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1563" s="6">
-        <v>42879.0</v>
+        <v>45441.0</v>
       </c>
     </row>
     <row r="1564" spans="1:7" customFormat="false">
       <c r="A1564" s="0">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="B1564" s="0" t="str">
-        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
+        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1564" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1564" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1564" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1564" s="6">
-        <v>43250.0</v>
+        <v>45693.0</v>
       </c>
     </row>
     <row r="1565" spans="1:7" customFormat="false">
       <c r="A1565" s="0">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="B1565" s="0" t="str">
-        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
+        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1565" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1565" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1565" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1565" s="6">
-        <v>43592.0</v>
+        <v>45805.0</v>
       </c>
     </row>
     <row r="1566" spans="1:7" customFormat="false">
       <c r="A1566" s="0">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="B1566" s="0" t="str">
-        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
+        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1566" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D1566" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1566" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1566" s="6">
-        <v>43607.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="1567" spans="1:7" customFormat="false">
       <c r="A1567" s="0">
         <v>72</v>
       </c>
       <c r="B1567" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1567" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1567" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1567" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1567" s="6">
-        <v>43908.0</v>
+        <v>41800.0</v>
       </c>
     </row>
     <row r="1568" spans="1:7" customFormat="false">
       <c r="A1568" s="0">
         <v>72</v>
       </c>
       <c r="B1568" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1568" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1568" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1568" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1568" s="6">
-        <v>43978.0</v>
+        <v>42165.0</v>
       </c>
     </row>
     <row r="1569" spans="1:7" customFormat="false">
       <c r="A1569" s="0">
         <v>72</v>
       </c>
       <c r="B1569" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1569" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1569" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1569" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1569" s="6">
-        <v>43978.0</v>
+        <v>42515.0</v>
       </c>
     </row>
     <row r="1570" spans="1:7" customFormat="false">
       <c r="A1570" s="0">
         <v>72</v>
       </c>
       <c r="B1570" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1570" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1570" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1570" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1570" s="6">
-        <v>44146.0</v>
+        <v>42879.0</v>
       </c>
     </row>
     <row r="1571" spans="1:7" customFormat="false">
       <c r="A1571" s="0">
         <v>72</v>
       </c>
       <c r="B1571" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1571" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1571" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1571" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1571" s="6">
-        <v>44307.0</v>
+        <v>43250.0</v>
       </c>
     </row>
     <row r="1572" spans="1:7" customFormat="false">
       <c r="A1572" s="0">
         <v>72</v>
       </c>
       <c r="B1572" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1572" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1572" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1572" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1572" s="6">
-        <v>44342.0</v>
+        <v>43592.0</v>
       </c>
     </row>
     <row r="1573" spans="1:7" customFormat="false">
       <c r="A1573" s="0">
         <v>72</v>
       </c>
       <c r="B1573" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1573" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1573" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1573" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1573" s="6">
-        <v>44748.0</v>
+        <v>43607.0</v>
       </c>
     </row>
     <row r="1574" spans="1:7" customFormat="false">
       <c r="A1574" s="0">
         <v>72</v>
       </c>
       <c r="B1574" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1574" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1574" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1574" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1574" s="6">
-        <v>45007.0</v>
+        <v>43908.0</v>
       </c>
     </row>
     <row r="1575" spans="1:7" customFormat="false">
       <c r="A1575" s="0">
         <v>72</v>
       </c>
       <c r="B1575" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1575" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1575" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1575" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1575" s="6">
-        <v>45112.0</v>
+        <v>43978.0</v>
       </c>
     </row>
     <row r="1576" spans="1:7" customFormat="false">
       <c r="A1576" s="0">
         <v>72</v>
       </c>
       <c r="B1576" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1576" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1576" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1576" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1576" s="6">
-        <v>45112.0</v>
+        <v>43978.0</v>
       </c>
     </row>
     <row r="1577" spans="1:7" customFormat="false">
       <c r="A1577" s="0">
         <v>72</v>
       </c>
       <c r="B1577" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1577" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1577" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1577" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1577" s="6">
-        <v>45476.0</v>
+        <v>44146.0</v>
       </c>
     </row>
     <row r="1578" spans="1:7" customFormat="false">
       <c r="A1578" s="0">
         <v>72</v>
       </c>
       <c r="B1578" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1578" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1578" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1578" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1578" s="6">
-        <v>45560.0</v>
+        <v>44307.0</v>
       </c>
     </row>
     <row r="1579" spans="1:7" customFormat="false">
       <c r="A1579" s="0">
         <v>72</v>
       </c>
       <c r="B1579" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1579" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1579" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1579" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1579" s="6">
-        <v>45693.0</v>
+        <v>44342.0</v>
       </c>
     </row>
     <row r="1580" spans="1:7" customFormat="false">
       <c r="A1580" s="0">
         <v>72</v>
       </c>
       <c r="B1580" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1580" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1580" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1580" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1580" s="6">
-        <v>45854.0</v>
+        <v>44748.0</v>
       </c>
     </row>
     <row r="1581" spans="1:7" customFormat="false">
       <c r="A1581" s="0">
         <v>72</v>
       </c>
       <c r="B1581" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1581" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1581" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1581" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1581" s="6">
-        <v>46093.0</v>
+        <v>45007.0</v>
       </c>
     </row>
     <row r="1582" spans="1:7" customFormat="false">
       <c r="A1582" s="0">
         <v>72</v>
       </c>
       <c r="B1582" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1582" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1582" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1582" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1582" s="6">
-        <v>46218.0</v>
+        <v>45112.0</v>
       </c>
     </row>
     <row r="1583" spans="1:7" customFormat="false">
       <c r="A1583" s="0">
-        <v>279</v>
+        <v>72</v>
       </c>
       <c r="B1583" s="0" t="str">
-        <v>Visiestuk niet-focustaken</v>
+        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1583" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1583" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1583" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1583" s="6">
-        <v>41912.0</v>
+        <v>45112.0</v>
       </c>
     </row>
     <row r="1584" spans="1:7" customFormat="false">
       <c r="A1584" s="0">
-        <v>514</v>
+        <v>72</v>
       </c>
       <c r="B1584" s="0" t="str">
-        <v>Regionaal Risicoprofiel en Regionaal Beleidsplan Rampenbestrijding en Crisisbeheersing</v>
+        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1584" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1584" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1584" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1584" s="6">
-        <v>42165.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="1585" spans="1:7" customFormat="false">
       <c r="A1585" s="0">
-        <v>943</v>
+        <v>72</v>
       </c>
       <c r="B1585" s="0" t="str">
-        <v>Beleidsplannen 2020-2023 van de Veiligheids- en Gezondheidsregio Gelderland- Midden</v>
+        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1585" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1585" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1585" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1585" s="6">
-        <v>43607.0</v>
+        <v>45560.0</v>
       </c>
     </row>
     <row r="1586" spans="1:7" customFormat="false">
       <c r="A1586" s="0">
-        <v>943</v>
+        <v>72</v>
       </c>
       <c r="B1586" s="0" t="str">
-        <v>Beleidsplannen 2020-2023 van de Veiligheids- en Gezondheidsregio Gelderland- Midden</v>
+        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1586" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1586" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1586" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1586" s="6">
-        <v>45476.0</v>
+        <v>45693.0</v>
       </c>
     </row>
     <row r="1587" spans="1:7" customFormat="false">
       <c r="A1587" s="0">
-        <v>1328</v>
+        <v>72</v>
       </c>
       <c r="B1587" s="0" t="str">
-        <v>Oprichting ontwikkelcoörporatie Multi Commodity Energy Hub (MCEH) Harselaar</v>
+        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1587" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (MCEH Harselaar)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1587" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F1587" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1587" s="6">
-        <v>45958.0</v>
+        <v>45854.0</v>
       </c>
     </row>
     <row r="1588" spans="1:7" customFormat="false">
       <c r="A1588" s="0">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B1588" s="0" t="str">
-        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
+        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1588" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1588" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F1588" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1588" s="6">
-        <v>41800.0</v>
+        <v>46093.0</v>
       </c>
     </row>
     <row r="1589" spans="1:7" customFormat="false">
       <c r="A1589" s="0">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B1589" s="0" t="str">
-        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
+        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1589" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1589" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F1589" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1589" s="6">
-        <v>42165.0</v>
+        <v>46218.0</v>
       </c>
     </row>
     <row r="1590" spans="1:7" customFormat="false">
       <c r="A1590" s="0">
-        <v>73</v>
+        <v>279</v>
       </c>
       <c r="B1590" s="0" t="str">
-        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
+        <v>Visiestuk niet-focustaken</v>
       </c>
       <c r="C1590" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1590" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F1590" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1590" s="6">
-        <v>42515.0</v>
+        <v>41912.0</v>
       </c>
     </row>
     <row r="1591" spans="1:7" customFormat="false">
       <c r="A1591" s="0">
-        <v>73</v>
+        <v>514</v>
       </c>
       <c r="B1591" s="0" t="str">
-        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
+        <v>Regionaal Risicoprofiel en Regionaal Beleidsplan Rampenbestrijding en Crisisbeheersing</v>
       </c>
       <c r="C1591" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1591" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F1591" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1591" s="6">
-        <v>42767.0</v>
+        <v>42165.0</v>
       </c>
     </row>
     <row r="1592" spans="1:7" customFormat="false">
       <c r="A1592" s="0">
-        <v>73</v>
+        <v>943</v>
       </c>
       <c r="B1592" s="0" t="str">
-        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
+        <v>Beleidsplannen 2020-2023 van de Veiligheids- en Gezondheidsregio Gelderland- Midden</v>
       </c>
       <c r="C1592" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1592" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F1592" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1592" s="6">
-        <v>42879.0</v>
+        <v>43607.0</v>
       </c>
     </row>
     <row r="1593" spans="1:7" customFormat="false">
       <c r="A1593" s="0">
-        <v>73</v>
+        <v>943</v>
       </c>
       <c r="B1593" s="0" t="str">
-        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
+        <v>Beleidsplannen 2020-2023 van de Veiligheids- en Gezondheidsregio Gelderland- Midden</v>
       </c>
       <c r="C1593" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="D1593" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F1593" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1593" s="6">
-        <v>43166.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="1594" spans="1:7" customFormat="false">
       <c r="A1594" s="0">
-        <v>73</v>
+        <v>1328</v>
       </c>
       <c r="B1594" s="0" t="str">
-        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
+        <v>Oprichting ontwikkelcoörporatie Multi Commodity Energy Hub (MCEH) Harselaar</v>
       </c>
       <c r="C1594" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (MCEH Harselaar)</v>
       </c>
       <c r="D1594" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1594" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1594" s="6">
-        <v>43250.0</v>
+        <v>45958.0</v>
       </c>
     </row>
     <row r="1595" spans="1:7" customFormat="false">
       <c r="A1595" s="0">
         <v>73</v>
       </c>
       <c r="B1595" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1595" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1595" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1595" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1595" s="6">
-        <v>43515.0</v>
+        <v>41800.0</v>
       </c>
     </row>
     <row r="1596" spans="1:7" customFormat="false">
       <c r="A1596" s="0">
         <v>73</v>
       </c>
       <c r="B1596" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1596" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1596" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1596" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1596" s="6">
-        <v>43530.0</v>
+        <v>42165.0</v>
       </c>
     </row>
     <row r="1597" spans="1:7" customFormat="false">
       <c r="A1597" s="0">
         <v>73</v>
       </c>
       <c r="B1597" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1597" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1597" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1597" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1597" s="6">
-        <v>43607.0</v>
+        <v>42515.0</v>
       </c>
     </row>
     <row r="1598" spans="1:7" customFormat="false">
       <c r="A1598" s="0">
         <v>73</v>
       </c>
       <c r="B1598" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1598" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1598" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1598" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1598" s="6">
-        <v>43866.0</v>
+        <v>42767.0</v>
       </c>
     </row>
     <row r="1599" spans="1:7" customFormat="false">
       <c r="A1599" s="0">
         <v>73</v>
       </c>
       <c r="B1599" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1599" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1599" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1599" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1599" s="6">
-        <v>43978.0</v>
+        <v>42879.0</v>
       </c>
     </row>
     <row r="1600" spans="1:7" customFormat="false">
       <c r="A1600" s="0">
         <v>73</v>
       </c>
       <c r="B1600" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1600" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1600" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1600" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1600" s="6">
-        <v>44230.0</v>
+        <v>43166.0</v>
       </c>
     </row>
     <row r="1601" spans="1:7" customFormat="false">
       <c r="A1601" s="0">
         <v>73</v>
       </c>
       <c r="B1601" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1601" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1601" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1601" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1601" s="6">
-        <v>44342.0</v>
+        <v>43250.0</v>
       </c>
     </row>
     <row r="1602" spans="1:7" customFormat="false">
       <c r="A1602" s="0">
         <v>73</v>
       </c>
       <c r="B1602" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1602" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1602" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1602" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1602" s="6">
-        <v>44601.0</v>
+        <v>43515.0</v>
       </c>
     </row>
     <row r="1603" spans="1:7" customFormat="false">
       <c r="A1603" s="0">
         <v>73</v>
       </c>
       <c r="B1603" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1603" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1603" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1603" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1603" s="6">
-        <v>44706.0</v>
+        <v>43530.0</v>
       </c>
     </row>
     <row r="1604" spans="1:7" customFormat="false">
       <c r="A1604" s="0">
         <v>73</v>
       </c>
       <c r="B1604" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1604" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1604" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1604" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1604" s="6">
-        <v>44965.0</v>
+        <v>43607.0</v>
       </c>
     </row>
     <row r="1605" spans="1:7" customFormat="false">
       <c r="A1605" s="0">
         <v>73</v>
       </c>
       <c r="B1605" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1605" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1605" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1605" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1605" s="6">
-        <v>45077.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="1606" spans="1:7" customFormat="false">
       <c r="A1606" s="0">
         <v>73</v>
       </c>
       <c r="B1606" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1606" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1606" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1606" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1606" s="6">
-        <v>45329.0</v>
+        <v>43978.0</v>
       </c>
     </row>
     <row r="1607" spans="1:7" customFormat="false">
       <c r="A1607" s="0">
         <v>73</v>
       </c>
       <c r="B1607" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1607" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1607" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1607" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1607" s="6">
-        <v>45441.0</v>
+        <v>44230.0</v>
       </c>
     </row>
     <row r="1608" spans="1:7" customFormat="false">
       <c r="A1608" s="0">
         <v>73</v>
       </c>
       <c r="B1608" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1608" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1608" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1608" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1608" s="6">
-        <v>45560.0</v>
+        <v>44342.0</v>
       </c>
     </row>
     <row r="1609" spans="1:7" customFormat="false">
       <c r="A1609" s="0">
         <v>73</v>
       </c>
       <c r="B1609" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1609" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1609" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1609" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1609" s="6">
-        <v>45735.0</v>
+        <v>44601.0</v>
       </c>
     </row>
     <row r="1610" spans="1:7" customFormat="false">
       <c r="A1610" s="0">
         <v>73</v>
       </c>
       <c r="B1610" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1610" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1610" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1610" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1610" s="6">
-        <v>45854.0</v>
+        <v>44706.0</v>
       </c>
     </row>
     <row r="1611" spans="1:7" customFormat="false">
       <c r="A1611" s="0">
         <v>73</v>
       </c>
       <c r="B1611" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1611" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1611" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1611" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1611" s="6">
-        <v>46093.0</v>
+        <v>44965.0</v>
       </c>
     </row>
     <row r="1612" spans="1:7" customFormat="false">
       <c r="A1612" s="0">
         <v>73</v>
       </c>
       <c r="B1612" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1612" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1612" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1612" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1612" s="6">
-        <v>46218.0</v>
+        <v>45077.0</v>
       </c>
     </row>
     <row r="1613" spans="1:7" customFormat="false">
       <c r="A1613" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B1613" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1613" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1613" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1613" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1613" s="6">
-        <v>42067.0</v>
+        <v>45329.0</v>
       </c>
     </row>
     <row r="1614" spans="1:7" customFormat="false">
       <c r="A1614" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B1614" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1614" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1614" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1614" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1614" s="6">
-        <v>42277.0</v>
+        <v>45441.0</v>
       </c>
     </row>
     <row r="1615" spans="1:7" customFormat="false">
       <c r="A1615" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B1615" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1615" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1615" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1615" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1615" s="6">
-        <v>42557.0</v>
+        <v>45560.0</v>
       </c>
     </row>
     <row r="1616" spans="1:7" customFormat="false">
       <c r="A1616" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B1616" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1616" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1616" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1616" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1616" s="6">
-        <v>42644.0</v>
+        <v>45735.0</v>
       </c>
     </row>
     <row r="1617" spans="1:7" customFormat="false">
       <c r="A1617" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B1617" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1617" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1617" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1617" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1617" s="6">
-        <v>43047.0</v>
+        <v>45854.0</v>
       </c>
     </row>
     <row r="1618" spans="1:7" customFormat="false">
       <c r="A1618" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B1618" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1618" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1618" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1618" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1618" s="6">
-        <v>43530.0</v>
+        <v>46093.0</v>
       </c>
     </row>
     <row r="1619" spans="1:7" customFormat="false">
       <c r="A1619" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B1619" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1619" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1619" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1619" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1619" s="6">
-        <v>43810.0</v>
+        <v>46218.0</v>
       </c>
     </row>
     <row r="1620" spans="1:7" customFormat="false">
       <c r="A1620" s="0">
         <v>74</v>
       </c>
       <c r="B1620" s="0" t="str">
         <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1620" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1620" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1620" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1620" s="6">
-        <v>43895.0</v>
+        <v>42067.0</v>
       </c>
     </row>
     <row r="1621" spans="1:7" customFormat="false">
       <c r="A1621" s="0">
         <v>74</v>
       </c>
       <c r="B1621" s="0" t="str">
         <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1621" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1621" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1621" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1621" s="6">
-        <v>43908.0</v>
+        <v>42277.0</v>
       </c>
     </row>
     <row r="1622" spans="1:7" customFormat="false">
       <c r="A1622" s="0">
         <v>74</v>
       </c>
       <c r="B1622" s="0" t="str">
         <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1622" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1622" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1622" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1622" s="6">
-        <v>43978.0</v>
+        <v>42557.0</v>
       </c>
     </row>
     <row r="1623" spans="1:7" customFormat="false">
       <c r="A1623" s="0">
         <v>74</v>
       </c>
       <c r="B1623" s="0" t="str">
         <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1623" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1623" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1623" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1623" s="6">
-        <v>44111.0</v>
+        <v>42644.0</v>
       </c>
     </row>
     <row r="1624" spans="1:7" customFormat="false">
       <c r="A1624" s="0">
         <v>74</v>
       </c>
       <c r="B1624" s="0" t="str">
         <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1624" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1624" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1624" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1624" s="6">
-        <v>44111.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="1625" spans="1:7" customFormat="false">
       <c r="A1625" s="0">
         <v>74</v>
       </c>
       <c r="B1625" s="0" t="str">
         <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1625" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1625" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1625" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1625" s="6">
-        <v>44748.0</v>
+        <v>43530.0</v>
       </c>
     </row>
     <row r="1626" spans="1:7" customFormat="false">
       <c r="A1626" s="0">
         <v>74</v>
       </c>
       <c r="B1626" s="0" t="str">
         <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1626" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1626" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1626" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1626" s="6">
-        <v>45329.0</v>
+        <v>43810.0</v>
       </c>
     </row>
     <row r="1627" spans="1:7" customFormat="false">
       <c r="A1627" s="0">
         <v>74</v>
       </c>
       <c r="B1627" s="0" t="str">
         <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1627" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1627" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1627" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1627" s="6">
-        <v>45637.0</v>
+        <v>43895.0</v>
       </c>
     </row>
     <row r="1628" spans="1:7" customFormat="false">
       <c r="A1628" s="0">
         <v>74</v>
       </c>
       <c r="B1628" s="0" t="str">
         <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1628" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1628" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1628" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1628" s="6">
-        <v>45764.0</v>
+        <v>43908.0</v>
       </c>
     </row>
     <row r="1629" spans="1:7" customFormat="false">
       <c r="A1629" s="0">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B1629" s="0" t="str">
-        <v>Gebiedsopgaven (voorheen Regiocontract 2016-2019)</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1629" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1629" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1629" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1629" s="6">
-        <v>42473.0</v>
+        <v>43978.0</v>
       </c>
     </row>
     <row r="1630" spans="1:7" customFormat="false">
       <c r="A1630" s="0">
-        <v>616</v>
+        <v>74</v>
       </c>
       <c r="B1630" s="0" t="str">
-        <v>Wijziging gemeenschappelijke regeling Regio FoodValley</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1630" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1630" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1630" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1630" s="6">
-        <v>42396.0</v>
+        <v>44111.0</v>
       </c>
     </row>
     <row r="1631" spans="1:7" customFormat="false">
       <c r="A1631" s="0">
-        <v>873</v>
+        <v>74</v>
       </c>
       <c r="B1631" s="0" t="str">
-        <v>Kaderbrieven GR'en</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1631" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1631" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1631" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1631" s="6">
-        <v>43515.0</v>
+        <v>44111.0</v>
       </c>
     </row>
     <row r="1632" spans="1:7" customFormat="false">
       <c r="A1632" s="0">
-        <v>873</v>
+        <v>74</v>
       </c>
       <c r="B1632" s="0" t="str">
-        <v>Kaderbrieven GR'en</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1632" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1632" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1632" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1632" s="6">
-        <v>43530.0</v>
+        <v>44748.0</v>
       </c>
     </row>
     <row r="1633" spans="1:7" customFormat="false">
       <c r="A1633" s="0">
-        <v>873</v>
+        <v>74</v>
       </c>
       <c r="B1633" s="0" t="str">
-        <v>Kaderbrieven GR'en</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1633" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1633" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1633" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1633" s="6">
-        <v>43866.0</v>
+        <v>45329.0</v>
       </c>
     </row>
     <row r="1634" spans="1:7" customFormat="false">
       <c r="A1634" s="0">
-        <v>873</v>
+        <v>74</v>
       </c>
       <c r="B1634" s="0" t="str">
-        <v>Kaderbrieven GR'en</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1634" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1634" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1634" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1634" s="6">
-        <v>43908.0</v>
+        <v>45637.0</v>
       </c>
     </row>
     <row r="1635" spans="1:7" customFormat="false">
       <c r="A1635" s="0">
-        <v>873</v>
+        <v>74</v>
       </c>
       <c r="B1635" s="0" t="str">
-        <v>Kaderbrieven GR'en</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1635" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1635" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1635" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1635" s="6">
-        <v>44230.0</v>
+        <v>45764.0</v>
       </c>
     </row>
     <row r="1636" spans="1:7" customFormat="false">
       <c r="A1636" s="0">
-        <v>873</v>
+        <v>75</v>
       </c>
       <c r="B1636" s="0" t="str">
-        <v>Kaderbrieven GR'en</v>
+        <v>Gebiedsopgaven (voorheen Regiocontract 2016-2019)</v>
       </c>
       <c r="C1636" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1636" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1636" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1636" s="6">
-        <v>44273.0</v>
+        <v>42473.0</v>
       </c>
     </row>
     <row r="1637" spans="1:7" customFormat="false">
       <c r="A1637" s="0">
-        <v>916</v>
+        <v>616</v>
       </c>
       <c r="B1637" s="0" t="str">
-        <v>Strategische Agenda Regio Amersfoort 2019-2022</v>
+        <v>Wijziging gemeenschappelijke regeling Regio FoodValley</v>
       </c>
       <c r="C1637" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1637" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1637" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1637" s="6">
-        <v>43530.0</v>
+        <v>42396.0</v>
       </c>
     </row>
     <row r="1638" spans="1:7" customFormat="false">
       <c r="A1638" s="0">
-        <v>916</v>
+        <v>873</v>
       </c>
       <c r="B1638" s="0" t="str">
-        <v>Strategische Agenda Regio Amersfoort 2019-2022</v>
+        <v>Kaderbrieven GR'en</v>
       </c>
       <c r="C1638" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1638" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1638" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1638" s="6">
-        <v>43866.0</v>
+        <v>43515.0</v>
       </c>
     </row>
     <row r="1639" spans="1:7" customFormat="false">
       <c r="A1639" s="0">
-        <v>165</v>
+        <v>873</v>
       </c>
       <c r="B1639" s="0" t="str">
-        <v>Voortzetting samenwerking rekenkamercommissie (2)</v>
+        <v>Kaderbrieven GR'en</v>
       </c>
       <c r="C1639" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1639" s="0" t="str">
-        <v>M Bongers</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1639" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1639" s="6">
-        <v>41464.0</v>
+        <v>43530.0</v>
       </c>
     </row>
     <row r="1640" spans="1:7" customFormat="false">
       <c r="A1640" s="0">
-        <v>585</v>
+        <v>873</v>
       </c>
       <c r="B1640" s="0" t="str">
-        <v>Resultaten onderzoek rekenkamercommissie naar effecten decentralisaties</v>
+        <v>Kaderbrieven GR'en</v>
       </c>
       <c r="C1640" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1640" s="0" t="str">
-        <v>M Bongers</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1640" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1640" s="6">
-        <v>42396.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="1641" spans="1:7" customFormat="false">
       <c r="A1641" s="0">
-        <v>597</v>
+        <v>873</v>
       </c>
       <c r="B1641" s="0" t="str">
-        <v>Resultaten onderzoek rekenkamercommissie digitale dienstverlening</v>
+        <v>Kaderbrieven GR'en</v>
       </c>
       <c r="C1641" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1641" s="0" t="str">
-        <v>M Bongers</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1641" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1641" s="6">
-        <v>42319.0</v>
+        <v>43908.0</v>
       </c>
     </row>
     <row r="1642" spans="1:7" customFormat="false">
       <c r="A1642" s="0">
-        <v>1163</v>
+        <v>873</v>
       </c>
       <c r="B1642" s="0" t="str">
-        <v>Rekenkameronderzoek Wet openbaarheid bestuur</v>
+        <v>Kaderbrieven GR'en</v>
       </c>
       <c r="C1642" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1642" s="0" t="str">
-        <v>M Bongers</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1642" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1642" s="6">
-        <v>45007.0</v>
+        <v>44230.0</v>
       </c>
     </row>
     <row r="1643" spans="1:7" customFormat="false">
       <c r="A1643" s="0">
-        <v>979</v>
+        <v>873</v>
       </c>
       <c r="B1643" s="0" t="str">
-        <v>memo over stralingsgevaar (5G)</v>
+        <v>Kaderbrieven GR'en</v>
       </c>
       <c r="C1643" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1643" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1643" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1643" s="6">
-        <v>43851.0</v>
+        <v>44273.0</v>
       </c>
     </row>
     <row r="1644" spans="1:7" customFormat="false">
       <c r="A1644" s="0">
-        <v>979</v>
+        <v>916</v>
       </c>
       <c r="B1644" s="0" t="str">
-        <v>memo over stralingsgevaar (5G)</v>
+        <v>Strategische Agenda Regio Amersfoort 2019-2022</v>
       </c>
       <c r="C1644" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1644" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1644" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1644" s="6">
-        <v>43866.0</v>
+        <v>43530.0</v>
       </c>
     </row>
     <row r="1645" spans="1:7" customFormat="false">
       <c r="A1645" s="0">
-        <v>979</v>
+        <v>916</v>
       </c>
       <c r="B1645" s="0" t="str">
-        <v>memo over stralingsgevaar (5G)</v>
+        <v>Strategische Agenda Regio Amersfoort 2019-2022</v>
       </c>
       <c r="C1645" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D1645" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1645" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1645" s="6">
-        <v>43878.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="1646" spans="1:7" customFormat="false">
       <c r="A1646" s="0">
-        <v>1120</v>
+        <v>165</v>
       </c>
       <c r="B1646" s="0" t="str">
-        <v xml:space="preserve">Verduurzamen maatschappelijk vastgoed </v>
+        <v>Voortzetting samenwerking rekenkamercommissie (2)</v>
       </c>
       <c r="C1646" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
       </c>
       <c r="D1646" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
       <c r="F1646" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1646" s="6">
-        <v>44601.0</v>
+        <v>41464.0</v>
       </c>
     </row>
     <row r="1647" spans="1:7" customFormat="false">
       <c r="A1647" s="0">
-        <v>1121</v>
+        <v>585</v>
       </c>
       <c r="B1647" s="0" t="str">
-        <v xml:space="preserve">Nota vastgoedbeleid </v>
+        <v>Resultaten onderzoek rekenkamercommissie naar effecten decentralisaties</v>
       </c>
       <c r="C1647" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
       </c>
       <c r="D1647" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
       <c r="F1647" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1647" s="6">
-        <v>45007.0</v>
+        <v>42396.0</v>
       </c>
     </row>
     <row r="1648" spans="1:7" customFormat="false">
       <c r="A1648" s="0">
-        <v>1165</v>
+        <v>597</v>
       </c>
       <c r="B1648" s="0" t="str">
-        <v>Meerjaren Plan Maatschappelijk Vastgoed</v>
+        <v>Resultaten onderzoek rekenkamercommissie digitale dienstverlening</v>
       </c>
       <c r="C1648" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
       </c>
       <c r="D1648" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
       <c r="F1648" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1648" s="6">
-        <v>46218.0</v>
+        <v>42319.0</v>
       </c>
     </row>
     <row r="1649" spans="1:7" customFormat="false">
       <c r="A1649" s="0">
-        <v>1315</v>
+        <v>1163</v>
       </c>
       <c r="B1649" s="0" t="str">
-        <v>Brandweerpost Zwartebroek</v>
+        <v>Rekenkameronderzoek Wet openbaarheid bestuur</v>
       </c>
       <c r="C1649" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
       </c>
       <c r="D1649" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
       <c r="F1649" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1649" s="6">
-        <v>46169.0</v>
+        <v>45007.0</v>
       </c>
     </row>
     <row r="1650" spans="1:7" customFormat="false">
       <c r="A1650" s="0">
-        <v>1317</v>
+        <v>979</v>
       </c>
       <c r="B1650" s="0" t="str">
-        <v>Huisvestingsvisie</v>
+        <v>memo over stralingsgevaar (5G)</v>
       </c>
       <c r="C1650" s="0" t="str">
         <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="D1650" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1650" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1650" s="6">
-        <v>45805.0</v>
+        <v>43851.0</v>
       </c>
     </row>
     <row r="1651" spans="1:7" customFormat="false">
       <c r="A1651" s="0">
-        <v>1317</v>
+        <v>979</v>
       </c>
       <c r="B1651" s="0" t="str">
-        <v>Huisvestingsvisie</v>
+        <v>memo over stralingsgevaar (5G)</v>
       </c>
       <c r="C1651" s="0" t="str">
         <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="D1651" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1651" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1651" s="6">
-        <v>46001.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="1652" spans="1:7" customFormat="false">
       <c r="A1652" s="0">
-        <v>1055</v>
+        <v>979</v>
       </c>
       <c r="B1652" s="0" t="str">
-        <v xml:space="preserve">Evaluatie nieuwe werkwijze afhandelen van bezwaarschriften </v>
+        <v>memo over stralingsgevaar (5G)</v>
       </c>
       <c r="C1652" s="0" t="str">
-        <v>422 Bedrijfsvoering - afhandeling bewaarschriften tot juni 2022?</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="D1652" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1652" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1652" s="6">
-        <v>44384.0</v>
+        <v>43878.0</v>
       </c>
     </row>
     <row r="1653" spans="1:7" customFormat="false">
       <c r="A1653" s="0">
-        <v>76</v>
+        <v>1120</v>
       </c>
       <c r="B1653" s="0" t="str">
-        <v>Kadernota</v>
+        <v xml:space="preserve">Verduurzamen maatschappelijk vastgoed </v>
       </c>
       <c r="C1653" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="D1653" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1653" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1653" s="6">
-        <v>41791.0</v>
+        <v>44601.0</v>
       </c>
     </row>
     <row r="1654" spans="1:7" customFormat="false">
       <c r="A1654" s="0">
-        <v>76</v>
+        <v>1121</v>
       </c>
       <c r="B1654" s="0" t="str">
-        <v>Kadernota</v>
+        <v xml:space="preserve">Nota vastgoedbeleid </v>
       </c>
       <c r="C1654" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="D1654" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1654" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1654" s="6">
-        <v>42172.0</v>
+        <v>45007.0</v>
       </c>
     </row>
     <row r="1655" spans="1:7" customFormat="false">
       <c r="A1655" s="0">
-        <v>76</v>
+        <v>1165</v>
       </c>
       <c r="B1655" s="0" t="str">
-        <v>Kadernota</v>
+        <v>Meerjaren Plan Maatschappelijk Vastgoed</v>
       </c>
       <c r="C1655" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="D1655" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1655" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1655" s="6">
-        <v>42536.0</v>
+        <v>46218.0</v>
       </c>
     </row>
     <row r="1656" spans="1:7" customFormat="false">
       <c r="A1656" s="0">
-        <v>76</v>
+        <v>1315</v>
       </c>
       <c r="B1656" s="0" t="str">
-        <v>Kadernota</v>
+        <v>Brandweerpost Zwartebroek</v>
       </c>
       <c r="C1656" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="D1656" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1656" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1656" s="6">
-        <v>42893.0</v>
+        <v>46169.0</v>
       </c>
     </row>
     <row r="1657" spans="1:7" customFormat="false">
       <c r="A1657" s="0">
-        <v>76</v>
+        <v>1317</v>
       </c>
       <c r="B1657" s="0" t="str">
-        <v>Kadernota</v>
+        <v>Huisvestingsvisie</v>
       </c>
       <c r="C1657" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="D1657" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1657" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1657" s="6">
-        <v>43635.0</v>
+        <v>45805.0</v>
       </c>
     </row>
     <row r="1658" spans="1:7" customFormat="false">
       <c r="A1658" s="0">
-        <v>76</v>
+        <v>1317</v>
       </c>
       <c r="B1658" s="0" t="str">
-        <v>Kadernota</v>
+        <v>Huisvestingsvisie</v>
       </c>
       <c r="C1658" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="D1658" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1658" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1658" s="6">
-        <v>43999.0</v>
+        <v>46001.0</v>
       </c>
     </row>
     <row r="1659" spans="1:7" customFormat="false">
       <c r="A1659" s="0">
-        <v>76</v>
+        <v>1055</v>
       </c>
       <c r="B1659" s="0" t="str">
-        <v>Kadernota</v>
+        <v xml:space="preserve">Evaluatie nieuwe werkwijze afhandelen van bezwaarschriften </v>
       </c>
       <c r="C1659" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>422 Bedrijfsvoering - afhandeling bewaarschriften tot juni 2022?</v>
       </c>
       <c r="D1659" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1659" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1659" s="6">
-        <v>44020.0</v>
+        <v>44384.0</v>
       </c>
     </row>
     <row r="1660" spans="1:7" customFormat="false">
       <c r="A1660" s="0">
         <v>76</v>
       </c>
       <c r="B1660" s="0" t="str">
         <v>Kadernota</v>
       </c>
       <c r="C1660" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1660" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1660" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1660" s="6">
-        <v>44257.0</v>
+        <v>41791.0</v>
       </c>
     </row>
     <row r="1661" spans="1:7" customFormat="false">
       <c r="A1661" s="0">
         <v>76</v>
       </c>
       <c r="B1661" s="0" t="str">
         <v>Kadernota</v>
       </c>
       <c r="C1661" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1661" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1661" s="0" t="str">
-        <v>Auditcommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1661" s="6">
-        <v>44266.0</v>
+        <v>42172.0</v>
       </c>
     </row>
     <row r="1662" spans="1:7" customFormat="false">
       <c r="A1662" s="0">
         <v>76</v>
       </c>
       <c r="B1662" s="0" t="str">
         <v>Kadernota</v>
       </c>
       <c r="C1662" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1662" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1662" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1662" s="6">
-        <v>44364.0</v>
+        <v>42536.0</v>
       </c>
     </row>
     <row r="1663" spans="1:7" customFormat="false">
       <c r="A1663" s="0">
         <v>76</v>
       </c>
       <c r="B1663" s="0" t="str">
         <v>Kadernota</v>
       </c>
       <c r="C1663" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1663" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1663" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1663" s="6">
-        <v>44748.0</v>
+        <v>42893.0</v>
       </c>
     </row>
     <row r="1664" spans="1:7" customFormat="false">
       <c r="A1664" s="0">
         <v>76</v>
       </c>
       <c r="B1664" s="0" t="str">
         <v>Kadernota</v>
       </c>
       <c r="C1664" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1664" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1664" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1664" s="6">
-        <v>45112.0</v>
+        <v>43635.0</v>
       </c>
     </row>
     <row r="1665" spans="1:7" customFormat="false">
       <c r="A1665" s="0">
         <v>76</v>
       </c>
       <c r="B1665" s="0" t="str">
         <v>Kadernota</v>
       </c>
       <c r="C1665" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1665" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1665" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1665" s="6">
-        <v>45483.0</v>
+        <v>43999.0</v>
       </c>
     </row>
     <row r="1666" spans="1:7" customFormat="false">
       <c r="A1666" s="0">
         <v>76</v>
       </c>
       <c r="B1666" s="0" t="str">
         <v>Kadernota</v>
       </c>
       <c r="C1666" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1666" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1666" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1666" s="6">
-        <v>45847.0</v>
+        <v>44020.0</v>
       </c>
     </row>
     <row r="1667" spans="1:7" customFormat="false">
       <c r="A1667" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B1667" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1667" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1667" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1667" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1667" s="6">
-        <v>41590.0</v>
+        <v>44257.0</v>
       </c>
     </row>
     <row r="1668" spans="1:7" customFormat="false">
       <c r="A1668" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B1668" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1668" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1668" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1668" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Auditcommissie</v>
       </c>
       <c r="G1668" s="6">
-        <v>41954.0</v>
+        <v>44266.0</v>
       </c>
     </row>
     <row r="1669" spans="1:7" customFormat="false">
       <c r="A1669" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B1669" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1669" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1669" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1669" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1669" s="6">
-        <v>42319.0</v>
+        <v>44364.0</v>
       </c>
     </row>
     <row r="1670" spans="1:7" customFormat="false">
       <c r="A1670" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B1670" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1670" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1670" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1670" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1670" s="6">
-        <v>42683.0</v>
+        <v>44748.0</v>
       </c>
     </row>
     <row r="1671" spans="1:7" customFormat="false">
       <c r="A1671" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B1671" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1671" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1671" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1671" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1671" s="6">
-        <v>43047.0</v>
+        <v>45112.0</v>
       </c>
     </row>
     <row r="1672" spans="1:7" customFormat="false">
       <c r="A1672" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B1672" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1672" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1672" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1672" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1672" s="6">
-        <v>43418.0</v>
+        <v>45483.0</v>
       </c>
     </row>
     <row r="1673" spans="1:7" customFormat="false">
       <c r="A1673" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B1673" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1673" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1673" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1673" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1673" s="6">
-        <v>43782.0</v>
+        <v>45847.0</v>
       </c>
     </row>
     <row r="1674" spans="1:7" customFormat="false">
       <c r="A1674" s="0">
         <v>77</v>
       </c>
       <c r="B1674" s="0" t="str">
         <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1674" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1674" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1674" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1674" s="6">
-        <v>44147.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="1675" spans="1:7" customFormat="false">
       <c r="A1675" s="0">
         <v>77</v>
       </c>
       <c r="B1675" s="0" t="str">
         <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1675" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1675" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1675" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1675" s="6">
-        <v>44510.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="1676" spans="1:7" customFormat="false">
       <c r="A1676" s="0">
         <v>77</v>
       </c>
       <c r="B1676" s="0" t="str">
         <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1676" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1676" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1676" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1676" s="6">
-        <v>44868.0</v>
+        <v>42319.0</v>
       </c>
     </row>
     <row r="1677" spans="1:7" customFormat="false">
       <c r="A1677" s="0">
         <v>77</v>
       </c>
       <c r="B1677" s="0" t="str">
         <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1677" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1677" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1677" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1677" s="6">
-        <v>45238.0</v>
+        <v>42683.0</v>
       </c>
     </row>
     <row r="1678" spans="1:7" customFormat="false">
       <c r="A1678" s="0">
         <v>77</v>
       </c>
       <c r="B1678" s="0" t="str">
         <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1678" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1678" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1678" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1678" s="6">
-        <v>45609.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="1679" spans="1:7" customFormat="false">
       <c r="A1679" s="0">
         <v>77</v>
       </c>
       <c r="B1679" s="0" t="str">
         <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1679" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1679" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1679" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1679" s="6">
-        <v>45973.0</v>
+        <v>43418.0</v>
       </c>
     </row>
     <row r="1680" spans="1:7" customFormat="false">
       <c r="A1680" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="B1680" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1680" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1680" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1680" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1680" s="6">
-        <v>41765.0</v>
+        <v>43782.0</v>
       </c>
     </row>
     <row r="1681" spans="1:7" customFormat="false">
       <c r="A1681" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="B1681" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1681" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1681" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1681" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1681" s="6">
-        <v>42137.0</v>
+        <v>44147.0</v>
       </c>
     </row>
     <row r="1682" spans="1:7" customFormat="false">
       <c r="A1682" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="B1682" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1682" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1682" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1682" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1682" s="6">
-        <v>42515.0</v>
+        <v>44510.0</v>
       </c>
     </row>
     <row r="1683" spans="1:7" customFormat="false">
       <c r="A1683" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="B1683" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1683" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1683" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1683" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1683" s="6">
-        <v>42879.0</v>
+        <v>44868.0</v>
       </c>
     </row>
     <row r="1684" spans="1:7" customFormat="false">
       <c r="A1684" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="B1684" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1684" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1684" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1684" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1684" s="6">
-        <v>43237.0</v>
+        <v>45238.0</v>
       </c>
     </row>
     <row r="1685" spans="1:7" customFormat="false">
       <c r="A1685" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="B1685" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1685" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1685" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1685" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1685" s="6">
-        <v>43635.0</v>
+        <v>45609.0</v>
       </c>
     </row>
     <row r="1686" spans="1:7" customFormat="false">
       <c r="A1686" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="B1686" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1686" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1686" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1686" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1686" s="6">
-        <v>44020.0</v>
+        <v>45973.0</v>
       </c>
     </row>
     <row r="1687" spans="1:7" customFormat="false">
       <c r="A1687" s="0">
         <v>169</v>
       </c>
       <c r="B1687" s="0" t="str">
         <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1687" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1687" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1687" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1687" s="6">
-        <v>44384.0</v>
+        <v>41765.0</v>
       </c>
     </row>
     <row r="1688" spans="1:7" customFormat="false">
       <c r="A1688" s="0">
         <v>169</v>
       </c>
       <c r="B1688" s="0" t="str">
         <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1688" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1688" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1688" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1688" s="6">
-        <v>44748.0</v>
+        <v>42137.0</v>
       </c>
     </row>
     <row r="1689" spans="1:7" customFormat="false">
       <c r="A1689" s="0">
         <v>169</v>
       </c>
       <c r="B1689" s="0" t="str">
         <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1689" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1689" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1689" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1689" s="6">
-        <v>45112.0</v>
+        <v>42515.0</v>
       </c>
     </row>
     <row r="1690" spans="1:7" customFormat="false">
       <c r="A1690" s="0">
         <v>169</v>
       </c>
       <c r="B1690" s="0" t="str">
         <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1690" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1690" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1690" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1690" s="6">
-        <v>45483.0</v>
+        <v>42879.0</v>
       </c>
     </row>
     <row r="1691" spans="1:7" customFormat="false">
       <c r="A1691" s="0">
         <v>169</v>
       </c>
       <c r="B1691" s="0" t="str">
         <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1691" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1691" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1691" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1691" s="6">
-        <v>45847.0</v>
+        <v>43237.0</v>
       </c>
     </row>
     <row r="1692" spans="1:7" customFormat="false">
       <c r="A1692" s="0">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B1692" s="0" t="str">
-        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1692" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1692" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1692" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1692" s="6">
-        <v>41590.0</v>
+        <v>43635.0</v>
       </c>
     </row>
     <row r="1693" spans="1:7" customFormat="false">
       <c r="A1693" s="0">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B1693" s="0" t="str">
-        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1693" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1693" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1693" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1693" s="6">
-        <v>41815.0</v>
+        <v>44020.0</v>
       </c>
     </row>
     <row r="1694" spans="1:7" customFormat="false">
       <c r="A1694" s="0">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B1694" s="0" t="str">
-        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1694" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1694" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1694" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1694" s="6">
-        <v>41954.0</v>
+        <v>44384.0</v>
       </c>
     </row>
     <row r="1695" spans="1:7" customFormat="false">
       <c r="A1695" s="0">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B1695" s="0" t="str">
-        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1695" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1695" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1695" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1695" s="6">
-        <v>42319.0</v>
+        <v>44748.0</v>
       </c>
     </row>
     <row r="1696" spans="1:7" customFormat="false">
       <c r="A1696" s="0">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B1696" s="0" t="str">
-        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1696" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1696" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1696" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1696" s="6">
-        <v>42683.0</v>
+        <v>45112.0</v>
       </c>
     </row>
     <row r="1697" spans="1:7" customFormat="false">
       <c r="A1697" s="0">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B1697" s="0" t="str">
-        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1697" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1697" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1697" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1697" s="6">
-        <v>43047.0</v>
+        <v>45483.0</v>
       </c>
     </row>
     <row r="1698" spans="1:7" customFormat="false">
       <c r="A1698" s="0">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B1698" s="0" t="str">
-        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1698" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1698" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1698" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1698" s="6">
-        <v>43418.0</v>
+        <v>45847.0</v>
       </c>
     </row>
     <row r="1699" spans="1:7" customFormat="false">
       <c r="A1699" s="0">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B1699" s="0" t="str">
-        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
+        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
       </c>
       <c r="C1699" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1699" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1699" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1699" s="6">
-        <v>42165.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="1700" spans="1:7" customFormat="false">
       <c r="A1700" s="0">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B1700" s="0" t="str">
-        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
+        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
       </c>
       <c r="C1700" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1700" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1700" s="0" t="str">
-        <v>Auditcommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1700" s="6">
-        <v>43790.0</v>
+        <v>41815.0</v>
       </c>
     </row>
     <row r="1701" spans="1:7" customFormat="false">
       <c r="A1701" s="0">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B1701" s="0" t="str">
-        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
+        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
       </c>
       <c r="C1701" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1701" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1701" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1701" s="6">
-        <v>43866.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="1702" spans="1:7" customFormat="false">
       <c r="A1702" s="0">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B1702" s="0" t="str">
-        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
+        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
       </c>
       <c r="C1702" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1702" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1702" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1702" s="6">
-        <v>44909.0</v>
+        <v>42319.0</v>
       </c>
     </row>
     <row r="1703" spans="1:7" customFormat="false">
       <c r="A1703" s="0">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B1703" s="0" t="str">
-        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
+        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
       </c>
       <c r="C1703" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1703" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1703" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1703" s="6">
-        <v>45365.0</v>
+        <v>42683.0</v>
       </c>
     </row>
     <row r="1704" spans="1:7" customFormat="false">
       <c r="A1704" s="0">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B1704" s="0" t="str">
-        <v xml:space="preserve">Aanbesteding accountant </v>
+        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
       </c>
       <c r="C1704" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1704" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1704" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1704" s="6">
-        <v>41590.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="1705" spans="1:7" customFormat="false">
       <c r="A1705" s="0">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B1705" s="0" t="str">
-        <v xml:space="preserve">Aanbesteding accountant </v>
+        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
       </c>
       <c r="C1705" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1705" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1705" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1705" s="6">
-        <v>41765.0</v>
+        <v>43418.0</v>
       </c>
     </row>
     <row r="1706" spans="1:7" customFormat="false">
       <c r="A1706" s="0">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B1706" s="0" t="str">
-        <v xml:space="preserve">Aanbesteding accountant </v>
+        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
       </c>
       <c r="C1706" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1706" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1706" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1706" s="6">
-        <v>43810.0</v>
+        <v>42165.0</v>
       </c>
     </row>
     <row r="1707" spans="1:7" customFormat="false">
       <c r="A1707" s="0">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B1707" s="0" t="str">
-        <v xml:space="preserve">Aanbesteding accountant </v>
+        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
       </c>
       <c r="C1707" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1707" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1707" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Auditcommissie</v>
       </c>
       <c r="G1707" s="6">
-        <v>43908.0</v>
+        <v>43790.0</v>
       </c>
     </row>
     <row r="1708" spans="1:7" customFormat="false">
       <c r="A1708" s="0">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B1708" s="0" t="str">
-        <v xml:space="preserve">Aanbesteding accountant </v>
+        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
       </c>
       <c r="C1708" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1708" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1708" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1708" s="6">
-        <v>44965.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="1709" spans="1:7" customFormat="false">
       <c r="A1709" s="0">
-        <v>183</v>
+        <v>172</v>
       </c>
       <c r="B1709" s="0" t="str">
-        <v>Nota reserves en voorzieningen</v>
+        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
       </c>
       <c r="C1709" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1709" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1709" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1709" s="6">
-        <v>41695.0</v>
+        <v>44909.0</v>
       </c>
     </row>
     <row r="1710" spans="1:7" customFormat="false">
       <c r="A1710" s="0">
-        <v>183</v>
+        <v>172</v>
       </c>
       <c r="B1710" s="0" t="str">
-        <v>Nota reserves en voorzieningen</v>
+        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
       </c>
       <c r="C1710" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1710" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1710" s="0" t="str">
-        <v>Auditcommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1710" s="6">
-        <v>43370.0</v>
+        <v>45365.0</v>
       </c>
     </row>
     <row r="1711" spans="1:7" customFormat="false">
       <c r="A1711" s="0">
-        <v>183</v>
+        <v>172</v>
       </c>
       <c r="B1711" s="0" t="str">
-        <v>Nota reserves en voorzieningen</v>
+        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
       </c>
       <c r="C1711" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1711" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1711" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1711" s="6">
-        <v>43417.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="1712" spans="1:7" customFormat="false">
       <c r="A1712" s="0">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="B1712" s="0" t="str">
-        <v>Nota reserves en voorzieningen</v>
+        <v xml:space="preserve">Aanbesteding accountant </v>
       </c>
       <c r="C1712" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1712" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1712" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1712" s="6">
-        <v>45805.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="1713" spans="1:7" customFormat="false">
       <c r="A1713" s="0">
-        <v>186</v>
+        <v>174</v>
       </c>
       <c r="B1713" s="0" t="str">
-        <v xml:space="preserve">Nota risicomanagement en weerstandsvermogen </v>
+        <v xml:space="preserve">Aanbesteding accountant </v>
       </c>
       <c r="C1713" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1713" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1713" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1713" s="6">
-        <v>42396.0</v>
+        <v>41765.0</v>
       </c>
     </row>
     <row r="1714" spans="1:7" customFormat="false">
       <c r="A1714" s="0">
-        <v>186</v>
+        <v>174</v>
       </c>
       <c r="B1714" s="0" t="str">
-        <v xml:space="preserve">Nota risicomanagement en weerstandsvermogen </v>
+        <v xml:space="preserve">Aanbesteding accountant </v>
       </c>
       <c r="C1714" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1714" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1714" s="0" t="str">
-        <v>Auditcommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1714" s="6">
-        <v>44091.0</v>
+        <v>43810.0</v>
       </c>
     </row>
     <row r="1715" spans="1:7" customFormat="false">
       <c r="A1715" s="0">
-        <v>186</v>
+        <v>174</v>
       </c>
       <c r="B1715" s="0" t="str">
-        <v xml:space="preserve">Nota risicomanagement en weerstandsvermogen </v>
+        <v xml:space="preserve">Aanbesteding accountant </v>
       </c>
       <c r="C1715" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1715" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1715" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1715" s="6">
-        <v>44146.0</v>
+        <v>43908.0</v>
       </c>
     </row>
     <row r="1716" spans="1:7" customFormat="false">
       <c r="A1716" s="0">
-        <v>186</v>
+        <v>174</v>
       </c>
       <c r="B1716" s="0" t="str">
-        <v xml:space="preserve">Nota risicomanagement en weerstandsvermogen </v>
+        <v xml:space="preserve">Aanbesteding accountant </v>
       </c>
       <c r="C1716" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1716" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1716" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1716" s="6">
-        <v>46001.0</v>
+        <v>44965.0</v>
       </c>
     </row>
     <row r="1717" spans="1:7" customFormat="false">
       <c r="A1717" s="0">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B1717" s="0" t="str">
-        <v xml:space="preserve">Verbonden partijen </v>
+        <v>Nota reserves en voorzieningen</v>
       </c>
       <c r="C1717" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1717" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1717" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1717" s="6">
-        <v>41800.0</v>
+        <v>41695.0</v>
       </c>
     </row>
     <row r="1718" spans="1:7" customFormat="false">
       <c r="A1718" s="0">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B1718" s="0" t="str">
-        <v xml:space="preserve">Verbonden partijen </v>
+        <v>Nota reserves en voorzieningen</v>
       </c>
       <c r="C1718" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1718" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1718" s="0" t="str">
         <v>Auditcommissie</v>
       </c>
       <c r="G1718" s="6">
-        <v>43234.0</v>
+        <v>43370.0</v>
       </c>
     </row>
     <row r="1719" spans="1:7" customFormat="false">
       <c r="A1719" s="0">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B1719" s="0" t="str">
-        <v xml:space="preserve">Verbonden partijen </v>
+        <v>Nota reserves en voorzieningen</v>
       </c>
       <c r="C1719" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1719" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1719" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1719" s="6">
-        <v>43285.0</v>
+        <v>43417.0</v>
       </c>
     </row>
     <row r="1720" spans="1:7" customFormat="false">
       <c r="A1720" s="0">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B1720" s="0" t="str">
-        <v xml:space="preserve">Verbonden partijen </v>
+        <v>Nota reserves en voorzieningen</v>
       </c>
       <c r="C1720" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1720" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1720" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1720" s="6">
-        <v>46421.0</v>
+        <v>45805.0</v>
       </c>
     </row>
     <row r="1721" spans="1:7" customFormat="false">
       <c r="A1721" s="0">
-        <v>874</v>
+        <v>186</v>
       </c>
       <c r="B1721" s="0" t="str">
-        <v xml:space="preserve">Optimaal gebruik maandrapportage </v>
+        <v xml:space="preserve">Nota risicomanagement en weerstandsvermogen </v>
       </c>
       <c r="C1721" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1721" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1721" s="0" t="str">
-        <v>Auditcommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1721" s="6">
-        <v>44012.0</v>
+        <v>42396.0</v>
       </c>
     </row>
     <row r="1722" spans="1:7" customFormat="false">
       <c r="A1722" s="0">
-        <v>874</v>
+        <v>186</v>
       </c>
       <c r="B1722" s="0" t="str">
-        <v xml:space="preserve">Optimaal gebruik maandrapportage </v>
+        <v xml:space="preserve">Nota risicomanagement en weerstandsvermogen </v>
       </c>
       <c r="C1722" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1722" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1722" s="0" t="str">
         <v>Auditcommissie</v>
       </c>
       <c r="G1722" s="6">
         <v>44091.0</v>
       </c>
     </row>
     <row r="1723" spans="1:7" customFormat="false">
       <c r="A1723" s="0">
-        <v>952</v>
+        <v>186</v>
       </c>
       <c r="B1723" s="0" t="str">
-        <v>Groeiplan (voorheen groei voor groei)</v>
+        <v xml:space="preserve">Nota risicomanagement en weerstandsvermogen </v>
       </c>
       <c r="C1723" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1723" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1723" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1723" s="6">
-        <v>44510.0</v>
+        <v>44146.0</v>
       </c>
     </row>
     <row r="1724" spans="1:7" customFormat="false">
       <c r="A1724" s="0">
-        <v>952</v>
+        <v>186</v>
       </c>
       <c r="B1724" s="0" t="str">
-        <v>Groeiplan (voorheen groei voor groei)</v>
+        <v xml:space="preserve">Nota risicomanagement en weerstandsvermogen </v>
       </c>
       <c r="C1724" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1724" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1724" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1724" s="6">
-        <v>45273.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="1725" spans="1:7" customFormat="false">
       <c r="A1725" s="0">
-        <v>1154</v>
+        <v>187</v>
       </c>
       <c r="B1725" s="0" t="str">
-        <v>Nota activabeleid</v>
+        <v xml:space="preserve">Verbonden partijen </v>
       </c>
       <c r="C1725" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1725" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1725" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1725" s="6">
-        <v>46001.0</v>
+        <v>41800.0</v>
       </c>
     </row>
     <row r="1726" spans="1:7" customFormat="false">
       <c r="A1726" s="0">
-        <v>1162</v>
+        <v>187</v>
       </c>
       <c r="B1726" s="0" t="str">
-        <v>Budgetoverhevelingen</v>
+        <v xml:space="preserve">Verbonden partijen </v>
       </c>
       <c r="C1726" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1726" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1726" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Auditcommissie</v>
       </c>
       <c r="G1726" s="6">
-        <v>44965.0</v>
+        <v>43234.0</v>
       </c>
     </row>
     <row r="1727" spans="1:7" customFormat="false">
       <c r="A1727" s="0">
-        <v>1162</v>
+        <v>187</v>
       </c>
       <c r="B1727" s="0" t="str">
-        <v>Budgetoverhevelingen</v>
+        <v xml:space="preserve">Verbonden partijen </v>
       </c>
       <c r="C1727" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1727" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1727" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1727" s="6">
-        <v>45329.0</v>
+        <v>43285.0</v>
       </c>
     </row>
     <row r="1728" spans="1:7" customFormat="false">
       <c r="A1728" s="0">
-        <v>1162</v>
+        <v>187</v>
       </c>
       <c r="B1728" s="0" t="str">
-        <v>Budgetoverhevelingen</v>
+        <v xml:space="preserve">Verbonden partijen </v>
       </c>
       <c r="C1728" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1728" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1728" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1728" s="6">
-        <v>45693.0</v>
+        <v>46421.0</v>
       </c>
     </row>
     <row r="1729" spans="1:7" customFormat="false">
       <c r="A1729" s="0">
-        <v>1162</v>
+        <v>874</v>
       </c>
       <c r="B1729" s="0" t="str">
-        <v>Budgetoverhevelingen</v>
+        <v xml:space="preserve">Optimaal gebruik maandrapportage </v>
       </c>
       <c r="C1729" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1729" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1729" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Auditcommissie</v>
       </c>
       <c r="G1729" s="6">
-        <v>45973.0</v>
+        <v>44012.0</v>
       </c>
     </row>
     <row r="1730" spans="1:7" customFormat="false">
       <c r="A1730" s="0">
-        <v>1164</v>
+        <v>874</v>
       </c>
       <c r="B1730" s="0" t="str">
-        <v>Uitvoeringsplan Meerjaren Investeringsplan</v>
+        <v xml:space="preserve">Optimaal gebruik maandrapportage </v>
       </c>
       <c r="C1730" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1730" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1730" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Auditcommissie</v>
       </c>
       <c r="G1730" s="6">
-        <v>44965.0</v>
+        <v>44091.0</v>
       </c>
     </row>
     <row r="1731" spans="1:7" customFormat="false">
       <c r="A1731" s="0">
-        <v>1164</v>
+        <v>952</v>
       </c>
       <c r="B1731" s="0" t="str">
-        <v>Uitvoeringsplan Meerjaren Investeringsplan</v>
+        <v>Groeiplan (voorheen groei voor groei)</v>
       </c>
       <c r="C1731" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1731" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1731" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1731" s="6">
-        <v>45238.0</v>
+        <v>44510.0</v>
       </c>
     </row>
     <row r="1732" spans="1:7" customFormat="false">
       <c r="A1732" s="0">
-        <v>1212</v>
+        <v>952</v>
       </c>
       <c r="B1732" s="0" t="str">
-        <v xml:space="preserve">Hoofdlijnennotitie Financieel Beleid </v>
+        <v>Groeiplan (voorheen groei voor groei)</v>
       </c>
       <c r="C1732" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1732" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1732" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1732" s="6">
-        <v>45105.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="1733" spans="1:7" customFormat="false">
       <c r="A1733" s="0">
-        <v>175</v>
+        <v>1154</v>
       </c>
       <c r="B1733" s="0" t="str">
-        <v xml:space="preserve">Programma dienstverlening </v>
+        <v>Nota Activeren en waarderen</v>
       </c>
       <c r="C1733" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1733" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1733" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1733" s="6">
-        <v>42277.0</v>
+        <v>46001.0</v>
       </c>
     </row>
     <row r="1734" spans="1:7" customFormat="false">
       <c r="A1734" s="0">
-        <v>176</v>
+        <v>1154</v>
       </c>
       <c r="B1734" s="0" t="str">
-        <v xml:space="preserve">Notitie Strategisch Personeelsbeleid (met strategisch personeelsplan) </v>
+        <v>Nota Activeren en waarderen</v>
       </c>
       <c r="C1734" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1734" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1734" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1734" s="6">
-        <v>41667.0</v>
+        <v>47453.0</v>
       </c>
     </row>
     <row r="1735" spans="1:7" customFormat="false">
       <c r="A1735" s="0">
-        <v>177</v>
+        <v>1162</v>
       </c>
       <c r="B1735" s="0" t="str">
-        <v xml:space="preserve">Actuele visie gemeentelijke organisatie </v>
+        <v>Budgetoverhevelingen</v>
       </c>
       <c r="C1735" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1735" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1735" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1735" s="6">
-        <v>41667.0</v>
+        <v>44965.0</v>
       </c>
     </row>
     <row r="1736" spans="1:7" customFormat="false">
       <c r="A1736" s="0">
-        <v>181</v>
+        <v>1162</v>
       </c>
       <c r="B1736" s="0" t="str">
-        <v>Gemeentelijke buitensportaccomodaties</v>
+        <v>Budgetoverhevelingen</v>
       </c>
       <c r="C1736" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1736" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1736" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1736" s="6">
-        <v>42396.0</v>
+        <v>45329.0</v>
       </c>
     </row>
     <row r="1737" spans="1:7" customFormat="false">
       <c r="A1737" s="0">
-        <v>280</v>
+        <v>1162</v>
       </c>
       <c r="B1737" s="0" t="str">
-        <v>Tussenrapportage i-NUP</v>
+        <v>Budgetoverhevelingen</v>
       </c>
       <c r="C1737" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1737" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1737" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1737" s="6">
-        <v>41590.0</v>
+        <v>45693.0</v>
       </c>
     </row>
     <row r="1738" spans="1:7" customFormat="false">
       <c r="A1738" s="0">
-        <v>280</v>
+        <v>1162</v>
       </c>
       <c r="B1738" s="0" t="str">
-        <v>Tussenrapportage i-NUP</v>
+        <v>Budgetoverhevelingen</v>
       </c>
       <c r="C1738" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1738" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1738" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1738" s="6">
-        <v>41954.0</v>
+        <v>45973.0</v>
       </c>
     </row>
     <row r="1739" spans="1:7" customFormat="false">
       <c r="A1739" s="0">
-        <v>280</v>
+        <v>1164</v>
       </c>
       <c r="B1739" s="0" t="str">
-        <v>Tussenrapportage i-NUP</v>
+        <v>Uitvoeringsplan Meerjaren Investeringsplan</v>
       </c>
       <c r="C1739" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1739" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1739" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1739" s="6">
-        <v>42319.0</v>
+        <v>44965.0</v>
       </c>
     </row>
     <row r="1740" spans="1:7" customFormat="false">
       <c r="A1740" s="0">
-        <v>538</v>
+        <v>1164</v>
       </c>
       <c r="B1740" s="0" t="str">
-        <v>Acualisatie Inkoopbeleid</v>
+        <v>Uitvoeringsplan Meerjaren Investeringsplan</v>
       </c>
       <c r="C1740" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1740" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1740" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1740" s="6">
-        <v>42557.0</v>
+        <v>45238.0</v>
       </c>
     </row>
     <row r="1741" spans="1:7" customFormat="false">
       <c r="A1741" s="0">
-        <v>538</v>
+        <v>1212</v>
       </c>
       <c r="B1741" s="0" t="str">
-        <v>Acualisatie Inkoopbeleid</v>
+        <v xml:space="preserve">Hoofdlijnennotitie Financieel Beleid </v>
       </c>
       <c r="C1741" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D1741" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1741" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1741" s="6">
-        <v>45805.0</v>
+        <v>45105.0</v>
       </c>
     </row>
     <row r="1742" spans="1:7" customFormat="false">
       <c r="A1742" s="0">
-        <v>604</v>
+        <v>175</v>
       </c>
       <c r="B1742" s="0" t="str">
-        <v xml:space="preserve">Visie op dienstverlening </v>
+        <v xml:space="preserve">Programma dienstverlening </v>
       </c>
       <c r="C1742" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1742" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1742" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1742" s="6">
-        <v>42515.0</v>
+        <v>42277.0</v>
       </c>
     </row>
     <row r="1743" spans="1:7" customFormat="false">
       <c r="A1743" s="0">
-        <v>604</v>
+        <v>176</v>
       </c>
       <c r="B1743" s="0" t="str">
-        <v xml:space="preserve">Visie op dienstverlening </v>
+        <v xml:space="preserve">Notitie Strategisch Personeelsbeleid (met strategisch personeelsplan) </v>
       </c>
       <c r="C1743" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1743" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1743" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1743" s="6">
-        <v>42816.0</v>
+        <v>41667.0</v>
       </c>
     </row>
     <row r="1744" spans="1:7" customFormat="false">
       <c r="A1744" s="0">
-        <v>604</v>
+        <v>177</v>
       </c>
       <c r="B1744" s="0" t="str">
-        <v xml:space="preserve">Visie op dienstverlening </v>
+        <v xml:space="preserve">Actuele visie gemeentelijke organisatie </v>
       </c>
       <c r="C1744" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1744" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1744" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1744" s="6">
-        <v>43747.0</v>
+        <v>41667.0</v>
       </c>
     </row>
     <row r="1745" spans="1:7" customFormat="false">
       <c r="A1745" s="0">
-        <v>604</v>
+        <v>181</v>
       </c>
       <c r="B1745" s="0" t="str">
-        <v xml:space="preserve">Visie op dienstverlening </v>
+        <v>Gemeentelijke buitensportaccomodaties</v>
       </c>
       <c r="C1745" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1745" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1745" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1745" s="6">
-        <v>43908.0</v>
+        <v>42396.0</v>
       </c>
     </row>
     <row r="1746" spans="1:7" customFormat="false">
       <c r="A1746" s="0">
-        <v>770</v>
+        <v>280</v>
       </c>
       <c r="B1746" s="0" t="str">
-        <v xml:space="preserve">Visie op dienstverlening </v>
+        <v>Tussenrapportage i-NUP</v>
       </c>
       <c r="C1746" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1746" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
-      <c r="F1746" s="0"/>
-[...1 lines deleted...]
-        <v/>
+      <c r="F1746" s="0" t="str">
+        <v>Rubriek B - lijst van ingekomen stukken</v>
+      </c>
+      <c r="G1746" s="6">
+        <v>41590.0</v>
       </c>
     </row>
     <row r="1747" spans="1:7" customFormat="false">
       <c r="A1747" s="0">
-        <v>771</v>
+        <v>280</v>
       </c>
       <c r="B1747" s="0" t="str">
-        <v>Archiefverordening gemeente Barneveld</v>
+        <v>Tussenrapportage i-NUP</v>
       </c>
       <c r="C1747" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1747" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1747" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1747" s="6">
-        <v>42844.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="1748" spans="1:7" customFormat="false">
       <c r="A1748" s="0">
-        <v>771</v>
+        <v>280</v>
       </c>
       <c r="B1748" s="0" t="str">
-        <v>Archiefverordening gemeente Barneveld</v>
+        <v>Tussenrapportage i-NUP</v>
       </c>
       <c r="C1748" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1748" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1748" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1748" s="6">
-        <v>43810.0</v>
+        <v>42319.0</v>
       </c>
     </row>
     <row r="1749" spans="1:7" customFormat="false">
       <c r="A1749" s="0">
-        <v>780</v>
+        <v>538</v>
       </c>
       <c r="B1749" s="0" t="str">
-        <v>Beleidsplan Digitaal Werken</v>
+        <v>Acualisatie Inkoopbeleid</v>
       </c>
       <c r="C1749" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1749" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1749" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1749" s="6">
-        <v>43047.0</v>
+        <v>42557.0</v>
       </c>
     </row>
     <row r="1750" spans="1:7" customFormat="false">
       <c r="A1750" s="0">
-        <v>780</v>
+        <v>538</v>
       </c>
       <c r="B1750" s="0" t="str">
-        <v>Beleidsplan Digitaal Werken</v>
+        <v>Acualisatie Inkoopbeleid</v>
       </c>
       <c r="C1750" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1750" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1750" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1750" s="6">
-        <v>43215.0</v>
+        <v>45805.0</v>
       </c>
     </row>
     <row r="1751" spans="1:7" customFormat="false">
       <c r="A1751" s="0">
-        <v>780</v>
+        <v>604</v>
       </c>
       <c r="B1751" s="0" t="str">
-        <v>Beleidsplan Digitaal Werken</v>
+        <v xml:space="preserve">Visie op dienstverlening </v>
       </c>
       <c r="C1751" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1751" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1751" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1751" s="6">
-        <v>43285.0</v>
+        <v>42515.0</v>
       </c>
     </row>
     <row r="1752" spans="1:7" customFormat="false">
       <c r="A1752" s="0">
-        <v>780</v>
+        <v>604</v>
       </c>
       <c r="B1752" s="0" t="str">
-        <v>Beleidsplan Digitaal Werken</v>
+        <v xml:space="preserve">Visie op dienstverlening </v>
       </c>
       <c r="C1752" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1752" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1752" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1752" s="6">
-        <v>43446.0</v>
+        <v>42816.0</v>
       </c>
     </row>
     <row r="1753" spans="1:7" customFormat="false">
       <c r="A1753" s="0">
-        <v>780</v>
+        <v>604</v>
       </c>
       <c r="B1753" s="0" t="str">
-        <v>Beleidsplan Digitaal Werken</v>
+        <v xml:space="preserve">Visie op dienstverlening </v>
       </c>
       <c r="C1753" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1753" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1753" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1753" s="6">
-        <v>43656.0</v>
+        <v>43747.0</v>
       </c>
     </row>
     <row r="1754" spans="1:7" customFormat="false">
       <c r="A1754" s="0">
-        <v>780</v>
+        <v>604</v>
       </c>
       <c r="B1754" s="0" t="str">
-        <v>Beleidsplan Digitaal Werken</v>
+        <v xml:space="preserve">Visie op dienstverlening </v>
       </c>
       <c r="C1754" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1754" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1754" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1754" s="6">
-        <v>44020.0</v>
+        <v>43908.0</v>
       </c>
     </row>
     <row r="1755" spans="1:7" customFormat="false">
       <c r="A1755" s="0">
-        <v>917</v>
+        <v>770</v>
       </c>
       <c r="B1755" s="0" t="str">
-        <v xml:space="preserve">Eindevaluatie Banenafspraak </v>
+        <v xml:space="preserve">Visie op dienstverlening </v>
       </c>
       <c r="C1755" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1755" s="0" t="str">
-        <v>W. Oosterwijk</v>
-[...5 lines deleted...]
-        <v>43495.0</v>
+        <v>M.H.J. Pluimers-Foeken</v>
+      </c>
+      <c r="F1755" s="0"/>
+      <c r="G1755" s="6" t="str">
+        <v/>
       </c>
     </row>
     <row r="1756" spans="1:7" customFormat="false">
       <c r="A1756" s="0">
-        <v>920</v>
+        <v>771</v>
       </c>
       <c r="B1756" s="0" t="str">
-        <v>Verordening op de elektronische bekendmaking gemeente Barneveld</v>
+        <v>Archiefverordening gemeente Barneveld</v>
       </c>
       <c r="C1756" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1756" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1756" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1756" s="6">
-        <v>43446.0</v>
+        <v>42844.0</v>
       </c>
     </row>
     <row r="1757" spans="1:7" customFormat="false">
       <c r="A1757" s="0">
-        <v>928</v>
+        <v>771</v>
       </c>
       <c r="B1757" s="0" t="str">
-        <v xml:space="preserve">Verordening gegevensverstrekking basisregistratie personen gemeente Barneveld </v>
+        <v>Archiefverordening gemeente Barneveld</v>
       </c>
       <c r="C1757" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1757" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1757" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1757" s="6">
-        <v>43495.0</v>
+        <v>43810.0</v>
       </c>
     </row>
     <row r="1758" spans="1:7" customFormat="false">
       <c r="A1758" s="0">
-        <v>985</v>
+        <v>780</v>
       </c>
       <c r="B1758" s="0" t="str">
-        <v>Public Affairs</v>
+        <v>Beleidsplan Digitaal Werken</v>
       </c>
       <c r="C1758" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1758" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1758" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1758" s="6">
-        <v>43908.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="1759" spans="1:7" customFormat="false">
       <c r="A1759" s="0">
-        <v>985</v>
+        <v>780</v>
       </c>
       <c r="B1759" s="0" t="str">
-        <v>Public Affairs</v>
+        <v>Beleidsplan Digitaal Werken</v>
       </c>
       <c r="C1759" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1759" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1759" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1759" s="6">
-        <v>45077.0</v>
+        <v>43215.0</v>
       </c>
     </row>
     <row r="1760" spans="1:7" customFormat="false">
       <c r="A1760" s="0">
-        <v>985</v>
+        <v>780</v>
       </c>
       <c r="B1760" s="0" t="str">
-        <v>Public Affairs</v>
+        <v>Beleidsplan Digitaal Werken</v>
       </c>
       <c r="C1760" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1760" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1760" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1760" s="6">
-        <v>45637.0</v>
+        <v>43285.0</v>
       </c>
     </row>
     <row r="1761" spans="1:7" customFormat="false">
       <c r="A1761" s="0">
-        <v>1010</v>
+        <v>780</v>
       </c>
       <c r="B1761" s="0" t="str">
-        <v>Integrale actualisering Algemene Subsidieverordening gemeente Barneveld (ASV)</v>
+        <v>Beleidsplan Digitaal Werken</v>
       </c>
       <c r="C1761" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1761" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1761" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1761" s="6">
-        <v>43978.0</v>
+        <v>43446.0</v>
       </c>
     </row>
     <row r="1762" spans="1:7" customFormat="false">
       <c r="A1762" s="0">
-        <v>1034</v>
+        <v>780</v>
       </c>
       <c r="B1762" s="0" t="str">
-        <v xml:space="preserve">Herijking notitie dynamische begrotingsmethodiek </v>
+        <v>Beleidsplan Digitaal Werken</v>
       </c>
       <c r="C1762" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1762" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1762" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1762" s="6">
-        <v>44510.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="1763" spans="1:7" customFormat="false">
       <c r="A1763" s="0">
-        <v>1037</v>
+        <v>780</v>
       </c>
       <c r="B1763" s="0" t="str">
-        <v>Organisatieonderzoek</v>
+        <v>Beleidsplan Digitaal Werken</v>
       </c>
       <c r="C1763" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1763" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1763" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1763" s="6">
-        <v>44510.0</v>
+        <v>44020.0</v>
       </c>
     </row>
     <row r="1764" spans="1:7" customFormat="false">
       <c r="A1764" s="0">
-        <v>1066</v>
+        <v>917</v>
       </c>
       <c r="B1764" s="0" t="str">
-        <v>Centrale regie subsidies</v>
+        <v xml:space="preserve">Eindevaluatie Banenafspraak </v>
       </c>
       <c r="C1764" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1764" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1764" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1764" s="6">
-        <v>45476.0</v>
+        <v>43495.0</v>
       </c>
     </row>
     <row r="1765" spans="1:7" customFormat="false">
       <c r="A1765" s="0">
-        <v>1186</v>
+        <v>920</v>
       </c>
       <c r="B1765" s="0" t="str">
-        <v>Onderzoek doelmatigheid inzameling huishoudelijk afval</v>
+        <v>Verordening op de elektronische bekendmaking gemeente Barneveld</v>
       </c>
       <c r="C1765" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1765" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1765" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1765" s="6">
-        <v>45365.0</v>
+        <v>43446.0</v>
       </c>
     </row>
     <row r="1766" spans="1:7" customFormat="false">
       <c r="A1766" s="0">
-        <v>1278</v>
+        <v>928</v>
       </c>
       <c r="B1766" s="0" t="str">
-        <v>I-visie</v>
+        <v xml:space="preserve">Verordening gegevensverstrekking basisregistratie personen gemeente Barneveld </v>
       </c>
       <c r="C1766" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1766" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1766" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1766" s="6">
-        <v>45588.0</v>
+        <v>43495.0</v>
       </c>
     </row>
     <row r="1767" spans="1:7" customFormat="false">
       <c r="A1767" s="0">
-        <v>1279</v>
+        <v>985</v>
       </c>
       <c r="B1767" s="0" t="str">
-        <v>Artificial Intelligence ((AI)-beleid</v>
+        <v>Public Affairs</v>
       </c>
       <c r="C1767" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1767" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1767" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1767" s="6">
-        <v>45637.0</v>
+        <v>43908.0</v>
       </c>
     </row>
     <row r="1768" spans="1:7" customFormat="false">
       <c r="A1768" s="0">
-        <v>173</v>
+        <v>985</v>
       </c>
       <c r="B1768" s="0" t="str">
-        <v>Gedragscode integriteit van bestuurders in Barneveld (2)</v>
+        <v>Public Affairs</v>
       </c>
       <c r="C1768" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1768" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1768" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1768" s="6">
-        <v>41548.0</v>
+        <v>45077.0</v>
       </c>
     </row>
     <row r="1769" spans="1:7" customFormat="false">
       <c r="A1769" s="0">
-        <v>178</v>
+        <v>985</v>
       </c>
       <c r="B1769" s="0" t="str">
-        <v>Evaluatie herijkte kadernota interactieve beleidsvorming (+ social media)</v>
+        <v>Public Affairs</v>
       </c>
       <c r="C1769" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1769" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1769" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1769" s="6">
-        <v>41548.0</v>
+        <v>45637.0</v>
       </c>
     </row>
     <row r="1770" spans="1:7" customFormat="false">
       <c r="A1770" s="0">
-        <v>178</v>
+        <v>1010</v>
       </c>
       <c r="B1770" s="0" t="str">
-        <v>Evaluatie herijkte kadernota interactieve beleidsvorming (+ social media)</v>
+        <v>Integrale actualisering Algemene Subsidieverordening gemeente Barneveld (ASV)</v>
       </c>
       <c r="C1770" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1770" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1770" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1770" s="6">
-        <v>41989.0</v>
+        <v>43978.0</v>
       </c>
     </row>
     <row r="1771" spans="1:7" customFormat="false">
       <c r="A1771" s="0">
-        <v>416</v>
+        <v>1034</v>
       </c>
       <c r="B1771" s="0" t="str">
-        <v>Nieuwe Nota Communicatie &amp; Interactieve beleidsvorming 2015-2019 en Communicatieplan Gemeenteraad 2019-2022</v>
+        <v xml:space="preserve">Herijking notitie dynamische begrotingsmethodiek </v>
       </c>
       <c r="C1771" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1771" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1771" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1771" s="6">
-        <v>42431.0</v>
+        <v>44510.0</v>
       </c>
     </row>
     <row r="1772" spans="1:7" customFormat="false">
       <c r="A1772" s="0">
-        <v>416</v>
+        <v>1037</v>
       </c>
       <c r="B1772" s="0" t="str">
-        <v>Nieuwe Nota Communicatie &amp; Interactieve beleidsvorming 2015-2019 en Communicatieplan Gemeenteraad 2019-2022</v>
+        <v>Organisatieonderzoek</v>
       </c>
       <c r="C1772" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1772" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1772" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1772" s="6">
-        <v>43530.0</v>
+        <v>44510.0</v>
       </c>
     </row>
     <row r="1773" spans="1:7" customFormat="false">
       <c r="A1773" s="0">
-        <v>417</v>
+        <v>1066</v>
       </c>
       <c r="B1773" s="0" t="str">
-        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
+        <v>Centrale regie subsidies</v>
       </c>
       <c r="C1773" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1773" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1773" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1773" s="6">
-        <v>42067.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="1774" spans="1:7" customFormat="false">
       <c r="A1774" s="0">
-        <v>417</v>
+        <v>1186</v>
       </c>
       <c r="B1774" s="0" t="str">
-        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
+        <v>Onderzoek doelmatigheid inzameling huishoudelijk afval</v>
       </c>
       <c r="C1774" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1774" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1774" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1774" s="6">
-        <v>42515.0</v>
+        <v>45365.0</v>
       </c>
     </row>
     <row r="1775" spans="1:7" customFormat="false">
       <c r="A1775" s="0">
-        <v>417</v>
+        <v>1278</v>
       </c>
       <c r="B1775" s="0" t="str">
-        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
+        <v>I-visie</v>
       </c>
       <c r="C1775" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1775" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1775" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1775" s="6">
-        <v>42683.0</v>
+        <v>45588.0</v>
       </c>
     </row>
     <row r="1776" spans="1:7" customFormat="false">
       <c r="A1776" s="0">
-        <v>417</v>
+        <v>1279</v>
       </c>
       <c r="B1776" s="0" t="str">
-        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
+        <v>Artificial Intelligence ((AI)-beleid</v>
       </c>
       <c r="C1776" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D1776" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1776" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1776" s="6">
-        <v>43054.0</v>
+        <v>45637.0</v>
       </c>
     </row>
     <row r="1777" spans="1:7" customFormat="false">
       <c r="A1777" s="0">
-        <v>417</v>
+        <v>173</v>
       </c>
       <c r="B1777" s="0" t="str">
-        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
+        <v>Gedragscode integriteit van bestuurders in Barneveld (2)</v>
       </c>
       <c r="C1777" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1777" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1777" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1777" s="6">
-        <v>43418.0</v>
+        <v>41548.0</v>
       </c>
     </row>
     <row r="1778" spans="1:7" customFormat="false">
       <c r="A1778" s="0">
-        <v>417</v>
+        <v>178</v>
       </c>
       <c r="B1778" s="0" t="str">
-        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
+        <v>Evaluatie herijkte kadernota interactieve beleidsvorming (+ social media)</v>
       </c>
       <c r="C1778" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1778" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F1778" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1778" s="6">
-        <v>43782.0</v>
+        <v>41548.0</v>
       </c>
     </row>
     <row r="1779" spans="1:7" customFormat="false">
       <c r="A1779" s="0">
-        <v>1138</v>
+        <v>178</v>
       </c>
       <c r="B1779" s="0" t="str">
-        <v>Tussenrapportage</v>
+        <v>Evaluatie herijkte kadernota interactieve beleidsvorming (+ social media)</v>
       </c>
       <c r="C1779" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1779" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F1779" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1779" s="6">
-        <v>44748.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="1780" spans="1:7" customFormat="false">
       <c r="A1780" s="0">
-        <v>1138</v>
+        <v>416</v>
       </c>
       <c r="B1780" s="0" t="str">
-        <v>Tussenrapportage</v>
+        <v>Nieuwe Nota Communicatie &amp; Interactieve beleidsvorming 2015-2019 en Communicatieplan Gemeenteraad 2019-2022</v>
       </c>
       <c r="C1780" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1780" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1780" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1780" s="6">
-        <v>44874.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="1781" spans="1:7" customFormat="false">
       <c r="A1781" s="0">
-        <v>1138</v>
+        <v>416</v>
       </c>
       <c r="B1781" s="0" t="str">
-        <v>Tussenrapportage</v>
+        <v>Nieuwe Nota Communicatie &amp; Interactieve beleidsvorming 2015-2019 en Communicatieplan Gemeenteraad 2019-2022</v>
       </c>
       <c r="C1781" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1781" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1781" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1781" s="6">
-        <v>44909.0</v>
+        <v>43530.0</v>
       </c>
     </row>
     <row r="1782" spans="1:7" customFormat="false">
       <c r="A1782" s="0">
-        <v>1138</v>
+        <v>417</v>
       </c>
       <c r="B1782" s="0" t="str">
-        <v>Tussenrapportage</v>
+        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
       </c>
       <c r="C1782" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1782" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F1782" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1782" s="6">
-        <v>45112.0</v>
+        <v>42067.0</v>
       </c>
     </row>
     <row r="1783" spans="1:7" customFormat="false">
       <c r="A1783" s="0">
-        <v>1138</v>
+        <v>417</v>
       </c>
       <c r="B1783" s="0" t="str">
-        <v>Tussenrapportage</v>
+        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
       </c>
       <c r="C1783" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1783" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F1783" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1783" s="6">
-        <v>45483.0</v>
+        <v>42515.0</v>
       </c>
     </row>
     <row r="1784" spans="1:7" customFormat="false">
       <c r="A1784" s="0">
-        <v>1138</v>
+        <v>417</v>
       </c>
       <c r="B1784" s="0" t="str">
-        <v>Tussenrapportage</v>
+        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
       </c>
       <c r="C1784" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1784" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F1784" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1784" s="6">
-        <v>45609.0</v>
+        <v>42683.0</v>
       </c>
     </row>
     <row r="1785" spans="1:7" customFormat="false">
       <c r="A1785" s="0">
-        <v>1138</v>
+        <v>417</v>
       </c>
       <c r="B1785" s="0" t="str">
-        <v>Tussenrapportage</v>
+        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
       </c>
       <c r="C1785" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1785" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F1785" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1785" s="6">
-        <v>45847.0</v>
+        <v>43054.0</v>
       </c>
     </row>
     <row r="1786" spans="1:7" customFormat="false">
       <c r="A1786" s="0">
-        <v>1138</v>
+        <v>417</v>
       </c>
       <c r="B1786" s="0" t="str">
-        <v>Tussenrapportage</v>
+        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
       </c>
       <c r="C1786" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1786" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F1786" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1786" s="6">
-        <v>45973.0</v>
+        <v>43418.0</v>
       </c>
     </row>
     <row r="1787" spans="1:7" customFormat="false">
       <c r="A1787" s="0">
-        <v>1196</v>
+        <v>417</v>
       </c>
       <c r="B1787" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
       </c>
       <c r="C1787" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1787" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F1787" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1787" s="6">
-        <v>45007.0</v>
+        <v>43782.0</v>
       </c>
     </row>
     <row r="1788" spans="1:7" customFormat="false">
       <c r="A1788" s="0">
-        <v>1196</v>
+        <v>1138</v>
       </c>
       <c r="B1788" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v>Tussenrapportage</v>
       </c>
       <c r="C1788" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1788" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1788" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1788" s="6">
-        <v>45007.0</v>
+        <v>44748.0</v>
       </c>
     </row>
     <row r="1789" spans="1:7" customFormat="false">
       <c r="A1789" s="0">
-        <v>1196</v>
+        <v>1138</v>
       </c>
       <c r="B1789" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v>Tussenrapportage</v>
       </c>
       <c r="C1789" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1789" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1789" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1789" s="6">
-        <v>45196.0</v>
+        <v>44874.0</v>
       </c>
     </row>
     <row r="1790" spans="1:7" customFormat="false">
       <c r="A1790" s="0">
-        <v>1196</v>
+        <v>1138</v>
       </c>
       <c r="B1790" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v>Tussenrapportage</v>
       </c>
       <c r="C1790" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1790" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1790" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1790" s="6">
-        <v>45273.0</v>
+        <v>44909.0</v>
       </c>
     </row>
     <row r="1791" spans="1:7" customFormat="false">
       <c r="A1791" s="0">
-        <v>1196</v>
+        <v>1138</v>
       </c>
       <c r="B1791" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v>Tussenrapportage</v>
       </c>
       <c r="C1791" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1791" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1791" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1791" s="6">
-        <v>45560.0</v>
+        <v>45112.0</v>
       </c>
     </row>
     <row r="1792" spans="1:7" customFormat="false">
       <c r="A1792" s="0">
-        <v>1196</v>
+        <v>1138</v>
       </c>
       <c r="B1792" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v>Tussenrapportage</v>
       </c>
       <c r="C1792" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1792" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1792" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1792" s="6">
-        <v>45588.0</v>
+        <v>45483.0</v>
       </c>
     </row>
     <row r="1793" spans="1:7" customFormat="false">
       <c r="A1793" s="0">
-        <v>1196</v>
+        <v>1138</v>
       </c>
       <c r="B1793" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v>Tussenrapportage</v>
       </c>
       <c r="C1793" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1793" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1793" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1793" s="6">
-        <v>45938.0</v>
+        <v>45609.0</v>
       </c>
     </row>
     <row r="1794" spans="1:7" customFormat="false">
       <c r="A1794" s="0">
-        <v>1196</v>
+        <v>1138</v>
       </c>
       <c r="B1794" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v>Tussenrapportage</v>
       </c>
       <c r="C1794" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1794" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1794" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1794" s="6">
-        <v>46001.0</v>
+        <v>45847.0</v>
       </c>
     </row>
     <row r="1795" spans="1:7" customFormat="false">
       <c r="A1795" s="0">
-        <v>1196</v>
+        <v>1138</v>
       </c>
       <c r="B1795" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v>Tussenrapportage</v>
       </c>
       <c r="C1795" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1795" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1795" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1795" s="6">
-        <v>46266.0</v>
+        <v>45973.0</v>
       </c>
     </row>
     <row r="1796" spans="1:7" customFormat="false">
       <c r="A1796" s="0">
-        <v>1248</v>
+        <v>1196</v>
       </c>
       <c r="B1796" s="0" t="str">
-        <v>Communicatievisie</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1796" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1796" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1796" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1796" s="6">
-        <v>45365.0</v>
+        <v>45007.0</v>
       </c>
     </row>
     <row r="1797" spans="1:7" customFormat="false">
       <c r="A1797" s="0">
-        <v>1297</v>
+        <v>1196</v>
       </c>
       <c r="B1797" s="0" t="str">
-        <v>Evaluatie Het gemeentenieuws</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1797" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1797" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1797" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1797" s="6">
-        <v>45805.0</v>
+        <v>45007.0</v>
       </c>
     </row>
     <row r="1798" spans="1:7" customFormat="false">
       <c r="A1798" s="0">
-        <v>1307</v>
+        <v>1196</v>
       </c>
       <c r="B1798" s="0" t="str">
-        <v>Renovatie trouwzaal en ontvangstruimte gemeentehuis</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1798" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1798" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1798" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1798" s="6">
-        <v>45560.0</v>
+        <v>45196.0</v>
       </c>
     </row>
     <row r="1799" spans="1:7" customFormat="false">
       <c r="A1799" s="0">
-        <v>179</v>
+        <v>1196</v>
       </c>
       <c r="B1799" s="0" t="str">
-        <v xml:space="preserve">Onderzoek verzelfstandiging zwembaden </v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1799" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1799" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1799" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1799" s="6">
-        <v>41828.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="1800" spans="1:7" customFormat="false">
       <c r="A1800" s="0">
-        <v>180</v>
+        <v>1196</v>
       </c>
       <c r="B1800" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1800" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1800" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1800" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1800" s="6">
-        <v>41828.0</v>
+        <v>45560.0</v>
       </c>
     </row>
     <row r="1801" spans="1:7" customFormat="false">
       <c r="A1801" s="0">
-        <v>180</v>
+        <v>1196</v>
       </c>
       <c r="B1801" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1801" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1801" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1801" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1801" s="6">
-        <v>42641.0</v>
+        <v>45588.0</v>
       </c>
     </row>
     <row r="1802" spans="1:7" customFormat="false">
       <c r="A1802" s="0">
-        <v>180</v>
+        <v>1196</v>
       </c>
       <c r="B1802" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1802" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1802" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1802" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1802" s="6">
-        <v>42669.0</v>
+        <v>45938.0</v>
       </c>
     </row>
     <row r="1803" spans="1:7" customFormat="false">
       <c r="A1803" s="0">
-        <v>180</v>
+        <v>1196</v>
       </c>
       <c r="B1803" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1803" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1803" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1803" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1803" s="6">
-        <v>42879.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="1804" spans="1:7" customFormat="false">
       <c r="A1804" s="0">
-        <v>180</v>
+        <v>1196</v>
       </c>
       <c r="B1804" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1804" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1804" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1804" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1804" s="6">
-        <v>42921.0</v>
+        <v>46266.0</v>
       </c>
     </row>
     <row r="1805" spans="1:7" customFormat="false">
       <c r="A1805" s="0">
-        <v>180</v>
+        <v>1248</v>
       </c>
       <c r="B1805" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Communicatievisie</v>
       </c>
       <c r="C1805" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1805" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1805" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1805" s="6">
-        <v>43250.0</v>
+        <v>45365.0</v>
       </c>
     </row>
     <row r="1806" spans="1:7" customFormat="false">
       <c r="A1806" s="0">
-        <v>180</v>
+        <v>1297</v>
       </c>
       <c r="B1806" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Evaluatie Het gemeentenieuws</v>
       </c>
       <c r="C1806" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1806" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1806" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1806" s="6">
-        <v>43282.0</v>
+        <v>45805.0</v>
       </c>
     </row>
     <row r="1807" spans="1:7" customFormat="false">
       <c r="A1807" s="0">
-        <v>180</v>
+        <v>1307</v>
       </c>
       <c r="B1807" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Renovatie trouwzaal en ontvangstruimte gemeentehuis</v>
       </c>
       <c r="C1807" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D1807" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1807" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1807" s="6">
-        <v>43607.0</v>
+        <v>45560.0</v>
       </c>
     </row>
     <row r="1808" spans="1:7" customFormat="false">
       <c r="A1808" s="0">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B1808" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v xml:space="preserve">Onderzoek verzelfstandiging zwembaden </v>
       </c>
       <c r="C1808" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1808" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1808" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1808" s="6">
-        <v>43647.0</v>
+        <v>41828.0</v>
       </c>
     </row>
     <row r="1809" spans="1:7" customFormat="false">
       <c r="A1809" s="0">
         <v>180</v>
       </c>
       <c r="B1809" s="0" t="str">
         <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1809" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1809" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1809" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1809" s="6">
-        <v>43656.0</v>
+        <v>41828.0</v>
       </c>
     </row>
     <row r="1810" spans="1:7" customFormat="false">
       <c r="A1810" s="0">
         <v>180</v>
       </c>
       <c r="B1810" s="0" t="str">
         <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1810" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1810" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1810" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1810" s="6">
-        <v>44111.0</v>
+        <v>42641.0</v>
       </c>
     </row>
     <row r="1811" spans="1:7" customFormat="false">
       <c r="A1811" s="0">
-        <v>891</v>
+        <v>180</v>
       </c>
       <c r="B1811" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1811" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1811" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1811" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1811" s="6">
-        <v>43572.0</v>
+        <v>42669.0</v>
       </c>
     </row>
     <row r="1812" spans="1:7" customFormat="false">
       <c r="A1812" s="0">
-        <v>891</v>
+        <v>180</v>
       </c>
       <c r="B1812" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1812" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1812" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1812" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1812" s="6">
-        <v>43592.0</v>
+        <v>42879.0</v>
       </c>
     </row>
     <row r="1813" spans="1:7" customFormat="false">
       <c r="A1813" s="0">
-        <v>891</v>
+        <v>180</v>
       </c>
       <c r="B1813" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1813" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1813" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1813" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1813" s="6">
-        <v>43782.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="1814" spans="1:7" customFormat="false">
       <c r="A1814" s="0">
-        <v>891</v>
+        <v>180</v>
       </c>
       <c r="B1814" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1814" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1814" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1814" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1814" s="6">
-        <v>43851.0</v>
+        <v>43250.0</v>
       </c>
     </row>
     <row r="1815" spans="1:7" customFormat="false">
       <c r="A1815" s="0">
-        <v>891</v>
+        <v>180</v>
       </c>
       <c r="B1815" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1815" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1815" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1815" s="0" t="str">
-        <v>Auditcommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1815" s="6">
-        <v>43900.0</v>
+        <v>43282.0</v>
       </c>
     </row>
     <row r="1816" spans="1:7" customFormat="false">
       <c r="A1816" s="0">
-        <v>891</v>
+        <v>180</v>
       </c>
       <c r="B1816" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1816" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1816" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1816" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1816" s="6">
-        <v>44562.0</v>
+        <v>43607.0</v>
       </c>
     </row>
     <row r="1817" spans="1:7" customFormat="false">
       <c r="A1817" s="0">
-        <v>891</v>
+        <v>180</v>
       </c>
       <c r="B1817" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1817" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1817" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1817" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1817" s="6">
-        <v>44868.0</v>
+        <v>43647.0</v>
       </c>
     </row>
     <row r="1818" spans="1:7" customFormat="false">
       <c r="A1818" s="0">
-        <v>891</v>
+        <v>180</v>
       </c>
       <c r="B1818" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1818" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1818" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1818" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1818" s="6">
-        <v>45441.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="1819" spans="1:7" customFormat="false">
       <c r="A1819" s="0">
-        <v>891</v>
+        <v>180</v>
       </c>
       <c r="B1819" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1819" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1819" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1819" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1819" s="6">
-        <v>45805.0</v>
+        <v>44111.0</v>
       </c>
     </row>
     <row r="1820" spans="1:7" customFormat="false">
       <c r="A1820" s="0">
-        <v>185</v>
+        <v>891</v>
       </c>
       <c r="B1820" s="0" t="str">
-        <v xml:space="preserve">Treasurystatuut </v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1820" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1820" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1820" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1820" s="6">
-        <v>41912.0</v>
+        <v>43572.0</v>
       </c>
     </row>
     <row r="1821" spans="1:7" customFormat="false">
       <c r="A1821" s="0">
-        <v>185</v>
+        <v>891</v>
       </c>
       <c r="B1821" s="0" t="str">
-        <v xml:space="preserve">Treasurystatuut </v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1821" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1821" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1821" s="0" t="str">
-        <v>Auditcommissie</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1821" s="6">
-        <v>43370.0</v>
+        <v>43592.0</v>
       </c>
     </row>
     <row r="1822" spans="1:7" customFormat="false">
       <c r="A1822" s="0">
-        <v>185</v>
+        <v>891</v>
       </c>
       <c r="B1822" s="0" t="str">
-        <v xml:space="preserve">Treasurystatuut </v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1822" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1822" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1822" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1822" s="6">
-        <v>43418.0</v>
+        <v>43782.0</v>
       </c>
     </row>
     <row r="1823" spans="1:7" customFormat="false">
       <c r="A1823" s="0">
-        <v>185</v>
+        <v>891</v>
       </c>
       <c r="B1823" s="0" t="str">
-        <v xml:space="preserve">Treasurystatuut </v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1823" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1823" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1823" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1823" s="6">
-        <v>45764.0</v>
+        <v>43851.0</v>
       </c>
     </row>
     <row r="1824" spans="1:7" customFormat="false">
       <c r="A1824" s="0">
-        <v>281</v>
+        <v>891</v>
       </c>
       <c r="B1824" s="0" t="str">
-        <v>Rentetoerekening</v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1824" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1824" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1824" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Auditcommissie</v>
       </c>
       <c r="G1824" s="6">
-        <v>41800.0</v>
+        <v>43900.0</v>
       </c>
     </row>
     <row r="1825" spans="1:7" customFormat="false">
       <c r="A1825" s="0">
-        <v>282</v>
+        <v>891</v>
       </c>
       <c r="B1825" s="0" t="str">
-        <v>Schuldennotitie</v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1825" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1825" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1825" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1825" s="6">
-        <v>41765.0</v>
+        <v>44562.0</v>
       </c>
     </row>
     <row r="1826" spans="1:7" customFormat="false">
       <c r="A1826" s="0">
-        <v>282</v>
+        <v>891</v>
       </c>
       <c r="B1826" s="0" t="str">
-        <v>Schuldennotitie</v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1826" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1826" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1826" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1826" s="6">
-        <v>43866.0</v>
+        <v>44868.0</v>
       </c>
     </row>
     <row r="1827" spans="1:7" customFormat="false">
       <c r="A1827" s="0">
-        <v>282</v>
+        <v>891</v>
       </c>
       <c r="B1827" s="0" t="str">
-        <v>Schuldennotitie</v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1827" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1827" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1827" s="0" t="str">
-        <v>Auditcommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1827" s="6">
-        <v>43900.0</v>
+        <v>45441.0</v>
       </c>
     </row>
     <row r="1828" spans="1:7" customFormat="false">
       <c r="A1828" s="0">
-        <v>282</v>
+        <v>891</v>
       </c>
       <c r="B1828" s="0" t="str">
-        <v>Schuldennotitie</v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1828" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D1828" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1828" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1828" s="6">
-        <v>45637.0</v>
+        <v>45805.0</v>
       </c>
     </row>
     <row r="1829" spans="1:7" customFormat="false">
       <c r="A1829" s="0">
-        <v>418</v>
+        <v>185</v>
       </c>
       <c r="B1829" s="0" t="str">
-        <v xml:space="preserve">Onderzoek afstoten hypothekenportefeuille ambtenaren </v>
+        <v xml:space="preserve">Treasurystatuut </v>
       </c>
       <c r="C1829" s="0" t="str">
         <v>431 Treasury</v>
       </c>
       <c r="D1829" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1829" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1829" s="6">
-        <v>42431.0</v>
+        <v>41912.0</v>
       </c>
     </row>
     <row r="1830" spans="1:7" customFormat="false">
       <c r="A1830" s="0">
-        <v>419</v>
+        <v>185</v>
       </c>
       <c r="B1830" s="0" t="str">
-        <v xml:space="preserve">Verkoop deel vastgoed: inzicht in omvang + bedrag </v>
+        <v xml:space="preserve">Treasurystatuut </v>
       </c>
       <c r="C1830" s="0" t="str">
         <v>431 Treasury</v>
       </c>
       <c r="D1830" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1830" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Auditcommissie</v>
       </c>
       <c r="G1830" s="6">
-        <v>42431.0</v>
+        <v>43370.0</v>
       </c>
     </row>
     <row r="1831" spans="1:7" customFormat="false">
       <c r="A1831" s="0">
-        <v>668</v>
+        <v>185</v>
       </c>
       <c r="B1831" s="0" t="str">
-        <v>Vennootschapsbelasting</v>
+        <v xml:space="preserve">Treasurystatuut </v>
       </c>
       <c r="C1831" s="0" t="str">
         <v>431 Treasury</v>
       </c>
       <c r="D1831" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1831" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1831" s="6">
-        <v>42718.0</v>
+        <v>43418.0</v>
       </c>
     </row>
     <row r="1832" spans="1:7" customFormat="false">
       <c r="A1832" s="0">
-        <v>1296</v>
+        <v>185</v>
       </c>
       <c r="B1832" s="0" t="str">
-        <v>Normenkader</v>
+        <v xml:space="preserve">Treasurystatuut </v>
       </c>
       <c r="C1832" s="0" t="str">
         <v>431 Treasury</v>
       </c>
       <c r="D1832" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1832" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1832" s="6">
-        <v>45329.0</v>
+        <v>45764.0</v>
       </c>
     </row>
     <row r="1833" spans="1:7" customFormat="false">
       <c r="A1833" s="0">
-        <v>1296</v>
+        <v>281</v>
       </c>
       <c r="B1833" s="0" t="str">
-        <v>Normenkader</v>
+        <v>Rentetoerekening</v>
       </c>
       <c r="C1833" s="0" t="str">
         <v>431 Treasury</v>
       </c>
       <c r="D1833" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1833" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1833" s="6">
-        <v>45735.0</v>
+        <v>41800.0</v>
       </c>
     </row>
     <row r="1834" spans="1:7" customFormat="false">
       <c r="A1834" s="0">
-        <v>1296</v>
+        <v>282</v>
       </c>
       <c r="B1834" s="0" t="str">
-        <v>Normenkader</v>
+        <v>Schuldennotitie</v>
       </c>
       <c r="C1834" s="0" t="str">
         <v>431 Treasury</v>
       </c>
       <c r="D1834" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1834" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1834" s="6">
-        <v>46057.0</v>
+        <v>41765.0</v>
       </c>
     </row>
     <row r="1835" spans="1:7" customFormat="false">
       <c r="A1835" s="0">
-        <v>184</v>
+        <v>282</v>
       </c>
       <c r="B1835" s="0" t="str">
-        <v xml:space="preserve">Nota lokaal belastinggebied </v>
+        <v>Schuldennotitie</v>
       </c>
       <c r="C1835" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="D1835" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1835" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1835" s="6">
-        <v>41989.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="1836" spans="1:7" customFormat="false">
       <c r="A1836" s="0">
-        <v>184</v>
+        <v>282</v>
       </c>
       <c r="B1836" s="0" t="str">
-        <v xml:space="preserve">Nota lokaal belastinggebied </v>
+        <v>Schuldennotitie</v>
       </c>
       <c r="C1836" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="D1836" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1836" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Auditcommissie</v>
       </c>
       <c r="G1836" s="6">
-        <v>43435.0</v>
+        <v>43900.0</v>
       </c>
     </row>
     <row r="1837" spans="1:7" customFormat="false">
       <c r="A1837" s="0">
-        <v>184</v>
+        <v>282</v>
       </c>
       <c r="B1837" s="0" t="str">
-        <v xml:space="preserve">Nota lokaal belastinggebied </v>
+        <v>Schuldennotitie</v>
       </c>
       <c r="C1837" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="D1837" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1837" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1837" s="6">
-        <v>45476.0</v>
+        <v>45637.0</v>
       </c>
     </row>
     <row r="1838" spans="1:7" customFormat="false">
       <c r="A1838" s="0">
-        <v>184</v>
+        <v>418</v>
       </c>
       <c r="B1838" s="0" t="str">
-        <v xml:space="preserve">Nota lokaal belastinggebied </v>
+        <v xml:space="preserve">Onderzoek afstoten hypothekenportefeuille ambtenaren </v>
       </c>
       <c r="C1838" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="D1838" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1838" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1838" s="6">
-        <v>45609.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="1839" spans="1:7" customFormat="false">
       <c r="A1839" s="0">
-        <v>184</v>
+        <v>419</v>
       </c>
       <c r="B1839" s="0" t="str">
-        <v xml:space="preserve">Nota lokaal belastinggebied </v>
+        <v xml:space="preserve">Verkoop deel vastgoed: inzicht in omvang + bedrag </v>
       </c>
       <c r="C1839" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="D1839" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1839" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1839" s="6">
-        <v>47058.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="1840" spans="1:7" customFormat="false">
       <c r="A1840" s="0">
-        <v>294</v>
+        <v>668</v>
       </c>
       <c r="B1840" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v>Vennootschapsbelasting</v>
       </c>
       <c r="C1840" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="D1840" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1840" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1840" s="6">
-        <v>41625.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="1841" spans="1:7" customFormat="false">
       <c r="A1841" s="0">
-        <v>294</v>
+        <v>1296</v>
       </c>
       <c r="B1841" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v>Normenkader</v>
       </c>
       <c r="C1841" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="D1841" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1841" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1841" s="6">
-        <v>41954.0</v>
+        <v>45329.0</v>
       </c>
     </row>
     <row r="1842" spans="1:7" customFormat="false">
       <c r="A1842" s="0">
-        <v>294</v>
+        <v>1296</v>
       </c>
       <c r="B1842" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v>Normenkader</v>
       </c>
       <c r="C1842" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="D1842" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1842" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1842" s="6">
-        <v>42319.0</v>
+        <v>45735.0</v>
       </c>
     </row>
     <row r="1843" spans="1:7" customFormat="false">
       <c r="A1843" s="0">
-        <v>294</v>
+        <v>1296</v>
       </c>
       <c r="B1843" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v>Normenkader</v>
       </c>
       <c r="C1843" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="D1843" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1843" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1843" s="6">
-        <v>42683.0</v>
+        <v>46057.0</v>
       </c>
     </row>
     <row r="1844" spans="1:7" customFormat="false">
       <c r="A1844" s="0">
-        <v>294</v>
+        <v>184</v>
       </c>
       <c r="B1844" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v xml:space="preserve">Nota lokaal belastinggebied </v>
       </c>
       <c r="C1844" s="0" t="str">
         <v>432 Belastingen</v>
       </c>
       <c r="D1844" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1844" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1844" s="6">
-        <v>43047.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="1845" spans="1:7" customFormat="false">
       <c r="A1845" s="0">
-        <v>294</v>
+        <v>184</v>
       </c>
       <c r="B1845" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v xml:space="preserve">Nota lokaal belastinggebied </v>
       </c>
       <c r="C1845" s="0" t="str">
         <v>432 Belastingen</v>
       </c>
       <c r="D1845" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1845" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1845" s="6">
-        <v>43418.0</v>
+        <v>43435.0</v>
       </c>
     </row>
     <row r="1846" spans="1:7" customFormat="false">
       <c r="A1846" s="0">
-        <v>294</v>
+        <v>184</v>
       </c>
       <c r="B1846" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v xml:space="preserve">Nota lokaal belastinggebied </v>
       </c>
       <c r="C1846" s="0" t="str">
         <v>432 Belastingen</v>
       </c>
       <c r="D1846" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1846" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1846" s="6">
-        <v>43782.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="1847" spans="1:7" customFormat="false">
       <c r="A1847" s="0">
-        <v>294</v>
+        <v>184</v>
       </c>
       <c r="B1847" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v xml:space="preserve">Nota lokaal belastinggebied </v>
       </c>
       <c r="C1847" s="0" t="str">
         <v>432 Belastingen</v>
       </c>
       <c r="D1847" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1847" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1847" s="6">
-        <v>44146.0</v>
+        <v>45609.0</v>
       </c>
     </row>
     <row r="1848" spans="1:7" customFormat="false">
       <c r="A1848" s="0">
-        <v>294</v>
+        <v>184</v>
       </c>
       <c r="B1848" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v xml:space="preserve">Nota lokaal belastinggebied </v>
       </c>
       <c r="C1848" s="0" t="str">
         <v>432 Belastingen</v>
       </c>
       <c r="D1848" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1848" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1848" s="6">
-        <v>44510.0</v>
+        <v>47058.0</v>
       </c>
     </row>
     <row r="1849" spans="1:7" customFormat="false">
       <c r="A1849" s="0">
         <v>294</v>
       </c>
       <c r="B1849" s="0" t="str">
         <v>Belastingverordeningen</v>
       </c>
       <c r="C1849" s="0" t="str">
         <v>432 Belastingen</v>
       </c>
       <c r="D1849" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1849" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1849" s="6">
-        <v>44874.0</v>
+        <v>41625.0</v>
       </c>
     </row>
     <row r="1850" spans="1:7" customFormat="false">
       <c r="A1850" s="0">
         <v>294</v>
       </c>
       <c r="B1850" s="0" t="str">
         <v>Belastingverordeningen</v>
       </c>
       <c r="C1850" s="0" t="str">
         <v>432 Belastingen</v>
       </c>
       <c r="D1850" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1850" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1850" s="6">
-        <v>45238.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="1851" spans="1:7" customFormat="false">
       <c r="A1851" s="0">
         <v>294</v>
       </c>
       <c r="B1851" s="0" t="str">
         <v>Belastingverordeningen</v>
       </c>
       <c r="C1851" s="0" t="str">
         <v>432 Belastingen</v>
       </c>
       <c r="D1851" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1851" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1851" s="6">
-        <v>45609.0</v>
+        <v>42319.0</v>
       </c>
     </row>
     <row r="1852" spans="1:7" customFormat="false">
       <c r="A1852" s="0">
         <v>294</v>
       </c>
       <c r="B1852" s="0" t="str">
         <v>Belastingverordeningen</v>
       </c>
       <c r="C1852" s="0" t="str">
         <v>432 Belastingen</v>
       </c>
       <c r="D1852" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1852" s="0" t="str">
         <v>Raadvergadering</v>
       </c>
       <c r="G1852" s="6">
-        <v>45973.0</v>
+        <v>42683.0</v>
       </c>
     </row>
     <row r="1853" spans="1:7" customFormat="false">
       <c r="A1853" s="0">
-        <v>489</v>
+        <v>294</v>
       </c>
       <c r="B1853" s="0" t="str">
-        <v>Onderzoek verschillen lokale lastendruk</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1853" s="0" t="str">
         <v>432 Belastingen</v>
       </c>
       <c r="D1853" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1853" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1853" s="6">
-        <v>42473.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="1854" spans="1:7" customFormat="false">
       <c r="A1854" s="0">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="B1854" s="0" t="str">
-        <v>Precariobelasting op kabels en leidingen</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1854" s="0" t="str">
-        <v>434 Overige baten en lasten</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="D1854" s="0" t="str">
-        <v>G.J. van den Hengel</v>
-[...3 lines deleted...]
-        <v/>
+        <v>W. Oosterwijk</v>
+      </c>
+      <c r="F1854" s="0" t="str">
+        <v>Raadvergadering</v>
+      </c>
+      <c r="G1854" s="6">
+        <v>43418.0</v>
       </c>
     </row>
     <row r="1855" spans="1:7" customFormat="false">
       <c r="A1855" s="0">
-        <v>128</v>
+        <v>294</v>
       </c>
       <c r="B1855" s="0" t="str">
-        <v>Visie Zorg voor Jeugd, overleg plannen</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1855" s="0" t="str">
-        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="D1855" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1855" s="0" t="str">
-        <v>College</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1855" s="6">
-        <v>41563.0</v>
+        <v>43782.0</v>
       </c>
     </row>
     <row r="1856" spans="1:7" customFormat="false">
       <c r="A1856" s="0">
-        <v>258</v>
+        <v>294</v>
       </c>
       <c r="B1856" s="0" t="str">
-        <v>Overleg (preventief) drugsbeleid</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1856" s="0" t="str">
-        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="D1856" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1856" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1856" s="6">
-        <v>41579.0</v>
+        <v>44146.0</v>
       </c>
     </row>
     <row r="1857" spans="1:7" customFormat="false">
       <c r="A1857" s="0">
-        <v>376</v>
+        <v>294</v>
       </c>
       <c r="B1857" s="0" t="str">
-        <v>Notitie over mogelijk vangnet voor 18-jarigen in de Jeugdzorg</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1857" s="0" t="str">
-        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="D1857" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1857" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1857" s="6">
-        <v>41954.0</v>
+        <v>44510.0</v>
       </c>
     </row>
     <row r="1858" spans="1:7" customFormat="false">
       <c r="A1858" s="0">
-        <v>513</v>
+        <v>294</v>
       </c>
       <c r="B1858" s="0" t="str">
-        <v>Overzicht organisaties Jeugdzorg</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1858" s="0" t="str">
-        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="D1858" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1858" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1858" s="6">
-        <v>42193.0</v>
+        <v>44874.0</v>
       </c>
     </row>
     <row r="1859" spans="1:7" customFormat="false">
       <c r="A1859" s="0">
-        <v>519</v>
+        <v>294</v>
       </c>
       <c r="B1859" s="0" t="str">
-        <v>Tijdelijke opschorting ouderbijdrage jeugd-ggz</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1859" s="0" t="str">
-        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="D1859" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1859" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1859" s="6">
-        <v>42247.0</v>
+        <v>45238.0</v>
       </c>
     </row>
     <row r="1860" spans="1:7" customFormat="false">
       <c r="A1860" s="0">
-        <v>523</v>
+        <v>294</v>
       </c>
       <c r="B1860" s="0" t="str">
-        <v>workshop jeugdzorg</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1860" s="0" t="str">
-        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="D1860" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1860" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1860" s="6">
-        <v>42263.0</v>
+        <v>45609.0</v>
       </c>
     </row>
     <row r="1861" spans="1:7" customFormat="false">
       <c r="A1861" s="0">
-        <v>565</v>
+        <v>294</v>
       </c>
       <c r="B1861" s="0" t="str">
-        <v>Tevredenheid mensen over sociaal domein, m.n. jeugdhulp.</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1861" s="0" t="str">
-        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="D1861" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1861" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1861" s="6">
-        <v>42277.0</v>
+        <v>45973.0</v>
       </c>
     </row>
     <row r="1862" spans="1:7" customFormat="false">
       <c r="A1862" s="0">
-        <v>735</v>
+        <v>489</v>
       </c>
       <c r="B1862" s="0" t="str">
-        <v>Pilot bekostiging speltherapie</v>
+        <v>Onderzoek verschillen lokale lastendruk</v>
       </c>
       <c r="C1862" s="0" t="str">
-        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="D1862" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1862" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1862" s="6">
-        <v>43005.0</v>
+        <v>42473.0</v>
       </c>
     </row>
     <row r="1863" spans="1:7" customFormat="false">
       <c r="A1863" s="0">
-        <v>659</v>
+        <v>295</v>
       </c>
       <c r="B1863" s="0" t="str">
-        <v>her-meldingen Veilig Thuis</v>
+        <v>Precariobelasting op kabels en leidingen</v>
       </c>
       <c r="C1863" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v>434 Overige baten en lasten</v>
       </c>
       <c r="D1863" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
-[...5 lines deleted...]
-        <v>42473.0</v>
+        <v>G.J. van den Hengel</v>
+      </c>
+      <c r="F1863" s="0"/>
+      <c r="G1863" s="6" t="str">
+        <v/>
       </c>
     </row>
     <row r="1864" spans="1:7" customFormat="false">
       <c r="A1864" s="0">
-        <v>659</v>
+        <v>128</v>
       </c>
       <c r="B1864" s="0" t="str">
-        <v>her-meldingen Veilig Thuis</v>
+        <v>Visie Zorg voor Jeugd, overleg plannen</v>
       </c>
       <c r="C1864" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
       </c>
       <c r="D1864" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1864" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>College</v>
       </c>
       <c r="G1864" s="6">
-        <v>42803.0</v>
+        <v>41563.0</v>
       </c>
     </row>
     <row r="1865" spans="1:7" customFormat="false">
       <c r="A1865" s="0">
-        <v>659</v>
+        <v>258</v>
       </c>
       <c r="B1865" s="0" t="str">
-        <v>her-meldingen Veilig Thuis</v>
+        <v>Overleg (preventief) drugsbeleid</v>
       </c>
       <c r="C1865" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
       </c>
       <c r="D1865" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1865" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1865" s="6">
-        <v>43810.0</v>
+        <v>41579.0</v>
       </c>
     </row>
     <row r="1866" spans="1:7" customFormat="false">
       <c r="A1866" s="0">
-        <v>659</v>
+        <v>376</v>
       </c>
       <c r="B1866" s="0" t="str">
-        <v>her-meldingen Veilig Thuis</v>
+        <v>Notitie over mogelijk vangnet voor 18-jarigen in de Jeugdzorg</v>
       </c>
       <c r="C1866" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
       </c>
       <c r="D1866" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1866" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1866" s="6">
-        <v>45476.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="1867" spans="1:7" customFormat="false">
       <c r="A1867" s="0">
-        <v>843</v>
+        <v>513</v>
       </c>
       <c r="B1867" s="0" t="str">
-        <v>Aanpak kwetsbare jongeren</v>
+        <v>Overzicht organisaties Jeugdzorg</v>
       </c>
       <c r="C1867" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
       </c>
       <c r="D1867" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1867" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1867" s="6">
-        <v>43495.0</v>
+        <v>42193.0</v>
       </c>
     </row>
     <row r="1868" spans="1:7" customFormat="false">
       <c r="A1868" s="0">
-        <v>853</v>
+        <v>519</v>
       </c>
       <c r="B1868" s="0" t="str">
-        <v>Beschermd wonen</v>
+        <v>Tijdelijke opschorting ouderbijdrage jeugd-ggz</v>
       </c>
       <c r="C1868" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
       </c>
       <c r="D1868" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1868" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1868" s="6">
-        <v>43166.0</v>
+        <v>42247.0</v>
       </c>
     </row>
     <row r="1869" spans="1:7" customFormat="false">
       <c r="A1869" s="0">
-        <v>877</v>
+        <v>523</v>
       </c>
       <c r="B1869" s="0" t="str">
-        <v>Studietoeslag jongeren met een beperking</v>
+        <v>workshop jeugdzorg</v>
       </c>
       <c r="C1869" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
       </c>
       <c r="D1869" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1869" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1869" s="6">
-        <v>43285.0</v>
+        <v>42263.0</v>
       </c>
     </row>
     <row r="1870" spans="1:7" customFormat="false">
       <c r="A1870" s="0">
-        <v>877</v>
+        <v>565</v>
       </c>
       <c r="B1870" s="0" t="str">
-        <v>Studietoeslag jongeren met een beperking</v>
+        <v>Tevredenheid mensen over sociaal domein, m.n. jeugdhulp.</v>
       </c>
       <c r="C1870" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
       </c>
       <c r="D1870" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1870" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1870" s="6">
-        <v>43572.0</v>
+        <v>42277.0</v>
       </c>
     </row>
     <row r="1871" spans="1:7" customFormat="false">
       <c r="A1871" s="0">
-        <v>878</v>
+        <v>735</v>
       </c>
       <c r="B1871" s="0" t="str">
-        <v>Mogelijkheden zelfstandig reizen kwetsbare jongeren</v>
+        <v>Pilot bekostiging speltherapie</v>
       </c>
       <c r="C1871" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
       </c>
       <c r="D1871" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1871" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1871" s="6">
-        <v>43285.0</v>
+        <v>43005.0</v>
       </c>
     </row>
     <row r="1872" spans="1:7" customFormat="false">
       <c r="A1872" s="0">
-        <v>878</v>
+        <v>659</v>
       </c>
       <c r="B1872" s="0" t="str">
-        <v>Mogelijkheden zelfstandig reizen kwetsbare jongeren</v>
+        <v>her-meldingen Veilig Thuis</v>
       </c>
       <c r="C1872" s="0" t="str">
         <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="D1872" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1872" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1872" s="6">
-        <v>43656.0</v>
+        <v>42473.0</v>
       </c>
     </row>
     <row r="1873" spans="1:7" customFormat="false">
       <c r="A1873" s="0">
-        <v>878</v>
+        <v>659</v>
       </c>
       <c r="B1873" s="0" t="str">
-        <v>Mogelijkheden zelfstandig reizen kwetsbare jongeren</v>
+        <v>her-meldingen Veilig Thuis</v>
       </c>
       <c r="C1873" s="0" t="str">
         <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="D1873" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1873" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1873" s="6">
-        <v>44013.0</v>
+        <v>42803.0</v>
       </c>
     </row>
     <row r="1874" spans="1:7" customFormat="false">
       <c r="A1874" s="0">
-        <v>119</v>
+        <v>659</v>
       </c>
       <c r="B1874" s="0" t="str">
-        <v>Svz en toekomstverwachting taalklas</v>
+        <v>her-meldingen Veilig Thuis</v>
       </c>
       <c r="C1874" s="0" t="str">
-        <v>111 Lokaal onderwijsbeleid</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="D1874" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1874" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1874" s="6">
-        <v>41590.0</v>
+        <v>43810.0</v>
       </c>
     </row>
     <row r="1875" spans="1:7" customFormat="false">
       <c r="A1875" s="0">
-        <v>120</v>
+        <v>659</v>
       </c>
       <c r="B1875" s="0" t="str">
-        <v>Vergroten vroeg- en voorschoolse educatie</v>
+        <v>her-meldingen Veilig Thuis</v>
       </c>
       <c r="C1875" s="0" t="str">
-        <v>111 Lokaal onderwijsbeleid</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="D1875" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1875" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1875" s="6">
-        <v>41609.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="1876" spans="1:7" customFormat="false">
       <c r="A1876" s="0">
-        <v>472</v>
+        <v>843</v>
       </c>
       <c r="B1876" s="0" t="str">
-        <v>Bezuiniging organisaties met maatschappelijk oogmerk</v>
+        <v>Aanpak kwetsbare jongeren</v>
       </c>
       <c r="C1876" s="0" t="str">
-        <v>111 Lokaal onderwijsbeleid</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="D1876" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1876" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1876" s="6">
-        <v>42193.0</v>
+        <v>43495.0</v>
       </c>
     </row>
     <row r="1877" spans="1:7" customFormat="false">
       <c r="A1877" s="0">
-        <v>631</v>
+        <v>853</v>
       </c>
       <c r="B1877" s="0" t="str">
-        <v>Speel-o-theek 't Scharrelkuiken</v>
+        <v>Beschermd wonen</v>
       </c>
       <c r="C1877" s="0" t="str">
-        <v>111 Lokaal onderwijsbeleid</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="D1877" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1877" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1877" s="6">
-        <v>42473.0</v>
+        <v>43166.0</v>
       </c>
     </row>
     <row r="1878" spans="1:7" customFormat="false">
       <c r="A1878" s="0">
-        <v>249</v>
+        <v>877</v>
       </c>
       <c r="B1878" s="0" t="str">
-        <v>Bezuinigingen voor 2015, leerlingenvervoer</v>
+        <v>Studietoeslag jongeren met een beperking</v>
       </c>
       <c r="C1878" s="0" t="str">
-        <v>111 Lokaal onderwijsbeleid (leerlingenvervoer)</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="D1878" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1878" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1878" s="6">
-        <v>41625.0</v>
+        <v>43285.0</v>
       </c>
     </row>
     <row r="1879" spans="1:7" customFormat="false">
       <c r="A1879" s="0">
-        <v>826</v>
+        <v>877</v>
       </c>
       <c r="B1879" s="0" t="str">
-        <v>evaluatie leerlingenvervoer</v>
+        <v>Studietoeslag jongeren met een beperking</v>
       </c>
       <c r="C1879" s="0" t="str">
-        <v>111 Lokaal onderwijsbeleid (leerlingenvervoer)</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="D1879" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1879" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1879" s="6">
-        <v>43082.0</v>
+        <v>43572.0</v>
       </c>
     </row>
     <row r="1880" spans="1:7" customFormat="false">
       <c r="A1880" s="0">
-        <v>473</v>
+        <v>878</v>
       </c>
       <c r="B1880" s="0" t="str">
-        <v>Gevolgen invoering Participatiewet</v>
+        <v>Mogelijkheden zelfstandig reizen kwetsbare jongeren</v>
       </c>
       <c r="C1880" s="0" t="str">
-        <v>112  Reintegratie (Participatiewet)</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="D1880" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1880" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1880" s="6">
-        <v>42032.0</v>
+        <v>43285.0</v>
       </c>
     </row>
     <row r="1881" spans="1:7" customFormat="false">
       <c r="A1881" s="0">
-        <v>623</v>
+        <v>878</v>
       </c>
       <c r="B1881" s="0" t="str">
-        <v>Voor- en nadelen beschut en beschermd werk voor cliënt / gemeente</v>
+        <v>Mogelijkheden zelfstandig reizen kwetsbare jongeren</v>
       </c>
       <c r="C1881" s="0" t="str">
-        <v>112  Reintegratie (Participatiewet)</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="D1881" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1881" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1881" s="6">
-        <v>42515.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="1882" spans="1:7" customFormat="false">
       <c r="A1882" s="0">
-        <v>1051</v>
+        <v>878</v>
       </c>
       <c r="B1882" s="0" t="str">
-        <v>Perspectief op werk</v>
+        <v>Mogelijkheden zelfstandig reizen kwetsbare jongeren</v>
       </c>
       <c r="C1882" s="0" t="str">
-        <v>112  Reintegratie (Participatiewet)</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="D1882" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1882" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1882" s="6">
-        <v>44475.0</v>
+        <v>44013.0</v>
       </c>
     </row>
     <row r="1883" spans="1:7" customFormat="false">
       <c r="A1883" s="0">
-        <v>103</v>
+        <v>119</v>
       </c>
       <c r="B1883" s="0" t="str">
-        <v>Stimuleringsfonds sociaal domein i.r.t. Innovatiefonds Wmo</v>
+        <v>Svz en toekomstverwachting taalklas</v>
       </c>
       <c r="C1883" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="D1883" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1883" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1883" s="6">
         <v>41590.0</v>
       </c>
     </row>
     <row r="1884" spans="1:7" customFormat="false">
       <c r="A1884" s="0">
-        <v>313</v>
+        <v>120</v>
       </c>
       <c r="B1884" s="0" t="str">
-        <v>Maandrapportages</v>
+        <v>Vergroten vroeg- en voorschoolse educatie</v>
       </c>
       <c r="C1884" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="D1884" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1884" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1884" s="6">
-        <v>41624.0</v>
+        <v>41609.0</v>
       </c>
     </row>
     <row r="1885" spans="1:7" customFormat="false">
       <c r="A1885" s="0">
-        <v>344</v>
+        <v>472</v>
       </c>
       <c r="B1885" s="0" t="str">
-        <v>informatieve bijeenkomst 3D's</v>
+        <v>Bezuiniging organisaties met maatschappelijk oogmerk</v>
       </c>
       <c r="C1885" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="D1885" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1885" s="0" t="str">
-        <v>Informatieavond</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1885" s="6">
-        <v>41774.0</v>
+        <v>42193.0</v>
       </c>
     </row>
     <row r="1886" spans="1:7" customFormat="false">
       <c r="A1886" s="0">
-        <v>357</v>
+        <v>631</v>
       </c>
       <c r="B1886" s="0" t="str">
-        <v xml:space="preserve">3 Decentralisaties: sociale markt en sociale kaart </v>
+        <v>Speel-o-theek 't Scharrelkuiken</v>
       </c>
       <c r="C1886" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="D1886" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1886" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1886" s="6">
-        <v>42032.0</v>
+        <v>42473.0</v>
       </c>
     </row>
     <row r="1887" spans="1:7" customFormat="false">
       <c r="A1887" s="0">
-        <v>375</v>
+        <v>249</v>
       </c>
       <c r="B1887" s="0" t="str">
-        <v>Laagdrempelige hulp bij relatieproblemen</v>
+        <v>Bezuinigingen voor 2015, leerlingenvervoer</v>
       </c>
       <c r="C1887" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>111 Lokaal onderwijsbeleid (leerlingenvervoer)</v>
       </c>
       <c r="D1887" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1887" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1887" s="6">
-        <v>41954.0</v>
+        <v>41625.0</v>
       </c>
     </row>
     <row r="1888" spans="1:7" customFormat="false">
       <c r="A1888" s="0">
-        <v>447</v>
+        <v>826</v>
       </c>
       <c r="B1888" s="0" t="str">
-        <v>Het aanbieden van beleidsregels in rubriek B.</v>
+        <v>evaluatie leerlingenvervoer</v>
       </c>
       <c r="C1888" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>111 Lokaal onderwijsbeleid (leerlingenvervoer)</v>
       </c>
       <c r="D1888" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1888" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1888" s="6">
-        <v>41989.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="1889" spans="1:7" customFormat="false">
       <c r="A1889" s="0">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B1889" s="0" t="str">
-        <v>Subsidie Maaltijd aan Huis</v>
+        <v>Gevolgen invoering Participatiewet</v>
       </c>
       <c r="C1889" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>112  Reintegratie (Participatiewet)</v>
       </c>
       <c r="D1889" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1889" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1889" s="6">
-        <v>42879.0</v>
+        <v>42032.0</v>
       </c>
     </row>
     <row r="1890" spans="1:7" customFormat="false">
       <c r="A1890" s="0">
-        <v>476</v>
+        <v>623</v>
       </c>
       <c r="B1890" s="0" t="str">
-        <v>Actualisatie Wmo-beleidsplan</v>
+        <v>Voor- en nadelen beschut en beschermd werk voor cliënt / gemeente</v>
       </c>
       <c r="C1890" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>112  Reintegratie (Participatiewet)</v>
       </c>
       <c r="D1890" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1890" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1890" s="6">
-        <v>43344.0</v>
+        <v>42515.0</v>
       </c>
     </row>
     <row r="1891" spans="1:7" customFormat="false">
       <c r="A1891" s="0">
-        <v>478</v>
+        <v>1051</v>
       </c>
       <c r="B1891" s="0" t="str">
-        <v>Sociaal Domein (reserve)</v>
+        <v>Perspectief op werk</v>
       </c>
       <c r="C1891" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>112  Reintegratie (Participatiewet)</v>
       </c>
       <c r="D1891" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1891" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1891" s="6">
-        <v>42193.0</v>
+        <v>44475.0</v>
       </c>
     </row>
     <row r="1892" spans="1:7" customFormat="false">
       <c r="A1892" s="0">
-        <v>483</v>
+        <v>103</v>
       </c>
       <c r="B1892" s="0" t="str">
-        <v>Jaarplan van Adviesraad Sociaal Domein</v>
+        <v>Stimuleringsfonds sociaal domein i.r.t. Innovatiefonds Wmo</v>
       </c>
       <c r="C1892" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1892" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1892" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1892" s="6">
-        <v>42053.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="1893" spans="1:7" customFormat="false">
       <c r="A1893" s="0">
-        <v>485</v>
+        <v>313</v>
       </c>
       <c r="B1893" s="0" t="str">
-        <v>Evaluatie preventiepilot ouders met een eerste kind</v>
+        <v>Maandrapportages</v>
       </c>
       <c r="C1893" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1893" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1893" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1893" s="6">
-        <v>42156.0</v>
+        <v>41624.0</v>
       </c>
     </row>
     <row r="1894" spans="1:7" customFormat="false">
       <c r="A1894" s="0">
-        <v>561</v>
+        <v>344</v>
       </c>
       <c r="B1894" s="0" t="str">
-        <v>schuldhulpverlening</v>
+        <v>informatieve bijeenkomst 3D's</v>
       </c>
       <c r="C1894" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1894" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1894" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Informatieavond</v>
       </c>
       <c r="G1894" s="6">
-        <v>42289.0</v>
+        <v>41774.0</v>
       </c>
     </row>
     <row r="1895" spans="1:7" customFormat="false">
       <c r="A1895" s="0">
-        <v>564</v>
+        <v>357</v>
       </c>
       <c r="B1895" s="0" t="str">
-        <v>Rol Welzijn Barneveld richting wijkplatforms</v>
+        <v xml:space="preserve">3 Decentralisaties: sociale markt en sociale kaart </v>
       </c>
       <c r="C1895" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1895" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1895" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1895" s="6">
-        <v>42382.0</v>
+        <v>42032.0</v>
       </c>
     </row>
     <row r="1896" spans="1:7" customFormat="false">
       <c r="A1896" s="0">
-        <v>607</v>
+        <v>375</v>
       </c>
       <c r="B1896" s="0" t="str">
-        <v>Decentralisaties</v>
+        <v>Laagdrempelige hulp bij relatieproblemen</v>
       </c>
       <c r="C1896" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1896" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1896" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1896" s="6">
-        <v>42431.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="1897" spans="1:7" customFormat="false">
       <c r="A1897" s="0">
-        <v>669</v>
+        <v>447</v>
       </c>
       <c r="B1897" s="0" t="str">
-        <v>Overname contract van TSN Thuiszorg door Stichting Familiehulp</v>
+        <v>Het aanbieden van beleidsregels in rubriek B.</v>
       </c>
       <c r="C1897" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1897" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1897" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1897" s="6">
-        <v>43047.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="1898" spans="1:7" customFormat="false">
       <c r="A1898" s="0">
-        <v>696</v>
+        <v>471</v>
       </c>
       <c r="B1898" s="0" t="str">
-        <v xml:space="preserve">Plan van aanpak verwarde personen </v>
+        <v>Subsidie Maaltijd aan Huis</v>
       </c>
       <c r="C1898" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1898" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1898" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1898" s="6">
-        <v>42641.0</v>
+        <v>42879.0</v>
       </c>
     </row>
     <row r="1899" spans="1:7" customFormat="false">
       <c r="A1899" s="0">
-        <v>697</v>
+        <v>476</v>
       </c>
       <c r="B1899" s="0" t="str">
-        <v>Schuldhulpverlening</v>
+        <v>Actualisatie Wmo-beleidsplan</v>
       </c>
       <c r="C1899" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1899" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1899" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1899" s="6">
-        <v>43215.0</v>
+        <v>43344.0</v>
       </c>
     </row>
     <row r="1900" spans="1:7" customFormat="false">
       <c r="A1900" s="0">
-        <v>697</v>
+        <v>478</v>
       </c>
       <c r="B1900" s="0" t="str">
-        <v>Schuldhulpverlening</v>
+        <v>Sociaal Domein (reserve)</v>
       </c>
       <c r="C1900" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1900" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1900" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1900" s="6">
-        <v>43495.0</v>
+        <v>42193.0</v>
       </c>
     </row>
     <row r="1901" spans="1:7" customFormat="false">
       <c r="A1901" s="0">
-        <v>700</v>
+        <v>483</v>
       </c>
       <c r="B1901" s="0" t="str">
-        <v>Dagbesteding</v>
+        <v>Jaarplan van Adviesraad Sociaal Domein</v>
       </c>
       <c r="C1901" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1901" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1901" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1901" s="6">
-        <v>42683.0</v>
+        <v>42053.0</v>
       </c>
     </row>
     <row r="1902" spans="1:7" customFormat="false">
       <c r="A1902" s="0">
-        <v>742</v>
+        <v>485</v>
       </c>
       <c r="B1902" s="0" t="str">
-        <v>Hulpverlening verwarde personen</v>
+        <v>Evaluatie preventiepilot ouders met een eerste kind</v>
       </c>
       <c r="C1902" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1902" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1902" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1902" s="6">
-        <v>42948.0</v>
+        <v>42156.0</v>
       </c>
     </row>
     <row r="1903" spans="1:7" customFormat="false">
       <c r="A1903" s="0">
-        <v>744</v>
+        <v>561</v>
       </c>
       <c r="B1903" s="0" t="str">
-        <v>Bemoeizorg</v>
+        <v>schuldhulpverlening</v>
       </c>
       <c r="C1903" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1903" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1903" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1903" s="6">
-        <v>42816.0</v>
+        <v>42289.0</v>
       </c>
     </row>
     <row r="1904" spans="1:7" customFormat="false">
       <c r="A1904" s="0">
-        <v>744</v>
+        <v>564</v>
       </c>
       <c r="B1904" s="0" t="str">
-        <v>Bemoeizorg</v>
+        <v>Rol Welzijn Barneveld richting wijkplatforms</v>
       </c>
       <c r="C1904" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1904" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1904" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1904" s="6">
-        <v>43047.0</v>
+        <v>42382.0</v>
       </c>
     </row>
     <row r="1905" spans="1:7" customFormat="false">
       <c r="A1905" s="0">
-        <v>785</v>
+        <v>607</v>
       </c>
       <c r="B1905" s="0" t="str">
-        <v xml:space="preserve">Verwarde personen </v>
+        <v>Decentralisaties</v>
       </c>
       <c r="C1905" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1905" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1905" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1905" s="6">
-        <v>42921.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="1906" spans="1:7" customFormat="false">
       <c r="A1906" s="0">
-        <v>793</v>
+        <v>669</v>
       </c>
       <c r="B1906" s="0" t="str">
-        <v>Participatie in sport- en cultuurfondsen voor o.a. minima</v>
+        <v>Overname contract van TSN Thuiszorg door Stichting Familiehulp</v>
       </c>
       <c r="C1906" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1906" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1906" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1906" s="6">
-        <v>42921.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="1907" spans="1:7" customFormat="false">
       <c r="A1907" s="0">
-        <v>794</v>
+        <v>696</v>
       </c>
       <c r="B1907" s="0" t="str">
-        <v>Memo n.a.v. Jaarraportage Vertrouwenspersoon WMO, Jeugdwet e.a.</v>
+        <v xml:space="preserve">Plan van aanpak verwarde personen </v>
       </c>
       <c r="C1907" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1907" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1907" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1907" s="6">
-        <v>42921.0</v>
+        <v>42641.0</v>
       </c>
     </row>
     <row r="1908" spans="1:7" customFormat="false">
       <c r="A1908" s="0">
-        <v>816</v>
+        <v>697</v>
       </c>
       <c r="B1908" s="0" t="str">
-        <v>Familiegroepsplan</v>
+        <v>Schuldhulpverlening</v>
       </c>
       <c r="C1908" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1908" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1908" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1908" s="6">
-        <v>43047.0</v>
+        <v>43215.0</v>
       </c>
     </row>
     <row r="1909" spans="1:7" customFormat="false">
       <c r="A1909" s="0">
-        <v>817</v>
+        <v>697</v>
       </c>
       <c r="B1909" s="0" t="str">
-        <v>Communicatie over mogelijkheden zwemles voor minima</v>
+        <v>Schuldhulpverlening</v>
       </c>
       <c r="C1909" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1909" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1909" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1909" s="6">
-        <v>43017.0</v>
+        <v>43495.0</v>
       </c>
     </row>
     <row r="1910" spans="1:7" customFormat="false">
       <c r="A1910" s="0">
-        <v>865</v>
+        <v>700</v>
       </c>
       <c r="B1910" s="0" t="str">
-        <v>Persoons gebonden budget</v>
+        <v>Dagbesteding</v>
       </c>
       <c r="C1910" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1910" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1910" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1910" s="6">
-        <v>43446.0</v>
+        <v>42683.0</v>
       </c>
     </row>
     <row r="1911" spans="1:7" customFormat="false">
       <c r="A1911" s="0">
-        <v>880</v>
+        <v>742</v>
       </c>
       <c r="B1911" s="0" t="str">
-        <v>Regionale wachtlijst beschermd wonen</v>
+        <v>Hulpverlening verwarde personen</v>
       </c>
       <c r="C1911" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1911" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1911" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1911" s="6">
-        <v>43417.0</v>
+        <v>42948.0</v>
       </c>
     </row>
     <row r="1912" spans="1:7" customFormat="false">
       <c r="A1912" s="0">
-        <v>899</v>
+        <v>744</v>
       </c>
       <c r="B1912" s="0" t="str">
-        <v>Tijdelijke zorgwoningen</v>
+        <v>Bemoeizorg</v>
       </c>
       <c r="C1912" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1912" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1912" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1912" s="6">
-        <v>44104.0</v>
+        <v>42816.0</v>
       </c>
     </row>
     <row r="1913" spans="1:7" customFormat="false">
       <c r="A1913" s="0">
-        <v>969</v>
+        <v>744</v>
       </c>
       <c r="B1913" s="0" t="str">
-        <v>Aanrijtijden ambulances</v>
+        <v>Bemoeizorg</v>
       </c>
       <c r="C1913" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1913" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1913" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1913" s="6">
-        <v>43747.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="1914" spans="1:7" customFormat="false">
       <c r="A1914" s="0">
-        <v>969</v>
+        <v>785</v>
       </c>
       <c r="B1914" s="0" t="str">
-        <v>Aanrijtijden ambulances</v>
+        <v xml:space="preserve">Verwarde personen </v>
       </c>
       <c r="C1914" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1914" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1914" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1914" s="6">
-        <v>43782.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="1915" spans="1:7" customFormat="false">
       <c r="A1915" s="0">
-        <v>969</v>
+        <v>793</v>
       </c>
       <c r="B1915" s="0" t="str">
-        <v>Aanrijtijden ambulances</v>
+        <v>Participatie in sport- en cultuurfondsen voor o.a. minima</v>
       </c>
       <c r="C1915" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1915" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1915" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1915" s="6">
-        <v>43866.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="1916" spans="1:7" customFormat="false">
       <c r="A1916" s="0">
-        <v>969</v>
+        <v>794</v>
       </c>
       <c r="B1916" s="0" t="str">
-        <v>Aanrijtijden ambulances</v>
+        <v>Memo n.a.v. Jaarraportage Vertrouwenspersoon WMO, Jeugdwet e.a.</v>
       </c>
       <c r="C1916" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1916" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1916" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1916" s="6">
-        <v>43943.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="1917" spans="1:7" customFormat="false">
       <c r="A1917" s="0">
-        <v>969</v>
+        <v>816</v>
       </c>
       <c r="B1917" s="0" t="str">
-        <v>Aanrijtijden ambulances</v>
+        <v>Familiegroepsplan</v>
       </c>
       <c r="C1917" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1917" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1917" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1917" s="6">
-        <v>43978.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="1918" spans="1:7" customFormat="false">
       <c r="A1918" s="0">
-        <v>1083</v>
+        <v>817</v>
       </c>
       <c r="B1918" s="0" t="str">
-        <v>Memo Wet inburgering</v>
+        <v>Communicatie over mogelijkheden zwemles voor minima</v>
       </c>
       <c r="C1918" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1918" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1918" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1918" s="6">
-        <v>44510.0</v>
+        <v>43017.0</v>
       </c>
     </row>
     <row r="1919" spans="1:7" customFormat="false">
       <c r="A1919" s="0">
-        <v>117</v>
+        <v>865</v>
       </c>
       <c r="B1919" s="0" t="str">
-        <v>Tevredenheid gebruikers leszwemmen</v>
+        <v>Persoons gebonden budget</v>
       </c>
       <c r="C1919" s="0" t="str">
-        <v>121  Sportstimulering</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1919" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1919" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1919" s="6">
-        <v>41590.0</v>
+        <v>43446.0</v>
       </c>
     </row>
     <row r="1920" spans="1:7" customFormat="false">
       <c r="A1920" s="0">
-        <v>260</v>
+        <v>880</v>
       </c>
       <c r="B1920" s="0" t="str">
-        <v>Evaluatie Rijksregeling Impuls Brede School, sport en cultuur</v>
+        <v>Regionale wachtlijst beschermd wonen</v>
       </c>
       <c r="C1920" s="0" t="str">
-        <v>121  Sportstimulering</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1920" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1920" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1920" s="6">
-        <v>41625.0</v>
+        <v>43417.0</v>
       </c>
     </row>
     <row r="1921" spans="1:7" customFormat="false">
       <c r="A1921" s="0">
-        <v>702</v>
+        <v>899</v>
       </c>
       <c r="B1921" s="0" t="str">
-        <v>Sportgala</v>
+        <v>Tijdelijke zorgwoningen</v>
       </c>
       <c r="C1921" s="0" t="str">
-        <v>121  Sportstimulering</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1921" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1921" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1921" s="6">
-        <v>42683.0</v>
+        <v>44104.0</v>
       </c>
     </row>
     <row r="1922" spans="1:7" customFormat="false">
       <c r="A1922" s="0">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="B1922" s="0" t="str">
-        <v>Notitie kosten WK damesvolleybal</v>
+        <v>Aanrijtijden ambulances</v>
       </c>
       <c r="C1922" s="0" t="str">
-        <v>121  Sportstimulering</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1922" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1922" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1922" s="6">
         <v>43747.0</v>
       </c>
     </row>
     <row r="1923" spans="1:7" customFormat="false">
       <c r="A1923" s="0">
-        <v>1301</v>
+        <v>969</v>
       </c>
       <c r="B1923" s="0" t="str">
-        <v>Rapport onderzoek vrije tijd</v>
+        <v>Aanrijtijden ambulances</v>
       </c>
       <c r="C1923" s="0" t="str">
-        <v>121  Sportstimulering</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1923" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1923" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1923" s="6">
-        <v>45931.0</v>
+        <v>43782.0</v>
       </c>
     </row>
     <row r="1924" spans="1:7" customFormat="false">
       <c r="A1924" s="0">
-        <v>1207</v>
+        <v>969</v>
       </c>
       <c r="B1924" s="0" t="str">
-        <v>Toegankelijkheid activiteiten Be Active</v>
+        <v>Aanrijtijden ambulances</v>
       </c>
       <c r="C1924" s="0" t="str">
-        <v>121 Sportstimulering (Be-active en Be-creative)</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1924" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1924" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1924" s="6">
-        <v>45224.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="1925" spans="1:7" customFormat="false">
       <c r="A1925" s="0">
-        <v>480</v>
+        <v>969</v>
       </c>
       <c r="B1925" s="0" t="str">
-        <v>Subsidie Schaffelaartheater</v>
+        <v>Aanrijtijden ambulances</v>
       </c>
       <c r="C1925" s="0" t="str">
-        <v xml:space="preserve">122 Sociaal-cultureel werk </v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1925" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
-      <c r="F1925" s="0"/>
-[...1 lines deleted...]
-        <v/>
+      <c r="F1925" s="0" t="str">
+        <v>Rubriek B - lijst van ingekomen stukken</v>
+      </c>
+      <c r="G1925" s="6">
+        <v>43943.0</v>
       </c>
     </row>
     <row r="1926" spans="1:7" customFormat="false">
       <c r="A1926" s="0">
-        <v>1049</v>
+        <v>969</v>
       </c>
       <c r="B1926" s="0" t="str">
-        <v>pizza-overleg met Jongerenraad</v>
+        <v>Aanrijtijden ambulances</v>
       </c>
       <c r="C1926" s="0" t="str">
-        <v xml:space="preserve">122 Sociaal-cultureel werk </v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1926" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1926" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1926" s="6">
-        <v>44174.0</v>
+        <v>43978.0</v>
       </c>
     </row>
     <row r="1927" spans="1:7" customFormat="false">
       <c r="A1927" s="0">
-        <v>1052</v>
+        <v>1083</v>
       </c>
       <c r="B1927" s="0" t="str">
-        <v>Cultuurplein</v>
+        <v>Memo Wet inburgering</v>
       </c>
       <c r="C1927" s="0" t="str">
-        <v>122 Sociaal-cultureel werk (cultuur)</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="D1927" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1927" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1927" s="6">
-        <v>44342.0</v>
+        <v>44510.0</v>
       </c>
     </row>
     <row r="1928" spans="1:7" customFormat="false">
       <c r="A1928" s="0">
-        <v>567</v>
+        <v>117</v>
       </c>
       <c r="B1928" s="0" t="str">
-        <v>Beleid sport / onderwijs / jeugd</v>
+        <v>Tevredenheid gebruikers leszwemmen</v>
       </c>
       <c r="C1928" s="0" t="str">
-        <v>123 Volksgezondheid en preventie</v>
+        <v>121  Sportstimulering</v>
       </c>
       <c r="D1928" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1928" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1928" s="6">
-        <v>42515.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="1929" spans="1:7" customFormat="false">
       <c r="A1929" s="0">
-        <v>783</v>
+        <v>260</v>
       </c>
       <c r="B1929" s="0" t="str">
-        <v xml:space="preserve">Aanpak kwetsbare jongeren </v>
+        <v>Evaluatie Rijksregeling Impuls Brede School, sport en cultuur</v>
       </c>
       <c r="C1929" s="0" t="str">
-        <v>123 Volksgezondheid en preventie</v>
+        <v>121  Sportstimulering</v>
       </c>
       <c r="D1929" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1929" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1929" s="6">
-        <v>42921.0</v>
+        <v>41625.0</v>
       </c>
     </row>
     <row r="1930" spans="1:7" customFormat="false">
       <c r="A1930" s="0">
-        <v>1100</v>
+        <v>702</v>
       </c>
       <c r="B1930" s="0" t="str">
-        <v>huisartsenpost/apotheek</v>
+        <v>Sportgala</v>
       </c>
       <c r="C1930" s="0" t="str">
-        <v>123 Volksgezondheid en preventie</v>
+        <v>121  Sportstimulering</v>
       </c>
       <c r="D1930" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1930" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1930" s="6">
-        <v>44643.0</v>
+        <v>42683.0</v>
       </c>
     </row>
     <row r="1931" spans="1:7" customFormat="false">
       <c r="A1931" s="0">
-        <v>1272</v>
+        <v>968</v>
       </c>
       <c r="B1931" s="0" t="str">
-        <v>Onderzoek Vrije Tijd</v>
+        <v>Notitie kosten WK damesvolleybal</v>
       </c>
       <c r="C1931" s="0" t="str">
-        <v>123 Volksgezondheid en preventie</v>
+        <v>121  Sportstimulering</v>
       </c>
       <c r="D1931" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1931" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1931" s="6">
-        <v>45588.0</v>
+        <v>43747.0</v>
       </c>
     </row>
     <row r="1932" spans="1:7" customFormat="false">
       <c r="A1932" s="0">
-        <v>1283</v>
+        <v>1301</v>
       </c>
       <c r="B1932" s="0" t="str">
-        <v>Schadelijke effecten vapen</v>
+        <v>Rapport onderzoek vrije tijd</v>
       </c>
       <c r="C1932" s="0" t="str">
-        <v>123 Volksgezondheid en preventie</v>
+        <v>121  Sportstimulering</v>
       </c>
       <c r="D1932" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1932" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1932" s="6">
-        <v>45476.0</v>
+        <v>45931.0</v>
       </c>
     </row>
     <row r="1933" spans="1:7" customFormat="false">
       <c r="A1933" s="0">
-        <v>106</v>
+        <v>1207</v>
       </c>
       <c r="B1933" s="0" t="str">
-        <v>Debiteurenbeheer WZI</v>
+        <v>Toegankelijkheid activiteiten Be Active</v>
       </c>
       <c r="C1933" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>121 Sportstimulering (Be-active en Be-creative)</v>
       </c>
       <c r="D1933" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1933" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1933" s="6">
-        <v>41535.0</v>
+        <v>45224.0</v>
       </c>
     </row>
     <row r="1934" spans="1:7" customFormat="false">
       <c r="A1934" s="0">
-        <v>115</v>
+        <v>480</v>
       </c>
       <c r="B1934" s="0" t="str">
-        <v>Notitie nadelig saldo bijstand regulier en zelfstandigen</v>
+        <v>Subsidie Schaffelaartheater</v>
       </c>
       <c r="C1934" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v xml:space="preserve">122 Sociaal-cultureel werk </v>
       </c>
       <c r="D1934" s="0" t="str">
-        <v>G.J. van den Hengel</v>
-[...5 lines deleted...]
-        <v>41577.0</v>
+        <v>J.M. de Heer-Verheij</v>
+      </c>
+      <c r="F1934" s="0"/>
+      <c r="G1934" s="6" t="str">
+        <v/>
       </c>
     </row>
     <row r="1935" spans="1:7" customFormat="false">
       <c r="A1935" s="0">
-        <v>250</v>
+        <v>1049</v>
       </c>
       <c r="B1935" s="0" t="str">
-        <v>Bezuinigingen voor 2015, leenbijstand</v>
+        <v>pizza-overleg met Jongerenraad</v>
       </c>
       <c r="C1935" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v xml:space="preserve">122 Sociaal-cultureel werk </v>
       </c>
       <c r="D1935" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1935" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1935" s="6">
-        <v>41548.0</v>
+        <v>44174.0</v>
       </c>
     </row>
     <row r="1936" spans="1:7" customFormat="false">
       <c r="A1936" s="0">
-        <v>307</v>
+        <v>1052</v>
       </c>
       <c r="B1936" s="0" t="str">
-        <v>Armoedebeleid</v>
+        <v>Cultuurplein</v>
       </c>
       <c r="C1936" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>122 Sociaal-cultureel werk (cultuur)</v>
       </c>
       <c r="D1936" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1936" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1936" s="6">
-        <v>41682.0</v>
+        <v>44342.0</v>
       </c>
     </row>
     <row r="1937" spans="1:7" customFormat="false">
       <c r="A1937" s="0">
-        <v>372</v>
+        <v>567</v>
       </c>
       <c r="B1937" s="0" t="str">
-        <v>Tegenprestatie</v>
+        <v>Beleid sport / onderwijs / jeugd</v>
       </c>
       <c r="C1937" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="D1937" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1937" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1937" s="6">
-        <v>41912.0</v>
+        <v>42515.0</v>
       </c>
     </row>
     <row r="1938" spans="1:7" customFormat="false">
       <c r="A1938" s="0">
-        <v>560</v>
+        <v>783</v>
       </c>
       <c r="B1938" s="0" t="str">
-        <v>Vangnet/ondersteuning zzp'ers</v>
+        <v xml:space="preserve">Aanpak kwetsbare jongeren </v>
       </c>
       <c r="C1938" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="D1938" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1938" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1938" s="6">
-        <v>42452.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="1939" spans="1:7" customFormat="false">
       <c r="A1939" s="0">
-        <v>624</v>
+        <v>1100</v>
       </c>
       <c r="B1939" s="0" t="str">
-        <v>Ziektekostenverzekering</v>
+        <v>huisartsenpost/apotheek</v>
       </c>
       <c r="C1939" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="D1939" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1939" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1939" s="6">
-        <v>42431.0</v>
+        <v>44643.0</v>
       </c>
     </row>
     <row r="1940" spans="1:7" customFormat="false">
       <c r="A1940" s="0">
-        <v>624</v>
+        <v>1272</v>
       </c>
       <c r="B1940" s="0" t="str">
-        <v>Ziektekostenverzekering</v>
+        <v>Onderzoek Vrije Tijd</v>
       </c>
       <c r="C1940" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="D1940" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1940" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1940" s="6">
-        <v>42753.0</v>
+        <v>45588.0</v>
       </c>
     </row>
     <row r="1941" spans="1:7" customFormat="false">
       <c r="A1941" s="0">
-        <v>822</v>
+        <v>1283</v>
       </c>
       <c r="B1941" s="0" t="str">
-        <v>Minima effect rapportage</v>
+        <v>Schadelijke effecten vapen</v>
       </c>
       <c r="C1941" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="D1941" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1941" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1941" s="6">
-        <v>43082.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="1942" spans="1:7" customFormat="false">
       <c r="A1942" s="0">
-        <v>823</v>
+        <v>106</v>
       </c>
       <c r="B1942" s="0" t="str">
-        <v>Regeling Kansen voor alle kinderen</v>
+        <v>Debiteurenbeheer WZI</v>
       </c>
       <c r="C1942" s="0" t="str">
         <v>131 Inkomensvoorziening</v>
       </c>
       <c r="D1942" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
       <c r="F1942" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1942" s="6">
-        <v>43082.0</v>
+        <v>41535.0</v>
       </c>
     </row>
     <row r="1943" spans="1:7" customFormat="false">
       <c r="A1943" s="0">
-        <v>942</v>
+        <v>115</v>
       </c>
       <c r="B1943" s="0" t="str">
-        <v>armoede in gezinnen</v>
+        <v>Notitie nadelig saldo bijstand regulier en zelfstandigen</v>
       </c>
       <c r="C1943" s="0" t="str">
         <v>131 Inkomensvoorziening</v>
       </c>
       <c r="D1943" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1943" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1943" s="6">
-        <v>43782.0</v>
+        <v>41577.0</v>
       </c>
     </row>
     <row r="1944" spans="1:7" customFormat="false">
       <c r="A1944" s="0">
-        <v>967</v>
+        <v>250</v>
       </c>
       <c r="B1944" s="0" t="str">
-        <v>Memo wijzigingen bijstandsbestand</v>
+        <v>Bezuinigingen voor 2015, leenbijstand</v>
       </c>
       <c r="C1944" s="0" t="str">
         <v>131 Inkomensvoorziening</v>
       </c>
       <c r="D1944" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1944" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1944" s="6">
-        <v>43747.0</v>
+        <v>41548.0</v>
       </c>
     </row>
     <row r="1945" spans="1:7" customFormat="false">
       <c r="A1945" s="0">
-        <v>1182</v>
+        <v>307</v>
       </c>
       <c r="B1945" s="0" t="str">
-        <v>Opties vergoeding identiteitsbewijzen betrekken bij herijken minimaregelingen</v>
+        <v>Armoedebeleid</v>
       </c>
       <c r="C1945" s="0" t="str">
         <v>131 Inkomensvoorziening</v>
       </c>
       <c r="D1945" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1945" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1945" s="6">
-        <v>45329.0</v>
+        <v>41682.0</v>
       </c>
     </row>
     <row r="1946" spans="1:7" customFormat="false">
       <c r="A1946" s="0">
-        <v>503</v>
+        <v>372</v>
       </c>
       <c r="B1946" s="0" t="str">
-        <v>Permar: procesmemo</v>
+        <v>Tegenprestatie</v>
       </c>
       <c r="C1946" s="0" t="str">
-        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="D1946" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
       <c r="F1946" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1946" s="6">
-        <v>42165.0</v>
+        <v>41912.0</v>
       </c>
     </row>
     <row r="1947" spans="1:7" customFormat="false">
       <c r="A1947" s="0">
-        <v>676</v>
+        <v>560</v>
       </c>
       <c r="B1947" s="0" t="str">
-        <v>Memo Permar (n.a.v. de behandeling van het raadsvoorstel Positie Permar, 2.)</v>
+        <v>Vangnet/ondersteuning zzp'ers</v>
       </c>
       <c r="C1947" s="0" t="str">
-        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="D1947" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
       <c r="F1947" s="0" t="str">
         <v>Commissie B-S-G</v>
       </c>
       <c r="G1947" s="6">
-        <v>42704.0</v>
+        <v>42452.0</v>
       </c>
     </row>
     <row r="1948" spans="1:7" customFormat="false">
       <c r="A1948" s="0">
-        <v>676</v>
+        <v>624</v>
       </c>
       <c r="B1948" s="0" t="str">
-        <v>Memo Permar (n.a.v. de behandeling van het raadsvoorstel Positie Permar, 2.)</v>
+        <v>Ziektekostenverzekering</v>
       </c>
       <c r="C1948" s="0" t="str">
-        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="D1948" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
       <c r="F1948" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1948" s="6">
-        <v>42718.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="1949" spans="1:7" customFormat="false">
       <c r="A1949" s="0">
-        <v>808</v>
+        <v>624</v>
       </c>
       <c r="B1949" s="0" t="str">
-        <v>Beschut werk</v>
+        <v>Ziektekostenverzekering</v>
       </c>
       <c r="C1949" s="0" t="str">
-        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="D1949" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1949" s="0" t="str">
         <v>Commissie B-S-G</v>
       </c>
       <c r="G1949" s="6">
-        <v>43075.0</v>
+        <v>42753.0</v>
       </c>
     </row>
     <row r="1950" spans="1:7" customFormat="false">
       <c r="A1950" s="0">
-        <v>323</v>
+        <v>822</v>
       </c>
       <c r="B1950" s="0" t="str">
-        <v>Pilot breedband buitengebied</v>
+        <v>Minima effect rapportage</v>
       </c>
       <c r="C1950" s="0" t="str">
-        <v>211 Promotie economie (incl. glasvezel)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="D1950" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
       <c r="F1950" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1950" s="6">
-        <v>41828.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="1951" spans="1:7" customFormat="false">
       <c r="A1951" s="0">
-        <v>373</v>
+        <v>823</v>
       </c>
       <c r="B1951" s="0" t="str">
-        <v>Besteding gelden economische zaken</v>
+        <v>Regeling Kansen voor alle kinderen</v>
       </c>
       <c r="C1951" s="0" t="str">
-        <v>211 Promotie economie (incl. glasvezel)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="D1951" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
       <c r="F1951" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1951" s="6">
-        <v>41912.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="1952" spans="1:7" customFormat="false">
       <c r="A1952" s="0">
-        <v>559</v>
+        <v>942</v>
       </c>
       <c r="B1952" s="0" t="str">
-        <v>Dorpsmarketing</v>
+        <v>armoede in gezinnen</v>
       </c>
       <c r="C1952" s="0" t="str">
-        <v>211 Promotie economie (incl. glasvezel)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="D1952" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1952" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1952" s="6">
-        <v>42354.0</v>
+        <v>43782.0</v>
       </c>
     </row>
     <row r="1953" spans="1:7" customFormat="false">
       <c r="A1953" s="0">
-        <v>370</v>
+        <v>967</v>
       </c>
       <c r="B1953" s="0" t="str">
-        <v>Leegstand kantoren</v>
+        <v>Memo wijzigingen bijstandsbestand</v>
       </c>
       <c r="C1953" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="D1953" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1953" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1953" s="6">
-        <v>41989.0</v>
+        <v>43747.0</v>
       </c>
     </row>
     <row r="1954" spans="1:7" customFormat="false">
       <c r="A1954" s="0">
-        <v>452</v>
+        <v>1182</v>
       </c>
       <c r="B1954" s="0" t="str">
-        <v>Detailhandelsvisie Voorthuizen</v>
+        <v>Opties vergoeding identiteitsbewijzen betrekken bij herijken minimaregelingen</v>
       </c>
       <c r="C1954" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="D1954" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1954" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1954" s="6">
-        <v>42338.0</v>
+        <v>45329.0</v>
       </c>
     </row>
     <row r="1955" spans="1:7" customFormat="false">
       <c r="A1955" s="0">
-        <v>512</v>
+        <v>503</v>
       </c>
       <c r="B1955" s="0" t="str">
-        <v>Internationaal beleid</v>
+        <v>Permar: procesmemo</v>
       </c>
       <c r="C1955" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="D1955" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
       <c r="F1955" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1955" s="6">
-        <v>42263.0</v>
+        <v>42165.0</v>
       </c>
     </row>
     <row r="1956" spans="1:7" customFormat="false">
       <c r="A1956" s="0">
-        <v>627</v>
+        <v>676</v>
       </c>
       <c r="B1956" s="0" t="str">
-        <v>Breedband</v>
+        <v>Memo Permar (n.a.v. de behandeling van het raadsvoorstel Positie Permar, 2.)</v>
       </c>
       <c r="C1956" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="D1956" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
       <c r="F1956" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1956" s="6">
-        <v>42431.0</v>
+        <v>42704.0</v>
       </c>
     </row>
     <row r="1957" spans="1:7" customFormat="false">
       <c r="A1957" s="0">
-        <v>665</v>
+        <v>676</v>
       </c>
       <c r="B1957" s="0" t="str">
-        <v>Internationaal beleid</v>
+        <v>Memo Permar (n.a.v. de behandeling van het raadsvoorstel Positie Permar, 2.)</v>
       </c>
       <c r="C1957" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="D1957" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
       <c r="F1957" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1957" s="6">
-        <v>42536.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="1958" spans="1:7" customFormat="false">
       <c r="A1958" s="0">
-        <v>732</v>
+        <v>808</v>
       </c>
       <c r="B1958" s="0" t="str">
-        <v>Overleg met BIK</v>
+        <v>Beschut werk</v>
       </c>
       <c r="C1958" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="D1958" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1958" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1958" s="6">
-        <v>42814.0</v>
+        <v>43075.0</v>
       </c>
     </row>
     <row r="1959" spans="1:7" customFormat="false">
       <c r="A1959" s="0">
-        <v>733</v>
+        <v>323</v>
       </c>
       <c r="B1959" s="0" t="str">
-        <v>Overleg raad met de BIK</v>
+        <v>Pilot breedband buitengebied</v>
       </c>
       <c r="C1959" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="D1959" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
       <c r="F1959" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1959" s="6">
-        <v>43017.0</v>
+        <v>41828.0</v>
       </c>
     </row>
     <row r="1960" spans="1:7" customFormat="false">
       <c r="A1960" s="0">
-        <v>743</v>
+        <v>373</v>
       </c>
       <c r="B1960" s="0" t="str">
-        <v>Regionaal Programma Werklocaties</v>
+        <v>Besteding gelden economische zaken</v>
       </c>
       <c r="C1960" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="D1960" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
       <c r="F1960" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1960" s="6">
-        <v>43005.0</v>
+        <v>41912.0</v>
       </c>
     </row>
     <row r="1961" spans="1:7" customFormat="false">
       <c r="A1961" s="0">
-        <v>847</v>
+        <v>559</v>
       </c>
       <c r="B1961" s="0" t="str">
-        <v>Leegstand kantoorpanden</v>
+        <v>Dorpsmarketing</v>
       </c>
       <c r="C1961" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="D1961" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1961" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1961" s="6">
-        <v>43446.0</v>
+        <v>42354.0</v>
       </c>
     </row>
     <row r="1962" spans="1:7" customFormat="false">
       <c r="A1962" s="0">
-        <v>850</v>
+        <v>370</v>
       </c>
       <c r="B1962" s="0" t="str">
-        <v>Tussentijdse rapportage internationaal beleid</v>
+        <v>Leegstand kantoren</v>
       </c>
       <c r="C1962" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1962" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1962" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1962" s="6">
-        <v>43131.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="1963" spans="1:7" customFormat="false">
       <c r="A1963" s="0">
-        <v>953</v>
+        <v>452</v>
       </c>
       <c r="B1963" s="0" t="str">
-        <v>Plan van aanpak verbeterpunten MKB</v>
+        <v>Detailhandelsvisie Voorthuizen</v>
       </c>
       <c r="C1963" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1963" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1963" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1963" s="6">
-        <v>43747.0</v>
+        <v>42338.0</v>
       </c>
     </row>
     <row r="1964" spans="1:7" customFormat="false">
       <c r="A1964" s="0">
-        <v>1006</v>
+        <v>512</v>
       </c>
       <c r="B1964" s="0" t="str">
-        <v xml:space="preserve">Memo recreatiezonering </v>
+        <v>Internationaal beleid</v>
       </c>
       <c r="C1964" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1964" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1964" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1964" s="6">
-        <v>43943.0</v>
+        <v>42263.0</v>
       </c>
     </row>
     <row r="1965" spans="1:7" customFormat="false">
       <c r="A1965" s="0">
-        <v>1006</v>
+        <v>627</v>
       </c>
       <c r="B1965" s="0" t="str">
-        <v xml:space="preserve">Memo recreatiezonering </v>
+        <v>Breedband</v>
       </c>
       <c r="C1965" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1965" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1965" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1965" s="6">
-        <v>43963.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="1966" spans="1:7" customFormat="false">
       <c r="A1966" s="0">
-        <v>1006</v>
+        <v>665</v>
       </c>
       <c r="B1966" s="0" t="str">
-        <v xml:space="preserve">Memo recreatiezonering </v>
+        <v>Internationaal beleid</v>
       </c>
       <c r="C1966" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1966" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1966" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1966" s="6">
-        <v>44293.0</v>
+        <v>42536.0</v>
       </c>
     </row>
     <row r="1967" spans="1:7" customFormat="false">
       <c r="A1967" s="0">
-        <v>1006</v>
+        <v>732</v>
       </c>
       <c r="B1967" s="0" t="str">
-        <v xml:space="preserve">Memo recreatiezonering </v>
+        <v>Overleg met BIK</v>
       </c>
       <c r="C1967" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1967" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1967" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1967" s="6">
-        <v>44384.0</v>
+        <v>42814.0</v>
       </c>
     </row>
     <row r="1968" spans="1:7" customFormat="false">
       <c r="A1968" s="0">
-        <v>1046</v>
+        <v>733</v>
       </c>
       <c r="B1968" s="0" t="str">
-        <v>heffing voor verlenging sluitingsuur</v>
+        <v>Overleg raad met de BIK</v>
       </c>
       <c r="C1968" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1968" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1968" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G1968" s="6">
-        <v>44174.0</v>
+        <v>43017.0</v>
       </c>
     </row>
     <row r="1969" spans="1:7" customFormat="false">
       <c r="A1969" s="0">
-        <v>1047</v>
+        <v>743</v>
       </c>
       <c r="B1969" s="0" t="str">
-        <v>1,5 meter regeling Groningen</v>
+        <v>Regionaal Programma Werklocaties</v>
       </c>
       <c r="C1969" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1969" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1969" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G1969" s="6">
-        <v>44230.0</v>
+        <v>43005.0</v>
       </c>
     </row>
     <row r="1970" spans="1:7" customFormat="false">
       <c r="A1970" s="0">
-        <v>1048</v>
+        <v>847</v>
       </c>
       <c r="B1970" s="0" t="str">
-        <v>toekomstperspectief na corona</v>
+        <v>Leegstand kantoorpanden</v>
       </c>
       <c r="C1970" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1970" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1970" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1970" s="6">
-        <v>44230.0</v>
+        <v>43446.0</v>
       </c>
     </row>
     <row r="1971" spans="1:7" customFormat="false">
       <c r="A1971" s="0">
-        <v>1211</v>
+        <v>850</v>
       </c>
       <c r="B1971" s="0" t="str">
-        <v>Dorpsplannen</v>
+        <v>Tussentijdse rapportage internationaal beleid</v>
       </c>
       <c r="C1971" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1971" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1971" s="0" t="str">
-        <v>Raadstafel</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1971" s="6">
-        <v>45028.0</v>
+        <v>43131.0</v>
       </c>
     </row>
     <row r="1972" spans="1:7" customFormat="false">
       <c r="A1972" s="0">
-        <v>1211</v>
+        <v>953</v>
       </c>
       <c r="B1972" s="0" t="str">
-        <v>Dorpsplannen</v>
+        <v>Plan van aanpak verbeterpunten MKB</v>
       </c>
       <c r="C1972" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1972" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F1972" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1972" s="6">
-        <v>45243.0</v>
+        <v>43747.0</v>
       </c>
     </row>
     <row r="1973" spans="1:7" customFormat="false">
       <c r="A1973" s="0">
-        <v>976</v>
+        <v>1006</v>
       </c>
       <c r="B1973" s="0" t="str">
-        <v>Kleindierenmarkt</v>
+        <v xml:space="preserve">Memo recreatiezonering </v>
       </c>
       <c r="C1973" s="0" t="str">
-        <v>221 Economisch structuurbeleid (markten)</v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1973" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1973" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1973" s="6">
-        <v>43957.0</v>
+        <v>43943.0</v>
       </c>
     </row>
     <row r="1974" spans="1:7" customFormat="false">
       <c r="A1974" s="0">
-        <v>345</v>
+        <v>1006</v>
       </c>
       <c r="B1974" s="0" t="str">
-        <v xml:space="preserve">Grondexploitatie </v>
+        <v xml:space="preserve">Memo recreatiezonering </v>
       </c>
       <c r="C1974" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1974" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1974" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1974" s="6">
-        <v>42067.0</v>
+        <v>43963.0</v>
       </c>
     </row>
     <row r="1975" spans="1:7" customFormat="false">
       <c r="A1975" s="0">
-        <v>369</v>
+        <v>1006</v>
       </c>
       <c r="B1975" s="0" t="str">
-        <v>Bedrijventerrein Stroe en Terschuur</v>
+        <v xml:space="preserve">Memo recreatiezonering </v>
       </c>
       <c r="C1975" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1975" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1975" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1975" s="6">
-        <v>43005.0</v>
+        <v>44293.0</v>
       </c>
     </row>
     <row r="1976" spans="1:7" customFormat="false">
       <c r="A1976" s="0">
-        <v>493</v>
+        <v>1006</v>
       </c>
       <c r="B1976" s="0" t="str">
-        <v>In grexen afwaarderingen en getroffen voorzieningen zichtbaar houden</v>
+        <v xml:space="preserve">Memo recreatiezonering </v>
       </c>
       <c r="C1976" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1976" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1976" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1976" s="6">
-        <v>42137.0</v>
+        <v>44384.0</v>
       </c>
     </row>
     <row r="1977" spans="1:7" customFormat="false">
       <c r="A1977" s="0">
-        <v>495</v>
+        <v>1046</v>
       </c>
       <c r="B1977" s="0" t="str">
-        <v>Inzicht in boekwaarde NIEGG</v>
+        <v>heffing voor verlenging sluitingsuur</v>
       </c>
       <c r="C1977" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1977" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1977" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1977" s="6">
-        <v>42137.0</v>
+        <v>44174.0</v>
       </c>
     </row>
     <row r="1978" spans="1:7" customFormat="false">
       <c r="A1978" s="0">
-        <v>664</v>
+        <v>1047</v>
       </c>
       <c r="B1978" s="0" t="str">
-        <v xml:space="preserve">Overeenkomst met Medisch Centrum De Burgt over parkeerplekken </v>
+        <v>1,5 meter regeling Groningen</v>
       </c>
       <c r="C1978" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1978" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F1978" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1978" s="6">
-        <v>42557.0</v>
+        <v>44230.0</v>
       </c>
     </row>
     <row r="1979" spans="1:7" customFormat="false">
       <c r="A1979" s="0">
-        <v>810</v>
+        <v>1048</v>
       </c>
       <c r="B1979" s="0" t="str">
-        <v>Verkoop bedrijventerrein d.m.v. erfpacht</v>
+        <v>toekomstperspectief na corona</v>
       </c>
       <c r="C1979" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1979" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1979" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1979" s="6">
-        <v>43047.0</v>
+        <v>44230.0</v>
       </c>
     </row>
     <row r="1980" spans="1:7" customFormat="false">
       <c r="A1980" s="0">
-        <v>1292</v>
+        <v>1211</v>
       </c>
       <c r="B1980" s="0" t="str">
-        <v>Verplaatsing bedrijven centrum Stroe naar bedrijventerrein</v>
+        <v>Dorpsplannen</v>
       </c>
       <c r="C1980" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1980" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1980" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadstafel</v>
       </c>
       <c r="G1980" s="6">
-        <v>45365.0</v>
+        <v>45028.0</v>
       </c>
     </row>
     <row r="1981" spans="1:7" customFormat="false">
       <c r="A1981" s="0">
-        <v>322</v>
+        <v>1211</v>
       </c>
       <c r="B1981" s="0" t="str">
-        <v>Verbindingsweg Wesselseweg - Hanzeweg</v>
+        <v>Dorpsplannen</v>
       </c>
       <c r="C1981" s="0" t="str">
-        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="D1981" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1981" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1981" s="6">
-        <v>42102.0</v>
+        <v>45243.0</v>
       </c>
     </row>
     <row r="1982" spans="1:7" customFormat="false">
       <c r="A1982" s="0">
-        <v>444</v>
+        <v>976</v>
       </c>
       <c r="B1982" s="0" t="str">
-        <v>Notitie met ontwikkelscenario's (incl. financiële consequenties) Columbizpark.</v>
+        <v>Kleindierenmarkt</v>
       </c>
       <c r="C1982" s="0" t="str">
-        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
+        <v>221 Economisch structuurbeleid (markten)</v>
       </c>
       <c r="D1982" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F1982" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1982" s="6">
-        <v>41954.0</v>
+        <v>43957.0</v>
       </c>
     </row>
     <row r="1983" spans="1:7" customFormat="false">
       <c r="A1983" s="0">
-        <v>449</v>
+        <v>345</v>
       </c>
       <c r="B1983" s="0" t="str">
-        <v>Columbizpark</v>
+        <v xml:space="preserve">Grondexploitatie </v>
       </c>
       <c r="C1983" s="0" t="str">
-        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="D1983" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1983" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1983" s="6">
-        <v>41954.0</v>
+        <v>42067.0</v>
       </c>
     </row>
     <row r="1984" spans="1:7" customFormat="false">
       <c r="A1984" s="0">
-        <v>448</v>
+        <v>369</v>
       </c>
       <c r="B1984" s="0" t="str">
-        <v>Thorbeckelaan-Zuid</v>
+        <v>Bedrijventerrein Stroe en Terschuur</v>
       </c>
       <c r="C1984" s="0" t="str">
-        <v>222 Grex bedrijventerreinen (Harselaar West-West, De Briellaerd-Noord, Midden Nederland Hallen) tot juni 2022</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="D1984" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F1984" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1984" s="6">
-        <v>41941.0</v>
+        <v>43005.0</v>
       </c>
     </row>
     <row r="1985" spans="1:7" customFormat="false">
       <c r="A1985" s="0">
-        <v>81</v>
+        <v>493</v>
       </c>
       <c r="B1985" s="0" t="str">
-        <v>Situatie Burgtscholen Nederwoudseweg (Evaluatie Uitvoering GVVP)</v>
+        <v>In grexen afwaarderingen en getroffen voorzieningen zichtbaar houden</v>
       </c>
       <c r="C1985" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="D1985" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1985" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1985" s="6">
-        <v>41590.0</v>
+        <v>42137.0</v>
       </c>
     </row>
     <row r="1986" spans="1:7" customFormat="false">
       <c r="A1986" s="0">
-        <v>82</v>
+        <v>495</v>
       </c>
       <c r="B1986" s="0" t="str">
-        <v>Fietsoversteek Lunterseweg (Evaluatie Uitvoering GVVP)</v>
+        <v>Inzicht in boekwaarde NIEGG</v>
       </c>
       <c r="C1986" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="D1986" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1986" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1986" s="6">
-        <v>41548.0</v>
+        <v>42137.0</v>
       </c>
     </row>
     <row r="1987" spans="1:7" customFormat="false">
       <c r="A1987" s="0">
-        <v>83</v>
+        <v>664</v>
       </c>
       <c r="B1987" s="0" t="str">
-        <v>verkeersveiligheid Valkseweg (Evaluatie Uitvoering GVVP)</v>
+        <v xml:space="preserve">Overeenkomst met Medisch Centrum De Burgt over parkeerplekken </v>
       </c>
       <c r="C1987" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="D1987" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1987" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1987" s="6">
-        <v>41989.0</v>
+        <v>42557.0</v>
       </c>
     </row>
     <row r="1988" spans="1:7" customFormat="false">
       <c r="A1988" s="0">
-        <v>102</v>
+        <v>810</v>
       </c>
       <c r="B1988" s="0" t="str">
-        <v>Raadsvoorstel visie op snelfietsroute</v>
+        <v>Verkoop bedrijventerrein d.m.v. erfpacht</v>
       </c>
       <c r="C1988" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="D1988" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1988" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1988" s="6">
-        <v>41519.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="1989" spans="1:7" customFormat="false">
       <c r="A1989" s="0">
-        <v>104</v>
+        <v>1292</v>
       </c>
       <c r="B1989" s="0" t="str">
-        <v>Onttrekking aan openbaar verkeer fietspad Zeumeren</v>
+        <v>Verplaatsing bedrijven centrum Stroe naar bedrijventerrein</v>
       </c>
       <c r="C1989" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="D1989" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1989" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1989" s="6">
-        <v>41625.0</v>
+        <v>45365.0</v>
       </c>
     </row>
     <row r="1990" spans="1:7" customFormat="false">
       <c r="A1990" s="0">
-        <v>113</v>
+        <v>322</v>
       </c>
       <c r="B1990" s="0" t="str">
-        <v>Attendering rotonde Van Lodensteincollege</v>
+        <v>Verbindingsweg Wesselseweg - Hanzeweg</v>
       </c>
       <c r="C1990" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
       </c>
       <c r="D1990" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1990" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G1990" s="6">
-        <v>41519.0</v>
+        <v>42102.0</v>
       </c>
     </row>
     <row r="1991" spans="1:7" customFormat="false">
       <c r="A1991" s="0">
-        <v>157</v>
+        <v>444</v>
       </c>
       <c r="B1991" s="0" t="str">
-        <v>Verkeersafwikkeling BP Vlasbekje</v>
+        <v>Notitie met ontwikkelscenario's (incl. financiële consequenties) Columbizpark.</v>
       </c>
       <c r="C1991" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
       </c>
       <c r="D1991" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1991" s="0" t="str">
-        <v>College</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1991" s="6">
-        <v>42319.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="1992" spans="1:7" customFormat="false">
       <c r="A1992" s="0">
-        <v>256</v>
+        <v>449</v>
       </c>
       <c r="B1992" s="0" t="str">
-        <v xml:space="preserve">Toevoeging snelfietspad in Gebiedsvisie </v>
+        <v>Columbizpark</v>
       </c>
       <c r="C1992" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
       </c>
       <c r="D1992" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F1992" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1992" s="6">
-        <v>41660.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="1993" spans="1:7" customFormat="false">
       <c r="A1993" s="0">
-        <v>304</v>
+        <v>448</v>
       </c>
       <c r="B1993" s="0" t="str">
-        <v>Verkeersveiligheid/fietsroute Lunterseweg-Hertespoor</v>
+        <v>Thorbeckelaan-Zuid</v>
       </c>
       <c r="C1993" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v>222 Grex bedrijventerreinen (Harselaar West-West, De Briellaerd-Noord, Midden Nederland Hallen) tot juni 2022</v>
       </c>
       <c r="D1993" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F1993" s="0" t="str">
         <v>Commissie B-S-G</v>
       </c>
       <c r="G1993" s="6">
-        <v>41683.0</v>
+        <v>41941.0</v>
       </c>
     </row>
     <row r="1994" spans="1:7" customFormat="false">
       <c r="A1994" s="0">
-        <v>321</v>
+        <v>81</v>
       </c>
       <c r="B1994" s="0" t="str">
-        <v>Overname beheer Stationsweg</v>
+        <v>Situatie Burgtscholen Nederwoudseweg (Evaluatie Uitvoering GVVP)</v>
       </c>
       <c r="C1994" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D1994" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1994" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1994" s="6">
-        <v>41912.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="1995" spans="1:7" customFormat="false">
       <c r="A1995" s="0">
-        <v>350</v>
+        <v>82</v>
       </c>
       <c r="B1995" s="0" t="str">
-        <v>Ruimtelijke visie Centrumplan fase II: Burgemeester Kuntzelaan</v>
+        <v>Fietsoversteek Lunterseweg (Evaluatie Uitvoering GVVP)</v>
       </c>
       <c r="C1995" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D1995" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1995" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1995" s="6">
-        <v>41954.0</v>
+        <v>41548.0</v>
       </c>
     </row>
     <row r="1996" spans="1:7" customFormat="false">
       <c r="A1996" s="0">
-        <v>355</v>
+        <v>83</v>
       </c>
       <c r="B1996" s="0" t="str">
-        <v>Ruimtelijke visie Centrumplan fase II: Burgemeester Kuntzelaan</v>
+        <v>verkeersveiligheid Valkseweg (Evaluatie Uitvoering GVVP)</v>
       </c>
       <c r="C1996" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D1996" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1996" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G1996" s="6">
-        <v>41954.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="1997" spans="1:7" customFormat="false">
       <c r="A1997" s="0">
-        <v>434</v>
+        <v>102</v>
       </c>
       <c r="B1997" s="0" t="str">
-        <v>Verkeersveiligheidmonitor 2013: evaluatie 60 km zone en rotonde Lunterseweg</v>
+        <v>Raadsvoorstel visie op snelfietsroute</v>
       </c>
       <c r="C1997" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D1997" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1997" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G1997" s="6">
-        <v>41954.0</v>
+        <v>41519.0</v>
       </c>
     </row>
     <row r="1998" spans="1:7" customFormat="false">
       <c r="A1998" s="0">
-        <v>435</v>
+        <v>104</v>
       </c>
       <c r="B1998" s="0" t="str">
-        <v>Bomen fietspad fietspad Scherpenzeelsweg (tussen Lodestein College - Intratuin)</v>
+        <v>Onttrekking aan openbaar verkeer fietspad Zeumeren</v>
       </c>
       <c r="C1998" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D1998" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1998" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G1998" s="6">
-        <v>41960.0</v>
+        <v>41625.0</v>
       </c>
     </row>
     <row r="1999" spans="1:7" customFormat="false">
       <c r="A1999" s="0">
-        <v>436</v>
+        <v>113</v>
       </c>
       <c r="B1999" s="0" t="str">
-        <v>Verlichting oostelijke omleiding van Veller/Hoenderlaan</v>
+        <v>Attendering rotonde Van Lodensteincollege</v>
       </c>
       <c r="C1999" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D1999" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F1999" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G1999" s="6">
-        <v>41960.0</v>
+        <v>41519.0</v>
       </c>
     </row>
     <row r="2000" spans="1:7" customFormat="false">
       <c r="A2000" s="0">
-        <v>437</v>
+        <v>157</v>
       </c>
       <c r="B2000" s="0" t="str">
-        <v>Snelheidsregime Eendrachtstraat</v>
+        <v>Verkeersafwikkeling BP Vlasbekje</v>
       </c>
       <c r="C2000" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2000" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2000" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>College</v>
       </c>
       <c r="G2000" s="6">
-        <v>41960.0</v>
+        <v>42319.0</v>
       </c>
     </row>
     <row r="2001" spans="1:7" customFormat="false">
       <c r="A2001" s="0">
-        <v>438</v>
+        <v>256</v>
       </c>
       <c r="B2001" s="0" t="str">
-        <v xml:space="preserve">Fietspad RGV recreatieterrein Zeumeren </v>
+        <v xml:space="preserve">Toevoeging snelfietspad in Gebiedsvisie </v>
       </c>
       <c r="C2001" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2001" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2001" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2001" s="6">
-        <v>41960.0</v>
+        <v>41660.0</v>
       </c>
     </row>
     <row r="2002" spans="1:7" customFormat="false">
       <c r="A2002" s="0">
-        <v>439</v>
+        <v>304</v>
       </c>
       <c r="B2002" s="0" t="str">
-        <v>Gemeentelijk Verkeer- en Vervoerplan 2015-2018 (GVVP)</v>
+        <v>Verkeersveiligheid/fietsroute Lunterseweg-Hertespoor</v>
       </c>
       <c r="C2002" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2002" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2002" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2002" s="6">
-        <v>42289.0</v>
+        <v>41683.0</v>
       </c>
     </row>
     <row r="2003" spans="1:7" customFormat="false">
       <c r="A2003" s="0">
-        <v>469</v>
+        <v>321</v>
       </c>
       <c r="B2003" s="0" t="str">
-        <v xml:space="preserve">Visie op snelfietsroute/ rotonde op kruising Drostendijk/Van Zuijlen van Nieveltlaan </v>
+        <v>Overname beheer Stationsweg</v>
       </c>
       <c r="C2003" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2003" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2003" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2003" s="6">
-        <v>42165.0</v>
+        <v>41912.0</v>
       </c>
     </row>
     <row r="2004" spans="1:7" customFormat="false">
       <c r="A2004" s="0">
-        <v>477</v>
+        <v>350</v>
       </c>
       <c r="B2004" s="0" t="str">
-        <v>vervoer (lobby's t.a.v. bereikbaarheid)</v>
+        <v>Ruimtelijke visie Centrumplan fase II: Burgemeester Kuntzelaan</v>
       </c>
       <c r="C2004" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2004" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2004" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2004" s="6">
-        <v>42152.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="2005" spans="1:7" customFormat="false">
       <c r="A2005" s="0">
-        <v>482</v>
+        <v>355</v>
       </c>
       <c r="B2005" s="0" t="str">
-        <v xml:space="preserve">Verbeterplan Burgemeester Kuntzelaan </v>
+        <v>Ruimtelijke visie Centrumplan fase II: Burgemeester Kuntzelaan</v>
       </c>
       <c r="C2005" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2005" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2005" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2005" s="6">
-        <v>42102.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="2006" spans="1:7" customFormat="false">
       <c r="A2006" s="0">
-        <v>501</v>
+        <v>434</v>
       </c>
       <c r="B2006" s="0" t="str">
-        <v>Fietsveiligheid Burg. Kuntzelaan</v>
+        <v>Verkeersveiligheidmonitor 2013: evaluatie 60 km zone en rotonde Lunterseweg</v>
       </c>
       <c r="C2006" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2006" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2006" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2006" s="6">
-        <v>42341.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="2007" spans="1:7" customFormat="false">
       <c r="A2007" s="0">
-        <v>593</v>
+        <v>435</v>
       </c>
       <c r="B2007" s="0" t="str">
-        <v>Fietsroute Barneveld Zuid</v>
+        <v>Bomen fietspad fietspad Scherpenzeelsweg (tussen Lodestein College - Intratuin)</v>
       </c>
       <c r="C2007" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2007" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2007" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2007" s="6">
-        <v>42354.0</v>
+        <v>41960.0</v>
       </c>
     </row>
     <row r="2008" spans="1:7" customFormat="false">
       <c r="A2008" s="0">
-        <v>593</v>
+        <v>436</v>
       </c>
       <c r="B2008" s="0" t="str">
-        <v>Fietsroute Barneveld Zuid</v>
+        <v>Verlichting oostelijke omleiding van Veller/Hoenderlaan</v>
       </c>
       <c r="C2008" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2008" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2008" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G2008" s="6">
-        <v>43810.0</v>
+        <v>41960.0</v>
       </c>
     </row>
     <row r="2009" spans="1:7" customFormat="false">
       <c r="A2009" s="0">
-        <v>617</v>
+        <v>437</v>
       </c>
       <c r="B2009" s="0" t="str">
-        <v>Verkeersveiligheid fietspad Limburg van Stirumlaan</v>
+        <v>Snelheidsregime Eendrachtstraat</v>
       </c>
       <c r="C2009" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2009" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2009" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G2009" s="6">
-        <v>42443.0</v>
+        <v>41960.0</v>
       </c>
     </row>
     <row r="2010" spans="1:7" customFormat="false">
       <c r="A2010" s="0">
-        <v>651</v>
+        <v>438</v>
       </c>
       <c r="B2010" s="0" t="str">
-        <v>Procesmemo ontsluitingsplan infrastructuur Thorbeckelaan/Schoutenstraat</v>
+        <v xml:space="preserve">Fietspad RGV recreatieterrein Zeumeren </v>
       </c>
       <c r="C2010" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2010" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2010" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2010" s="6">
-        <v>42431.0</v>
+        <v>41960.0</v>
       </c>
     </row>
     <row r="2011" spans="1:7" customFormat="false">
       <c r="A2011" s="0">
-        <v>704</v>
+        <v>439</v>
       </c>
       <c r="B2011" s="0" t="str">
-        <v>Pendelbussen en stationsfietsen</v>
+        <v>Gemeentelijk Verkeer- en Vervoerplan 2015-2018 (GVVP)</v>
       </c>
       <c r="C2011" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2011" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2011" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2011" s="6">
-        <v>42718.0</v>
+        <v>42289.0</v>
       </c>
     </row>
     <row r="2012" spans="1:7" customFormat="false">
       <c r="A2012" s="0">
-        <v>707</v>
+        <v>469</v>
       </c>
       <c r="B2012" s="0" t="str">
-        <v>fietsparkeerplan</v>
+        <v xml:space="preserve">Visie op snelfietsroute/ rotonde op kruising Drostendijk/Van Zuijlen van Nieveltlaan </v>
       </c>
       <c r="C2012" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2012" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2012" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2012" s="6">
-        <v>43047.0</v>
+        <v>42165.0</v>
       </c>
     </row>
     <row r="2013" spans="1:7" customFormat="false">
       <c r="A2013" s="0">
-        <v>709</v>
+        <v>477</v>
       </c>
       <c r="B2013" s="0" t="str">
-        <v>Rechstreekse ontsluiting Thorbeckelaan</v>
+        <v>vervoer (lobby's t.a.v. bereikbaarheid)</v>
       </c>
       <c r="C2013" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2013" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2013" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2013" s="6">
-        <v>43136.0</v>
+        <v>42152.0</v>
       </c>
     </row>
     <row r="2014" spans="1:7" customFormat="false">
       <c r="A2014" s="0">
-        <v>857</v>
+        <v>482</v>
       </c>
       <c r="B2014" s="0" t="str">
-        <v>Straatverlichting in nieuwbouwwijken</v>
+        <v xml:space="preserve">Verbeterplan Burgemeester Kuntzelaan </v>
       </c>
       <c r="C2014" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2014" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2014" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2014" s="6">
-        <v>43418.0</v>
+        <v>42102.0</v>
       </c>
     </row>
     <row r="2015" spans="1:7" customFormat="false">
       <c r="A2015" s="0">
-        <v>875</v>
+        <v>501</v>
       </c>
       <c r="B2015" s="0" t="str">
-        <v>Ovatonde bij Pluimveemuseum</v>
+        <v>Fietsveiligheid Burg. Kuntzelaan</v>
       </c>
       <c r="C2015" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2015" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2015" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2015" s="6">
-        <v>43250.0</v>
+        <v>42341.0</v>
       </c>
     </row>
     <row r="2016" spans="1:7" customFormat="false">
       <c r="A2016" s="0">
-        <v>981</v>
+        <v>593</v>
       </c>
       <c r="B2016" s="0" t="str">
-        <v xml:space="preserve">tweerichtingenfietsverkeer rotonde De Punt </v>
+        <v>Fietsroute Barneveld Zuid</v>
       </c>
       <c r="C2016" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2016" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2016" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2016" s="6">
-        <v>44146.0</v>
+        <v>42354.0</v>
       </c>
     </row>
     <row r="2017" spans="1:7" customFormat="false">
       <c r="A2017" s="0">
-        <v>1028</v>
+        <v>593</v>
       </c>
       <c r="B2017" s="0" t="str">
-        <v>groenvoorziening Voortse/Zeeuwse Ring rondweg Voorthuizen</v>
+        <v>Fietsroute Barneveld Zuid</v>
       </c>
       <c r="C2017" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2017" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2017" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2017" s="6">
-        <v>44384.0</v>
+        <v>43810.0</v>
       </c>
     </row>
     <row r="2018" spans="1:7" customFormat="false">
       <c r="A2018" s="0">
-        <v>1208</v>
+        <v>617</v>
       </c>
       <c r="B2018" s="0" t="str">
-        <v>Plan van Aanpak uitvoering maatregelen Thorbeckelaan Bloemendaallaan</v>
+        <v>Verkeersveiligheid fietspad Limburg van Stirumlaan</v>
       </c>
       <c r="C2018" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2018" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2018" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2018" s="6">
-        <v>45112.0</v>
+        <v>42443.0</v>
       </c>
     </row>
     <row r="2019" spans="1:7" customFormat="false">
       <c r="A2019" s="0">
-        <v>1209</v>
+        <v>651</v>
       </c>
       <c r="B2019" s="0" t="str">
-        <v>Mogelijkheden vrachtwagenverbod centrum Voorthuizen</v>
+        <v>Procesmemo ontsluitingsplan infrastructuur Thorbeckelaan/Schoutenstraat</v>
       </c>
       <c r="C2019" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2019" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2019" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2019" s="6">
-        <v>45077.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="2020" spans="1:7" customFormat="false">
       <c r="A2020" s="0">
-        <v>1210</v>
+        <v>704</v>
       </c>
       <c r="B2020" s="0" t="str">
-        <v>Plan pilot blauwe zone centrum Voorthuizen</v>
+        <v>Pendelbussen en stationsfietsen</v>
       </c>
       <c r="C2020" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2020" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2020" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2020" s="6">
-        <v>45077.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="2021" spans="1:7" customFormat="false">
       <c r="A2021" s="0">
-        <v>1273</v>
+        <v>707</v>
       </c>
       <c r="B2021" s="0" t="str">
-        <v>Planten haag weth. Rebellaan (verkenning maatregelen Mr. Troelstralaan)</v>
+        <v>fietsparkeerplan</v>
       </c>
       <c r="C2021" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2021" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2021" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2021" s="6">
-        <v>45365.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="2022" spans="1:7" customFormat="false">
       <c r="A2022" s="0">
-        <v>100</v>
+        <v>709</v>
       </c>
       <c r="B2022" s="0" t="str">
-        <v>Onderhoud Transferium</v>
+        <v>Rechstreekse ontsluiting Thorbeckelaan</v>
       </c>
       <c r="C2022" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2022" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2022" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G2022" s="6">
-        <v>41519.0</v>
+        <v>43136.0</v>
       </c>
     </row>
     <row r="2023" spans="1:7" customFormat="false">
       <c r="A2023" s="0">
-        <v>166</v>
+        <v>857</v>
       </c>
       <c r="B2023" s="0" t="str">
-        <v>Ambitie vrachtwagenparkeerplaatsen rondom de kernen</v>
+        <v>Straatverlichting in nieuwbouwwijken</v>
       </c>
       <c r="C2023" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2023" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2023" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2023" s="6">
-        <v>42921.0</v>
+        <v>43418.0</v>
       </c>
     </row>
     <row r="2024" spans="1:7" customFormat="false">
       <c r="A2024" s="0">
-        <v>305</v>
+        <v>875</v>
       </c>
       <c r="B2024" s="0" t="str">
-        <v>Instellen parkeerschijfzones Voorthuizen</v>
+        <v>Ovatonde bij Pluimveemuseum</v>
       </c>
       <c r="C2024" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2024" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2024" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2024" s="6">
-        <v>41900.0</v>
+        <v>43250.0</v>
       </c>
     </row>
     <row r="2025" spans="1:7" customFormat="false">
       <c r="A2025" s="0">
-        <v>377</v>
+        <v>981</v>
       </c>
       <c r="B2025" s="0" t="str">
-        <v>Parkeerterrein Kapteijnstraat</v>
+        <v xml:space="preserve">tweerichtingenfietsverkeer rotonde De Punt </v>
       </c>
       <c r="C2025" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2025" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2025" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2025" s="6">
-        <v>42319.0</v>
+        <v>44146.0</v>
       </c>
     </row>
     <row r="2026" spans="1:7" customFormat="false">
       <c r="A2026" s="0">
-        <v>433</v>
+        <v>1028</v>
       </c>
       <c r="B2026" s="0" t="str">
-        <v>Evaluatie blauwe zone centrum Voorthuizen</v>
+        <v>groenvoorziening Voortse/Zeeuwse Ring rondweg Voorthuizen</v>
       </c>
       <c r="C2026" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2026" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2026" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2026" s="6">
-        <v>42165.0</v>
+        <v>44384.0</v>
       </c>
     </row>
     <row r="2027" spans="1:7" customFormat="false">
       <c r="A2027" s="0">
-        <v>450</v>
+        <v>1208</v>
       </c>
       <c r="B2027" s="0" t="str">
-        <v>Opladen voor Elektrisch Vervoer 2014-2022</v>
+        <v>Plan van Aanpak uitvoering maatregelen Thorbeckelaan Bloemendaallaan</v>
       </c>
       <c r="C2027" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2027" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2027" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2027" s="6">
-        <v>42193.0</v>
+        <v>45112.0</v>
       </c>
     </row>
     <row r="2028" spans="1:7" customFormat="false">
       <c r="A2028" s="0">
-        <v>451</v>
+        <v>1209</v>
       </c>
       <c r="B2028" s="0" t="str">
-        <v>Opladen voor Elektrisch Vervoer 2014-2022</v>
+        <v>Mogelijkheden vrachtwagenverbod centrum Voorthuizen</v>
       </c>
       <c r="C2028" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2028" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2028" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2028" s="6">
-        <v>41988.0</v>
+        <v>45077.0</v>
       </c>
     </row>
     <row r="2029" spans="1:7" customFormat="false">
       <c r="A2029" s="0">
-        <v>451</v>
+        <v>1210</v>
       </c>
       <c r="B2029" s="0" t="str">
-        <v>Opladen voor Elektrisch Vervoer 2014-2022</v>
+        <v>Plan pilot blauwe zone centrum Voorthuizen</v>
       </c>
       <c r="C2029" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2029" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2029" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2029" s="6">
-        <v>41988.0</v>
+        <v>45077.0</v>
       </c>
     </row>
     <row r="2030" spans="1:7" customFormat="false">
       <c r="A2030" s="0">
-        <v>811</v>
+        <v>1273</v>
       </c>
       <c r="B2030" s="0" t="str">
-        <v>Parkeren in woonwijken</v>
+        <v>Planten haag weth. Rebellaan (verkenning maatregelen Mr. Troelstralaan)</v>
       </c>
       <c r="C2030" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="D2030" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2030" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2030" s="6">
-        <v>43047.0</v>
+        <v>45365.0</v>
       </c>
     </row>
     <row r="2031" spans="1:7" customFormat="false">
       <c r="A2031" s="0">
-        <v>842</v>
+        <v>100</v>
       </c>
       <c r="B2031" s="0" t="str">
-        <v>Coöperatie ParkeerService</v>
+        <v>Onderhoud Transferium</v>
       </c>
       <c r="C2031" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="D2031" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2031" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2031" s="6">
-        <v>43082.0</v>
+        <v>41519.0</v>
       </c>
     </row>
     <row r="2032" spans="1:7" customFormat="false">
       <c r="A2032" s="0">
-        <v>114</v>
+        <v>166</v>
       </c>
       <c r="B2032" s="0" t="str">
-        <v>Plannen faseren en doseren woningbouw</v>
+        <v>Ambitie vrachtwagenparkeerplaatsen rondom de kernen</v>
       </c>
       <c r="C2032" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="D2032" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2032" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2032" s="6">
-        <v>41625.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="2033" spans="1:7" customFormat="false">
       <c r="A2033" s="0">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="B2033" s="0" t="str">
-        <v>Huurbeleid</v>
+        <v>Instellen parkeerschijfzones Voorthuizen</v>
       </c>
       <c r="C2033" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="D2033" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2033" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2033" s="6">
-        <v>41800.0</v>
+        <v>41900.0</v>
       </c>
     </row>
     <row r="2034" spans="1:7" customFormat="false">
       <c r="A2034" s="0">
-        <v>332</v>
+        <v>377</v>
       </c>
       <c r="B2034" s="0" t="str">
-        <v>Faseren en doseren woningbouw</v>
+        <v>Parkeerterrein Kapteijnstraat</v>
       </c>
       <c r="C2034" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="D2034" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2034" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2034" s="6">
-        <v>41954.0</v>
+        <v>42319.0</v>
       </c>
     </row>
     <row r="2035" spans="1:7" customFormat="false">
       <c r="A2035" s="0">
-        <v>333</v>
+        <v>433</v>
       </c>
       <c r="B2035" s="0" t="str">
-        <v>Faseren en doseren woningbouw</v>
+        <v>Evaluatie blauwe zone centrum Voorthuizen</v>
       </c>
       <c r="C2035" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="D2035" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2035" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2035" s="6">
-        <v>41765.0</v>
+        <v>42165.0</v>
       </c>
     </row>
     <row r="2036" spans="1:7" customFormat="false">
       <c r="A2036" s="0">
-        <v>371</v>
+        <v>450</v>
       </c>
       <c r="B2036" s="0" t="str">
-        <v>Huisvesting arbeidsmigranten</v>
+        <v>Opladen voor Elektrisch Vervoer 2014-2022</v>
       </c>
       <c r="C2036" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="D2036" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2036" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2036" s="6">
-        <v>42136.0</v>
+        <v>42193.0</v>
       </c>
     </row>
     <row r="2037" spans="1:7" customFormat="false">
       <c r="A2037" s="0">
-        <v>615</v>
+        <v>451</v>
       </c>
       <c r="B2037" s="0" t="str">
-        <v>Notitie verdringingsvraagstuk woningmarkt i.v.m. tijdelijke huisvesting statushouders</v>
+        <v>Opladen voor Elektrisch Vervoer 2014-2022</v>
       </c>
       <c r="C2037" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="D2037" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2037" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2037" s="6">
-        <v>42354.0</v>
+        <v>41988.0</v>
       </c>
     </row>
     <row r="2038" spans="1:7" customFormat="false">
       <c r="A2038" s="0">
-        <v>628</v>
+        <v>451</v>
       </c>
       <c r="B2038" s="0" t="str">
-        <v>Inschakeling Bemoeizorg i.v.m. Dak- en thuislozenhuisvesting</v>
+        <v>Opladen voor Elektrisch Vervoer 2014-2022</v>
       </c>
       <c r="C2038" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="D2038" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2038" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2038" s="6">
-        <v>42431.0</v>
+        <v>41988.0</v>
       </c>
     </row>
     <row r="2039" spans="1:7" customFormat="false">
       <c r="A2039" s="0">
-        <v>701</v>
+        <v>811</v>
       </c>
       <c r="B2039" s="0" t="str">
-        <v>Starterslening</v>
+        <v>Parkeren in woonwijken</v>
       </c>
       <c r="C2039" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="D2039" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2039" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2039" s="6">
-        <v>42683.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="2040" spans="1:7" customFormat="false">
       <c r="A2040" s="0">
-        <v>762</v>
+        <v>842</v>
       </c>
       <c r="B2040" s="0" t="str">
-        <v>Ontmoedigen scheef wonen in Prestatieafspraken  met Woningstichting Barneveld</v>
+        <v>Coöperatie ParkeerService</v>
       </c>
       <c r="C2040" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="D2040" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2040" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2040" s="6">
-        <v>43160.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="2041" spans="1:7" customFormat="false">
       <c r="A2041" s="0">
-        <v>815</v>
+        <v>114</v>
       </c>
       <c r="B2041" s="0" t="str">
-        <v>Verdringingseffecten op de woningmarkt</v>
+        <v>Plannen faseren en doseren woningbouw</v>
       </c>
       <c r="C2041" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D2041" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2041" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2041" s="6">
-        <v>43047.0</v>
+        <v>41625.0</v>
       </c>
     </row>
     <row r="2042" spans="1:7" customFormat="false">
       <c r="A2042" s="0">
-        <v>1014</v>
+        <v>311</v>
       </c>
       <c r="B2042" s="0" t="str">
-        <v>Onderzoek behoefte Tiny houses</v>
+        <v>Huurbeleid</v>
       </c>
       <c r="C2042" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D2042" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2042" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2042" s="6">
-        <v>44020.0</v>
+        <v>41800.0</v>
       </c>
     </row>
     <row r="2043" spans="1:7" customFormat="false">
       <c r="A2043" s="0">
-        <v>1201</v>
+        <v>332</v>
       </c>
       <c r="B2043" s="0" t="str">
-        <v>Startersleningen</v>
+        <v>Faseren en doseren woningbouw</v>
       </c>
       <c r="C2043" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D2043" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2043" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2043" s="6">
-        <v>45112.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="2044" spans="1:7" customFormat="false">
       <c r="A2044" s="0">
-        <v>1201</v>
+        <v>333</v>
       </c>
       <c r="B2044" s="0" t="str">
-        <v>Startersleningen</v>
+        <v>Faseren en doseren woningbouw</v>
       </c>
       <c r="C2044" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D2044" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2044" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2044" s="6">
-        <v>45399.0</v>
+        <v>41765.0</v>
       </c>
     </row>
     <row r="2045" spans="1:7" customFormat="false">
       <c r="A2045" s="0">
-        <v>1275</v>
+        <v>371</v>
       </c>
       <c r="B2045" s="0" t="str">
-        <v>Bestemmingsplan Postweg VII (betaalbare woningen)</v>
+        <v>Huisvesting arbeidsmigranten</v>
       </c>
       <c r="C2045" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D2045" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2045" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2045" s="6">
-        <v>45560.0</v>
+        <v>42136.0</v>
       </c>
     </row>
     <row r="2046" spans="1:7" customFormat="false">
       <c r="A2046" s="0">
-        <v>1290</v>
+        <v>615</v>
       </c>
       <c r="B2046" s="0" t="str">
-        <v>Proces pilot huisvesting arbeidsmigranten</v>
+        <v>Notitie verdringingsvraagstuk woningmarkt i.v.m. tijdelijke huisvesting statushouders</v>
       </c>
       <c r="C2046" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D2046" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2046" s="0" t="str">
-        <v>Fictieve afdoeningsdatum</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2046" s="6">
-        <v>45279.0</v>
+        <v>42354.0</v>
       </c>
     </row>
     <row r="2047" spans="1:7" customFormat="false">
       <c r="A2047" s="0">
-        <v>1291</v>
+        <v>628</v>
       </c>
       <c r="B2047" s="0" t="str">
-        <v>Handhaving bewoning sociale huurwoningen (Huisvestingsverordening)</v>
+        <v>Inschakeling Bemoeizorg i.v.m. Dak- en thuislozenhuisvesting</v>
       </c>
       <c r="C2047" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="D2047" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2047" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2047" s="6">
-        <v>45476.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="2048" spans="1:7" customFormat="false">
       <c r="A2048" s="0">
-        <v>94</v>
+        <v>701</v>
       </c>
       <c r="B2048" s="0" t="str">
-        <v>Informatie grondverkopen</v>
+        <v>Starterslening</v>
       </c>
       <c r="C2048" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="D2048" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2048" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2048" s="6">
-        <v>41548.0</v>
+        <v>42683.0</v>
       </c>
     </row>
     <row r="2049" spans="1:7" customFormat="false">
       <c r="A2049" s="0">
-        <v>112</v>
+        <v>762</v>
       </c>
       <c r="B2049" s="0" t="str">
-        <v>Onderzoek bedrijven in geluidswal A30</v>
+        <v>Ontmoedigen scheef wonen in Prestatieafspraken  met Woningstichting Barneveld</v>
       </c>
       <c r="C2049" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="D2049" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
-      <c r="F2049" s="0"/>
-[...1 lines deleted...]
-        <v/>
+      <c r="F2049" s="0" t="str">
+        <v>Rubriek B - lijst van ingekomen stukken</v>
+      </c>
+      <c r="G2049" s="6">
+        <v>43160.0</v>
       </c>
     </row>
     <row r="2050" spans="1:7" customFormat="false">
       <c r="A2050" s="0">
-        <v>116</v>
+        <v>815</v>
       </c>
       <c r="B2050" s="0" t="str">
-        <v>Rentetoerekening grondprojecten</v>
+        <v>Verdringingseffecten op de woningmarkt</v>
       </c>
       <c r="C2050" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="D2050" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2050" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2050" s="6">
-        <v>41576.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="2051" spans="1:7" customFormat="false">
       <c r="A2051" s="0">
-        <v>130</v>
+        <v>1014</v>
       </c>
       <c r="B2051" s="0" t="str">
-        <v>Overleg onderhoud weg bij Esvelderbeekzone</v>
+        <v>Onderzoek behoefte Tiny houses</v>
       </c>
       <c r="C2051" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="D2051" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2051" s="0" t="str">
-        <v>College</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2051" s="6">
-        <v>42319.0</v>
+        <v>44020.0</v>
       </c>
     </row>
     <row r="2052" spans="1:7" customFormat="false">
       <c r="A2052" s="0">
-        <v>131</v>
+        <v>1201</v>
       </c>
       <c r="B2052" s="0" t="str">
-        <v>Aanleg klompenpad Esvelderbeekzone</v>
+        <v>Startersleningen</v>
       </c>
       <c r="C2052" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="D2052" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2052" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2052" s="6">
-        <v>43166.0</v>
+        <v>45112.0</v>
       </c>
     </row>
     <row r="2053" spans="1:7" customFormat="false">
       <c r="A2053" s="0">
-        <v>131</v>
+        <v>1201</v>
       </c>
       <c r="B2053" s="0" t="str">
-        <v>Aanleg klompenpad Esvelderbeekzone</v>
+        <v>Startersleningen</v>
       </c>
       <c r="C2053" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="D2053" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2053" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2053" s="6">
-        <v>43215.0</v>
+        <v>45399.0</v>
       </c>
     </row>
     <row r="2054" spans="1:7" customFormat="false">
       <c r="A2054" s="0">
-        <v>164</v>
+        <v>1275</v>
       </c>
       <c r="B2054" s="0" t="str">
-        <v>Ontsluitingsweg en groen plan Holzenbosch</v>
+        <v>Bestemmingsplan Postweg VII (betaalbare woningen)</v>
       </c>
       <c r="C2054" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="D2054" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2054" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2054" s="6">
-        <v>42165.0</v>
+        <v>45560.0</v>
       </c>
     </row>
     <row r="2055" spans="1:7" customFormat="false">
       <c r="A2055" s="0">
-        <v>356</v>
+        <v>1290</v>
       </c>
       <c r="B2055" s="0" t="str">
-        <v>Holzenbosch</v>
+        <v>Proces pilot huisvesting arbeidsmigranten</v>
       </c>
       <c r="C2055" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="D2055" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2055" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Fictieve afdoeningsdatum</v>
       </c>
       <c r="G2055" s="6">
-        <v>41912.0</v>
+        <v>45279.0</v>
       </c>
     </row>
     <row r="2056" spans="1:7" customFormat="false">
       <c r="A2056" s="0">
-        <v>520</v>
+        <v>1291</v>
       </c>
       <c r="B2056" s="0" t="str">
-        <v>Bouwclaims of reserveringsovereenkomsten</v>
+        <v>Handhaving bewoning sociale huurwoningen (Huisvestingsverordening)</v>
       </c>
       <c r="C2056" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="D2056" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2056" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2056" s="6">
-        <v>42718.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="2057" spans="1:7" customFormat="false">
       <c r="A2057" s="0">
-        <v>562</v>
+        <v>94</v>
       </c>
       <c r="B2057" s="0" t="str">
-        <v>Bouwclaims</v>
+        <v>Informatie grondverkopen</v>
       </c>
       <c r="C2057" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2057" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2057" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2057" s="6">
-        <v>42319.0</v>
+        <v>41548.0</v>
       </c>
     </row>
     <row r="2058" spans="1:7" customFormat="false">
       <c r="A2058" s="0">
-        <v>622</v>
+        <v>112</v>
       </c>
       <c r="B2058" s="0" t="str">
-        <v>opknappen omgeving na bouw appartementen inbreidingslocatie  hoek Reigerstraat/Bouwheerstraat</v>
+        <v>Onderzoek bedrijven in geluidswal A30</v>
       </c>
       <c r="C2058" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2058" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
-      <c r="F2058" s="0" t="str">
-[...3 lines deleted...]
-        <v>42443.0</v>
+      <c r="F2058" s="0"/>
+      <c r="G2058" s="6" t="str">
+        <v/>
       </c>
     </row>
     <row r="2059" spans="1:7" customFormat="false">
       <c r="A2059" s="0">
-        <v>646</v>
+        <v>116</v>
       </c>
       <c r="B2059" s="0" t="str">
-        <v>Groenstrook Bestemmingsplan en Beeldkwaliteitsplan Holzenbosch</v>
+        <v>Rentetoerekening grondprojecten</v>
       </c>
       <c r="C2059" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2059" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2059" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2059" s="6">
-        <v>43048.0</v>
+        <v>41576.0</v>
       </c>
     </row>
     <row r="2060" spans="1:7" customFormat="false">
       <c r="A2060" s="0">
-        <v>787</v>
+        <v>130</v>
       </c>
       <c r="B2060" s="0" t="str">
-        <v xml:space="preserve">Reserveringsovereenkomsten </v>
+        <v>Overleg onderhoud weg bij Esvelderbeekzone</v>
       </c>
       <c r="C2060" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2060" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2060" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>College</v>
       </c>
       <c r="G2060" s="6">
-        <v>43005.0</v>
+        <v>42319.0</v>
       </c>
     </row>
     <row r="2061" spans="1:7" customFormat="false">
       <c r="A2061" s="0">
-        <v>925</v>
+        <v>131</v>
       </c>
       <c r="B2061" s="0" t="str">
-        <v>Grondtoepassingen Vink</v>
+        <v>Aanleg klompenpad Esvelderbeekzone</v>
       </c>
       <c r="C2061" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2061" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2061" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2061" s="6">
-        <v>43495.0</v>
+        <v>43166.0</v>
       </c>
     </row>
     <row r="2062" spans="1:7" customFormat="false">
       <c r="A2062" s="0">
-        <v>925</v>
+        <v>131</v>
       </c>
       <c r="B2062" s="0" t="str">
-        <v>Grondtoepassingen Vink</v>
+        <v>Aanleg klompenpad Esvelderbeekzone</v>
       </c>
       <c r="C2062" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2062" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2062" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2062" s="6">
-        <v>43566.0</v>
+        <v>43215.0</v>
       </c>
     </row>
     <row r="2063" spans="1:7" customFormat="false">
       <c r="A2063" s="0">
-        <v>925</v>
+        <v>164</v>
       </c>
       <c r="B2063" s="0" t="str">
-        <v>Grondtoepassingen Vink</v>
+        <v>Ontsluitingsweg en groen plan Holzenbosch</v>
       </c>
       <c r="C2063" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2063" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2063" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2063" s="6">
-        <v>43656.0</v>
+        <v>42165.0</v>
       </c>
     </row>
     <row r="2064" spans="1:7" customFormat="false">
       <c r="A2064" s="0">
-        <v>925</v>
+        <v>356</v>
       </c>
       <c r="B2064" s="0" t="str">
-        <v>Grondtoepassingen Vink</v>
+        <v>Holzenbosch</v>
       </c>
       <c r="C2064" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2064" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2064" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2064" s="6">
-        <v>44461.0</v>
+        <v>41912.0</v>
       </c>
     </row>
     <row r="2065" spans="1:7" customFormat="false">
       <c r="A2065" s="0">
-        <v>930</v>
+        <v>520</v>
       </c>
       <c r="B2065" s="0" t="str">
-        <v>Bestemmingsplan Valkhof: ondergrondse containers</v>
+        <v>Bouwclaims of reserveringsovereenkomsten</v>
       </c>
       <c r="C2065" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2065" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2065" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2065" s="6">
-        <v>44136.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="2066" spans="1:7" customFormat="false">
       <c r="A2066" s="0">
-        <v>134</v>
+        <v>562</v>
       </c>
       <c r="B2066" s="0" t="str">
-        <v>uitruktijden brandweer</v>
+        <v>Bouwclaims</v>
       </c>
       <c r="C2066" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2066" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2066" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2066" s="6">
-        <v>41989.0</v>
+        <v>42319.0</v>
       </c>
     </row>
     <row r="2067" spans="1:7" customFormat="false">
       <c r="A2067" s="0">
-        <v>314</v>
+        <v>622</v>
       </c>
       <c r="B2067" s="0" t="str">
-        <v>Woninginbraken</v>
+        <v>opknappen omgeving na bouw appartementen inbreidingslocatie  hoek Reigerstraat/Bouwheerstraat</v>
       </c>
       <c r="C2067" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2067" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2067" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2067" s="6">
-        <v>41695.0</v>
+        <v>42443.0</v>
       </c>
     </row>
     <row r="2068" spans="1:7" customFormat="false">
       <c r="A2068" s="0">
-        <v>319</v>
+        <v>646</v>
       </c>
       <c r="B2068" s="0" t="str">
-        <v>Drank- en Horecaverordening en wijziging APV</v>
+        <v>Groenstrook Bestemmingsplan en Beeldkwaliteitsplan Holzenbosch</v>
       </c>
       <c r="C2068" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2068" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2068" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2068" s="6">
-        <v>42059.0</v>
+        <v>43048.0</v>
       </c>
     </row>
     <row r="2069" spans="1:7" customFormat="false">
       <c r="A2069" s="0">
-        <v>320</v>
+        <v>787</v>
       </c>
       <c r="B2069" s="0" t="str">
-        <v>Drank- en Horecaverordening en wijziging APV</v>
+        <v xml:space="preserve">Reserveringsovereenkomsten </v>
       </c>
       <c r="C2069" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2069" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2069" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2069" s="6">
-        <v>41828.0</v>
+        <v>43005.0</v>
       </c>
     </row>
     <row r="2070" spans="1:7" customFormat="false">
       <c r="A2070" s="0">
-        <v>366</v>
+        <v>925</v>
       </c>
       <c r="B2070" s="0" t="str">
-        <v>Aanrijtijden hulpdiensten</v>
+        <v>Grondtoepassingen Vink</v>
       </c>
       <c r="C2070" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2070" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2070" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2070" s="6">
-        <v>41975.0</v>
+        <v>43495.0</v>
       </c>
     </row>
     <row r="2071" spans="1:7" customFormat="false">
       <c r="A2071" s="0">
-        <v>368</v>
+        <v>925</v>
       </c>
       <c r="B2071" s="0" t="str">
-        <v>Veiligheidsmonitor</v>
+        <v>Grondtoepassingen Vink</v>
       </c>
       <c r="C2071" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2071" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2071" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2071" s="6">
-        <v>41883.0</v>
+        <v>43566.0</v>
       </c>
     </row>
     <row r="2072" spans="1:7" customFormat="false">
       <c r="A2072" s="0">
-        <v>432</v>
+        <v>925</v>
       </c>
       <c r="B2072" s="0" t="str">
-        <v>Memo over inzet BOA's (Bijzonder Opsporings Ambtenaar)</v>
+        <v>Grondtoepassingen Vink</v>
       </c>
       <c r="C2072" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2072" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2072" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2072" s="6">
-        <v>41989.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="2073" spans="1:7" customFormat="false">
       <c r="A2073" s="0">
-        <v>500</v>
+        <v>925</v>
       </c>
       <c r="B2073" s="0" t="str">
-        <v>Jeugdboa</v>
+        <v>Grondtoepassingen Vink</v>
       </c>
       <c r="C2073" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2073" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2073" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2073" s="6">
-        <v>42165.0</v>
+        <v>44461.0</v>
       </c>
     </row>
     <row r="2074" spans="1:7" customFormat="false">
       <c r="A2074" s="0">
-        <v>706</v>
+        <v>930</v>
       </c>
       <c r="B2074" s="0" t="str">
-        <v>Overlast plassen bij horeca</v>
+        <v>Bestemmingsplan Valkhof: ondergrondse containers</v>
       </c>
       <c r="C2074" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="D2074" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2074" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2074" s="6">
-        <v>42921.0</v>
+        <v>44136.0</v>
       </c>
     </row>
     <row r="2075" spans="1:7" customFormat="false">
       <c r="A2075" s="0">
-        <v>736</v>
+        <v>134</v>
       </c>
       <c r="B2075" s="0" t="str">
-        <v>12-dagen regeling APV</v>
+        <v>uitruktijden brandweer</v>
       </c>
       <c r="C2075" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2075" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F2075" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2075" s="6">
-        <v>43089.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="2076" spans="1:7" customFormat="false">
       <c r="A2076" s="0">
-        <v>740</v>
+        <v>314</v>
       </c>
       <c r="B2076" s="0" t="str">
-        <v>ANPR cameratoezicht bij invalswegen</v>
+        <v>Woninginbraken</v>
       </c>
       <c r="C2076" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2076" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F2076" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2076" s="6">
-        <v>42767.0</v>
+        <v>41695.0</v>
       </c>
     </row>
     <row r="2077" spans="1:7" customFormat="false">
       <c r="A2077" s="0">
-        <v>741</v>
+        <v>319</v>
       </c>
       <c r="B2077" s="0" t="str">
-        <v>Awareness training Ondermijning</v>
+        <v>Drank- en Horecaverordening en wijziging APV</v>
       </c>
       <c r="C2077" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2077" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F2077" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2077" s="6">
-        <v>42723.0</v>
+        <v>42059.0</v>
       </c>
     </row>
     <row r="2078" spans="1:7" customFormat="false">
       <c r="A2078" s="0">
-        <v>821</v>
+        <v>320</v>
       </c>
       <c r="B2078" s="0" t="str">
-        <v>Beleidsregels Wet aanpak woonoverlast</v>
+        <v>Drank- en Horecaverordening en wijziging APV</v>
       </c>
       <c r="C2078" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2078" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F2078" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2078" s="6">
-        <v>43285.0</v>
+        <v>41828.0</v>
       </c>
     </row>
     <row r="2079" spans="1:7" customFormat="false">
       <c r="A2079" s="0">
-        <v>937</v>
+        <v>366</v>
       </c>
       <c r="B2079" s="0" t="str">
-        <v>Pilot inzet ANPR camera</v>
+        <v>Aanrijtijden hulpdiensten</v>
       </c>
       <c r="C2079" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2079" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F2079" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2079" s="6">
-        <v>44166.0</v>
+        <v>41975.0</v>
       </c>
     </row>
     <row r="2080" spans="1:7" customFormat="false">
       <c r="A2080" s="0">
-        <v>1070</v>
+        <v>368</v>
       </c>
       <c r="B2080" s="0" t="str">
-        <v>Verruiming terrastijden</v>
+        <v>Veiligheidsmonitor</v>
       </c>
       <c r="C2080" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2080" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F2080" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2080" s="6">
-        <v>44621.0</v>
+        <v>41883.0</v>
       </c>
     </row>
     <row r="2081" spans="1:7" customFormat="false">
       <c r="A2081" s="0">
-        <v>1156</v>
+        <v>432</v>
       </c>
       <c r="B2081" s="0" t="str">
-        <v>mobiele flits camera</v>
+        <v>Memo over inzet BOA's (Bijzonder Opsporings Ambtenaar)</v>
       </c>
       <c r="C2081" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2081" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F2081" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2081" s="6">
-        <v>45047.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="2082" spans="1:7" customFormat="false">
       <c r="A2082" s="0">
-        <v>1258</v>
+        <v>500</v>
       </c>
       <c r="B2082" s="0" t="str">
-        <v>Onrechtmatig gebruik parkeerplaats begraafplaats Diepenbosch</v>
+        <v>Jeugdboa</v>
       </c>
       <c r="C2082" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2082" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F2082" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2082" s="6">
-        <v>45243.0</v>
+        <v>42165.0</v>
       </c>
     </row>
     <row r="2083" spans="1:7" customFormat="false">
       <c r="A2083" s="0">
-        <v>1263</v>
+        <v>706</v>
       </c>
       <c r="B2083" s="0" t="str">
-        <v>verkeersoverlast centrum Barneveld</v>
+        <v>Overlast plassen bij horeca</v>
       </c>
       <c r="C2083" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2083" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F2083" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2083" s="6">
-        <v>45243.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="2084" spans="1:7" customFormat="false">
       <c r="A2084" s="0">
-        <v>1264</v>
+        <v>736</v>
       </c>
       <c r="B2084" s="0" t="str">
-        <v>verhoging bewustwording digitale weerbaarheid ouderen</v>
+        <v>12-dagen regeling APV</v>
       </c>
       <c r="C2084" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2084" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
       <c r="F2084" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2084" s="6">
-        <v>45273.0</v>
+        <v>43089.0</v>
       </c>
     </row>
     <row r="2085" spans="1:7" customFormat="false">
       <c r="A2085" s="0">
-        <v>148</v>
+        <v>740</v>
       </c>
       <c r="B2085" s="0" t="str">
-        <v>Aanbevelingen wijkplatforms</v>
+        <v>ANPR cameratoezicht bij invalswegen</v>
       </c>
       <c r="C2085" s="0" t="str">
-        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2085" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F2085" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2085" s="6">
-        <v>41548.0</v>
+        <v>42767.0</v>
       </c>
     </row>
     <row r="2086" spans="1:7" customFormat="false">
       <c r="A2086" s="0">
-        <v>374</v>
+        <v>741</v>
       </c>
       <c r="B2086" s="0" t="str">
-        <v>Wijkplatforms</v>
+        <v>Awareness training Ondermijning</v>
       </c>
       <c r="C2086" s="0" t="str">
-        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2086" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F2086" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2086" s="6">
-        <v>42305.0</v>
+        <v>42723.0</v>
       </c>
     </row>
     <row r="2087" spans="1:7" customFormat="false">
       <c r="A2087" s="0">
-        <v>568</v>
+        <v>821</v>
       </c>
       <c r="B2087" s="0" t="str">
-        <v>Aanrijtijden brandweer</v>
+        <v>Beleidsregels Wet aanpak woonoverlast</v>
       </c>
       <c r="C2087" s="0" t="str">
-        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2087" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F2087" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2087" s="6">
-        <v>42304.0</v>
+        <v>43285.0</v>
       </c>
     </row>
     <row r="2088" spans="1:7" customFormat="false">
       <c r="A2088" s="0">
-        <v>705</v>
+        <v>937</v>
       </c>
       <c r="B2088" s="0" t="str">
-        <v>Wijkplatforms</v>
+        <v>Pilot inzet ANPR camera</v>
       </c>
       <c r="C2088" s="0" t="str">
-        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2088" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F2088" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2088" s="6">
-        <v>42844.0</v>
+        <v>44166.0</v>
       </c>
     </row>
     <row r="2089" spans="1:7" customFormat="false">
       <c r="A2089" s="0">
-        <v>85</v>
+        <v>1070</v>
       </c>
       <c r="B2089" s="0" t="str">
-        <v>Info adoptie/inrichting rotondes</v>
+        <v>Verruiming terrastijden</v>
       </c>
       <c r="C2089" s="0" t="str">
-        <v>322 Groen</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2089" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F2089" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2089" s="6">
-        <v>41590.0</v>
+        <v>44621.0</v>
       </c>
     </row>
     <row r="2090" spans="1:7" customFormat="false">
       <c r="A2090" s="0">
-        <v>734</v>
+        <v>1156</v>
       </c>
       <c r="B2090" s="0" t="str">
-        <v>Inrichting/kunstwerk op rotonde bij De Punt in Voorthuizen</v>
+        <v>mobiele flits camera</v>
       </c>
       <c r="C2090" s="0" t="str">
-        <v>322 Groen</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2090" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F2090" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G2090" s="6">
-        <v>43047.0</v>
+        <v>45047.0</v>
       </c>
     </row>
     <row r="2091" spans="1:7" customFormat="false">
       <c r="A2091" s="0">
-        <v>814</v>
+        <v>1258</v>
       </c>
       <c r="B2091" s="0" t="str">
-        <v>Bomeneffectanalyse</v>
+        <v>Onrechtmatig gebruik parkeerplaats begraafplaats Diepenbosch</v>
       </c>
       <c r="C2091" s="0" t="str">
-        <v>322 Groen</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2091" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F2091" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2091" s="6">
-        <v>43047.0</v>
+        <v>45243.0</v>
       </c>
     </row>
     <row r="2092" spans="1:7" customFormat="false">
       <c r="A2092" s="0">
-        <v>820</v>
+        <v>1263</v>
       </c>
       <c r="B2092" s="0" t="str">
-        <v>Trimbanen</v>
+        <v>verkeersoverlast centrum Barneveld</v>
       </c>
       <c r="C2092" s="0" t="str">
-        <v>322 Groen</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2092" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F2092" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2092" s="6">
-        <v>43656.0</v>
+        <v>45243.0</v>
       </c>
     </row>
     <row r="2093" spans="1:7" customFormat="false">
       <c r="A2093" s="0">
-        <v>859</v>
+        <v>1264</v>
       </c>
       <c r="B2093" s="0" t="str">
-        <v>Speelruimtebeleidsplan</v>
+        <v>verhoging bewustwording digitale weerbaarheid ouderen</v>
       </c>
       <c r="C2093" s="0" t="str">
-        <v>322 Groen</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="D2093" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F2093" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2093" s="6">
-        <v>43215.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="2094" spans="1:7" customFormat="false">
       <c r="A2094" s="0">
-        <v>1084</v>
+        <v>148</v>
       </c>
       <c r="B2094" s="0" t="str">
-        <v>Onderzoek zelf maaien gras i.p.v. uitbesteden</v>
+        <v>Aanbevelingen wijkplatforms</v>
       </c>
       <c r="C2094" s="0" t="str">
-        <v>322 Groen</v>
+        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="D2094" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2094" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2094" s="6">
-        <v>45399.0</v>
+        <v>41548.0</v>
       </c>
     </row>
     <row r="2095" spans="1:7" customFormat="false">
       <c r="A2095" s="0">
-        <v>1259</v>
+        <v>374</v>
       </c>
       <c r="B2095" s="0" t="str">
-        <v>Ontwikkeling biodiversiteit</v>
+        <v>Wijkplatforms</v>
       </c>
       <c r="C2095" s="0" t="str">
-        <v>322 Groen</v>
+        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="D2095" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2095" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2095" s="6">
-        <v>45273.0</v>
+        <v>42305.0</v>
       </c>
     </row>
     <row r="2096" spans="1:7" customFormat="false">
       <c r="A2096" s="0">
-        <v>324</v>
+        <v>568</v>
       </c>
       <c r="B2096" s="0" t="str">
-        <v>Beheersverordening gemeentelijke begraafplaatsen Barneveld</v>
+        <v>Aanrijtijden brandweer</v>
       </c>
       <c r="C2096" s="0" t="str">
-        <v>323 Begraven</v>
+        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="D2096" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2096" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2096" s="6">
-        <v>42396.0</v>
+        <v>42304.0</v>
       </c>
     </row>
     <row r="2097" spans="1:7" customFormat="false">
       <c r="A2097" s="0">
-        <v>866</v>
+        <v>705</v>
       </c>
       <c r="B2097" s="0" t="str">
-        <v>Natuurbegraafplaats</v>
+        <v>Wijkplatforms</v>
       </c>
       <c r="C2097" s="0" t="str">
-        <v>323 Begraven</v>
+        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="D2097" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2097" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2097" s="6">
-        <v>43446.0</v>
+        <v>42844.0</v>
       </c>
     </row>
     <row r="2098" spans="1:7" customFormat="false">
       <c r="A2098" s="0">
-        <v>867</v>
+        <v>85</v>
       </c>
       <c r="B2098" s="0" t="str">
-        <v>(grondwaterproblematief)  begraafplaats De Plantage</v>
+        <v>Info adoptie/inrichting rotondes</v>
       </c>
       <c r="C2098" s="0" t="str">
-        <v>323 Begraven</v>
+        <v>322 Groen</v>
       </c>
       <c r="D2098" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2098" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2098" s="6">
-        <v>43250.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="2099" spans="1:7" customFormat="false">
       <c r="A2099" s="0">
-        <v>1261</v>
+        <v>734</v>
       </c>
       <c r="B2099" s="0" t="str">
-        <v>Reserveren tijden door begrafenisondernemers</v>
+        <v>Inrichting/kunstwerk op rotonde bij De Punt in Voorthuizen</v>
       </c>
       <c r="C2099" s="0" t="str">
-        <v>323 Begraven</v>
+        <v>322 Groen</v>
       </c>
       <c r="D2099" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2099" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2099" s="6">
-        <v>45273.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="2100" spans="1:7" customFormat="false">
       <c r="A2100" s="0">
-        <v>670</v>
+        <v>814</v>
       </c>
       <c r="B2100" s="0" t="str">
-        <v>Onderzoek Milieustraat</v>
+        <v>Bomeneffectanalyse</v>
       </c>
       <c r="C2100" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>322 Groen</v>
       </c>
       <c r="D2100" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2100" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2100" s="6">
-        <v>42921.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="2101" spans="1:7" customFormat="false">
       <c r="A2101" s="0">
-        <v>788</v>
+        <v>820</v>
       </c>
       <c r="B2101" s="0" t="str">
-        <v>Groenafvaldepot Roelenengweg</v>
+        <v>Trimbanen</v>
       </c>
       <c r="C2101" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>322 Groen</v>
       </c>
       <c r="D2101" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2101" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2101" s="6">
-        <v>42921.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="2102" spans="1:7" customFormat="false">
       <c r="A2102" s="0">
-        <v>824</v>
+        <v>859</v>
       </c>
       <c r="B2102" s="0" t="str">
-        <v>Onderbouwing kosten extra (mini) milieustraat</v>
+        <v>Speelruimtebeleidsplan</v>
       </c>
       <c r="C2102" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>322 Groen</v>
       </c>
       <c r="D2102" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2102" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2102" s="6">
-        <v>43166.0</v>
+        <v>43215.0</v>
       </c>
     </row>
     <row r="2103" spans="1:7" customFormat="false">
       <c r="A2103" s="0">
-        <v>825</v>
+        <v>1084</v>
       </c>
       <c r="B2103" s="0" t="str">
-        <v>Alternatieve locatie Milieustraat</v>
+        <v>Onderzoek zelf maaien gras i.p.v. uitbesteden</v>
       </c>
       <c r="C2103" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>322 Groen</v>
       </c>
       <c r="D2103" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2103" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2103" s="6">
-        <v>43285.0</v>
+        <v>45399.0</v>
       </c>
     </row>
     <row r="2104" spans="1:7" customFormat="false">
       <c r="A2104" s="0">
-        <v>858</v>
+        <v>1259</v>
       </c>
       <c r="B2104" s="0" t="str">
-        <v>Verhoging service inleveren afval Voorthuizen</v>
+        <v>Ontwikkeling biodiversiteit</v>
       </c>
       <c r="C2104" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>322 Groen</v>
       </c>
       <c r="D2104" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2104" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2104" s="6">
-        <v>43782.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="2105" spans="1:7" customFormat="false">
       <c r="A2105" s="0">
-        <v>1251</v>
+        <v>324</v>
       </c>
       <c r="B2105" s="0" t="str">
-        <v>Informatiecampagne gebruik rattengif in openbare ruimte</v>
+        <v>Beheersverordening gemeentelijke begraafplaatsen Barneveld</v>
       </c>
       <c r="C2105" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>323 Begraven</v>
       </c>
       <c r="D2105" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2105" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2105" s="6">
-        <v>45231.0</v>
+        <v>42396.0</v>
       </c>
     </row>
     <row r="2106" spans="1:7" customFormat="false">
       <c r="A2106" s="0">
-        <v>1255</v>
+        <v>866</v>
       </c>
       <c r="B2106" s="0" t="str">
-        <v>Incontinentiecontainer Bloemendaallaan</v>
+        <v>Natuurbegraafplaats</v>
       </c>
       <c r="C2106" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>323 Begraven</v>
       </c>
       <c r="D2106" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2106" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2106" s="6">
-        <v>45243.0</v>
+        <v>43446.0</v>
       </c>
     </row>
     <row r="2107" spans="1:7" customFormat="false">
       <c r="A2107" s="0">
-        <v>1280</v>
+        <v>867</v>
       </c>
       <c r="B2107" s="0" t="str">
-        <v>Proces totstandkoming nieuwe milieustraat</v>
+        <v>(grondwaterproblematief)  begraafplaats De Plantage</v>
       </c>
       <c r="C2107" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>323 Begraven</v>
       </c>
       <c r="D2107" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2107" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2107" s="6">
-        <v>45273.0</v>
+        <v>43250.0</v>
       </c>
     </row>
     <row r="2108" spans="1:7" customFormat="false">
       <c r="A2108" s="0">
-        <v>251</v>
+        <v>1261</v>
       </c>
       <c r="B2108" s="0" t="str">
-        <v>Bezuinigingen voor 2015, riolering</v>
+        <v>Reserveren tijden door begrafenisondernemers</v>
       </c>
       <c r="C2108" s="0" t="str">
-        <v>325 Riolering &amp; Water</v>
+        <v>323 Begraven</v>
       </c>
       <c r="D2108" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2108" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2108" s="6">
-        <v>41548.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="2109" spans="1:7" customFormat="false">
       <c r="A2109" s="0">
-        <v>259</v>
+        <v>670</v>
       </c>
       <c r="B2109" s="0" t="str">
-        <v>Tekst Gebiedsvisie regio aanpassen (dijk)</v>
+        <v>Onderzoek Milieustraat</v>
       </c>
       <c r="C2109" s="0" t="str">
-        <v>325 Riolering &amp; Water</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D2109" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2109" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2109" s="6">
-        <v>41660.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="2110" spans="1:7" customFormat="false">
       <c r="A2110" s="0">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="B2110" s="0" t="str">
-        <v>Rattenbestrijding</v>
+        <v>Groenafvaldepot Roelenengweg</v>
       </c>
       <c r="C2110" s="0" t="str">
-        <v>325 Riolering &amp; Water</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D2110" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2110" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2110" s="6">
         <v>42921.0</v>
       </c>
     </row>
     <row r="2111" spans="1:7" customFormat="false">
       <c r="A2111" s="0">
-        <v>346</v>
+        <v>824</v>
       </c>
       <c r="B2111" s="0" t="str">
-        <v>Presentatie OddV</v>
+        <v>Onderbouwing kosten extra (mini) milieustraat</v>
       </c>
       <c r="C2111" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D2111" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2111" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2111" s="6">
-        <v>41977.0</v>
+        <v>43166.0</v>
       </c>
     </row>
     <row r="2112" spans="1:7" customFormat="false">
       <c r="A2112" s="0">
-        <v>481</v>
+        <v>825</v>
       </c>
       <c r="B2112" s="0" t="str">
-        <v>Bestemmingsplan Eilanden-Oost</v>
+        <v>Alternatieve locatie Milieustraat</v>
       </c>
       <c r="C2112" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D2112" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2112" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2112" s="6">
-        <v>42163.0</v>
+        <v>43285.0</v>
       </c>
     </row>
     <row r="2113" spans="1:7" customFormat="false">
       <c r="A2113" s="0">
-        <v>608</v>
+        <v>858</v>
       </c>
       <c r="B2113" s="0" t="str">
-        <v>Huisvesting in pand Mercuriusweg</v>
+        <v>Verhoging service inleveren afval Voorthuizen</v>
       </c>
       <c r="C2113" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D2113" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2113" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2113" s="6">
-        <v>42396.0</v>
+        <v>43782.0</v>
       </c>
     </row>
     <row r="2114" spans="1:7" customFormat="false">
       <c r="A2114" s="0">
-        <v>698</v>
+        <v>1251</v>
       </c>
       <c r="B2114" s="0" t="str">
-        <v>Strategische Visie groeicijfers</v>
+        <v>Informatiecampagne gebruik rattengif in openbare ruimte</v>
       </c>
       <c r="C2114" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D2114" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2114" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2114" s="6">
-        <v>42641.0</v>
+        <v>45231.0</v>
       </c>
     </row>
     <row r="2115" spans="1:7" customFormat="false">
       <c r="A2115" s="0">
-        <v>136</v>
+        <v>1255</v>
       </c>
       <c r="B2115" s="0" t="str">
-        <v>Gedragmaatregelen Grip op energie</v>
+        <v>Incontinentiecontainer Bloemendaallaan</v>
       </c>
       <c r="C2115" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D2115" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2115" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2115" s="6">
-        <v>41828.0</v>
+        <v>45243.0</v>
       </c>
     </row>
     <row r="2116" spans="1:7" customFormat="false">
       <c r="A2116" s="0">
-        <v>138</v>
+        <v>1280</v>
       </c>
       <c r="B2116" s="0" t="str">
-        <v>Faciliteren toepassing zonnepanelen door Liander</v>
+        <v>Proces totstandkoming nieuwe milieustraat</v>
       </c>
       <c r="C2116" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="D2116" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2116" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2116" s="6">
-        <v>41624.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="2117" spans="1:7" customFormat="false">
       <c r="A2117" s="0">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="B2117" s="0" t="str">
-        <v>Uitstel bodemsanering Raadhuisplein</v>
+        <v>Bezuinigingen voor 2015, riolering</v>
       </c>
       <c r="C2117" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D2117" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2117" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2117" s="6">
-        <v>41609.0</v>
+        <v>41548.0</v>
       </c>
     </row>
     <row r="2118" spans="1:7" customFormat="false">
       <c r="A2118" s="0">
-        <v>358</v>
+        <v>259</v>
       </c>
       <c r="B2118" s="0" t="str">
-        <v>Energievisie</v>
+        <v>Tekst Gebiedsvisie regio aanpassen (dijk)</v>
       </c>
       <c r="C2118" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D2118" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2118" s="0" t="str">
-        <v>Fictieve afdoeningsdatum</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2118" s="6">
-        <v>41899.0</v>
+        <v>41660.0</v>
       </c>
     </row>
     <row r="2119" spans="1:7" customFormat="false">
       <c r="A2119" s="0">
-        <v>378</v>
+        <v>786</v>
       </c>
       <c r="B2119" s="0" t="str">
-        <v>Milieubeleidsplan: zonnepanelen op gemeentelijke gebouwen</v>
+        <v>Rattenbestrijding</v>
       </c>
       <c r="C2119" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>325 Riolering &amp; Water</v>
       </c>
       <c r="D2119" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2119" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2119" s="6">
-        <v>42066.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="2120" spans="1:7" customFormat="false">
       <c r="A2120" s="0">
-        <v>470</v>
+        <v>346</v>
       </c>
       <c r="B2120" s="0" t="str">
-        <v>Wind- en energievisie</v>
+        <v>Presentatie OddV</v>
       </c>
       <c r="C2120" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="D2120" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F2120" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2120" s="6">
-        <v>42032.0</v>
+        <v>41977.0</v>
       </c>
     </row>
     <row r="2121" spans="1:7" customFormat="false">
       <c r="A2121" s="0">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="B2121" s="0" t="str">
-        <v>Realisatie zonnestroomproductie gemeentelijk vastgoed</v>
+        <v>Bestemmingsplan Eilanden-Oost</v>
       </c>
       <c r="C2121" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="D2121" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F2121" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G2121" s="6">
         <v>42163.0</v>
       </c>
     </row>
     <row r="2122" spans="1:7" customFormat="false">
       <c r="A2122" s="0">
-        <v>648</v>
+        <v>608</v>
       </c>
       <c r="B2122" s="0" t="str">
-        <v>Pilot windmolens in bos</v>
+        <v>Huisvesting in pand Mercuriusweg</v>
       </c>
       <c r="C2122" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="D2122" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F2122" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2122" s="6">
         <v>42396.0</v>
       </c>
     </row>
     <row r="2123" spans="1:7" customFormat="false">
       <c r="A2123" s="0">
-        <v>809</v>
+        <v>698</v>
       </c>
       <c r="B2123" s="0" t="str">
-        <v xml:space="preserve">Afval en circulaire economie </v>
+        <v>Strategische Visie groeicijfers</v>
       </c>
       <c r="C2123" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="D2123" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F2123" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2123" s="6">
-        <v>43047.0</v>
+        <v>42641.0</v>
       </c>
     </row>
     <row r="2124" spans="1:7" customFormat="false">
       <c r="A2124" s="0">
-        <v>854</v>
+        <v>136</v>
       </c>
       <c r="B2124" s="0" t="str">
-        <v>Groene daken - Energietransitie</v>
+        <v>Gedragmaatregelen Grip op energie</v>
       </c>
       <c r="C2124" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D2124" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2124" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2124" s="6">
-        <v>43418.0</v>
+        <v>41828.0</v>
       </c>
     </row>
     <row r="2125" spans="1:7" customFormat="false">
       <c r="A2125" s="0">
-        <v>879</v>
+        <v>138</v>
       </c>
       <c r="B2125" s="0" t="str">
-        <v>Visie op zonneakkers</v>
+        <v>Faciliteren toepassing zonnepanelen door Liander</v>
       </c>
       <c r="C2125" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D2125" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2125" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2125" s="6">
-        <v>43446.0</v>
+        <v>41624.0</v>
       </c>
     </row>
     <row r="2126" spans="1:7" customFormat="false">
       <c r="A2126" s="0">
-        <v>974</v>
+        <v>257</v>
       </c>
       <c r="B2126" s="0" t="str">
-        <v>Laagfrequent geluid windturbines</v>
+        <v>Uitstel bodemsanering Raadhuisplein</v>
       </c>
       <c r="C2126" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D2126" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2126" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2126" s="6">
-        <v>43747.0</v>
+        <v>41609.0</v>
       </c>
     </row>
     <row r="2127" spans="1:7" customFormat="false">
       <c r="A2127" s="0">
-        <v>1022</v>
+        <v>358</v>
       </c>
       <c r="B2127" s="0" t="str">
-        <v>Resultaten boringen geothermie</v>
+        <v>Energievisie</v>
       </c>
       <c r="C2127" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D2127" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2127" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Fictieve afdoeningsdatum</v>
       </c>
       <c r="G2127" s="6">
-        <v>44273.0</v>
+        <v>41899.0</v>
       </c>
     </row>
     <row r="2128" spans="1:7" customFormat="false">
       <c r="A2128" s="0">
-        <v>1256</v>
+        <v>378</v>
       </c>
       <c r="B2128" s="0" t="str">
-        <v>Aanleg zonnepark Stroe</v>
+        <v>Milieubeleidsplan: zonnepanelen op gemeentelijke gebouwen</v>
       </c>
       <c r="C2128" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D2128" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2128" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2128" s="6">
-        <v>45243.0</v>
+        <v>42066.0</v>
       </c>
     </row>
     <row r="2129" spans="1:7" customFormat="false">
       <c r="A2129" s="0">
-        <v>1257</v>
+        <v>470</v>
       </c>
       <c r="B2129" s="0" t="str">
-        <v>Datacentrum in Natura2000 gebied</v>
+        <v>Wind- en energievisie</v>
       </c>
       <c r="C2129" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D2129" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2129" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2129" s="6">
-        <v>45273.0</v>
+        <v>42032.0</v>
       </c>
     </row>
     <row r="2130" spans="1:7" customFormat="false">
       <c r="A2130" s="0">
-        <v>163</v>
+        <v>484</v>
       </c>
       <c r="B2130" s="0" t="str">
-        <v>Suggesties verkeerssituatie Centrumplan Barneveld</v>
+        <v>Realisatie zonnestroomproductie gemeentelijk vastgoed</v>
       </c>
       <c r="C2130" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D2130" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2130" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2130" s="6">
-        <v>41660.0</v>
+        <v>42163.0</v>
       </c>
     </row>
     <row r="2131" spans="1:7" customFormat="false">
       <c r="A2131" s="0">
-        <v>1254</v>
+        <v>648</v>
       </c>
       <c r="B2131" s="0" t="str">
-        <v>Evaluatie uitvoeringsprogramma recreatie en toerisme</v>
+        <v>Pilot windmolens in bos</v>
       </c>
       <c r="C2131" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D2131" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2131" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2131" s="6">
-        <v>45693.0</v>
+        <v>42396.0</v>
       </c>
     </row>
     <row r="2132" spans="1:7" customFormat="false">
       <c r="A2132" s="0">
-        <v>86</v>
+        <v>809</v>
       </c>
       <c r="B2132" s="0" t="str">
-        <v>Bijstelling Strategische Visie</v>
+        <v xml:space="preserve">Afval en circulaire economie </v>
       </c>
       <c r="C2132" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D2132" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2132" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2132" s="6">
-        <v>41760.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="2133" spans="1:7" customFormat="false">
       <c r="A2133" s="0">
-        <v>96</v>
+        <v>854</v>
       </c>
       <c r="B2133" s="0" t="str">
-        <v>Flexibiliseren bestemmingsplannen</v>
+        <v>Groene daken - Energietransitie</v>
       </c>
       <c r="C2133" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D2133" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2133" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2133" s="6">
-        <v>41590.0</v>
+        <v>43418.0</v>
       </c>
     </row>
     <row r="2134" spans="1:7" customFormat="false">
       <c r="A2134" s="0">
-        <v>107</v>
+        <v>879</v>
       </c>
       <c r="B2134" s="0" t="str">
-        <v>Plaatsing luchtbehandelingskast pand Koterweg</v>
+        <v>Visie op zonneakkers</v>
       </c>
       <c r="C2134" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D2134" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2134" s="0" t="str">
-        <v>College</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2134" s="6">
-        <v>41485.0</v>
+        <v>43446.0</v>
       </c>
     </row>
     <row r="2135" spans="1:7" customFormat="false">
       <c r="A2135" s="0">
-        <v>108</v>
+        <v>974</v>
       </c>
       <c r="B2135" s="0" t="str">
-        <v>Reparatieplan Bestemmingsplan Buitengebied 2012</v>
+        <v>Laagfrequent geluid windturbines</v>
       </c>
       <c r="C2135" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D2135" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2135" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2135" s="6">
-        <v>41989.0</v>
+        <v>43747.0</v>
       </c>
     </row>
     <row r="2136" spans="1:7" customFormat="false">
       <c r="A2136" s="0">
-        <v>126</v>
+        <v>1022</v>
       </c>
       <c r="B2136" s="0" t="str">
-        <v xml:space="preserve">Evaluatie Bestemmingsplan Buitengebied 2012 </v>
+        <v>Resultaten boringen geothermie</v>
       </c>
       <c r="C2136" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D2136" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2136" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2136" s="6">
-        <v>43100.0</v>
+        <v>44273.0</v>
       </c>
     </row>
     <row r="2137" spans="1:7" customFormat="false">
       <c r="A2137" s="0">
-        <v>149</v>
+        <v>1256</v>
       </c>
       <c r="B2137" s="0" t="str">
-        <v>Evaluatie biovergistingsinstallatie Lankerenseweg</v>
+        <v>Aanleg zonnepark Stroe</v>
       </c>
       <c r="C2137" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D2137" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2137" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2137" s="6">
-        <v>42705.0</v>
+        <v>45243.0</v>
       </c>
     </row>
     <row r="2138" spans="1:7" customFormat="false">
       <c r="A2138" s="0">
-        <v>254</v>
+        <v>1257</v>
       </c>
       <c r="B2138" s="0" t="str">
-        <v>Onderzoek locaties objectgebonden gedoogbeschikkingen</v>
+        <v>Datacentrum in Natura2000 gebied</v>
       </c>
       <c r="C2138" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="D2138" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2138" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2138" s="6">
-        <v>41989.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="2139" spans="1:7" customFormat="false">
       <c r="A2139" s="0">
-        <v>255</v>
+        <v>163</v>
       </c>
       <c r="B2139" s="0" t="str">
-        <v>Herbouw woning Engelsestadweg 30</v>
+        <v>Suggesties verkeerssituatie Centrumplan Barneveld</v>
       </c>
       <c r="C2139" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="D2139" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2139" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2139" s="6">
-        <v>41543.0</v>
+        <v>41660.0</v>
       </c>
     </row>
     <row r="2140" spans="1:7" customFormat="false">
       <c r="A2140" s="0">
-        <v>287</v>
+        <v>1254</v>
       </c>
       <c r="B2140" s="0" t="str">
-        <v>Herziening bestemmingsplan Engelsestadweg 30</v>
+        <v>Evaluatie uitvoeringsprogramma recreatie en toerisme</v>
       </c>
       <c r="C2140" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="D2140" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2140" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2140" s="6">
-        <v>41667.0</v>
+        <v>45693.0</v>
       </c>
     </row>
     <row r="2141" spans="1:7" customFormat="false">
       <c r="A2141" s="0">
-        <v>306</v>
+        <v>86</v>
       </c>
       <c r="B2141" s="0" t="str">
-        <v>Bestemmingsplan Essenerweg IX, besluitvorming inzake bestemmingsplannen</v>
+        <v>Bijstelling Strategische Visie</v>
       </c>
       <c r="C2141" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2141" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2141" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2141" s="6">
-        <v>42767.0</v>
+        <v>41760.0</v>
       </c>
     </row>
     <row r="2142" spans="1:7" customFormat="false">
       <c r="A2142" s="0">
-        <v>310</v>
+        <v>96</v>
       </c>
       <c r="B2142" s="0" t="str">
-        <v>Strategische Visie</v>
+        <v>Flexibiliseren bestemmingsplannen</v>
       </c>
       <c r="C2142" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2142" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2142" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2142" s="6">
-        <v>41683.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="2143" spans="1:7" customFormat="false">
       <c r="A2143" s="0">
-        <v>325</v>
+        <v>107</v>
       </c>
       <c r="B2143" s="0" t="str">
-        <v>Lidmaatschap Gebiedscoöperatie O-gen</v>
+        <v>Plaatsing luchtbehandelingskast pand Koterweg</v>
       </c>
       <c r="C2143" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2143" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2143" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>College</v>
       </c>
       <c r="G2143" s="6">
-        <v>43089.0</v>
+        <v>41485.0</v>
       </c>
     </row>
     <row r="2144" spans="1:7" customFormat="false">
       <c r="A2144" s="0">
-        <v>334</v>
+        <v>108</v>
       </c>
       <c r="B2144" s="0" t="str">
-        <v>Bestemmingsplan Dwarsakker</v>
+        <v>Reparatieplan Bestemmingsplan Buitengebied 2012</v>
       </c>
       <c r="C2144" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2144" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2144" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2144" s="6">
-        <v>41736.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="2145" spans="1:7" customFormat="false">
       <c r="A2145" s="0">
-        <v>349</v>
+        <v>126</v>
       </c>
       <c r="B2145" s="0" t="str">
-        <v>Herziening bestemmingsplan voor bestemmen bedrijfswoning op perceel Schoutenstraat 88B</v>
+        <v xml:space="preserve">Evaluatie Bestemmingsplan Buitengebied 2012 </v>
       </c>
       <c r="C2145" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2145" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2145" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2145" s="6">
-        <v>42064.0</v>
+        <v>43100.0</v>
       </c>
     </row>
     <row r="2146" spans="1:7" customFormat="false">
       <c r="A2146" s="0">
-        <v>446</v>
+        <v>149</v>
       </c>
       <c r="B2146" s="0" t="str">
-        <v>Memo m.b.t. vergunningsvrij bouwen voor het verlenen van mantelzorg</v>
+        <v>Evaluatie biovergistingsinstallatie Lankerenseweg</v>
       </c>
       <c r="C2146" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2146" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2146" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2146" s="6">
-        <v>42067.0</v>
+        <v>42705.0</v>
       </c>
     </row>
     <row r="2147" spans="1:7" customFormat="false">
       <c r="A2147" s="0">
-        <v>491</v>
+        <v>254</v>
       </c>
       <c r="B2147" s="0" t="str">
-        <v>Bestemmingsplan Garderbroekerweg-Kerkweg</v>
+        <v>Onderzoek locaties objectgebonden gedoogbeschikkingen</v>
       </c>
       <c r="C2147" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2147" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2147" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2147" s="6">
-        <v>43089.0</v>
+        <v>41989.0</v>
       </c>
     </row>
     <row r="2148" spans="1:7" customFormat="false">
       <c r="A2148" s="0">
-        <v>492</v>
+        <v>255</v>
       </c>
       <c r="B2148" s="0" t="str">
-        <v>Bestemmingsplan Garderbroekerweg-Kerkweg</v>
+        <v>Herbouw woning Engelsestadweg 30</v>
       </c>
       <c r="C2148" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2148" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2148" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2148" s="6">
-        <v>42165.0</v>
+        <v>41543.0</v>
       </c>
     </row>
     <row r="2149" spans="1:7" customFormat="false">
       <c r="A2149" s="0">
-        <v>518</v>
+        <v>287</v>
       </c>
       <c r="B2149" s="0" t="str">
-        <v>Bestemmingsplan Gerard Doustraat I</v>
+        <v>Herziening bestemmingsplan Engelsestadweg 30</v>
       </c>
       <c r="C2149" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2149" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2149" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G2149" s="6">
-        <v>42163.0</v>
+        <v>41667.0</v>
       </c>
     </row>
     <row r="2150" spans="1:7" customFormat="false">
       <c r="A2150" s="0">
-        <v>592</v>
+        <v>306</v>
       </c>
       <c r="B2150" s="0" t="str">
-        <v>Erfafscheiding bij Fa. Vink t.b.v. woningen langs fietsroute Barneveld Zuid</v>
+        <v>Bestemmingsplan Essenerweg IX, besluitvorming inzake bestemmingsplannen</v>
       </c>
       <c r="C2150" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2150" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2150" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G2150" s="6">
-        <v>43131.0</v>
+        <v>42767.0</v>
       </c>
     </row>
     <row r="2151" spans="1:7" customFormat="false">
       <c r="A2151" s="0">
-        <v>594</v>
+        <v>310</v>
       </c>
       <c r="B2151" s="0" t="str">
-        <v>Fietsroute Barneveld Zuid; plaatsen scheidingswand bij woningen</v>
+        <v>Strategische Visie</v>
       </c>
       <c r="C2151" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2151" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2151" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2151" s="6">
-        <v>43131.0</v>
+        <v>41683.0</v>
       </c>
     </row>
     <row r="2152" spans="1:7" customFormat="false">
       <c r="A2152" s="0">
-        <v>655</v>
+        <v>325</v>
       </c>
       <c r="B2152" s="0" t="str">
-        <v>Actualisering functieveranderingsbeleid</v>
+        <v>Lidmaatschap Gebiedscoöperatie O-gen</v>
       </c>
       <c r="C2152" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2152" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2152" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2152" s="6">
-        <v>42816.0</v>
+        <v>43089.0</v>
       </c>
     </row>
     <row r="2153" spans="1:7" customFormat="false">
       <c r="A2153" s="0">
-        <v>708</v>
+        <v>334</v>
       </c>
       <c r="B2153" s="0" t="str">
-        <v>Omschrijving ingrijpende activiteiten in landelijk gebied toelichting bestemmingsplan</v>
+        <v>Bestemmingsplan Dwarsakker</v>
       </c>
       <c r="C2153" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2153" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2153" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2153" s="6">
-        <v>42718.0</v>
+        <v>41736.0</v>
       </c>
     </row>
     <row r="2154" spans="1:7" customFormat="false">
       <c r="A2154" s="0">
-        <v>737</v>
+        <v>349</v>
       </c>
       <c r="B2154" s="0" t="str">
-        <v>Bestemmingsplan Veller II; keuze woningen of maatschappelijke functie</v>
+        <v>Herziening bestemmingsplan voor bestemmen bedrijfswoning op perceel Schoutenstraat 88B</v>
       </c>
       <c r="C2154" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2154" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2154" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2154" s="6">
-        <v>42908.0</v>
+        <v>42064.0</v>
       </c>
     </row>
     <row r="2155" spans="1:7" customFormat="false">
       <c r="A2155" s="0">
-        <v>781</v>
+        <v>446</v>
       </c>
       <c r="B2155" s="0" t="str">
-        <v>Proces windturbines Zeumeren</v>
+        <v>Memo m.b.t. vergunningsvrij bouwen voor het verlenen van mantelzorg</v>
       </c>
       <c r="C2155" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2155" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2155" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2155" s="6">
-        <v>42992.0</v>
+        <v>42067.0</v>
       </c>
     </row>
     <row r="2156" spans="1:7" customFormat="false">
       <c r="A2156" s="0">
-        <v>782</v>
+        <v>491</v>
       </c>
       <c r="B2156" s="0" t="str">
-        <v>Overzicht zaken die nog onder oude functieveranderingsbeleid (1000 m2) vallen</v>
+        <v>Bestemmingsplan Garderbroekerweg-Kerkweg</v>
       </c>
       <c r="C2156" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2156" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2156" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2156" s="6">
-        <v>42921.0</v>
+        <v>43089.0</v>
       </c>
     </row>
     <row r="2157" spans="1:7" customFormat="false">
       <c r="A2157" s="0">
-        <v>812</v>
+        <v>492</v>
       </c>
       <c r="B2157" s="0" t="str">
-        <v>Terrein rondom Puurveense Molen</v>
+        <v>Bestemmingsplan Garderbroekerweg-Kerkweg</v>
       </c>
       <c r="C2157" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2157" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2157" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2157" s="6">
-        <v>43047.0</v>
+        <v>42165.0</v>
       </c>
     </row>
     <row r="2158" spans="1:7" customFormat="false">
       <c r="A2158" s="0">
-        <v>813</v>
+        <v>518</v>
       </c>
       <c r="B2158" s="0" t="str">
-        <v>Invoering denktank Omgevingswet</v>
+        <v>Bestemmingsplan Gerard Doustraat I</v>
       </c>
       <c r="C2158" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2158" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2158" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G2158" s="6">
-        <v>42975.0</v>
+        <v>42163.0</v>
       </c>
     </row>
     <row r="2159" spans="1:7" customFormat="false">
       <c r="A2159" s="0">
-        <v>852</v>
+        <v>592</v>
       </c>
       <c r="B2159" s="0" t="str">
-        <v>Rapportage buitenplans afwijken bestemmingsplan bij omgevingsvergunningen</v>
+        <v>Erfafscheiding bij Fa. Vink t.b.v. woningen langs fietsroute Barneveld Zuid</v>
       </c>
       <c r="C2159" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2159" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2159" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2159" s="6">
-        <v>43166.0</v>
+        <v>43131.0</v>
       </c>
     </row>
     <row r="2160" spans="1:7" customFormat="false">
       <c r="A2160" s="0">
-        <v>863</v>
+        <v>594</v>
       </c>
       <c r="B2160" s="0" t="str">
-        <v>Notitie toepassen maatwerk bij bestemmingplannen</v>
+        <v>Fietsroute Barneveld Zuid; plaatsen scheidingswand bij woningen</v>
       </c>
       <c r="C2160" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2160" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2160" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2160" s="6">
-        <v>43215.0</v>
+        <v>43131.0</v>
       </c>
     </row>
     <row r="2161" spans="1:7" customFormat="false">
       <c r="A2161" s="0">
-        <v>864</v>
+        <v>655</v>
       </c>
       <c r="B2161" s="0" t="str">
-        <v>houtrook/fijnstof</v>
+        <v>Actualisering functieveranderingsbeleid</v>
       </c>
       <c r="C2161" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2161" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2161" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2161" s="6">
-        <v>43250.0</v>
+        <v>42816.0</v>
       </c>
     </row>
     <row r="2162" spans="1:7" customFormat="false">
       <c r="A2162" s="0">
-        <v>938</v>
+        <v>708</v>
       </c>
       <c r="B2162" s="0" t="str">
-        <v>Notitie stikstof</v>
+        <v>Omschrijving ingrijpende activiteiten in landelijk gebied toelichting bestemmingsplan</v>
       </c>
       <c r="C2162" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2162" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2162" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2162" s="6">
-        <v>43810.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="2163" spans="1:7" customFormat="false">
       <c r="A2163" s="0">
-        <v>982</v>
+        <v>737</v>
       </c>
       <c r="B2163" s="0" t="str">
-        <v>Natuurinclusief bouwen</v>
+        <v>Bestemmingsplan Veller II; keuze woningen of maatschappelijke functie</v>
       </c>
       <c r="C2163" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2163" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2163" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2163" s="6">
-        <v>43866.0</v>
+        <v>42908.0</v>
       </c>
     </row>
     <row r="2164" spans="1:7" customFormat="false">
       <c r="A2164" s="0">
-        <v>982</v>
+        <v>781</v>
       </c>
       <c r="B2164" s="0" t="str">
-        <v>Natuurinclusief bouwen</v>
+        <v>Proces windturbines Zeumeren</v>
       </c>
       <c r="C2164" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2164" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2164" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2164" s="6">
-        <v>44020.0</v>
+        <v>42992.0</v>
       </c>
     </row>
     <row r="2165" spans="1:7" customFormat="false">
       <c r="A2165" s="0">
-        <v>982</v>
+        <v>782</v>
       </c>
       <c r="B2165" s="0" t="str">
-        <v>Natuurinclusief bouwen</v>
+        <v>Overzicht zaken die nog onder oude functieveranderingsbeleid (1000 m2) vallen</v>
       </c>
       <c r="C2165" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2165" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2165" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2165" s="6">
-        <v>44020.0</v>
+        <v>42921.0</v>
       </c>
     </row>
     <row r="2166" spans="1:7" customFormat="false">
       <c r="A2166" s="0">
-        <v>1019</v>
+        <v>812</v>
       </c>
       <c r="B2166" s="0" t="str">
-        <v xml:space="preserve">Volwassen bomen aanbrengen in woonwijken </v>
+        <v>Terrein rondom Puurveense Molen</v>
       </c>
       <c r="C2166" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2166" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2166" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2166" s="6">
-        <v>44097.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="2167" spans="1:7" customFormat="false">
       <c r="A2167" s="0">
-        <v>1045</v>
+        <v>813</v>
       </c>
       <c r="B2167" s="0" t="str">
-        <v>Aanvulling Koersdocument: inzicht in beslismomenten</v>
+        <v>Invoering denktank Omgevingswet</v>
       </c>
       <c r="C2167" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2167" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2167" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2167" s="6">
-        <v>44230.0</v>
+        <v>42975.0</v>
       </c>
     </row>
     <row r="2168" spans="1:7" customFormat="false">
       <c r="A2168" s="0">
-        <v>1082</v>
+        <v>852</v>
       </c>
       <c r="B2168" s="0" t="str">
-        <v>Houtstook</v>
+        <v>Rapportage buitenplans afwijken bestemmingsplan bij omgevingsvergunningen</v>
       </c>
       <c r="C2168" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2168" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2168" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2168" s="6">
-        <v>44545.0</v>
+        <v>43166.0</v>
       </c>
     </row>
     <row r="2169" spans="1:7" customFormat="false">
       <c r="A2169" s="0">
-        <v>1155</v>
+        <v>863</v>
       </c>
       <c r="B2169" s="0" t="str">
-        <v>Adres Horselerweg 13bis wijzigen</v>
+        <v>Notitie toepassen maatwerk bij bestemmingplannen</v>
       </c>
       <c r="C2169" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2169" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2169" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2169" s="6">
-        <v>45042.0</v>
+        <v>43215.0</v>
       </c>
     </row>
     <row r="2170" spans="1:7" customFormat="false">
       <c r="A2170" s="0">
-        <v>1198</v>
+        <v>864</v>
       </c>
       <c r="B2170" s="0" t="str">
-        <v>Speelplek Nederwoudseweg</v>
+        <v>houtrook/fijnstof</v>
       </c>
       <c r="C2170" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2170" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2170" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2170" s="6">
-        <v>45007.0</v>
+        <v>43250.0</v>
       </c>
     </row>
     <row r="2171" spans="1:7" customFormat="false">
       <c r="A2171" s="0">
-        <v>1200</v>
+        <v>938</v>
       </c>
       <c r="B2171" s="0" t="str">
-        <v>Informatie over houtstook op website</v>
+        <v>Notitie stikstof</v>
       </c>
       <c r="C2171" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2171" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2171" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2171" s="6">
-        <v>45196.0</v>
+        <v>43810.0</v>
       </c>
     </row>
     <row r="2172" spans="1:7" customFormat="false">
       <c r="A2172" s="0">
-        <v>1202</v>
+        <v>982</v>
       </c>
       <c r="B2172" s="0" t="str">
-        <v>Tijdig informeren indieners zienswijzen</v>
+        <v>Natuurinclusief bouwen</v>
       </c>
       <c r="C2172" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2172" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2172" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2172" s="6">
-        <v>45042.0</v>
+        <v>43866.0</v>
       </c>
     </row>
     <row r="2173" spans="1:7" customFormat="false">
       <c r="A2173" s="0">
-        <v>1203</v>
+        <v>982</v>
       </c>
       <c r="B2173" s="0" t="str">
-        <v>Groen compensatie bij BP Buurtweg II</v>
+        <v>Natuurinclusief bouwen</v>
       </c>
       <c r="C2173" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2173" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2173" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2173" s="6">
-        <v>45273.0</v>
+        <v>44020.0</v>
       </c>
     </row>
     <row r="2174" spans="1:7" customFormat="false">
       <c r="A2174" s="0">
-        <v>1262</v>
+        <v>982</v>
       </c>
       <c r="B2174" s="0" t="str">
-        <v>Wijkgerichte aanpak overlast houtstook</v>
+        <v>Natuurinclusief bouwen</v>
       </c>
       <c r="C2174" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2174" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2174" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2174" s="6">
-        <v>45243.0</v>
+        <v>44020.0</v>
       </c>
     </row>
     <row r="2175" spans="1:7" customFormat="false">
       <c r="A2175" s="0">
-        <v>1265</v>
+        <v>1019</v>
       </c>
       <c r="B2175" s="0" t="str">
-        <v>Kappen en planten bomen BP Walhuisweg II</v>
+        <v xml:space="preserve">Volwassen bomen aanbrengen in woonwijken </v>
       </c>
       <c r="C2175" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2175" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2175" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2175" s="6">
-        <v>45329.0</v>
+        <v>44097.0</v>
       </c>
     </row>
     <row r="2176" spans="1:7" customFormat="false">
       <c r="A2176" s="0">
-        <v>1274</v>
+        <v>1045</v>
       </c>
       <c r="B2176" s="0" t="str">
-        <v>Betaalbaarheidsgrens opnemen in bestemmingsplannen</v>
+        <v>Aanvulling Koersdocument: inzicht in beslismomenten</v>
       </c>
       <c r="C2176" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2176" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2176" s="0" t="str">
-        <v>Fictieve afdoeningsdatum</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2176" s="6">
-        <v>45323.0</v>
+        <v>44230.0</v>
       </c>
     </row>
     <row r="2177" spans="1:7" customFormat="false">
       <c r="A2177" s="0">
-        <v>1276</v>
+        <v>1082</v>
       </c>
       <c r="B2177" s="0" t="str">
-        <v>Bestemmingsplan Lanen-Oost (percentages categoriën koopwoningen)</v>
+        <v>Houtstook</v>
       </c>
       <c r="C2177" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2177" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2177" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2177" s="6">
-        <v>45365.0</v>
+        <v>44545.0</v>
       </c>
     </row>
     <row r="2178" spans="1:7" customFormat="false">
       <c r="A2178" s="0">
-        <v>1277</v>
+        <v>1155</v>
       </c>
       <c r="B2178" s="0" t="str">
-        <v>Gezondheidsrisico's projecten vermelden op projectensite</v>
+        <v>Adres Horselerweg 13bis wijzigen</v>
       </c>
       <c r="C2178" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2178" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
       <c r="F2178" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G2178" s="6">
-        <v>45365.0</v>
+        <v>45042.0</v>
       </c>
     </row>
     <row r="2179" spans="1:7" customFormat="false">
       <c r="A2179" s="0">
-        <v>630</v>
+        <v>1198</v>
       </c>
       <c r="B2179" s="0" t="str">
-        <v>Veiligheid fietspaden (i.v.m. verlichting) bij de Hoenderlaan en de ds. E. Fransenlaan</v>
+        <v>Speelplek Nederwoudseweg</v>
       </c>
       <c r="C2179" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2179" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2179" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2179" s="6">
-        <v>42557.0</v>
+        <v>45007.0</v>
       </c>
     </row>
     <row r="2180" spans="1:7" customFormat="false">
       <c r="A2180" s="0">
-        <v>632</v>
+        <v>1200</v>
       </c>
       <c r="B2180" s="0" t="str">
-        <v>Onkruidarme bestrating</v>
+        <v>Informatie over houtstook op website</v>
       </c>
       <c r="C2180" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2180" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2180" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2180" s="6">
-        <v>43082.0</v>
+        <v>45196.0</v>
       </c>
     </row>
     <row r="2181" spans="1:7" customFormat="false">
       <c r="A2181" s="0">
-        <v>671</v>
+        <v>1202</v>
       </c>
       <c r="B2181" s="0" t="str">
-        <v>Beleidsvisie beheer en onderhoud wegen: uitvoeringsplan</v>
+        <v>Tijdig informeren indieners zienswijzen</v>
       </c>
       <c r="C2181" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2181" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2181" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2181" s="6">
-        <v>42718.0</v>
+        <v>45042.0</v>
       </c>
     </row>
     <row r="2182" spans="1:7" customFormat="false">
       <c r="A2182" s="0">
-        <v>672</v>
+        <v>1203</v>
       </c>
       <c r="B2182" s="0" t="str">
-        <v>Schouw van de wegen</v>
+        <v>Groen compensatie bij BP Buurtweg II</v>
       </c>
       <c r="C2182" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2182" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2182" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2182" s="6">
-        <v>43418.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="2183" spans="1:7" customFormat="false">
       <c r="A2183" s="0">
-        <v>1021</v>
+        <v>1262</v>
       </c>
       <c r="B2183" s="0" t="str">
-        <v>werkbezoek wegvlakken waar wegwerkzaamheden plaats moeten vinden</v>
+        <v>Wijkgerichte aanpak overlast houtstook</v>
       </c>
       <c r="C2183" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2183" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2183" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G2183" s="6">
-        <v>44081.0</v>
+        <v>45243.0</v>
       </c>
     </row>
     <row r="2184" spans="1:7" customFormat="false">
       <c r="A2184" s="0">
-        <v>1021</v>
+        <v>1265</v>
       </c>
       <c r="B2184" s="0" t="str">
-        <v>werkbezoek wegvlakken waar wegwerkzaamheden plaats moeten vinden</v>
+        <v>Kappen en planten bomen BP Walhuisweg II</v>
       </c>
       <c r="C2184" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2184" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2184" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2184" s="6">
-        <v>44277.0</v>
+        <v>45329.0</v>
       </c>
     </row>
     <row r="2185" spans="1:7" customFormat="false">
       <c r="A2185" s="0">
-        <v>1133</v>
+        <v>1274</v>
       </c>
       <c r="B2185" s="0" t="str">
-        <v>verkeerspaaltjes neerklappen in wintermaanden</v>
+        <v>Betaalbaarheidsgrens opnemen in bestemmingsplannen</v>
       </c>
       <c r="C2185" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2185" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2185" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Fictieve afdoeningsdatum</v>
       </c>
       <c r="G2185" s="6">
-        <v>44706.0</v>
+        <v>45323.0</v>
       </c>
     </row>
     <row r="2186" spans="1:7" customFormat="false">
       <c r="A2186" s="0">
-        <v>1157</v>
+        <v>1276</v>
       </c>
       <c r="B2186" s="0" t="str">
-        <v>Project Apeldoornsestraat monitoren snelheid</v>
+        <v>Bestemmingsplan Lanen-Oost (percentages categoriën koopwoningen)</v>
       </c>
       <c r="C2186" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2186" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
-[...3 lines deleted...]
-        <v/>
+        <v>B. Wijnne</v>
+      </c>
+      <c r="F2186" s="0" t="str">
+        <v>Agendacommissie</v>
+      </c>
+      <c r="G2186" s="6">
+        <v>45365.0</v>
       </c>
     </row>
     <row r="2187" spans="1:7" customFormat="false">
       <c r="A2187" s="0">
-        <v>162</v>
+        <v>1277</v>
       </c>
       <c r="B2187" s="0" t="str">
-        <v>Gesprek minister duurzaamheid bekostiging scholen</v>
+        <v>Gezondheidsrisico's projecten vermelden op projectensite</v>
       </c>
       <c r="C2187" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="D2187" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2187" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2187" s="6">
-        <v>41590.0</v>
+        <v>45365.0</v>
       </c>
     </row>
     <row r="2188" spans="1:7" customFormat="false">
       <c r="A2188" s="0">
-        <v>170</v>
+        <v>630</v>
       </c>
       <c r="B2188" s="0" t="str">
-        <v>Onderhoud schoolgebouwen Stichting OPO Eem-Vallei Educatief</v>
+        <v>Veiligheid fietspaden (i.v.m. verlichting) bij de Hoenderlaan en de ds. E. Fransenlaan</v>
       </c>
       <c r="C2188" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="D2188" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2188" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2188" s="6">
-        <v>41625.0</v>
+        <v>42557.0</v>
       </c>
     </row>
     <row r="2189" spans="1:7" customFormat="false">
       <c r="A2189" s="0">
-        <v>657</v>
+        <v>632</v>
       </c>
       <c r="B2189" s="0" t="str">
-        <v>Prognoses/metingen De Meerwaarde, i.v.m. onderwijshuisvesting</v>
+        <v>Onkruidarme bestrating</v>
       </c>
       <c r="C2189" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="D2189" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2189" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2189" s="6">
-        <v>42767.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="2190" spans="1:7" customFormat="false">
       <c r="A2190" s="0">
-        <v>657</v>
+        <v>671</v>
       </c>
       <c r="B2190" s="0" t="str">
-        <v>Prognoses/metingen De Meerwaarde, i.v.m. onderwijshuisvesting</v>
+        <v>Beleidsvisie beheer en onderhoud wegen: uitvoeringsplan</v>
       </c>
       <c r="C2190" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="D2190" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2190" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2190" s="6">
-        <v>42803.0</v>
+        <v>42718.0</v>
       </c>
     </row>
     <row r="2191" spans="1:7" customFormat="false">
       <c r="A2191" s="0">
-        <v>936</v>
+        <v>672</v>
       </c>
       <c r="B2191" s="0" t="str">
-        <v>Onderzoek gevolgen school Veller voor aantal leerlingen Norschoten</v>
+        <v>Schouw van de wegen</v>
       </c>
       <c r="C2191" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="D2191" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2191" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2191" s="6">
-        <v>44013.0</v>
+        <v>43418.0</v>
       </c>
     </row>
     <row r="2192" spans="1:7" customFormat="false">
       <c r="A2192" s="0">
-        <v>987</v>
+        <v>1021</v>
       </c>
       <c r="B2192" s="0" t="str">
-        <v>Tiny forest/groene schoolpleinen</v>
+        <v>werkbezoek wegvlakken waar wegwerkzaamheden plaats moeten vinden</v>
       </c>
       <c r="C2192" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="D2192" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2192" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G2192" s="6">
-        <v>43810.0</v>
+        <v>44081.0</v>
       </c>
     </row>
     <row r="2193" spans="1:7" customFormat="false">
       <c r="A2193" s="0">
-        <v>987</v>
+        <v>1021</v>
       </c>
       <c r="B2193" s="0" t="str">
-        <v>Tiny forest/groene schoolpleinen</v>
+        <v>werkbezoek wegvlakken waar wegwerkzaamheden plaats moeten vinden</v>
       </c>
       <c r="C2193" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="D2193" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2193" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2193" s="6">
-        <v>44230.0</v>
+        <v>44277.0</v>
       </c>
     </row>
     <row r="2194" spans="1:7" customFormat="false">
       <c r="A2194" s="0">
-        <v>380</v>
+        <v>1133</v>
       </c>
       <c r="B2194" s="0" t="str">
-        <v>Bibliotheekvisie</v>
+        <v>verkeerspaaltjes neerklappen in wintermaanden</v>
       </c>
       <c r="C2194" s="0" t="str">
-        <v>333 Bibliotheek</v>
+        <v>327 Wegen</v>
       </c>
       <c r="D2194" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2194" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2194" s="6">
-        <v>42353.0</v>
+        <v>44706.0</v>
       </c>
     </row>
     <row r="2195" spans="1:7" customFormat="false">
       <c r="A2195" s="0">
-        <v>380</v>
+        <v>1157</v>
       </c>
       <c r="B2195" s="0" t="str">
-        <v>Bibliotheekvisie</v>
+        <v>Project Apeldoornsestraat monitoren snelheid</v>
       </c>
       <c r="C2195" s="0" t="str">
-        <v>333 Bibliotheek</v>
+        <v>327 Wegen</v>
       </c>
       <c r="D2195" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
-      <c r="F2195" s="0" t="str">
-[...3 lines deleted...]
-        <v>42501.0</v>
+      <c r="F2195" s="0"/>
+      <c r="G2195" s="6" t="str">
+        <v/>
       </c>
     </row>
     <row r="2196" spans="1:7" customFormat="false">
       <c r="A2196" s="0">
-        <v>380</v>
+        <v>162</v>
       </c>
       <c r="B2196" s="0" t="str">
-        <v>Bibliotheekvisie</v>
+        <v>Gesprek minister duurzaamheid bekostiging scholen</v>
       </c>
       <c r="C2196" s="0" t="str">
-        <v>333 Bibliotheek</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D2196" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2196" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2196" s="6">
-        <v>42557.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="2197" spans="1:7" customFormat="false">
       <c r="A2197" s="0">
-        <v>118</v>
+        <v>170</v>
       </c>
       <c r="B2197" s="0" t="str">
-        <v>Activeren culturele vermogen</v>
+        <v>Onderhoud schoolgebouwen Stichting OPO Eem-Vallei Educatief</v>
       </c>
       <c r="C2197" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D2197" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2197" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2197" s="6">
-        <v>41612.0</v>
+        <v>41625.0</v>
       </c>
     </row>
     <row r="2198" spans="1:7" customFormat="false">
       <c r="A2198" s="0">
-        <v>127</v>
+        <v>657</v>
       </c>
       <c r="B2198" s="0" t="str">
-        <v>Kunstuiting nieuwe koning</v>
+        <v>Prognoses/metingen De Meerwaarde, i.v.m. onderwijshuisvesting</v>
       </c>
       <c r="C2198" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D2198" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2198" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2198" s="6">
-        <v>41625.0</v>
+        <v>42767.0</v>
       </c>
     </row>
     <row r="2199" spans="1:7" customFormat="false">
       <c r="A2199" s="0">
-        <v>129</v>
+        <v>657</v>
       </c>
       <c r="B2199" s="0" t="str">
-        <v>Tweejaarlijkse informatie over Schaffelaartheater</v>
+        <v>Prognoses/metingen De Meerwaarde, i.v.m. onderwijshuisvesting</v>
       </c>
       <c r="C2199" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D2199" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2199" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2199" s="6">
-        <v>42339.0</v>
+        <v>42803.0</v>
       </c>
     </row>
     <row r="2200" spans="1:7" customFormat="false">
       <c r="A2200" s="0">
-        <v>309</v>
+        <v>936</v>
       </c>
       <c r="B2200" s="0" t="str">
-        <v>Schaffelaartheater</v>
+        <v>Onderzoek gevolgen school Veller voor aantal leerlingen Norschoten</v>
       </c>
       <c r="C2200" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D2200" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2200" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2200" s="6">
-        <v>41695.0</v>
+        <v>44013.0</v>
       </c>
     </row>
     <row r="2201" spans="1:7" customFormat="false">
       <c r="A2201" s="0">
-        <v>633</v>
+        <v>987</v>
       </c>
       <c r="B2201" s="0" t="str">
-        <v>Muziekonderwijs</v>
+        <v>Tiny forest/groene schoolpleinen</v>
       </c>
       <c r="C2201" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D2201" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2201" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2201" s="6">
-        <v>42473.0</v>
+        <v>43810.0</v>
       </c>
     </row>
     <row r="2202" spans="1:7" customFormat="false">
       <c r="A2202" s="0">
-        <v>633</v>
+        <v>987</v>
       </c>
       <c r="B2202" s="0" t="str">
-        <v>Muziekonderwijs</v>
+        <v>Tiny forest/groene schoolpleinen</v>
       </c>
       <c r="C2202" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="D2202" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2202" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2202" s="6">
-        <v>42501.0</v>
+        <v>44230.0</v>
       </c>
     </row>
     <row r="2203" spans="1:7" customFormat="false">
       <c r="A2203" s="0">
-        <v>633</v>
+        <v>380</v>
       </c>
       <c r="B2203" s="0" t="str">
-        <v>Muziekonderwijs</v>
+        <v>Bibliotheekvisie</v>
       </c>
       <c r="C2203" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>333 Bibliotheek</v>
       </c>
       <c r="D2203" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2203" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2203" s="6">
-        <v>43221.0</v>
+        <v>42353.0</v>
       </c>
     </row>
     <row r="2204" spans="1:7" customFormat="false">
       <c r="A2204" s="0">
-        <v>650</v>
+        <v>380</v>
       </c>
       <c r="B2204" s="0" t="str">
-        <v>Evaluatie subsidiering Schaffelaartheater, convenant</v>
+        <v>Bibliotheekvisie</v>
       </c>
       <c r="C2204" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>333 Bibliotheek</v>
       </c>
       <c r="D2204" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2204" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2204" s="6">
-        <v>42354.0</v>
+        <v>42501.0</v>
       </c>
     </row>
     <row r="2205" spans="1:7" customFormat="false">
       <c r="A2205" s="0">
-        <v>841</v>
+        <v>380</v>
       </c>
       <c r="B2205" s="0" t="str">
-        <v>Functieprofielen leden MTB/Schaffelaartheater</v>
+        <v>Bibliotheekvisie</v>
       </c>
       <c r="C2205" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>333 Bibliotheek</v>
       </c>
       <c r="D2205" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2205" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2205" s="6">
-        <v>43082.0</v>
+        <v>42557.0</v>
       </c>
     </row>
     <row r="2206" spans="1:7" customFormat="false">
       <c r="A2206" s="0">
-        <v>84</v>
+        <v>118</v>
       </c>
       <c r="B2206" s="0" t="str">
-        <v>Opheffing voetvalvereniging i.r.t. kunstgrasveld</v>
+        <v>Activeren culturele vermogen</v>
       </c>
       <c r="C2206" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D2206" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2206" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2206" s="6">
-        <v>41609.0</v>
+        <v>41612.0</v>
       </c>
     </row>
     <row r="2207" spans="1:7" customFormat="false">
       <c r="A2207" s="0">
-        <v>156</v>
+        <v>127</v>
       </c>
       <c r="B2207" s="0" t="str">
-        <v>Bezuinigingen voor 2015 (4 ton) bespreken in cie</v>
+        <v>Kunstuiting nieuwe koning</v>
       </c>
       <c r="C2207" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D2207" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2207" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2207" s="6">
-        <v>41464.0</v>
+        <v>41625.0</v>
       </c>
     </row>
     <row r="2208" spans="1:7" customFormat="false">
       <c r="A2208" s="0">
-        <v>379</v>
+        <v>129</v>
       </c>
       <c r="B2208" s="0" t="str">
-        <v>Sportaccommodatie Overbeek</v>
+        <v>Tweejaarlijkse informatie over Schaffelaartheater</v>
       </c>
       <c r="C2208" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D2208" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2208" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2208" s="6">
-        <v>41912.0</v>
+        <v>42339.0</v>
       </c>
     </row>
     <row r="2209" spans="1:7" customFormat="false">
       <c r="A2209" s="0">
-        <v>918</v>
+        <v>309</v>
       </c>
       <c r="B2209" s="0" t="str">
-        <v>locatie voor fietscrossvereniging Flying Bikes</v>
+        <v>Schaffelaartheater</v>
       </c>
       <c r="C2209" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D2209" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2209" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2209" s="6">
-        <v>43656.0</v>
+        <v>41695.0</v>
       </c>
     </row>
     <row r="2210" spans="1:7" customFormat="false">
       <c r="A2210" s="0">
-        <v>998</v>
+        <v>633</v>
       </c>
       <c r="B2210" s="0" t="str">
-        <v>Sporthal Kootwijkerbroek</v>
+        <v>Muziekonderwijs</v>
       </c>
       <c r="C2210" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D2210" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2210" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2210" s="6">
-        <v>43878.0</v>
+        <v>42473.0</v>
       </c>
     </row>
     <row r="2211" spans="1:7" customFormat="false">
       <c r="A2211" s="0">
-        <v>98</v>
+        <v>633</v>
       </c>
       <c r="B2211" s="0" t="str">
-        <v>Toekomstvisie dorpshuis 't Trefpunt</v>
+        <v>Muziekonderwijs</v>
       </c>
       <c r="C2211" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D2211" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2211" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2211" s="6">
-        <v>41660.0</v>
+        <v>42501.0</v>
       </c>
     </row>
     <row r="2212" spans="1:7" customFormat="false">
       <c r="A2212" s="0">
-        <v>160</v>
+        <v>633</v>
       </c>
       <c r="B2212" s="0" t="str">
-        <v>Financieel plaatje dorpshuis Voorthuizen</v>
+        <v>Muziekonderwijs</v>
       </c>
       <c r="C2212" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D2212" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2212" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2212" s="6">
-        <v>41548.0</v>
+        <v>43221.0</v>
       </c>
     </row>
     <row r="2213" spans="1:7" customFormat="false">
       <c r="A2213" s="0">
-        <v>161</v>
+        <v>650</v>
       </c>
       <c r="B2213" s="0" t="str">
-        <v>Financieel plaatje voor dorpshuis Garderen</v>
+        <v>Evaluatie subsidiering Schaffelaartheater, convenant</v>
       </c>
       <c r="C2213" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="D2213" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2213" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2213" s="6">
-        <v>41828.0</v>
+        <v>42354.0</v>
       </c>
     </row>
     <row r="2214" spans="1:7" customFormat="false">
       <c r="A2214" s="0">
-        <v>464</v>
+        <v>841</v>
       </c>
       <c r="B2214" s="0" t="str">
-        <v>Notitie over dorpshuizen</v>
+        <v>Functieprofielen leden MTB/Schaffelaartheater</v>
       </c>
       <c r="C2214" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="D2214" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F2214" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2214" s="6">
-        <v>42102.0</v>
+        <v>43082.0</v>
       </c>
     </row>
     <row r="2215" spans="1:7" customFormat="false">
       <c r="A2215" s="0">
-        <v>573</v>
+        <v>84</v>
       </c>
       <c r="B2215" s="0" t="str">
-        <v>Notitie over de risico's die de gemeente loopt bij de exploitatie van dorpshuizen.</v>
+        <v>Opheffing voetvalvereniging i.r.t. kunstgrasveld</v>
       </c>
       <c r="C2215" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="D2215" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2215" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2215" s="6">
-        <v>42319.0</v>
+        <v>41609.0</v>
       </c>
     </row>
     <row r="2216" spans="1:7" customFormat="false">
       <c r="A2216" s="0">
-        <v>101</v>
+        <v>156</v>
       </c>
       <c r="B2216" s="0" t="str">
-        <v>Buurt betrekken bij speelplekken</v>
+        <v>Bezuinigingen voor 2015 (4 ton) bespreken in cie</v>
       </c>
       <c r="C2216" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="D2216" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2216" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2216" s="6">
-        <v>41625.0</v>
+        <v>41464.0</v>
       </c>
     </row>
     <row r="2217" spans="1:7" customFormat="false">
       <c r="A2217" s="0">
-        <v>132</v>
+        <v>379</v>
       </c>
       <c r="B2217" s="0" t="str">
-        <v>Overleg betrokkenen skatebaan Espeterweg</v>
+        <v>Sportaccommodatie Overbeek</v>
       </c>
       <c r="C2217" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="D2217" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2217" s="0" t="str">
-        <v>College</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2217" s="6">
-        <v>41548.0</v>
+        <v>41912.0</v>
       </c>
     </row>
     <row r="2218" spans="1:7" customFormat="false">
       <c r="A2218" s="0">
-        <v>132</v>
+        <v>918</v>
       </c>
       <c r="B2218" s="0" t="str">
-        <v>Overleg betrokkenen skatebaan Espeterweg</v>
+        <v>locatie voor fietscrossvereniging Flying Bikes</v>
       </c>
       <c r="C2218" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="D2218" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2218" s="0" t="str">
-        <v>Informatieavond</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2218" s="6">
-        <v>41631.0</v>
+        <v>43656.0</v>
       </c>
     </row>
     <row r="2219" spans="1:7" customFormat="false">
       <c r="A2219" s="0">
-        <v>784</v>
+        <v>998</v>
       </c>
       <c r="B2219" s="0" t="str">
-        <v xml:space="preserve">Naleven toezegging speelplekken </v>
+        <v>Sporthal Kootwijkerbroek</v>
       </c>
       <c r="C2219" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="D2219" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2219" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2219" s="6">
-        <v>43770.0</v>
+        <v>43878.0</v>
       </c>
     </row>
     <row r="2220" spans="1:7" customFormat="false">
       <c r="A2220" s="0">
-        <v>977</v>
+        <v>98</v>
       </c>
       <c r="B2220" s="0" t="str">
-        <v>Speelplaatsen Terbroek</v>
+        <v>Toekomstvisie dorpshuis 't Trefpunt</v>
       </c>
       <c r="C2220" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="D2220" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2220" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2220" s="6">
-        <v>43782.0</v>
+        <v>41660.0</v>
       </c>
     </row>
     <row r="2221" spans="1:7" customFormat="false">
       <c r="A2221" s="0">
-        <v>1204</v>
+        <v>160</v>
       </c>
       <c r="B2221" s="0" t="str">
-        <v>Voortgangsrapportage toezeggingen speelruimtebeleidsplan</v>
+        <v>Financieel plaatje dorpshuis Voorthuizen</v>
       </c>
       <c r="C2221" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="D2221" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2221" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2221" s="6">
-        <v>45007.0</v>
+        <v>41548.0</v>
       </c>
     </row>
     <row r="2222" spans="1:7" customFormat="false">
       <c r="A2222" s="0">
-        <v>87</v>
+        <v>161</v>
       </c>
       <c r="B2222" s="0" t="str">
-        <v>Fysieke set moties en amendementen tijdens begrotingsraad</v>
+        <v>Financieel plaatje voor dorpshuis Garderen</v>
       </c>
       <c r="C2222" s="0" t="str">
-        <v>411 Raad</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="D2222" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2222" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2222" s="6">
-        <v>41590.0</v>
+        <v>41828.0</v>
       </c>
     </row>
     <row r="2223" spans="1:7" customFormat="false">
       <c r="A2223" s="0">
-        <v>88</v>
+        <v>464</v>
       </c>
       <c r="B2223" s="0" t="str">
-        <v>Vernieuwend vergaderen</v>
+        <v>Notitie over dorpshuizen</v>
       </c>
       <c r="C2223" s="0" t="str">
-        <v>411 Raad</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="D2223" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2223" s="0" t="str">
-        <v>Presidium</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2223" s="6">
-        <v>42165.0</v>
+        <v>42102.0</v>
       </c>
     </row>
     <row r="2224" spans="1:7" customFormat="false">
       <c r="A2224" s="0">
-        <v>105</v>
+        <v>573</v>
       </c>
       <c r="B2224" s="0" t="str">
-        <v>Vergaderplanning 2014</v>
+        <v>Notitie over de risico's die de gemeente loopt bij de exploitatie van dorpshuizen.</v>
       </c>
       <c r="C2224" s="0" t="str">
-        <v>411 Raad</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="D2224" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2224" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2224" s="6">
-        <v>41561.0</v>
+        <v>42319.0</v>
       </c>
     </row>
     <row r="2225" spans="1:7" customFormat="false">
       <c r="A2225" s="0">
-        <v>253</v>
+        <v>101</v>
       </c>
       <c r="B2225" s="0" t="str">
-        <v>Integriteit politieke ambtsdragers</v>
+        <v>Buurt betrekken bij speelplekken</v>
       </c>
       <c r="C2225" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D2225" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2225" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2225" s="6">
-        <v>42481.0</v>
+        <v>41625.0</v>
       </c>
     </row>
     <row r="2226" spans="1:7" customFormat="false">
       <c r="A2226" s="0">
-        <v>339</v>
+        <v>132</v>
       </c>
       <c r="B2226" s="0" t="str">
-        <v>Quick Scan Lokaal Bestuur</v>
+        <v>Overleg betrokkenen skatebaan Espeterweg</v>
       </c>
       <c r="C2226" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D2226" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2226" s="0" t="str">
-        <v>Presidium</v>
+        <v>College</v>
       </c>
       <c r="G2226" s="6">
-        <v>42102.0</v>
+        <v>41548.0</v>
       </c>
     </row>
     <row r="2227" spans="1:7" customFormat="false">
       <c r="A2227" s="0">
-        <v>343</v>
+        <v>132</v>
       </c>
       <c r="B2227" s="0" t="str">
-        <v>Maandrapportages</v>
+        <v>Overleg betrokkenen skatebaan Espeterweg</v>
       </c>
       <c r="C2227" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D2227" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2227" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Informatieavond</v>
       </c>
       <c r="G2227" s="6">
-        <v>41899.0</v>
+        <v>41631.0</v>
       </c>
     </row>
     <row r="2228" spans="1:7" customFormat="false">
       <c r="A2228" s="0">
-        <v>343</v>
+        <v>784</v>
       </c>
       <c r="B2228" s="0" t="str">
-        <v>Maandrapportages</v>
+        <v xml:space="preserve">Naleven toezegging speelplekken </v>
       </c>
       <c r="C2228" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D2228" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2228" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2228" s="6">
-        <v>42122.0</v>
+        <v>43770.0</v>
       </c>
     </row>
     <row r="2229" spans="1:7" customFormat="false">
       <c r="A2229" s="0">
-        <v>359</v>
+        <v>977</v>
       </c>
       <c r="B2229" s="0" t="str">
-        <v>Brandweerzaken</v>
+        <v>Speelplaatsen Terbroek</v>
       </c>
       <c r="C2229" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D2229" s="0" t="str">
-        <v>M Bongers</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2229" s="0" t="str">
-        <v>Fictieve afdoeningsdatum</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2229" s="6">
-        <v>42124.0</v>
+        <v>43782.0</v>
       </c>
     </row>
     <row r="2230" spans="1:7" customFormat="false">
       <c r="A2230" s="0">
-        <v>442</v>
+        <v>1204</v>
       </c>
       <c r="B2230" s="0" t="str">
-        <v>Financiële consequenties deelname fractievolgers in commissievergaderingen</v>
+        <v>Voortgangsrapportage toezeggingen speelruimtebeleidsplan</v>
       </c>
       <c r="C2230" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="D2230" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2230" s="0" t="str">
-        <v>Presidium</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2230" s="6">
-        <v>42816.0</v>
+        <v>45007.0</v>
       </c>
     </row>
     <row r="2231" spans="1:7" customFormat="false">
       <c r="A2231" s="0">
-        <v>443</v>
+        <v>87</v>
       </c>
       <c r="B2231" s="0" t="str">
-        <v>Quick Scan Lokaal Bestuur</v>
+        <v>Fysieke set moties en amendementen tijdens begrotingsraad</v>
       </c>
       <c r="C2231" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D2231" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F2231" s="0" t="str">
-        <v>Presidium</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2231" s="6">
-        <v>42094.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="2232" spans="1:7" customFormat="false">
       <c r="A2232" s="0">
-        <v>462</v>
+        <v>88</v>
       </c>
       <c r="B2232" s="0" t="str">
-        <v>Memo postbus Vragenraadslid (mn begroting)</v>
+        <v>Vernieuwend vergaderen</v>
       </c>
       <c r="C2232" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D2232" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F2232" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Presidium</v>
       </c>
       <c r="G2232" s="6">
-        <v>42102.0</v>
+        <v>42165.0</v>
       </c>
     </row>
     <row r="2233" spans="1:7" customFormat="false">
       <c r="A2233" s="0">
-        <v>474</v>
+        <v>105</v>
       </c>
       <c r="B2233" s="0" t="str">
-        <v>Onderling rondsturen van documenten door de raad</v>
+        <v>Vergaderplanning 2014</v>
       </c>
       <c r="C2233" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D2233" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F2233" s="0" t="str">
-        <v>Presidium</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2233" s="6">
-        <v>42153.0</v>
+        <v>41561.0</v>
       </c>
     </row>
     <row r="2234" spans="1:7" customFormat="false">
       <c r="A2234" s="0">
-        <v>509</v>
+        <v>253</v>
       </c>
       <c r="B2234" s="0" t="str">
-        <v>Evaluatie projectenmarkt</v>
+        <v>Integriteit politieke ambtsdragers</v>
       </c>
       <c r="C2234" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D2234" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F2234" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G2234" s="6">
-        <v>42289.0</v>
+        <v>42481.0</v>
       </c>
     </row>
     <row r="2235" spans="1:7" customFormat="false">
       <c r="A2235" s="0">
-        <v>510</v>
+        <v>339</v>
       </c>
       <c r="B2235" s="0" t="str">
-        <v>Evaluatie sociale markt</v>
+        <v>Quick Scan Lokaal Bestuur</v>
       </c>
       <c r="C2235" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D2235" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F2235" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Presidium</v>
       </c>
       <c r="G2235" s="6">
-        <v>42135.0</v>
+        <v>42102.0</v>
       </c>
     </row>
     <row r="2236" spans="1:7" customFormat="false">
       <c r="A2236" s="0">
-        <v>511</v>
+        <v>343</v>
       </c>
       <c r="B2236" s="0" t="str">
-        <v>Bedrijfsbezoek aan Givaudan</v>
+        <v>Maandrapportages</v>
       </c>
       <c r="C2236" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D2236" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F2236" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2236" s="6">
-        <v>42163.0</v>
+        <v>41899.0</v>
       </c>
     </row>
     <row r="2237" spans="1:7" customFormat="false">
       <c r="A2237" s="0">
-        <v>539</v>
+        <v>343</v>
       </c>
       <c r="B2237" s="0" t="str">
-        <v>Agendering F-stukken, m.n. bij bestemmingsplannen</v>
+        <v>Maandrapportages</v>
       </c>
       <c r="C2237" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D2237" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F2237" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2237" s="6">
-        <v>42767.0</v>
+        <v>42122.0</v>
       </c>
     </row>
     <row r="2238" spans="1:7" customFormat="false">
       <c r="A2238" s="0">
-        <v>543</v>
+        <v>359</v>
       </c>
       <c r="B2238" s="0" t="str">
-        <v>Debat/dialoogtraining</v>
+        <v>Brandweerzaken</v>
       </c>
       <c r="C2238" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D2238" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F2238" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Fictieve afdoeningsdatum</v>
       </c>
       <c r="G2238" s="6">
-        <v>42333.0</v>
+        <v>42124.0</v>
       </c>
     </row>
     <row r="2239" spans="1:7" customFormat="false">
       <c r="A2239" s="0">
-        <v>544</v>
+        <v>442</v>
       </c>
       <c r="B2239" s="0" t="str">
-        <v>Aanpassen Organisatieverordening i.v.m. afsplitsen van een fractie</v>
+        <v>Financiële consequenties deelname fractievolgers in commissievergaderingen</v>
       </c>
       <c r="C2239" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D2239" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F2239" s="0" t="str">
         <v>Presidium</v>
       </c>
       <c r="G2239" s="6">
-        <v>43200.0</v>
+        <v>42816.0</v>
       </c>
     </row>
     <row r="2240" spans="1:7" customFormat="false">
       <c r="A2240" s="0">
-        <v>653</v>
+        <v>443</v>
       </c>
       <c r="B2240" s="0" t="str">
-        <v>Overleg met college over debat in vergaderingen</v>
+        <v>Quick Scan Lokaal Bestuur</v>
       </c>
       <c r="C2240" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D2240" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F2240" s="0" t="str">
         <v>Presidium</v>
       </c>
       <c r="G2240" s="6">
-        <v>42514.0</v>
+        <v>42094.0</v>
       </c>
     </row>
     <row r="2241" spans="1:7" customFormat="false">
       <c r="A2241" s="0">
-        <v>738</v>
+        <v>462</v>
       </c>
       <c r="B2241" s="0" t="str">
-        <v>Werkgeverschap gemeenteraad</v>
+        <v>Memo postbus Vragenraadslid (mn begroting)</v>
       </c>
       <c r="C2241" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D2241" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F2241" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2241" s="6">
-        <v>42816.0</v>
+        <v>42102.0</v>
       </c>
     </row>
     <row r="2242" spans="1:7" customFormat="false">
       <c r="A2242" s="0">
-        <v>739</v>
+        <v>474</v>
       </c>
       <c r="B2242" s="0" t="str">
-        <v>Evaluatie notulering raadsvergadering</v>
+        <v>Onderling rondsturen van documenten door de raad</v>
       </c>
       <c r="C2242" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D2242" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F2242" s="0" t="str">
         <v>Presidium</v>
       </c>
       <c r="G2242" s="6">
-        <v>43053.0</v>
+        <v>42153.0</v>
       </c>
     </row>
     <row r="2243" spans="1:7" customFormat="false">
       <c r="A2243" s="0">
-        <v>753</v>
+        <v>509</v>
       </c>
       <c r="B2243" s="0" t="str">
-        <v>Aanpassen Organisatieverordening i.v.m. plaatsvervangende leden agendacommissie en auditcommissie</v>
+        <v>Evaluatie projectenmarkt</v>
       </c>
       <c r="C2243" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D2243" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F2243" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2243" s="6">
-        <v>42816.0</v>
+        <v>42289.0</v>
       </c>
     </row>
     <row r="2244" spans="1:7" customFormat="false">
       <c r="A2244" s="0">
-        <v>828</v>
+        <v>510</v>
       </c>
       <c r="B2244" s="0" t="str">
-        <v>Jongerenraad</v>
+        <v>Evaluatie sociale markt</v>
       </c>
       <c r="C2244" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="D2244" s="0" t="str">
         <v>M Bongers</v>
       </c>
       <c r="F2244" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G2244" s="6">
-        <v>43053.0</v>
+        <v>42135.0</v>
       </c>
     </row>
     <row r="2245" spans="1:7" customFormat="false">
       <c r="A2245" s="0">
-        <v>931</v>
+        <v>511</v>
       </c>
       <c r="B2245" s="0" t="str">
-        <v>Barneveld Doet / project participatie</v>
+        <v>Bedrijfsbezoek aan Givaudan</v>
       </c>
       <c r="C2245" s="0" t="str">
-        <v>411 Raad (right to challenge)</v>
+        <v>411 Raad</v>
       </c>
       <c r="D2245" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
       <c r="F2245" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2245" s="6">
-        <v>43607.0</v>
+        <v>42163.0</v>
       </c>
     </row>
     <row r="2246" spans="1:7" customFormat="false">
       <c r="A2246" s="0">
-        <v>1050</v>
+        <v>539</v>
       </c>
       <c r="B2246" s="0" t="str">
-        <v>Omgevingsdienst de Vallei/ OddV</v>
+        <v>Agendering F-stukken, m.n. bij bestemmingsplannen</v>
       </c>
       <c r="C2246" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>411 Raad</v>
       </c>
       <c r="D2246" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
       <c r="F2246" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2246" s="6">
-        <v>44259.0</v>
+        <v>42767.0</v>
       </c>
     </row>
     <row r="2247" spans="1:7" customFormat="false">
       <c r="A2247" s="0">
-        <v>463</v>
+        <v>543</v>
       </c>
       <c r="B2247" s="0" t="str">
-        <v>Informatievoorziening vanuit regio FoodValley</v>
+        <v>Debat/dialoogtraining</v>
       </c>
       <c r="C2247" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad</v>
       </c>
       <c r="D2247" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M Bongers</v>
       </c>
       <c r="F2247" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2247" s="6">
-        <v>42052.0</v>
+        <v>42333.0</v>
       </c>
     </row>
     <row r="2248" spans="1:7" customFormat="false">
       <c r="A2248" s="0">
-        <v>498</v>
+        <v>544</v>
       </c>
       <c r="B2248" s="0" t="str">
-        <v>FoodValley op website gemeente</v>
+        <v>Aanpassen Organisatieverordening i.v.m. afsplitsen van een fractie</v>
       </c>
       <c r="C2248" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad</v>
       </c>
       <c r="D2248" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M Bongers</v>
       </c>
       <c r="F2248" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Presidium</v>
       </c>
       <c r="G2248" s="6">
-        <v>42193.0</v>
+        <v>43200.0</v>
       </c>
     </row>
     <row r="2249" spans="1:7" customFormat="false">
       <c r="A2249" s="0">
-        <v>499</v>
+        <v>653</v>
       </c>
       <c r="B2249" s="0" t="str">
-        <v>Strategische agenda FoodValley: monitor en effectrapportage komen</v>
+        <v>Overleg met college over debat in vergaderingen</v>
       </c>
       <c r="C2249" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad</v>
       </c>
       <c r="D2249" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M Bongers</v>
       </c>
       <c r="F2249" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Presidium</v>
       </c>
       <c r="G2249" s="6">
-        <v>43435.0</v>
+        <v>42514.0</v>
       </c>
     </row>
     <row r="2250" spans="1:7" customFormat="false">
       <c r="A2250" s="0">
-        <v>595</v>
+        <v>738</v>
       </c>
       <c r="B2250" s="0" t="str">
-        <v>Uitvoeringsprogramma Strategische Agenda FoodValley</v>
+        <v>Werkgeverschap gemeenteraad</v>
       </c>
       <c r="C2250" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad</v>
       </c>
       <c r="D2250" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M Bongers</v>
       </c>
       <c r="F2250" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2250" s="6">
-        <v>42416.0</v>
+        <v>42816.0</v>
       </c>
     </row>
     <row r="2251" spans="1:7" customFormat="false">
       <c r="A2251" s="0">
-        <v>663</v>
+        <v>739</v>
       </c>
       <c r="B2251" s="0" t="str">
-        <v>Informatieverstrekking over FoodValley</v>
+        <v>Evaluatie notulering raadsvergadering</v>
       </c>
       <c r="C2251" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad</v>
       </c>
       <c r="D2251" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M Bongers</v>
       </c>
       <c r="F2251" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Presidium</v>
       </c>
       <c r="G2251" s="6">
-        <v>42628.0</v>
+        <v>43053.0</v>
       </c>
     </row>
     <row r="2252" spans="1:7" customFormat="false">
       <c r="A2252" s="0">
-        <v>684</v>
+        <v>753</v>
       </c>
       <c r="B2252" s="0" t="str">
-        <v>Lobbyist FoodValley uit Brussel</v>
+        <v>Aanpassen Organisatieverordening i.v.m. plaatsvervangende leden agendacommissie en auditcommissie</v>
       </c>
       <c r="C2252" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad</v>
       </c>
       <c r="D2252" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M Bongers</v>
       </c>
       <c r="F2252" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2252" s="6">
-        <v>42668.0</v>
+        <v>42816.0</v>
       </c>
     </row>
     <row r="2253" spans="1:7" customFormat="false">
       <c r="A2253" s="0">
-        <v>750</v>
+        <v>828</v>
       </c>
       <c r="B2253" s="0" t="str">
-        <v>engelstalige website regio FoodValley</v>
+        <v>Jongerenraad</v>
       </c>
       <c r="C2253" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad</v>
       </c>
       <c r="D2253" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M Bongers</v>
       </c>
       <c r="F2253" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G2253" s="6">
-        <v>43070.0</v>
+        <v>43053.0</v>
       </c>
     </row>
     <row r="2254" spans="1:7" customFormat="false">
       <c r="A2254" s="0">
-        <v>1057</v>
+        <v>931</v>
       </c>
       <c r="B2254" s="0" t="str">
-        <v>Dierenambulance</v>
+        <v>Barneveld Doet / project participatie</v>
       </c>
       <c r="C2254" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad (right to challenge)</v>
       </c>
       <c r="D2254" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2254" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2254" s="6">
-        <v>44273.0</v>
+        <v>43607.0</v>
       </c>
     </row>
     <row r="2255" spans="1:7" customFormat="false">
       <c r="A2255" s="0">
-        <v>1205</v>
+        <v>1050</v>
       </c>
       <c r="B2255" s="0" t="str">
-        <v>Afspraken WFC World Food Experience</v>
+        <v>Omgevingsdienst de Vallei/ OddV</v>
       </c>
       <c r="C2255" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="D2255" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2255" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2255" s="6">
-        <v>45273.0</v>
+        <v>44259.0</v>
       </c>
     </row>
     <row r="2256" spans="1:7" customFormat="false">
       <c r="A2256" s="0">
-        <v>1293</v>
+        <v>463</v>
       </c>
       <c r="B2256" s="0" t="str">
-        <v>PvA aanbevelingen en evaluatie uitvoering  Rekenkamerrapport Onderzoek naar heffingen en leges in Barneveld</v>
+        <v>Informatievoorziening vanuit regio FoodValley</v>
       </c>
       <c r="C2256" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D2256" s="0" t="str">
-        <v>M Bongers</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2256" s="0" t="str">
-        <v>Fictieve afdoeningsdatum</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2256" s="6">
-        <v>45279.0</v>
+        <v>42052.0</v>
       </c>
     </row>
     <row r="2257" spans="1:7" customFormat="false">
       <c r="A2257" s="0">
-        <v>1293</v>
+        <v>498</v>
       </c>
       <c r="B2257" s="0" t="str">
-        <v>PvA aanbevelingen en evaluatie uitvoering  Rekenkamerrapport Onderzoek naar heffingen en leges in Barneveld</v>
+        <v>FoodValley op website gemeente</v>
       </c>
       <c r="C2257" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D2257" s="0" t="str">
-        <v>M Bongers</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2257" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2257" s="6">
-        <v>45399.0</v>
+        <v>42193.0</v>
       </c>
     </row>
     <row r="2258" spans="1:7" customFormat="false">
       <c r="A2258" s="0">
-        <v>1293</v>
+        <v>499</v>
       </c>
       <c r="B2258" s="0" t="str">
-        <v>PvA aanbevelingen en evaluatie uitvoering  Rekenkamerrapport Onderzoek naar heffingen en leges in Barneveld</v>
+        <v>Strategische agenda FoodValley: monitor en effectrapportage komen</v>
       </c>
       <c r="C2258" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D2258" s="0" t="str">
-        <v>M Bongers</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2258" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2258" s="6">
-        <v>45637.0</v>
+        <v>43435.0</v>
       </c>
     </row>
     <row r="2259" spans="1:7" customFormat="false">
       <c r="A2259" s="0">
-        <v>898</v>
+        <v>595</v>
       </c>
       <c r="B2259" s="0" t="str">
-        <v>Openbare toiletvoorzieningen</v>
+        <v>Uitvoeringsprogramma Strategische Agenda FoodValley</v>
       </c>
       <c r="C2259" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D2259" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2259" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2259" s="6">
-        <v>43418.0</v>
+        <v>42416.0</v>
       </c>
     </row>
     <row r="2260" spans="1:7" customFormat="false">
       <c r="A2260" s="0">
-        <v>1004</v>
+        <v>663</v>
       </c>
       <c r="B2260" s="0" t="str">
-        <v>lantaarnpalen 5G ready</v>
+        <v>Informatieverstrekking over FoodValley</v>
       </c>
       <c r="C2260" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D2260" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2260" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2260" s="6">
-        <v>43878.0</v>
+        <v>42628.0</v>
       </c>
     </row>
     <row r="2261" spans="1:7" customFormat="false">
       <c r="A2261" s="0">
-        <v>93</v>
+        <v>684</v>
       </c>
       <c r="B2261" s="0" t="str">
-        <v>Jaarverslaggeving 2012 - oninbare debiteuren</v>
+        <v>Lobbyist FoodValley uit Brussel</v>
       </c>
       <c r="C2261" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D2261" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2261" s="0" t="str">
         <v>Commissie B-S-G</v>
       </c>
       <c r="G2261" s="6">
-        <v>41579.0</v>
+        <v>42668.0</v>
       </c>
     </row>
     <row r="2262" spans="1:7" customFormat="false">
       <c r="A2262" s="0">
-        <v>95</v>
+        <v>750</v>
       </c>
       <c r="B2262" s="0" t="str">
-        <v>Informatie over meicirculaire</v>
+        <v>engelstalige website regio FoodValley</v>
       </c>
       <c r="C2262" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D2262" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2262" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2262" s="6">
-        <v>41548.0</v>
+        <v>43070.0</v>
       </c>
     </row>
     <row r="2263" spans="1:7" customFormat="false">
       <c r="A2263" s="0">
-        <v>367</v>
+        <v>1057</v>
       </c>
       <c r="B2263" s="0" t="str">
-        <v>Kadernota</v>
+        <v>Dierenambulance</v>
       </c>
       <c r="C2263" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D2263" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2263" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2263" s="6">
-        <v>41883.0</v>
+        <v>44273.0</v>
       </c>
     </row>
     <row r="2264" spans="1:7" customFormat="false">
       <c r="A2264" s="0">
-        <v>494</v>
+        <v>1205</v>
       </c>
       <c r="B2264" s="0" t="str">
-        <v>Rentetoerekening aan grondexploitaties</v>
+        <v>Afspraken WFC World Food Experience</v>
       </c>
       <c r="C2264" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="D2264" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>B. Wijnne</v>
       </c>
       <c r="F2264" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2264" s="6">
-        <v>42431.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="2265" spans="1:7" customFormat="false">
       <c r="A2265" s="0">
-        <v>496</v>
+        <v>1293</v>
       </c>
       <c r="B2265" s="0" t="str">
-        <v>Boekwaardeontwikkeling NIEGG in maandrapportage</v>
+        <v>PvA aanbevelingen en evaluatie uitvoering  Rekenkamerrapport Onderzoek naar heffingen en leges in Barneveld</v>
       </c>
       <c r="C2265" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
       </c>
       <c r="D2265" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M Bongers</v>
       </c>
       <c r="F2265" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Fictieve afdoeningsdatum</v>
       </c>
       <c r="G2265" s="6">
-        <v>42137.0</v>
+        <v>45279.0</v>
       </c>
     </row>
     <row r="2266" spans="1:7" customFormat="false">
       <c r="A2266" s="0">
-        <v>497</v>
+        <v>1293</v>
       </c>
       <c r="B2266" s="0" t="str">
-        <v>Overzicht getroffen voorzieningen IEGG en NIEGG bij Kadernota</v>
+        <v>PvA aanbevelingen en evaluatie uitvoering  Rekenkamerrapport Onderzoek naar heffingen en leges in Barneveld</v>
       </c>
       <c r="C2266" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
       </c>
       <c r="D2266" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M Bongers</v>
       </c>
       <c r="F2266" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2266" s="6">
-        <v>42431.0</v>
+        <v>45399.0</v>
       </c>
     </row>
     <row r="2267" spans="1:7" customFormat="false">
       <c r="A2267" s="0">
-        <v>569</v>
+        <v>1293</v>
       </c>
       <c r="B2267" s="0" t="str">
-        <v xml:space="preserve">Financiële verantwoording over besteding reserve monumenten </v>
+        <v>PvA aanbevelingen en evaluatie uitvoering  Rekenkamerrapport Onderzoek naar heffingen en leges in Barneveld</v>
       </c>
       <c r="C2267" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
       </c>
       <c r="D2267" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M Bongers</v>
       </c>
       <c r="F2267" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2267" s="6">
-        <v>42396.0</v>
+        <v>45637.0</v>
       </c>
     </row>
     <row r="2268" spans="1:7" customFormat="false">
       <c r="A2268" s="0">
-        <v>596</v>
+        <v>898</v>
       </c>
       <c r="B2268" s="0" t="str">
-        <v>Autoriseren kosten ICT via maandrapportage</v>
+        <v>Openbare toiletvoorzieningen</v>
       </c>
       <c r="C2268" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="D2268" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2268" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2268" s="6">
-        <v>42354.0</v>
+        <v>43418.0</v>
       </c>
     </row>
     <row r="2269" spans="1:7" customFormat="false">
       <c r="A2269" s="0">
-        <v>795</v>
+        <v>1004</v>
       </c>
       <c r="B2269" s="0" t="str">
-        <v>Jaarverslaggeving 2016: memo verbetering p&amp;c</v>
+        <v>lantaarnpalen 5G ready</v>
       </c>
       <c r="C2269" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="D2269" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2269" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2269" s="6">
-        <v>43047.0</v>
+        <v>43878.0</v>
       </c>
     </row>
     <row r="2270" spans="1:7" customFormat="false">
       <c r="A2270" s="0">
-        <v>1206</v>
+        <v>93</v>
       </c>
       <c r="B2270" s="0" t="str">
-        <v>Budgetoverhevelingen</v>
+        <v>Jaarverslaggeving 2012 - oninbare debiteuren</v>
       </c>
       <c r="C2270" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D2270" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F2270" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2270" s="6">
-        <v>45238.0</v>
+        <v>41579.0</v>
       </c>
     </row>
     <row r="2271" spans="1:7" customFormat="false">
       <c r="A2271" s="0">
-        <v>1260</v>
+        <v>95</v>
       </c>
       <c r="B2271" s="0" t="str">
-        <v>Tussenstap tussen Kadernota en begroting</v>
+        <v>Informatie over meicirculaire</v>
       </c>
       <c r="C2271" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D2271" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F2271" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2271" s="6">
-        <v>45243.0</v>
+        <v>41548.0</v>
       </c>
     </row>
     <row r="2272" spans="1:7" customFormat="false">
       <c r="A2272" s="0">
-        <v>1281</v>
+        <v>367</v>
       </c>
       <c r="B2272" s="0" t="str">
-        <v>Budgetoverschrijdingspercentage bij investeringen</v>
+        <v>Kadernota</v>
       </c>
       <c r="C2272" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D2272" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F2272" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G2272" s="6">
-        <v>45476.0</v>
+        <v>41883.0</v>
       </c>
     </row>
     <row r="2273" spans="1:7" customFormat="false">
       <c r="A2273" s="0">
-        <v>1282</v>
+        <v>494</v>
       </c>
       <c r="B2273" s="0" t="str">
-        <v>Noodzaak 5 ton structurele investeringen</v>
+        <v>Rentetoerekening aan grondexploitaties</v>
       </c>
       <c r="C2273" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D2273" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F2273" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2273" s="6">
-        <v>45299.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="2274" spans="1:7" customFormat="false">
       <c r="A2274" s="0">
-        <v>121</v>
+        <v>496</v>
       </c>
       <c r="B2274" s="0" t="str">
-        <v>Afhandeling telefoongesprekken door KCC</v>
+        <v>Boekwaardeontwikkeling NIEGG in maandrapportage</v>
       </c>
       <c r="C2274" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D2274" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F2274" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2274" s="6">
-        <v>41548.0</v>
+        <v>42137.0</v>
       </c>
     </row>
     <row r="2275" spans="1:7" customFormat="false">
       <c r="A2275" s="0">
-        <v>122</v>
+        <v>497</v>
       </c>
       <c r="B2275" s="0" t="str">
-        <v>Notitie toegewezen bezwaar- en beroepschriften</v>
+        <v>Overzicht getroffen voorzieningen IEGG en NIEGG bij Kadernota</v>
       </c>
       <c r="C2275" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D2275" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F2275" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2275" s="6">
-        <v>41590.0</v>
+        <v>42431.0</v>
       </c>
     </row>
     <row r="2276" spans="1:7" customFormat="false">
       <c r="A2276" s="0">
-        <v>168</v>
+        <v>569</v>
       </c>
       <c r="B2276" s="0" t="str">
-        <v>Alternatieve aanbestedingsmethoden</v>
+        <v xml:space="preserve">Financiële verantwoording over besteding reserve monumenten </v>
       </c>
       <c r="C2276" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D2276" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F2276" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2276" s="6">
-        <v>41548.0</v>
+        <v>42396.0</v>
       </c>
     </row>
     <row r="2277" spans="1:7" customFormat="false">
       <c r="A2277" s="0">
-        <v>261</v>
+        <v>596</v>
       </c>
       <c r="B2277" s="0" t="str">
-        <v>Haalbaarheid inbedden procedure benadering lokale aanbieders bij aanbestedingen</v>
+        <v>Autoriseren kosten ICT via maandrapportage</v>
       </c>
       <c r="C2277" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D2277" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F2277" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2277" s="6">
-        <v>41625.0</v>
+        <v>42354.0</v>
       </c>
     </row>
     <row r="2278" spans="1:7" customFormat="false">
       <c r="A2278" s="0">
-        <v>479</v>
+        <v>795</v>
       </c>
       <c r="B2278" s="0" t="str">
-        <v>Uittreedregeling gemeente Barneveld</v>
+        <v>Jaarverslaggeving 2016: memo verbetering p&amp;c</v>
       </c>
       <c r="C2278" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D2278" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F2278" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2278" s="6">
-        <v>42193.0</v>
+        <v>43047.0</v>
       </c>
     </row>
     <row r="2279" spans="1:7" customFormat="false">
       <c r="A2279" s="0">
-        <v>516</v>
+        <v>1206</v>
       </c>
       <c r="B2279" s="0" t="str">
-        <v>Evaluatie Wet normering Topinkomens bij instellingen waar gemeente Barneveld een subsidierelatie mee heeft.</v>
+        <v>Budgetoverhevelingen</v>
       </c>
       <c r="C2279" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D2279" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F2279" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2279" s="6">
-        <v>42488.0</v>
+        <v>45238.0</v>
       </c>
     </row>
     <row r="2280" spans="1:7" customFormat="false">
       <c r="A2280" s="0">
-        <v>566</v>
+        <v>1260</v>
       </c>
       <c r="B2280" s="0" t="str">
-        <v>Website gemeente</v>
+        <v>Tussenstap tussen Kadernota en begroting</v>
       </c>
       <c r="C2280" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D2280" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2280" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2280" s="6">
-        <v>42354.0</v>
+        <v>45243.0</v>
       </c>
     </row>
     <row r="2281" spans="1:7" customFormat="false">
       <c r="A2281" s="0">
-        <v>629</v>
+        <v>1281</v>
       </c>
       <c r="B2281" s="0" t="str">
-        <v>Inzet mensen met arbeidsbeperking in gemeentelijke organisatie</v>
+        <v>Budgetoverschrijdingspercentage bij investeringen</v>
       </c>
       <c r="C2281" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D2281" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2281" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2281" s="6">
-        <v>42557.0</v>
+        <v>45476.0</v>
       </c>
     </row>
     <row r="2282" spans="1:7" customFormat="false">
       <c r="A2282" s="0">
-        <v>751</v>
+        <v>1282</v>
       </c>
       <c r="B2282" s="0" t="str">
-        <v>enquête vergunningverlening evenementenbeleid</v>
+        <v>Noodzaak 5 ton structurele investeringen</v>
       </c>
       <c r="C2282" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="D2282" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2282" s="0" t="str">
         <v>Agendacommissie</v>
       </c>
       <c r="G2282" s="6">
-        <v>42826.0</v>
+        <v>45299.0</v>
       </c>
     </row>
     <row r="2283" spans="1:7" customFormat="false">
       <c r="A2283" s="0">
-        <v>884</v>
+        <v>121</v>
       </c>
       <c r="B2283" s="0" t="str">
-        <v>Privacyregelgeving</v>
+        <v>Afhandeling telefoongesprekken door KCC</v>
       </c>
       <c r="C2283" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2283" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2283" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2283" s="6">
-        <v>43376.0</v>
+        <v>41548.0</v>
       </c>
     </row>
     <row r="2284" spans="1:7" customFormat="false">
       <c r="A2284" s="0">
-        <v>919</v>
+        <v>122</v>
       </c>
       <c r="B2284" s="0" t="str">
-        <v>Buiter Beter App</v>
+        <v>Notitie toegewezen bezwaar- en beroepschriften</v>
       </c>
       <c r="C2284" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2284" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2284" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2284" s="6">
-        <v>43530.0</v>
+        <v>41590.0</v>
       </c>
     </row>
     <row r="2285" spans="1:7" customFormat="false">
       <c r="A2285" s="0">
-        <v>922</v>
+        <v>168</v>
       </c>
       <c r="B2285" s="0" t="str">
-        <v>Openstelling bedrijfsrestaurant voor verenigingen</v>
+        <v>Alternatieve aanbestedingsmethoden</v>
       </c>
       <c r="C2285" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2285" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2285" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2285" s="6">
-        <v>43446.0</v>
+        <v>41548.0</v>
       </c>
     </row>
     <row r="2286" spans="1:7" customFormat="false">
       <c r="A2286" s="0">
-        <v>975</v>
+        <v>261</v>
       </c>
       <c r="B2286" s="0" t="str">
-        <v>Pilot blockchain duurzaamheid</v>
+        <v>Haalbaarheid inbedden procedure benadering lokale aanbieders bij aanbestedingen</v>
       </c>
       <c r="C2286" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2286" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2286" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2286" s="6">
-        <v>43747.0</v>
+        <v>41625.0</v>
       </c>
     </row>
     <row r="2287" spans="1:7" customFormat="false">
       <c r="A2287" s="0">
-        <v>986</v>
+        <v>479</v>
       </c>
       <c r="B2287" s="0" t="str">
-        <v xml:space="preserve">Memo over gebiedsregisseur/-manager/wijkplatformcoördinator </v>
+        <v>Uittreedregeling gemeente Barneveld</v>
       </c>
       <c r="C2287" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2287" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2287" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2287" s="6">
-        <v>43810.0</v>
+        <v>42193.0</v>
       </c>
     </row>
     <row r="2288" spans="1:7" customFormat="false">
       <c r="A2288" s="0">
-        <v>1020</v>
+        <v>516</v>
       </c>
       <c r="B2288" s="0" t="str">
-        <v>Verrichten diensten voor gemeente Scherpenzeel</v>
+        <v>Evaluatie Wet normering Topinkomens bij instellingen waar gemeente Barneveld een subsidierelatie mee heeft.</v>
       </c>
       <c r="C2288" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2288" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F2288" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2288" s="6">
-        <v>44111.0</v>
+        <v>42488.0</v>
       </c>
     </row>
     <row r="2289" spans="1:7" customFormat="false">
       <c r="A2289" s="0">
-        <v>1056</v>
+        <v>566</v>
       </c>
       <c r="B2289" s="0" t="str">
-        <v xml:space="preserve">Werkwijze persoonlijke beleidsopvattingen </v>
+        <v>Website gemeente</v>
       </c>
       <c r="C2289" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2289" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2289" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2289" s="6">
-        <v>46357.0</v>
+        <v>42354.0</v>
       </c>
     </row>
     <row r="2290" spans="1:7" customFormat="false">
       <c r="A2290" s="0">
-        <v>1107</v>
+        <v>629</v>
       </c>
       <c r="B2290" s="0" t="str">
-        <v>Risico verenigingen door Nieuwe Wet Bestuur en Toezicht Rechtspersonen</v>
+        <v>Inzet mensen met arbeidsbeperking in gemeentelijke organisatie</v>
       </c>
       <c r="C2290" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2290" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2290" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2290" s="6">
-        <v>44545.0</v>
+        <v>42557.0</v>
       </c>
     </row>
     <row r="2291" spans="1:7" customFormat="false">
       <c r="A2291" s="0">
-        <v>1197</v>
+        <v>751</v>
       </c>
       <c r="B2291" s="0" t="str">
-        <v>Implementatie zaaksysteem en archiveringsproblemen</v>
+        <v>enquête vergunningverlening evenementenbeleid</v>
       </c>
       <c r="C2291" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2291" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2291" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2291" s="6">
-        <v>45273.0</v>
+        <v>42826.0</v>
       </c>
     </row>
     <row r="2292" spans="1:7" customFormat="false">
       <c r="A2292" s="0">
-        <v>1250</v>
+        <v>884</v>
       </c>
       <c r="B2292" s="0" t="str">
-        <v>Zaaksysteem</v>
+        <v>Privacyregelgeving</v>
       </c>
       <c r="C2292" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2292" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
       <c r="F2292" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2292" s="6">
-        <v>45203.0</v>
+        <v>43376.0</v>
       </c>
     </row>
     <row r="2293" spans="1:7" customFormat="false">
       <c r="A2293" s="0">
-        <v>146</v>
+        <v>919</v>
       </c>
       <c r="B2293" s="0" t="str">
-        <v>Cursus voor burgers over gemeente en raad</v>
+        <v>Buiter Beter App</v>
       </c>
       <c r="C2293" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2293" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2293" s="0" t="str">
-        <v>Informatieavond</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2293" s="6">
-        <v>41579.0</v>
+        <v>43530.0</v>
       </c>
     </row>
     <row r="2294" spans="1:7" customFormat="false">
       <c r="A2294" s="0">
-        <v>312</v>
+        <v>922</v>
       </c>
       <c r="B2294" s="0" t="str">
-        <v>Sociale media</v>
+        <v>Openstelling bedrijfsrestaurant voor verenigingen</v>
       </c>
       <c r="C2294" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2294" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2294" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2294" s="6">
-        <v>42193.0</v>
+        <v>43446.0</v>
       </c>
     </row>
     <row r="2295" spans="1:7" customFormat="false">
       <c r="A2295" s="0">
-        <v>381</v>
+        <v>975</v>
       </c>
       <c r="B2295" s="0" t="str">
-        <v>Communicatie/ contacten met burgers</v>
+        <v>Pilot blockchain duurzaamheid</v>
       </c>
       <c r="C2295" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2295" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2295" s="0" t="str">
-        <v>Agendacommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2295" s="6">
-        <v>41883.0</v>
+        <v>43747.0</v>
       </c>
     </row>
     <row r="2296" spans="1:7" customFormat="false">
       <c r="A2296" s="0">
-        <v>1199</v>
+        <v>986</v>
       </c>
       <c r="B2296" s="0" t="str">
-        <v>participatieniveau bij onderhoud</v>
+        <v xml:space="preserve">Memo over gebiedsregisseur/-manager/wijkplatformcoördinator </v>
       </c>
       <c r="C2296" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2296" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2296" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2296" s="6">
-        <v>45007.0</v>
+        <v>43810.0</v>
       </c>
     </row>
     <row r="2297" spans="1:7" customFormat="false">
       <c r="A2297" s="0">
-        <v>140</v>
+        <v>1020</v>
       </c>
       <c r="B2297" s="0" t="str">
-        <v>Aanbesteding verzelfstandiging exploitatie Veluwehal en sportaccommodaties/zwembaden</v>
+        <v>Verrichten diensten voor gemeente Scherpenzeel</v>
       </c>
       <c r="C2297" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2297" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2297" s="0" t="str">
-        <v>Commissie B-S-G</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2297" s="6">
-        <v>41612.0</v>
+        <v>44111.0</v>
       </c>
     </row>
     <row r="2298" spans="1:7" customFormat="false">
       <c r="A2298" s="0">
-        <v>445</v>
+        <v>1056</v>
       </c>
       <c r="B2298" s="0" t="str">
-        <v>Signalen Optisport (internet) meenemen met verificatiegesprekken</v>
+        <v xml:space="preserve">Werkwijze persoonlijke beleidsopvattingen </v>
       </c>
       <c r="C2298" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2298" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2298" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2298" s="6">
-        <v>41954.0</v>
+        <v>46357.0</v>
       </c>
     </row>
     <row r="2299" spans="1:7" customFormat="false">
       <c r="A2299" s="0">
-        <v>308</v>
+        <v>1107</v>
       </c>
       <c r="B2299" s="0" t="str">
-        <v>Schuldpositie gemeente Barneveld</v>
+        <v>Risico verenigingen door Nieuwe Wet Bestuur en Toezicht Rechtspersonen</v>
       </c>
       <c r="C2299" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2299" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2299" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2299" s="6">
-        <v>41695.0</v>
+        <v>44545.0</v>
       </c>
     </row>
     <row r="2300" spans="1:7" customFormat="false">
       <c r="A2300" s="0">
-        <v>540</v>
+        <v>1197</v>
       </c>
       <c r="B2300" s="0" t="str">
-        <v xml:space="preserve">Indicatoren en systematiek weerstandsvermogen </v>
+        <v>Implementatie zaaksysteem en archiveringsproblemen</v>
       </c>
       <c r="C2300" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2300" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2300" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2300" s="6">
-        <v>42396.0</v>
+        <v>45273.0</v>
       </c>
     </row>
     <row r="2301" spans="1:7" customFormat="false">
       <c r="A2301" s="0">
-        <v>475</v>
+        <v>1250</v>
       </c>
       <c r="B2301" s="0" t="str">
-        <v>Toeristenbelasting</v>
+        <v>Zaaksysteem</v>
       </c>
       <c r="C2301" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="D2301" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
       <c r="F2301" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2301" s="6">
-        <v>42137.0</v>
+        <v>45203.0</v>
       </c>
     </row>
     <row r="2302" spans="1:7" customFormat="false">
       <c r="A2302" s="0">
-        <v>626</v>
+        <v>146</v>
       </c>
       <c r="B2302" s="0" t="str">
-        <v>Vennootschapsbelasting</v>
+        <v>Cursus voor burgers over gemeente en raad</v>
       </c>
       <c r="C2302" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D2302" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F2302" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Informatieavond</v>
       </c>
       <c r="G2302" s="6">
-        <v>42431.0</v>
+        <v>41579.0</v>
       </c>
     </row>
     <row r="2303" spans="1:7" customFormat="false">
       <c r="A2303" s="0">
-        <v>158</v>
+        <v>312</v>
       </c>
       <c r="B2303" s="0" t="str">
-        <v>Memo stelpost autonome groei 2012</v>
+        <v>Sociale media</v>
       </c>
       <c r="C2303" s="0" t="str">
-        <v>434 Overige baten en lasten</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D2303" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F2303" s="0" t="str">
-        <v>Auditcommissie</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2303" s="6">
-        <v>41699.0</v>
+        <v>42193.0</v>
       </c>
     </row>
     <row r="2304" spans="1:7" customFormat="false">
       <c r="A2304" s="0">
-        <v>625</v>
+        <v>381</v>
       </c>
       <c r="B2304" s="0" t="str">
-        <v>inflatiecorrectie</v>
+        <v>Communicatie/ contacten met burgers</v>
       </c>
       <c r="C2304" s="0" t="str">
-        <v>434 Overige baten en lasten</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D2304" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J. van der  Tak</v>
       </c>
       <c r="F2304" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Agendacommissie</v>
       </c>
       <c r="G2304" s="6">
-        <v>42473.0</v>
+        <v>41883.0</v>
       </c>
     </row>
     <row r="2305" spans="1:7" customFormat="false">
       <c r="A2305" s="0">
-        <v>656</v>
+        <v>1199</v>
       </c>
       <c r="B2305" s="0" t="str">
-        <v>Reserves en voorzieningen</v>
+        <v>participatieniveau bij onderhoud</v>
       </c>
       <c r="C2305" s="0" t="str">
-        <v>441 Mutaties reserves</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="D2305" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
       <c r="F2305" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2305" s="6">
-        <v>42515.0</v>
+        <v>45007.0</v>
       </c>
     </row>
     <row r="2306" spans="1:7" customFormat="false">
       <c r="A2306" s="0">
-        <v>703</v>
+        <v>140</v>
       </c>
       <c r="B2306" s="0" t="str">
-        <v>Egalisatiefonds wegen</v>
+        <v>Aanbesteding verzelfstandiging exploitatie Veluwehal en sportaccommodaties/zwembaden</v>
       </c>
       <c r="C2306" s="0" t="str">
-        <v>441 Mutaties reserves</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D2306" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2306" s="0" t="str">
-        <v>Raadvergadering</v>
+        <v>Commissie B-S-G</v>
       </c>
       <c r="G2306" s="6">
-        <v>42683.0</v>
+        <v>41612.0</v>
       </c>
     </row>
     <row r="2307" spans="1:7" customFormat="false">
       <c r="A2307" s="0">
-        <v>97</v>
+        <v>445</v>
       </c>
       <c r="B2307" s="0" t="str">
-        <v>Maatschappelijke stages</v>
+        <v>Signalen Optisport (internet) meenemen met verificatiegesprekken</v>
       </c>
       <c r="C2307" s="0" t="str">
-        <v>Maatschappelijke zorg (maatschappelijke stages)</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="D2307" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
       <c r="F2307" s="0" t="str">
         <v>Rubriek B - lijst van ingekomen stukken</v>
       </c>
       <c r="G2307" s="6">
-        <v>41590.0</v>
+        <v>41954.0</v>
       </c>
     </row>
     <row r="2308" spans="1:7" customFormat="false">
       <c r="A2308" s="0">
-        <v>361</v>
+        <v>308</v>
       </c>
       <c r="B2308" s="0" t="str">
-        <v>maatschappelijke stage</v>
+        <v>Schuldpositie gemeente Barneveld</v>
       </c>
       <c r="C2308" s="0" t="str">
-        <v>Maatschappelijke zorg (maatschappelijke stages)</v>
+        <v>431 Treasury</v>
       </c>
       <c r="D2308" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F2308" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2308" s="6">
-        <v>41989.0</v>
+        <v>41695.0</v>
       </c>
     </row>
     <row r="2309" spans="1:7" customFormat="false">
       <c r="A2309" s="0">
-        <v>563</v>
+        <v>540</v>
       </c>
       <c r="B2309" s="0" t="str">
-        <v>Stand van zaken (financieel) sociaal domein</v>
+        <v xml:space="preserve">Indicatoren en systematiek weerstandsvermogen </v>
       </c>
       <c r="C2309" s="0" t="str">
-        <v>Maatschappelijke zorg (maatschappelijke stages)</v>
+        <v>431 Treasury</v>
       </c>
       <c r="D2309" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
       <c r="F2309" s="0" t="str">
-        <v>Rubriek B - lijst van ingekomen stukken</v>
+        <v>Raadvergadering</v>
       </c>
       <c r="G2309" s="6">
-        <v>42277.0</v>
+        <v>42396.0</v>
       </c>
     </row>
     <row r="2310" spans="1:7" customFormat="false">
       <c r="A2310" s="0">
+        <v>475</v>
+      </c>
+      <c r="B2310" s="0" t="str">
+        <v>Toeristenbelasting</v>
+      </c>
+      <c r="C2310" s="0" t="str">
+        <v>432 Belastingen</v>
+      </c>
+      <c r="D2310" s="0" t="str">
+        <v>G.J. van den Hengel</v>
+      </c>
+      <c r="F2310" s="0" t="str">
+        <v>Rubriek B - lijst van ingekomen stukken</v>
+      </c>
+      <c r="G2310" s="6">
+        <v>42137.0</v>
+      </c>
+    </row>
+    <row r="2311" spans="1:7" customFormat="false">
+      <c r="A2311" s="0">
+        <v>626</v>
+      </c>
+      <c r="B2311" s="0" t="str">
+        <v>Vennootschapsbelasting</v>
+      </c>
+      <c r="C2311" s="0" t="str">
+        <v>432 Belastingen</v>
+      </c>
+      <c r="D2311" s="0" t="str">
+        <v>G.J. van den Hengel</v>
+      </c>
+      <c r="F2311" s="0" t="str">
+        <v>Rubriek B - lijst van ingekomen stukken</v>
+      </c>
+      <c r="G2311" s="6">
+        <v>42431.0</v>
+      </c>
+    </row>
+    <row r="2312" spans="1:7" customFormat="false">
+      <c r="A2312" s="0">
+        <v>158</v>
+      </c>
+      <c r="B2312" s="0" t="str">
+        <v>Memo stelpost autonome groei 2012</v>
+      </c>
+      <c r="C2312" s="0" t="str">
+        <v>434 Overige baten en lasten</v>
+      </c>
+      <c r="D2312" s="0" t="str">
+        <v>G.J. van den Hengel</v>
+      </c>
+      <c r="F2312" s="0" t="str">
+        <v>Auditcommissie</v>
+      </c>
+      <c r="G2312" s="6">
+        <v>41699.0</v>
+      </c>
+    </row>
+    <row r="2313" spans="1:7" customFormat="false">
+      <c r="A2313" s="0">
+        <v>625</v>
+      </c>
+      <c r="B2313" s="0" t="str">
+        <v>inflatiecorrectie</v>
+      </c>
+      <c r="C2313" s="0" t="str">
+        <v>434 Overige baten en lasten</v>
+      </c>
+      <c r="D2313" s="0" t="str">
+        <v>G.J. van den Hengel</v>
+      </c>
+      <c r="F2313" s="0" t="str">
+        <v>Raadvergadering</v>
+      </c>
+      <c r="G2313" s="6">
+        <v>42473.0</v>
+      </c>
+    </row>
+    <row r="2314" spans="1:7" customFormat="false">
+      <c r="A2314" s="0">
+        <v>656</v>
+      </c>
+      <c r="B2314" s="0" t="str">
+        <v>Reserves en voorzieningen</v>
+      </c>
+      <c r="C2314" s="0" t="str">
+        <v>441 Mutaties reserves</v>
+      </c>
+      <c r="D2314" s="0" t="str">
+        <v>G.J. van den Hengel</v>
+      </c>
+      <c r="F2314" s="0" t="str">
+        <v>Raadvergadering</v>
+      </c>
+      <c r="G2314" s="6">
+        <v>42515.0</v>
+      </c>
+    </row>
+    <row r="2315" spans="1:7" customFormat="false">
+      <c r="A2315" s="0">
+        <v>703</v>
+      </c>
+      <c r="B2315" s="0" t="str">
+        <v>Egalisatiefonds wegen</v>
+      </c>
+      <c r="C2315" s="0" t="str">
+        <v>441 Mutaties reserves</v>
+      </c>
+      <c r="D2315" s="0" t="str">
+        <v>G.J. van den Hengel</v>
+      </c>
+      <c r="F2315" s="0" t="str">
+        <v>Raadvergadering</v>
+      </c>
+      <c r="G2315" s="6">
+        <v>42683.0</v>
+      </c>
+    </row>
+    <row r="2316" spans="1:7" customFormat="false">
+      <c r="A2316" s="0">
+        <v>97</v>
+      </c>
+      <c r="B2316" s="0" t="str">
+        <v>Maatschappelijke stages</v>
+      </c>
+      <c r="C2316" s="0" t="str">
+        <v>Maatschappelijke zorg (maatschappelijke stages)</v>
+      </c>
+      <c r="D2316" s="0" t="str">
+        <v>M.H.J. Pluimers-Foeken</v>
+      </c>
+      <c r="F2316" s="0" t="str">
+        <v>Rubriek B - lijst van ingekomen stukken</v>
+      </c>
+      <c r="G2316" s="6">
+        <v>41590.0</v>
+      </c>
+    </row>
+    <row r="2317" spans="1:7" customFormat="false">
+      <c r="A2317" s="0">
+        <v>361</v>
+      </c>
+      <c r="B2317" s="0" t="str">
+        <v>maatschappelijke stage</v>
+      </c>
+      <c r="C2317" s="0" t="str">
+        <v>Maatschappelijke zorg (maatschappelijke stages)</v>
+      </c>
+      <c r="D2317" s="0" t="str">
+        <v>M.H.J. Pluimers-Foeken</v>
+      </c>
+      <c r="F2317" s="0" t="str">
+        <v>Rubriek B - lijst van ingekomen stukken</v>
+      </c>
+      <c r="G2317" s="6">
+        <v>41989.0</v>
+      </c>
+    </row>
+    <row r="2318" spans="1:7" customFormat="false">
+      <c r="A2318" s="0">
         <v>563</v>
       </c>
-      <c r="B2310" s="0" t="str">
+      <c r="B2318" s="0" t="str">
         <v>Stand van zaken (financieel) sociaal domein</v>
       </c>
-      <c r="C2310" s="0" t="str">
+      <c r="C2318" s="0" t="str">
         <v>Maatschappelijke zorg (maatschappelijke stages)</v>
       </c>
-      <c r="D2310" s="0" t="str">
-[...5 lines deleted...]
-      <c r="G2310" s="6">
+      <c r="D2318" s="0" t="str">
+        <v>M.H.J. Pluimers-Foeken</v>
+      </c>
+      <c r="F2318" s="0" t="str">
+        <v>Rubriek B - lijst van ingekomen stukken</v>
+      </c>
+      <c r="G2318" s="6">
+        <v>42277.0</v>
+      </c>
+    </row>
+    <row r="2319" spans="1:7" customFormat="false">
+      <c r="A2319" s="0">
+        <v>563</v>
+      </c>
+      <c r="B2319" s="0" t="str">
+        <v>Stand van zaken (financieel) sociaal domein</v>
+      </c>
+      <c r="C2319" s="0" t="str">
+        <v>Maatschappelijke zorg (maatschappelijke stages)</v>
+      </c>
+      <c r="D2319" s="0" t="str">
+        <v>M.H.J. Pluimers-Foeken</v>
+      </c>
+      <c r="F2319" s="0" t="str">
+        <v>Rubriek B - lijst van ingekomen stukken</v>
+      </c>
+      <c r="G2319" s="6">
         <v>42319.0</v>
       </c>
     </row>
-    <row r="2473" spans="5:5" customFormat="false">
-[...12 lines deleted...]
-      <c r="E2484" s="1"/>
+    <row r="2482" spans="5:5" customFormat="false">
+      <c r="E2482" s="1"/>
     </row>
     <row r="2485" spans="5:5" customFormat="false">
-      <c r="E2485" s="1"/>
-[...8 lines deleted...]
-      <c r="E2488" s="1"/>
+      <c r="E2485" s="2"/>
     </row>
     <row r="2489" spans="5:5" customFormat="false">
       <c r="E2489" s="1"/>
     </row>
-    <row r="2490" spans="5:5" customFormat="false">
-[...4 lines deleted...]
-    </row>
     <row r="2492" spans="5:5" customFormat="false">
       <c r="E2492" s="1"/>
     </row>
     <row r="2493" spans="5:5" customFormat="false">
       <c r="E2493" s="1"/>
     </row>
     <row r="2494" spans="5:5" customFormat="false">
       <c r="E2494" s="1"/>
     </row>
+    <row r="2495" spans="5:5" customFormat="false">
+      <c r="E2495" s="1"/>
+    </row>
     <row r="2496" spans="5:5" customFormat="false">
       <c r="E2496" s="1"/>
     </row>
     <row r="2497" spans="5:5" customFormat="false">
       <c r="E2497" s="1"/>
     </row>
+    <row r="2498" spans="5:5" customFormat="false">
+      <c r="E2498" s="1"/>
+    </row>
+    <row r="2499" spans="5:5" customFormat="false">
+      <c r="E2499" s="1"/>
+    </row>
     <row r="2500" spans="5:5" customFormat="false">
-      <c r="E2500" s="2"/>
-[...29 lines deleted...]
-      <c r="E2538" s="2"/>
+      <c r="E2500" s="1"/>
+    </row>
+    <row r="2501" spans="5:5" customFormat="false">
+      <c r="E2501" s="1"/>
+    </row>
+    <row r="2502" spans="5:5" customFormat="false">
+      <c r="E2502" s="1"/>
+    </row>
+    <row r="2503" spans="5:5" customFormat="false">
+      <c r="E2503" s="1"/>
+    </row>
+    <row r="2505" spans="5:5" customFormat="false">
+      <c r="E2505" s="1"/>
+    </row>
+    <row r="2506" spans="5:5" customFormat="false">
+      <c r="E2506" s="1"/>
+    </row>
+    <row r="2509" spans="5:5" customFormat="false">
+      <c r="E2509" s="2"/>
+    </row>
+    <row r="2516" spans="5:5" customFormat="false">
+      <c r="E2516" s="1"/>
+    </row>
+    <row r="2517" spans="5:5" customFormat="false">
+      <c r="E2517" s="1"/>
     </row>
     <row r="2539" spans="5:5" customFormat="false">
-      <c r="E2539" s="2"/>
+      <c r="E2539" s="1"/>
     </row>
     <row r="2540" spans="5:5" customFormat="false">
-      <c r="E2540" s="2"/>
-[...2 lines deleted...]
-      <c r="E2541" s="2"/>
+      <c r="E2540" s="3"/>
     </row>
     <row r="2542" spans="5:5" customFormat="false">
-      <c r="E2542" s="1"/>
+      <c r="E2542" s="2"/>
     </row>
     <row r="2543" spans="5:5" customFormat="false">
-      <c r="E2543" s="1"/>
+      <c r="E2543" s="2"/>
+    </row>
+    <row r="2544" spans="5:5" customFormat="false">
+      <c r="E2544" s="3"/>
+    </row>
+    <row r="2545" spans="5:5" customFormat="false">
+      <c r="E2545" s="2"/>
     </row>
     <row r="2546" spans="5:5" customFormat="false">
       <c r="E2546" s="1"/>
     </row>
     <row r="2547" spans="5:5" customFormat="false">
-      <c r="E2547" s="1"/>
+      <c r="E2547" s="2"/>
+    </row>
+    <row r="2548" spans="5:5" customFormat="false">
+      <c r="E2548" s="2"/>
     </row>
     <row r="2549" spans="5:5" customFormat="false">
-      <c r="E2549" s="1"/>
+      <c r="E2549" s="2"/>
     </row>
     <row r="2550" spans="5:5" customFormat="false">
       <c r="E2550" s="2"/>
     </row>
-    <row r="2553" spans="5:5" customFormat="false">
-      <c r="E2553" s="1"/>
+    <row r="2551" spans="5:5" customFormat="false">
+      <c r="E2551" s="1"/>
+    </row>
+    <row r="2552" spans="5:5" customFormat="false">
+      <c r="E2552" s="1"/>
+    </row>
+    <row r="2555" spans="5:5" customFormat="false">
+      <c r="E2555" s="1"/>
+    </row>
+    <row r="2556" spans="5:5" customFormat="false">
+      <c r="E2556" s="1"/>
     </row>
     <row r="2558" spans="5:5" customFormat="false">
-      <c r="E2558" s="2"/>
+      <c r="E2558" s="1"/>
     </row>
     <row r="2559" spans="5:5" customFormat="false">
       <c r="E2559" s="2"/>
     </row>
-    <row r="2572" spans="5:5" customFormat="false">
-[...15 lines deleted...]
-      <c r="E2582" s="1"/>
+    <row r="2562" spans="5:5" customFormat="false">
+      <c r="E2562" s="1"/>
+    </row>
+    <row r="2567" spans="5:5" customFormat="false">
+      <c r="E2567" s="2"/>
+    </row>
+    <row r="2568" spans="5:5" customFormat="false">
+      <c r="E2568" s="2"/>
+    </row>
+    <row r="2581" spans="5:5" customFormat="false">
+      <c r="E2581" s="2"/>
+    </row>
+    <row r="2584" spans="5:5" customFormat="false">
+      <c r="E2584" s="2"/>
+    </row>
+    <row r="2585" spans="5:5" customFormat="false">
+      <c r="E2585" s="1"/>
     </row>
     <row r="2586" spans="5:5" customFormat="false">
-      <c r="E2586" s="2"/>
+      <c r="E2586" s="1"/>
+    </row>
+    <row r="2589" spans="5:5" customFormat="false">
+      <c r="E2589" s="2"/>
     </row>
     <row r="2591" spans="5:5" customFormat="false">
-      <c r="E2591" s="2"/>
-[...5 lines deleted...]
-      <c r="E2594" s="1"/>
+      <c r="E2591" s="1"/>
     </row>
     <row r="2595" spans="5:5" customFormat="false">
-      <c r="E2595" s="1"/>
-[...14 lines deleted...]
-      <c r="E2626" s="2"/>
+      <c r="E2595" s="2"/>
+    </row>
+    <row r="2600" spans="5:5" customFormat="false">
+      <c r="E2600" s="2"/>
+    </row>
+    <row r="2602" spans="5:5" customFormat="false">
+      <c r="E2602" s="1"/>
+    </row>
+    <row r="2603" spans="5:5" customFormat="false">
+      <c r="E2603" s="1"/>
+    </row>
+    <row r="2604" spans="5:5" customFormat="false">
+      <c r="E2604" s="1"/>
+    </row>
+    <row r="2619" spans="5:5" customFormat="false">
+      <c r="E2619" s="1"/>
     </row>
     <row r="2627" spans="5:5" customFormat="false">
       <c r="E2627" s="2"/>
     </row>
-    <row r="2628" spans="5:5" customFormat="false">
-[...1 lines deleted...]
-    </row>
     <row r="2633" spans="5:5" customFormat="false">
-      <c r="E2633" s="1"/>
-[...8 lines deleted...]
-      <c r="E2641" s="2"/>
+      <c r="E2633" s="3"/>
+    </row>
+    <row r="2634" spans="5:5" customFormat="false">
+      <c r="E2634" s="2"/>
+    </row>
+    <row r="2635" spans="5:5" customFormat="false">
+      <c r="E2635" s="2"/>
+    </row>
+    <row r="2636" spans="5:5" customFormat="false">
+      <c r="E2636" s="2"/>
+    </row>
+    <row r="2637" spans="5:5" customFormat="false">
+      <c r="E2637" s="2"/>
     </row>
     <row r="2642" spans="5:5" customFormat="false">
-      <c r="E2642" s="2"/>
-[...5 lines deleted...]
-      <c r="E2647" s="1"/>
+      <c r="E2642" s="1"/>
     </row>
     <row r="2648" spans="5:5" customFormat="false">
-      <c r="E2648" s="1"/>
+      <c r="E2648" s="2"/>
     </row>
     <row r="2649" spans="5:5" customFormat="false">
-      <c r="E2649" s="1"/>
+      <c r="E2649" s="2"/>
     </row>
     <row r="2650" spans="5:5" customFormat="false">
-      <c r="E2650" s="3"/>
-[...2 lines deleted...]
-      <c r="E2655" s="1"/>
+      <c r="E2650" s="2"/>
+    </row>
+    <row r="2651" spans="5:5" customFormat="false">
+      <c r="E2651" s="2"/>
+    </row>
+    <row r="2654" spans="5:5" customFormat="false">
+      <c r="E2654" s="1"/>
     </row>
     <row r="2656" spans="5:5" customFormat="false">
-      <c r="E2656" s="2"/>
+      <c r="E2656" s="1"/>
     </row>
     <row r="2657" spans="5:5" customFormat="false">
-      <c r="E2657" s="2"/>
+      <c r="E2657" s="1"/>
     </row>
     <row r="2658" spans="5:5" customFormat="false">
       <c r="E2658" s="1"/>
     </row>
     <row r="2659" spans="5:5" customFormat="false">
-      <c r="E2659" s="1"/>
-[...11 lines deleted...]
-      <c r="E2663" s="1"/>
+      <c r="E2659" s="3"/>
     </row>
     <row r="2664" spans="5:5" customFormat="false">
-      <c r="E2664" s="2"/>
+      <c r="E2664" s="1"/>
     </row>
     <row r="2665" spans="5:5" customFormat="false">
       <c r="E2665" s="2"/>
     </row>
     <row r="2666" spans="5:5" customFormat="false">
       <c r="E2666" s="2"/>
     </row>
+    <row r="2667" spans="5:5" customFormat="false">
+      <c r="E2667" s="1"/>
+    </row>
+    <row r="2668" spans="5:5" customFormat="false">
+      <c r="E2668" s="1"/>
+    </row>
+    <row r="2669" spans="5:5" customFormat="false">
+      <c r="E2669" s="1"/>
+    </row>
     <row r="2670" spans="5:5" customFormat="false">
       <c r="E2670" s="1"/>
     </row>
     <row r="2671" spans="5:5" customFormat="false">
       <c r="E2671" s="1"/>
     </row>
+    <row r="2672" spans="5:5" customFormat="false">
+      <c r="E2672" s="1"/>
+    </row>
     <row r="2673" spans="5:5" customFormat="false">
       <c r="E2673" s="2"/>
     </row>
     <row r="2674" spans="5:5" customFormat="false">
-      <c r="E2674" s="3"/>
-[...5 lines deleted...]
-      <c r="E2678" s="1"/>
+      <c r="E2674" s="2"/>
+    </row>
+    <row r="2675" spans="5:5" customFormat="false">
+      <c r="E2675" s="2"/>
     </row>
     <row r="2679" spans="5:5" customFormat="false">
       <c r="E2679" s="1"/>
     </row>
     <row r="2680" spans="5:5" customFormat="false">
-      <c r="E2680" s="2"/>
-[...2 lines deleted...]
-      <c r="E2681" s="2"/>
+      <c r="E2680" s="1"/>
     </row>
     <row r="2682" spans="5:5" customFormat="false">
       <c r="E2682" s="2"/>
     </row>
-    <row r="2684" spans="5:5" customFormat="false">
-[...3 lines deleted...]
-      <c r="E2685" s="2"/>
+    <row r="2683" spans="5:5" customFormat="false">
+      <c r="E2683" s="3"/>
     </row>
     <row r="2686" spans="5:5" customFormat="false">
       <c r="E2686" s="2"/>
     </row>
     <row r="2687" spans="5:5" customFormat="false">
       <c r="E2687" s="1"/>
     </row>
     <row r="2688" spans="5:5" customFormat="false">
       <c r="E2688" s="1"/>
     </row>
     <row r="2689" spans="5:5" customFormat="false">
-      <c r="E2689" s="1"/>
+      <c r="E2689" s="2"/>
+    </row>
+    <row r="2690" spans="5:5" customFormat="false">
+      <c r="E2690" s="2"/>
     </row>
     <row r="2691" spans="5:5" customFormat="false">
       <c r="E2691" s="2"/>
     </row>
     <row r="2693" spans="5:5" customFormat="false">
-      <c r="E2693" s="2"/>
+      <c r="E2693" s="1"/>
+    </row>
+    <row r="2694" spans="5:5" customFormat="false">
+      <c r="E2694" s="2"/>
     </row>
     <row r="2695" spans="5:5" customFormat="false">
       <c r="E2695" s="2"/>
     </row>
     <row r="2696" spans="5:5" customFormat="false">
-      <c r="E2696" s="2"/>
+      <c r="E2696" s="1"/>
     </row>
     <row r="2697" spans="5:5" customFormat="false">
       <c r="E2697" s="1"/>
     </row>
     <row r="2698" spans="5:5" customFormat="false">
-      <c r="E2698" s="2"/>
-[...8 lines deleted...]
-      <c r="E2703" s="2"/>
+      <c r="E2698" s="1"/>
+    </row>
+    <row r="2700" spans="5:5" customFormat="false">
+      <c r="E2700" s="2"/>
+    </row>
+    <row r="2702" spans="5:5" customFormat="false">
+      <c r="E2702" s="2"/>
     </row>
     <row r="2704" spans="5:5" customFormat="false">
       <c r="E2704" s="2"/>
     </row>
+    <row r="2705" spans="5:5" customFormat="false">
+      <c r="E2705" s="2"/>
+    </row>
+    <row r="2706" spans="5:5" customFormat="false">
+      <c r="E2706" s="1"/>
+    </row>
     <row r="2707" spans="5:5" customFormat="false">
       <c r="E2707" s="2"/>
     </row>
     <row r="2708" spans="5:5" customFormat="false">
       <c r="E2708" s="2"/>
     </row>
-    <row r="2709" spans="5:5" customFormat="false">
-[...1 lines deleted...]
-    </row>
     <row r="2710" spans="5:5" customFormat="false">
-      <c r="E2710" s="2"/>
-[...2 lines deleted...]
-      <c r="E2711" s="2"/>
+      <c r="E2710" s="1"/>
     </row>
     <row r="2712" spans="5:5" customFormat="false">
       <c r="E2712" s="2"/>
     </row>
     <row r="2713" spans="5:5" customFormat="false">
       <c r="E2713" s="2"/>
     </row>
-    <row r="2715" spans="5:5" customFormat="false">
-[...1 lines deleted...]
-    </row>
     <row r="2716" spans="5:5" customFormat="false">
       <c r="E2716" s="2"/>
     </row>
     <row r="2717" spans="5:5" customFormat="false">
       <c r="E2717" s="2"/>
     </row>
     <row r="2718" spans="5:5" customFormat="false">
-      <c r="E2718" s="2"/>
+      <c r="E2718" s="1"/>
     </row>
     <row r="2719" spans="5:5" customFormat="false">
-      <c r="E2719" s="1"/>
+      <c r="E2719" s="2"/>
+    </row>
+    <row r="2720" spans="5:5" customFormat="false">
+      <c r="E2720" s="2"/>
+    </row>
+    <row r="2721" spans="5:5" customFormat="false">
+      <c r="E2721" s="2"/>
+    </row>
+    <row r="2722" spans="5:5" customFormat="false">
+      <c r="E2722" s="2"/>
     </row>
     <row r="2724" spans="5:5" customFormat="false">
-      <c r="E2724" s="1"/>
+      <c r="E2724" s="2"/>
     </row>
     <row r="2725" spans="5:5" customFormat="false">
       <c r="E2725" s="2"/>
     </row>
     <row r="2726" spans="5:5" customFormat="false">
       <c r="E2726" s="2"/>
     </row>
+    <row r="2727" spans="5:5" customFormat="false">
+      <c r="E2727" s="2"/>
+    </row>
     <row r="2728" spans="5:5" customFormat="false">
-      <c r="E2728" s="2"/>
-[...8 lines deleted...]
-      <c r="E2732" s="2"/>
+      <c r="E2728" s="1"/>
     </row>
     <row r="2733" spans="5:5" customFormat="false">
-      <c r="E2733" s="2"/>
+      <c r="E2733" s="1"/>
     </row>
     <row r="2734" spans="5:5" customFormat="false">
       <c r="E2734" s="2"/>
     </row>
     <row r="2735" spans="5:5" customFormat="false">
       <c r="E2735" s="2"/>
     </row>
-    <row r="2736" spans="5:5" customFormat="false">
-[...3 lines deleted...]
-      <c r="E2738" s="1"/>
+    <row r="2737" spans="5:5" customFormat="false">
+      <c r="E2737" s="2"/>
     </row>
     <row r="2739" spans="5:5" customFormat="false">
-      <c r="E2739" s="1"/>
+      <c r="E2739" s="2"/>
+    </row>
+    <row r="2740" spans="5:5" customFormat="false">
+      <c r="E2740" s="2"/>
     </row>
     <row r="2741" spans="5:5" customFormat="false">
-      <c r="E2741" s="3"/>
-[...2 lines deleted...]
-      <c r="E2765" s="1"/>
+      <c r="E2741" s="2"/>
+    </row>
+    <row r="2742" spans="5:5" customFormat="false">
+      <c r="E2742" s="2"/>
+    </row>
+    <row r="2743" spans="5:5" customFormat="false">
+      <c r="E2743" s="2"/>
+    </row>
+    <row r="2744" spans="5:5" customFormat="false">
+      <c r="E2744" s="2"/>
+    </row>
+    <row r="2745" spans="5:5" customFormat="false">
+      <c r="E2745" s="2"/>
+    </row>
+    <row r="2747" spans="5:5" customFormat="false">
+      <c r="E2747" s="1"/>
+    </row>
+    <row r="2748" spans="5:5" customFormat="false">
+      <c r="E2748" s="1"/>
+    </row>
+    <row r="2750" spans="5:5" customFormat="false">
+      <c r="E2750" s="3"/>
+    </row>
+    <row r="2774" spans="5:5" customFormat="false">
+      <c r="E2774" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006C7E4B4F4941E045A450FB3E8F2E66AC" ma:contentTypeVersion="" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="b852393ea4bb5544b150b52102557c1f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ded2a6fdfcb71de048e140027f1bc31d">