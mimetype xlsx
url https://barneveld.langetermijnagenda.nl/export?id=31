--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -907,51 +907,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" xmlns:mv="urn:schemas-microsoft-com:mac:vml">
-  <dimension ref="A1:Q2958"/>
+  <dimension ref="A1:Q2971"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:E26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="37.109375" customWidth="1"/>
     <col min="2" max="3" width="40.6640625" customWidth="1"/>
     <col min="4" max="6" width="25.6640625" customWidth="1"/>
     <col min="7" max="7" width="25.6640625" style="4" customWidth="1"/>
     <col min="8" max="12" width="25.6640625" customWidth="1"/>
     <col min="13" max="13" width="25.6640625" style="4" customWidth="1"/>
     <col min="14" max="15" width="25.6640625" customWidth="1"/>
     <col min="16" max="17" width="25.6640625" style="4" customWidth="1"/>
     <col min="18" max="18" width="2" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="19.5546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" s="2" customFormat="1">
       <c r="A1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
@@ -8105,332 +8105,332 @@
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="422" spans="1:5" customFormat="false">
       <c r="A422" s="0" t="str">
         <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="B422" s="0" t="str">
         <v>Begroting/kaderbrief Valleihopper</v>
       </c>
       <c r="C422" s="0">
         <v>1015</v>
       </c>
       <c r="D422" s="0" t="str">
         <v>Team WMO en Schuldhulpverlening</v>
       </c>
       <c r="E422" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="423" spans="1:5" customFormat="false">
       <c r="A423" s="0" t="str">
         <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="B423" s="0" t="str">
-        <v>Instellen Gemeenschappelijke Regeling Jeugdhulp</v>
+        <v>Begroting/kaderbrief Valleihopper</v>
       </c>
       <c r="C423" s="0">
-        <v>1313</v>
+        <v>1015</v>
       </c>
       <c r="D423" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v>Team WMO en Schuldhulpverlening</v>
       </c>
       <c r="E423" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="424" spans="1:5" customFormat="false">
       <c r="A424" s="0" t="str">
         <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="B424" s="0" t="str">
         <v>Instellen Gemeenschappelijke Regeling Jeugdhulp</v>
       </c>
       <c r="C424" s="0">
         <v>1313</v>
       </c>
       <c r="D424" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E424" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="425" spans="1:5" customFormat="false">
       <c r="A425" s="0" t="str">
         <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="B425" s="0" t="str">
         <v>Instellen Gemeenschappelijke Regeling Jeugdhulp</v>
       </c>
       <c r="C425" s="0">
         <v>1313</v>
       </c>
       <c r="D425" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E425" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="426" spans="1:5" customFormat="false">
       <c r="A426" s="0" t="str">
-        <v>111 Lokaal onderwijsbeleid</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="B426" s="0" t="str">
-        <v>Lokale Educatieve Agenda 2016-2020</v>
+        <v>Instellen Gemeenschappelijke Regeling Jeugdhulp</v>
       </c>
       <c r="C426" s="0">
-        <v>4</v>
+        <v>1313</v>
       </c>
       <c r="D426" s="0" t="str">
-        <v>Team Jeugd en Onderwijs</v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E426" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="427" spans="1:5" customFormat="false">
       <c r="A427" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B427" s="0" t="str">
-        <v>Vaststellen ondersteuningsplannen van de SWV's</v>
+        <v>Lokale Educatieve Agenda 2016-2020</v>
       </c>
       <c r="C427" s="0">
-        <v>264</v>
+        <v>4</v>
       </c>
       <c r="D427" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v>Team Jeugd en Onderwijs</v>
       </c>
       <c r="E427" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="428" spans="1:5" customFormat="false">
       <c r="A428" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B428" s="0" t="str">
-        <v>Memo aansluiting Wet Passend Onderwijs op de Jeugdzorg</v>
+        <v>Vaststellen ondersteuningsplannen van de SWV's</v>
       </c>
       <c r="C428" s="0">
-        <v>391</v>
+        <v>264</v>
       </c>
       <c r="D428" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E428" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="429" spans="1:5" customFormat="false">
       <c r="A429" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B429" s="0" t="str">
-        <v>Onderwijsachterstanden</v>
+        <v>Memo aansluiting Wet Passend Onderwijs op de Jeugdzorg</v>
       </c>
       <c r="C429" s="0">
-        <v>421</v>
+        <v>391</v>
       </c>
       <c r="D429" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E429" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="430" spans="1:5" customFormat="false">
       <c r="A430" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B430" s="0" t="str">
         <v>Onderwijsachterstanden</v>
       </c>
       <c r="C430" s="0">
         <v>421</v>
       </c>
       <c r="D430" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E430" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="431" spans="1:5" customFormat="false">
       <c r="A431" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B431" s="0" t="str">
-        <v xml:space="preserve">Visie op taalontwikkeling </v>
+        <v>Onderwijsachterstanden</v>
       </c>
       <c r="C431" s="0">
-        <v>712</v>
+        <v>421</v>
       </c>
       <c r="D431" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E431" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="432" spans="1:5" customFormat="false">
       <c r="A432" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B432" s="0" t="str">
         <v xml:space="preserve">Visie op taalontwikkeling </v>
       </c>
       <c r="C432" s="0">
         <v>712</v>
       </c>
       <c r="D432" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E432" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="433" spans="1:5" customFormat="false">
       <c r="A433" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B433" s="0" t="str">
-        <v xml:space="preserve">Harmonisatie peuterspeelzalen en kinderdagverblijven </v>
+        <v xml:space="preserve">Visie op taalontwikkeling </v>
       </c>
       <c r="C433" s="0">
-        <v>765</v>
+        <v>712</v>
       </c>
       <c r="D433" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E433" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="434" spans="1:5" customFormat="false">
       <c r="A434" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B434" s="0" t="str">
-        <v xml:space="preserve">Behoefte onderzoek Voortgezet onderwijs </v>
+        <v xml:space="preserve">Harmonisatie peuterspeelzalen en kinderdagverblijven </v>
       </c>
       <c r="C434" s="0">
-        <v>890</v>
+        <v>765</v>
       </c>
       <c r="D434" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E434" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="435" spans="1:5" customFormat="false">
       <c r="A435" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B435" s="0" t="str">
         <v xml:space="preserve">Behoefte onderzoek Voortgezet onderwijs </v>
       </c>
       <c r="C435" s="0">
         <v>890</v>
       </c>
       <c r="D435" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E435" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="436" spans="1:5" customFormat="false">
       <c r="A436" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B436" s="0" t="str">
         <v xml:space="preserve">Behoefte onderzoek Voortgezet onderwijs </v>
       </c>
       <c r="C436" s="0">
         <v>890</v>
       </c>
       <c r="D436" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E436" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="437" spans="1:5" customFormat="false">
       <c r="A437" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B437" s="0" t="str">
-        <v xml:space="preserve">Uitvoering Nationaal Programma Onderwijs </v>
+        <v xml:space="preserve">Behoefte onderzoek Voortgezet onderwijs </v>
       </c>
       <c r="C437" s="0">
-        <v>1095</v>
+        <v>890</v>
       </c>
       <c r="D437" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E437" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="438" spans="1:5" customFormat="false">
       <c r="A438" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B438" s="0" t="str">
         <v xml:space="preserve">Uitvoering Nationaal Programma Onderwijs </v>
       </c>
       <c r="C438" s="0">
         <v>1095</v>
       </c>
       <c r="D438" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E438" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="439" spans="1:5" customFormat="false">
       <c r="A439" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B439" s="0" t="str">
-        <v>Begroting en jaarrekening Stichting Openbaar Primair Onderwijs Eem-Vallei Educatief</v>
+        <v xml:space="preserve">Uitvoering Nationaal Programma Onderwijs </v>
       </c>
       <c r="C439" s="0">
-        <v>1183</v>
+        <v>1095</v>
       </c>
       <c r="D439" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E439" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="440" spans="1:5" customFormat="false">
       <c r="A440" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B440" s="0" t="str">
         <v>Begroting en jaarrekening Stichting Openbaar Primair Onderwijs Eem-Vallei Educatief</v>
       </c>
       <c r="C440" s="0">
         <v>1183</v>
       </c>
       <c r="D440" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E440" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="441" spans="1:5" customFormat="false">
       <c r="A441" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B441" s="0" t="str">
         <v>Begroting en jaarrekening Stichting Openbaar Primair Onderwijs Eem-Vallei Educatief</v>
@@ -8493,250 +8493,250 @@
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E444" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="445" spans="1:5" customFormat="false">
       <c r="A445" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B445" s="0" t="str">
         <v>Begroting en jaarrekening Stichting Openbaar Primair Onderwijs Eem-Vallei Educatief</v>
       </c>
       <c r="C445" s="0">
         <v>1183</v>
       </c>
       <c r="D445" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E445" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="446" spans="1:5" customFormat="false">
       <c r="A446" s="0" t="str">
-        <v>111 Lokaal onderwijsbeleid (leerlingenvervoer)</v>
+        <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B446" s="0" t="str">
-        <v>Verordening leerlingenvervoer</v>
+        <v>Begroting en jaarrekening Stichting Openbaar Primair Onderwijs Eem-Vallei Educatief</v>
       </c>
       <c r="C446" s="0">
-        <v>351</v>
+        <v>1183</v>
       </c>
       <c r="D446" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E446" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="447" spans="1:5" customFormat="false">
       <c r="A447" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid (leerlingenvervoer)</v>
       </c>
       <c r="B447" s="0" t="str">
-        <v xml:space="preserve">Leerlingenvervoer in eigen beheer nemen </v>
+        <v>Verordening leerlingenvervoer</v>
       </c>
       <c r="C447" s="0">
-        <v>889</v>
+        <v>351</v>
       </c>
       <c r="D447" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E447" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="448" spans="1:5" customFormat="false">
       <c r="A448" s="0" t="str">
         <v>111 Lokaal onderwijsbeleid (leerlingenvervoer)</v>
       </c>
       <c r="B448" s="0" t="str">
         <v xml:space="preserve">Leerlingenvervoer in eigen beheer nemen </v>
       </c>
       <c r="C448" s="0">
         <v>889</v>
       </c>
       <c r="D448" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E448" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="449" spans="1:5" customFormat="false">
       <c r="A449" s="0" t="str">
-        <v>112  Reintegratie (Participatiewet)</v>
+        <v>111 Lokaal onderwijsbeleid (leerlingenvervoer)</v>
       </c>
       <c r="B449" s="0" t="str">
-        <v xml:space="preserve">Verordening participatiewet </v>
+        <v xml:space="preserve">Leerlingenvervoer in eigen beheer nemen </v>
       </c>
       <c r="C449" s="0">
-        <v>2</v>
+        <v>889</v>
       </c>
       <c r="D449" s="0" t="str">
-        <v>Team Inkomen en participatie</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E449" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="450" spans="1:5" customFormat="false">
       <c r="A450" s="0" t="str">
         <v>112  Reintegratie (Participatiewet)</v>
       </c>
       <c r="B450" s="0" t="str">
         <v xml:space="preserve">Verordening participatiewet </v>
       </c>
       <c r="C450" s="0">
         <v>2</v>
       </c>
       <c r="D450" s="0" t="str">
         <v>Team Inkomen en participatie</v>
       </c>
       <c r="E450" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="451" spans="1:5" customFormat="false">
       <c r="A451" s="0" t="str">
         <v>112  Reintegratie (Participatiewet)</v>
       </c>
       <c r="B451" s="0" t="str">
         <v xml:space="preserve">Verordening participatiewet </v>
       </c>
       <c r="C451" s="0">
         <v>2</v>
       </c>
       <c r="D451" s="0" t="str">
         <v>Team Inkomen en participatie</v>
       </c>
       <c r="E451" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="452" spans="1:5" customFormat="false">
       <c r="A452" s="0" t="str">
         <v>112  Reintegratie (Participatiewet)</v>
       </c>
       <c r="B452" s="0" t="str">
-        <v>Beleidskader Sociaal Domein</v>
+        <v xml:space="preserve">Verordening participatiewet </v>
       </c>
       <c r="C452" s="0">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D452" s="0" t="str">
         <v>Team Inkomen en participatie</v>
       </c>
       <c r="E452" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="453" spans="1:5" customFormat="false">
       <c r="A453" s="0" t="str">
         <v>112  Reintegratie (Participatiewet)</v>
       </c>
       <c r="B453" s="0" t="str">
-        <v>Participatieverordening</v>
+        <v>Beleidskader Sociaal Domein</v>
       </c>
       <c r="C453" s="0">
-        <v>576</v>
+        <v>5</v>
       </c>
       <c r="D453" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Inkomen en participatie</v>
       </c>
       <c r="E453" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="454" spans="1:5" customFormat="false">
       <c r="A454" s="0" t="str">
         <v>112  Reintegratie (Participatiewet)</v>
       </c>
       <c r="B454" s="0" t="str">
         <v>Participatieverordening</v>
       </c>
       <c r="C454" s="0">
         <v>576</v>
       </c>
       <c r="D454" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E454" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="455" spans="1:5" customFormat="false">
       <c r="A455" s="0" t="str">
         <v>112  Reintegratie (Participatiewet)</v>
       </c>
       <c r="B455" s="0" t="str">
         <v>Participatieverordening</v>
       </c>
       <c r="C455" s="0">
-        <v>1194</v>
+        <v>576</v>
       </c>
       <c r="D455" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E455" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="456" spans="1:5" customFormat="false">
       <c r="A456" s="0" t="str">
         <v>112  Reintegratie (Participatiewet)</v>
       </c>
       <c r="B456" s="0" t="str">
         <v>Participatieverordening</v>
       </c>
       <c r="C456" s="0">
         <v>1194</v>
       </c>
       <c r="D456" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E456" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="457" spans="1:5" customFormat="false">
       <c r="A457" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>112  Reintegratie (Participatiewet)</v>
       </c>
       <c r="B457" s="0" t="str">
-        <v>Beleidsplan (of Uitvoeringsagenda) Sociaal Domein</v>
+        <v>Participatieverordening</v>
       </c>
       <c r="C457" s="0">
-        <v>6</v>
+        <v>1194</v>
       </c>
       <c r="D457" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E457" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="458" spans="1:5" customFormat="false">
       <c r="A458" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B458" s="0" t="str">
         <v>Beleidsplan (of Uitvoeringsagenda) Sociaal Domein</v>
       </c>
       <c r="C458" s="0">
         <v>6</v>
       </c>
       <c r="D458" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E458" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="459" spans="1:5" customFormat="false">
       <c r="A459" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B459" s="0" t="str">
         <v>Beleidsplan (of Uitvoeringsagenda) Sociaal Domein</v>
@@ -8768,74 +8768,74 @@
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="461" spans="1:5" customFormat="false">
       <c r="A461" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B461" s="0" t="str">
         <v>Beleidsplan (of Uitvoeringsagenda) Sociaal Domein</v>
       </c>
       <c r="C461" s="0">
         <v>6</v>
       </c>
       <c r="D461" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E461" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="462" spans="1:5" customFormat="false">
       <c r="A462" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B462" s="0" t="str">
-        <v>Kaderstellende notitie i.v.m. AWBZ decentralisatie (2)</v>
+        <v>Beleidsplan (of Uitvoeringsagenda) Sociaal Domein</v>
       </c>
       <c r="C462" s="0">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D462" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E462" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="463" spans="1:5" customFormat="false">
       <c r="A463" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B463" s="0" t="str">
-        <v xml:space="preserve">WMO Verordening </v>
+        <v>Kaderstellende notitie i.v.m. AWBZ decentralisatie (2)</v>
       </c>
       <c r="C463" s="0">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D463" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E463" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="464" spans="1:5" customFormat="false">
       <c r="A464" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B464" s="0" t="str">
         <v xml:space="preserve">WMO Verordening </v>
       </c>
       <c r="C464" s="0">
         <v>8</v>
       </c>
       <c r="D464" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E464" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="465" spans="1:5" customFormat="false">
       <c r="A465" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
@@ -8853,210 +8853,210 @@
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="466" spans="1:5" customFormat="false">
       <c r="A466" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B466" s="0" t="str">
         <v xml:space="preserve">WMO Verordening </v>
       </c>
       <c r="C466" s="0">
         <v>8</v>
       </c>
       <c r="D466" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E466" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="467" spans="1:5" customFormat="false">
       <c r="A467" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B467" s="0" t="str">
-        <v>MJBP Wet gemeentelijke schuldhulpverlening</v>
+        <v xml:space="preserve">WMO Verordening </v>
       </c>
       <c r="C467" s="0">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D467" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E467" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="468" spans="1:5" customFormat="false">
       <c r="A468" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B468" s="0" t="str">
-        <v>Bezuiniging organisaties met een maatschappelijk oogmerk</v>
+        <v>MJBP Wet gemeentelijke schuldhulpverlening</v>
       </c>
       <c r="C468" s="0">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D468" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E468" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="469" spans="1:5" customFormat="false">
       <c r="A469" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B469" s="0" t="str">
         <v>Bezuiniging organisaties met een maatschappelijk oogmerk</v>
       </c>
       <c r="C469" s="0">
         <v>10</v>
       </c>
       <c r="D469" s="0" t="str">
         <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E469" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="470" spans="1:5" customFormat="false">
       <c r="A470" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B470" s="0" t="str">
-        <v>Beleidsevaluatie beleidskader 3 decentralisaties</v>
+        <v>Bezuiniging organisaties met een maatschappelijk oogmerk</v>
       </c>
       <c r="C470" s="0">
-        <v>340</v>
+        <v>10</v>
       </c>
       <c r="D470" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E470" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="471" spans="1:5" customFormat="false">
       <c r="A471" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B471" s="0" t="str">
         <v>Beleidsevaluatie beleidskader 3 decentralisaties</v>
       </c>
       <c r="C471" s="0">
         <v>340</v>
       </c>
       <c r="D471" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E471" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="472" spans="1:5" customFormat="false">
       <c r="A472" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B472" s="0" t="str">
-        <v>Aanpassing verordening cliënt en burgerparticipatie Werk Zorg en Inkomen</v>
+        <v>Beleidsevaluatie beleidskader 3 decentralisaties</v>
       </c>
       <c r="C472" s="0">
-        <v>386</v>
+        <v>340</v>
       </c>
       <c r="D472" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E472" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="473" spans="1:5" customFormat="false">
       <c r="A473" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B473" s="0" t="str">
-        <v>Sociaal Actieplan</v>
+        <v>Aanpassing verordening cliënt en burgerparticipatie Werk Zorg en Inkomen</v>
       </c>
       <c r="C473" s="0">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="D473" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E473" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="474" spans="1:5" customFormat="false">
       <c r="A474" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B474" s="0" t="str">
-        <v>Inzet reserve Sociaal Domein</v>
+        <v>Sociaal Actieplan</v>
       </c>
       <c r="C474" s="0">
-        <v>530</v>
+        <v>392</v>
       </c>
       <c r="D474" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E474" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="475" spans="1:5" customFormat="false">
       <c r="A475" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B475" s="0" t="str">
-        <v>Emancipatie en acceptatie van lesbische-homo-biseksuele-transgender (lhbt)</v>
+        <v>Inzet reserve Sociaal Domein</v>
       </c>
       <c r="C475" s="0">
-        <v>645</v>
+        <v>530</v>
       </c>
       <c r="D475" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E475" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="476" spans="1:5" customFormat="false">
       <c r="A476" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B476" s="0" t="str">
-        <v>Wijziging Verordening maatschappelijke ondersteuning</v>
+        <v>Emancipatie en acceptatie van lesbische-homo-biseksuele-transgender (lhbt)</v>
       </c>
       <c r="C476" s="0">
-        <v>677</v>
+        <v>645</v>
       </c>
       <c r="D476" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E476" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="477" spans="1:5" customFormat="false">
       <c r="A477" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B477" s="0" t="str">
         <v>Wijziging Verordening maatschappelijke ondersteuning</v>
       </c>
       <c r="C477" s="0">
         <v>677</v>
       </c>
       <c r="D477" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E477" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="478" spans="1:5" customFormat="false">
       <c r="A478" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
@@ -9108,332 +9108,332 @@
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="481" spans="1:5" customFormat="false">
       <c r="A481" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B481" s="0" t="str">
         <v>Wijziging Verordening maatschappelijke ondersteuning</v>
       </c>
       <c r="C481" s="0">
         <v>677</v>
       </c>
       <c r="D481" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E481" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="482" spans="1:5" customFormat="false">
       <c r="A482" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B482" s="0" t="str">
-        <v>Financiële monitor Sociaal Domein</v>
+        <v>Wijziging Verordening maatschappelijke ondersteuning</v>
       </c>
       <c r="C482" s="0">
-        <v>710</v>
+        <v>677</v>
       </c>
       <c r="D482" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E482" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="483" spans="1:5" customFormat="false">
       <c r="A483" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B483" s="0" t="str">
-        <v>Financiële monitor Sociaal Domein</v>
+        <v>Wijziging Verordening maatschappelijke ondersteuning</v>
       </c>
       <c r="C483" s="0">
-        <v>710</v>
+        <v>677</v>
       </c>
       <c r="D483" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E483" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="484" spans="1:5" customFormat="false">
       <c r="A484" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B484" s="0" t="str">
         <v>Financiële monitor Sociaal Domein</v>
       </c>
       <c r="C484" s="0">
         <v>710</v>
       </c>
       <c r="D484" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E484" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="485" spans="1:5" customFormat="false">
       <c r="A485" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B485" s="0" t="str">
         <v>Financiële monitor Sociaal Domein</v>
       </c>
       <c r="C485" s="0">
         <v>710</v>
       </c>
       <c r="D485" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E485" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="486" spans="1:5" customFormat="false">
       <c r="A486" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B486" s="0" t="str">
-        <v xml:space="preserve">Lokale Visie Volksgezondheid/notitie Gezondheidsbeleid </v>
+        <v>Financiële monitor Sociaal Domein</v>
       </c>
       <c r="C486" s="0">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="D486" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E486" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="487" spans="1:5" customFormat="false">
       <c r="A487" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B487" s="0" t="str">
-        <v xml:space="preserve">Convenant en Privacyreglement Sluitende Aanpak Personen met Verward Gedrag </v>
+        <v>Financiële monitor Sociaal Domein</v>
       </c>
       <c r="C487" s="0">
-        <v>929</v>
+        <v>710</v>
       </c>
       <c r="D487" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E487" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="488" spans="1:5" customFormat="false">
       <c r="A488" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B488" s="0" t="str">
-        <v>Maatschappelijke opvang</v>
+        <v xml:space="preserve">Lokale Visie Volksgezondheid/notitie Gezondheidsbeleid </v>
       </c>
       <c r="C488" s="0">
-        <v>1134</v>
+        <v>714</v>
       </c>
       <c r="D488" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E488" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="489" spans="1:5" customFormat="false">
       <c r="A489" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B489" s="0" t="str">
-        <v>Beleidskader inclusie</v>
+        <v xml:space="preserve">Convenant en Privacyreglement Sluitende Aanpak Personen met Verward Gedrag </v>
       </c>
       <c r="C489" s="0">
-        <v>1161</v>
+        <v>929</v>
       </c>
       <c r="D489" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E489" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="490" spans="1:5" customFormat="false">
       <c r="A490" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B490" s="0" t="str">
-        <v>Beleidskader inclusie</v>
+        <v>Maatschappelijke opvang</v>
       </c>
       <c r="C490" s="0">
-        <v>1161</v>
+        <v>1134</v>
       </c>
       <c r="D490" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E490" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="491" spans="1:5" customFormat="false">
       <c r="A491" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B491" s="0" t="str">
         <v>Beleidskader inclusie</v>
       </c>
       <c r="C491" s="0">
         <v>1161</v>
       </c>
       <c r="D491" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E491" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="492" spans="1:5" customFormat="false">
       <c r="A492" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B492" s="0" t="str">
-        <v>Programma bestaanszekerheid (was Integraal armoedebeleid)</v>
+        <v>Beleidskader inclusie</v>
       </c>
       <c r="C492" s="0">
-        <v>1185</v>
+        <v>1161</v>
       </c>
       <c r="D492" s="0" t="str">
-        <v>Team Inkomen en participatie</v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E492" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="493" spans="1:5" customFormat="false">
       <c r="A493" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B493" s="0" t="str">
-        <v>Programma bestaanszekerheid (was Integraal armoedebeleid)</v>
+        <v>Beleidskader inclusie</v>
       </c>
       <c r="C493" s="0">
-        <v>1185</v>
+        <v>1161</v>
       </c>
       <c r="D493" s="0" t="str">
-        <v>Team Inkomen en participatie</v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E493" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="494" spans="1:5" customFormat="false">
       <c r="A494" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B494" s="0" t="str">
-        <v>Aanvraag SPUK-regeling</v>
+        <v>Programma bestaanszekerheid (was Integraal armoedebeleid)</v>
       </c>
       <c r="C494" s="0">
-        <v>1214</v>
+        <v>1185</v>
       </c>
       <c r="D494" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v>Team Inkomen en participatie</v>
       </c>
       <c r="E494" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="495" spans="1:5" customFormat="false">
       <c r="A495" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B495" s="0" t="str">
-        <v>Beleidskader Sociaal Domein</v>
+        <v>Programma bestaanszekerheid (was Integraal armoedebeleid)</v>
       </c>
       <c r="C495" s="0">
-        <v>1314</v>
+        <v>1185</v>
       </c>
       <c r="D495" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v>Team Inkomen en participatie</v>
       </c>
       <c r="E495" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="496" spans="1:5" customFormat="false">
       <c r="A496" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B496" s="0" t="str">
-        <v>Beleidskader Sociaal Domein</v>
+        <v>Aanvraag SPUK-regeling</v>
       </c>
       <c r="C496" s="0">
-        <v>1314</v>
+        <v>1214</v>
       </c>
       <c r="D496" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E496" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="497" spans="1:5" customFormat="false">
       <c r="A497" s="0" t="str">
-        <v>121  Sportstimulering</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B497" s="0" t="str">
-        <v>maatschappelijk sportfonds</v>
+        <v>Beleidskader Sociaal Domein</v>
       </c>
       <c r="C497" s="0">
-        <v>777</v>
+        <v>1314</v>
       </c>
       <c r="D497" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E497" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="498" spans="1:5" customFormat="false">
       <c r="A498" s="0" t="str">
-        <v>121  Sportstimulering</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B498" s="0" t="str">
-        <v>maatschappelijk sportfonds</v>
+        <v>Beleidskader Sociaal Domein</v>
       </c>
       <c r="C498" s="0">
-        <v>777</v>
+        <v>1314</v>
       </c>
       <c r="D498" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E498" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="499" spans="1:5" customFormat="false">
       <c r="A499" s="0" t="str">
         <v>121  Sportstimulering</v>
       </c>
       <c r="B499" s="0" t="str">
         <v>maatschappelijk sportfonds</v>
       </c>
       <c r="C499" s="0">
         <v>777</v>
       </c>
       <c r="D499" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E499" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="500" spans="1:5" customFormat="false">
       <c r="A500" s="0" t="str">
         <v>121  Sportstimulering</v>
       </c>
       <c r="B500" s="0" t="str">
         <v>maatschappelijk sportfonds</v>
@@ -9445,80 +9445,80 @@
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E500" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="501" spans="1:5" customFormat="false">
       <c r="A501" s="0" t="str">
         <v>121  Sportstimulering</v>
       </c>
       <c r="B501" s="0" t="str">
         <v>maatschappelijk sportfonds</v>
       </c>
       <c r="C501" s="0">
         <v>777</v>
       </c>
       <c r="D501" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E501" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="502" spans="1:5" customFormat="false">
       <c r="A502" s="0" t="str">
-        <v xml:space="preserve">122 Sociaal-cultureel werk </v>
+        <v>121  Sportstimulering</v>
       </c>
       <c r="B502" s="0" t="str">
-        <v>Ketenbeleid</v>
+        <v>maatschappelijk sportfonds</v>
       </c>
       <c r="C502" s="0">
-        <v>11</v>
+        <v>777</v>
       </c>
       <c r="D502" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E502" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="503" spans="1:5" customFormat="false">
       <c r="A503" s="0" t="str">
-        <v xml:space="preserve">122 Sociaal-cultureel werk </v>
+        <v>121  Sportstimulering</v>
       </c>
       <c r="B503" s="0" t="str">
-        <v>Ketenbeleid</v>
+        <v>maatschappelijk sportfonds</v>
       </c>
       <c r="C503" s="0">
-        <v>11</v>
+        <v>777</v>
       </c>
       <c r="D503" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E503" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="504" spans="1:5" customFormat="false">
       <c r="A504" s="0" t="str">
         <v xml:space="preserve">122 Sociaal-cultureel werk </v>
       </c>
       <c r="B504" s="0" t="str">
         <v>Ketenbeleid</v>
       </c>
       <c r="C504" s="0">
         <v>11</v>
       </c>
       <c r="D504" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E504" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="505" spans="1:5" customFormat="false">
       <c r="A505" s="0" t="str">
         <v xml:space="preserve">122 Sociaal-cultureel werk </v>
       </c>
       <c r="B505" s="0" t="str">
         <v>Ketenbeleid</v>
@@ -9547,213 +9547,213 @@
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E506" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="507" spans="1:5" customFormat="false">
       <c r="A507" s="0" t="str">
         <v xml:space="preserve">122 Sociaal-cultureel werk </v>
       </c>
       <c r="B507" s="0" t="str">
         <v>Ketenbeleid</v>
       </c>
       <c r="C507" s="0">
         <v>11</v>
       </c>
       <c r="D507" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E507" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="508" spans="1:5" customFormat="false">
       <c r="A508" s="0" t="str">
-        <v>122 Sociaal-cultureel werk (cultuur)</v>
+        <v xml:space="preserve">122 Sociaal-cultureel werk </v>
       </c>
       <c r="B508" s="0" t="str">
-        <v>Compensatie Lokale Culturele Voorzieningen vanwege coronacrisis</v>
+        <v>Ketenbeleid</v>
       </c>
       <c r="C508" s="0">
-        <v>1035</v>
+        <v>11</v>
       </c>
       <c r="D508" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E508" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="509" spans="1:5" customFormat="false">
       <c r="A509" s="0" t="str">
-        <v>122 Sociaal-cultureel werk (cultuur)</v>
+        <v xml:space="preserve">122 Sociaal-cultureel werk </v>
       </c>
       <c r="B509" s="0" t="str">
-        <v>Compensatie Lokale Culturele Voorzieningen vanwege coronacrisis</v>
+        <v>Ketenbeleid</v>
       </c>
       <c r="C509" s="0">
-        <v>1035</v>
+        <v>11</v>
       </c>
       <c r="D509" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E509" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="510" spans="1:5" customFormat="false">
       <c r="A510" s="0" t="str">
         <v>122 Sociaal-cultureel werk (cultuur)</v>
       </c>
       <c r="B510" s="0" t="str">
         <v>Compensatie Lokale Culturele Voorzieningen vanwege coronacrisis</v>
       </c>
       <c r="C510" s="0">
         <v>1035</v>
       </c>
       <c r="D510" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E510" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="511" spans="1:5" customFormat="false">
       <c r="A511" s="0" t="str">
         <v>122 Sociaal-cultureel werk (cultuur)</v>
       </c>
       <c r="B511" s="0" t="str">
         <v>Compensatie Lokale Culturele Voorzieningen vanwege coronacrisis</v>
       </c>
       <c r="C511" s="0">
         <v>1035</v>
       </c>
       <c r="D511" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E511" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="512" spans="1:5" customFormat="false">
       <c r="A512" s="0" t="str">
         <v>122 Sociaal-cultureel werk (cultuur)</v>
       </c>
       <c r="B512" s="0" t="str">
-        <v>Toewijzing zendtijd lokale omroep 2022-2026</v>
+        <v>Compensatie Lokale Culturele Voorzieningen vanwege coronacrisis</v>
       </c>
       <c r="C512" s="0">
-        <v>1085</v>
+        <v>1035</v>
       </c>
       <c r="D512" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E512" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="513" spans="1:5" customFormat="false">
       <c r="A513" s="0" t="str">
         <v>122 Sociaal-cultureel werk (cultuur)</v>
       </c>
       <c r="B513" s="0" t="str">
-        <v>Toewijzing zendtijd lokale omroep 2022-2026</v>
+        <v>Compensatie Lokale Culturele Voorzieningen vanwege coronacrisis</v>
       </c>
       <c r="C513" s="0">
-        <v>1085</v>
+        <v>1035</v>
       </c>
       <c r="D513" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E513" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="514" spans="1:5" customFormat="false">
       <c r="A514" s="0" t="str">
-        <v>123 Volksgezondheid en preventie</v>
+        <v>122 Sociaal-cultureel werk (cultuur)</v>
       </c>
       <c r="B514" s="0" t="str">
-        <v>Huisartsenpost</v>
+        <v>Toewijzing zendtijd lokale omroep 2022-2026</v>
       </c>
       <c r="C514" s="0">
-        <v>396</v>
+        <v>1085</v>
       </c>
       <c r="D514" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E514" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="515" spans="1:5" customFormat="false">
       <c r="A515" s="0" t="str">
-        <v>123 Volksgezondheid en preventie</v>
+        <v>122 Sociaal-cultureel werk (cultuur)</v>
       </c>
       <c r="B515" s="0" t="str">
-        <v>Plan van Aanpak kindermishandeling</v>
+        <v>Toewijzing zendtijd lokale omroep 2022-2026</v>
       </c>
       <c r="C515" s="0">
-        <v>536</v>
+        <v>1085</v>
       </c>
       <c r="D515" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E515" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="516" spans="1:5" customFormat="false">
       <c r="A516" s="0" t="str">
         <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B516" s="0" t="str">
-        <v xml:space="preserve">Actieplan tegen alcoholgebruik in het verkeer  </v>
+        <v>Huisartsenpost</v>
       </c>
       <c r="C516" s="0">
-        <v>892</v>
+        <v>396</v>
       </c>
       <c r="D516" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E516" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="517" spans="1:5" customFormat="false">
       <c r="A517" s="0" t="str">
         <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B517" s="0" t="str">
-        <v xml:space="preserve">Actieplan tegen alcoholgebruik in het verkeer  </v>
+        <v>Plan van Aanpak kindermishandeling</v>
       </c>
       <c r="C517" s="0">
-        <v>892</v>
+        <v>536</v>
       </c>
       <c r="D517" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E517" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="518" spans="1:5" customFormat="false">
       <c r="A518" s="0" t="str">
         <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B518" s="0" t="str">
         <v xml:space="preserve">Actieplan tegen alcoholgebruik in het verkeer  </v>
       </c>
       <c r="C518" s="0">
         <v>892</v>
       </c>
       <c r="D518" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E518" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="519" spans="1:5" customFormat="false">
       <c r="A519" s="0" t="str">
         <v>123 Volksgezondheid en preventie</v>
@@ -9805,400 +9805,400 @@
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="522" spans="1:5" customFormat="false">
       <c r="A522" s="0" t="str">
         <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B522" s="0" t="str">
         <v xml:space="preserve">Actieplan tegen alcoholgebruik in het verkeer  </v>
       </c>
       <c r="C522" s="0">
         <v>892</v>
       </c>
       <c r="D522" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E522" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="523" spans="1:5" customFormat="false">
       <c r="A523" s="0" t="str">
         <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B523" s="0" t="str">
-        <v>Memo kinderombudsman</v>
+        <v xml:space="preserve">Actieplan tegen alcoholgebruik in het verkeer  </v>
       </c>
       <c r="C523" s="0">
-        <v>1007</v>
+        <v>892</v>
       </c>
       <c r="D523" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E523" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="524" spans="1:5" customFormat="false">
       <c r="A524" s="0" t="str">
         <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B524" s="0" t="str">
-        <v>AED-netwerk</v>
+        <v xml:space="preserve">Actieplan tegen alcoholgebruik in het verkeer  </v>
       </c>
       <c r="C524" s="0">
-        <v>1059</v>
+        <v>892</v>
       </c>
       <c r="D524" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E524" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="525" spans="1:5" customFormat="false">
       <c r="A525" s="0" t="str">
         <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B525" s="0" t="str">
-        <v xml:space="preserve">Regiovisie Jeugdhulpregio Foodvalley </v>
+        <v>Memo kinderombudsman</v>
       </c>
       <c r="C525" s="0">
-        <v>1116</v>
+        <v>1007</v>
       </c>
       <c r="D525" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E525" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="526" spans="1:5" customFormat="false">
       <c r="A526" s="0" t="str">
         <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B526" s="0" t="str">
-        <v xml:space="preserve">Regiovisie Jeugdhulpregio Foodvalley </v>
+        <v>AED-netwerk</v>
       </c>
       <c r="C526" s="0">
-        <v>1116</v>
+        <v>1059</v>
       </c>
       <c r="D526" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E526" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="527" spans="1:5" customFormat="false">
       <c r="A527" s="0" t="str">
         <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B527" s="0" t="str">
-        <v>Integrale aanpak middelengebruik</v>
+        <v xml:space="preserve">Regiovisie Jeugdhulpregio Foodvalley </v>
       </c>
       <c r="C527" s="0">
-        <v>1192</v>
+        <v>1116</v>
       </c>
       <c r="D527" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E527" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="528" spans="1:5" customFormat="false">
       <c r="A528" s="0" t="str">
         <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B528" s="0" t="str">
-        <v>Integrale aanpak middelengebruik</v>
+        <v xml:space="preserve">Regiovisie Jeugdhulpregio Foodvalley </v>
       </c>
       <c r="C528" s="0">
-        <v>1192</v>
+        <v>1116</v>
       </c>
       <c r="D528" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E528" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="529" spans="1:5" customFormat="false">
       <c r="A529" s="0" t="str">
         <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B529" s="0" t="str">
-        <v>Geweld in afhankelijkheidsrelaties</v>
+        <v xml:space="preserve">Regiovisie Jeugdhulpregio Foodvalley </v>
       </c>
       <c r="C529" s="0">
-        <v>1299</v>
+        <v>1116</v>
       </c>
       <c r="D529" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E529" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="530" spans="1:5" customFormat="false">
       <c r="A530" s="0" t="str">
         <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B530" s="0" t="str">
-        <v>Geweld in afhankelijkheidsrelaties</v>
+        <v>Integrale aanpak middelengebruik</v>
       </c>
       <c r="C530" s="0">
-        <v>1299</v>
+        <v>1192</v>
       </c>
       <c r="D530" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E530" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="531" spans="1:5" customFormat="false">
       <c r="A531" s="0" t="str">
         <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B531" s="0" t="str">
-        <v>Kadernota Jeugdhulpregio JeugdFV</v>
+        <v>Integrale aanpak middelengebruik</v>
       </c>
       <c r="C531" s="0">
-        <v>1339</v>
+        <v>1192</v>
       </c>
       <c r="D531" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E531" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="532" spans="1:5" customFormat="false">
       <c r="A532" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B532" s="0" t="str">
-        <v xml:space="preserve">Bezuinigingen voor 2015, Financieel beheer schulddienstverlening </v>
+        <v>Geweld in afhankelijkheidsrelaties</v>
       </c>
       <c r="C532" s="0">
-        <v>243</v>
+        <v>1299</v>
       </c>
       <c r="D532" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E532" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="533" spans="1:5" customFormat="false">
       <c r="A533" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B533" s="0" t="str">
-        <v xml:space="preserve">Ondersteuning zelfstandigen met laag inkomen </v>
+        <v>Geweld in afhankelijkheidsrelaties</v>
       </c>
       <c r="C533" s="0">
-        <v>397</v>
+        <v>1299</v>
       </c>
       <c r="D533" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E533" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="534" spans="1:5" customFormat="false">
       <c r="A534" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B534" s="0" t="str">
-        <v>Maatregelen reductie tekort bijstandsbudget</v>
+        <v>Kadernota Jeugdhulpregio JeugdFV</v>
       </c>
       <c r="C534" s="0">
-        <v>524</v>
+        <v>1339</v>
       </c>
       <c r="D534" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E534" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="535" spans="1:5" customFormat="false">
       <c r="A535" s="0" t="str">
         <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B535" s="0" t="str">
-        <v>Maatregelen reductie tekort bijstandsbudget</v>
+        <v xml:space="preserve">Bezuinigingen voor 2015, Financieel beheer schulddienstverlening </v>
       </c>
       <c r="C535" s="0">
-        <v>524</v>
+        <v>243</v>
       </c>
       <c r="D535" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E535" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="536" spans="1:5" customFormat="false">
       <c r="A536" s="0" t="str">
         <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B536" s="0" t="str">
-        <v>Verordening IOAW/IOAZ</v>
+        <v xml:space="preserve">Ondersteuning zelfstandigen met laag inkomen </v>
       </c>
       <c r="C536" s="0">
-        <v>577</v>
+        <v>397</v>
       </c>
       <c r="D536" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E536" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="537" spans="1:5" customFormat="false">
       <c r="A537" s="0" t="str">
         <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B537" s="0" t="str">
-        <v>Vangnetregeling</v>
+        <v>Maatregelen reductie tekort bijstandsbudget</v>
       </c>
       <c r="C537" s="0">
-        <v>678</v>
+        <v>524</v>
       </c>
       <c r="D537" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E537" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="538" spans="1:5" customFormat="false">
       <c r="A538" s="0" t="str">
         <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B538" s="0" t="str">
-        <v>Vergroten bereik minimaregelingen</v>
+        <v>Maatregelen reductie tekort bijstandsbudget</v>
       </c>
       <c r="C538" s="0">
-        <v>755</v>
+        <v>524</v>
       </c>
       <c r="D538" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E538" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="539" spans="1:5" customFormat="false">
       <c r="A539" s="0" t="str">
         <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B539" s="0" t="str">
-        <v xml:space="preserve">Vangnetregeling/Uitvoeringsplan Participatiewet </v>
+        <v>Verordening IOAW/IOAZ</v>
       </c>
       <c r="C539" s="0">
-        <v>872</v>
+        <v>577</v>
       </c>
       <c r="D539" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E539" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="540" spans="1:5" customFormat="false">
       <c r="A540" s="0" t="str">
         <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B540" s="0" t="str">
-        <v xml:space="preserve">Vangnetregeling/Uitvoeringsplan Participatiewet </v>
+        <v>Vangnetregeling</v>
       </c>
       <c r="C540" s="0">
-        <v>872</v>
+        <v>678</v>
       </c>
       <c r="D540" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E540" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="541" spans="1:5" customFormat="false">
       <c r="A541" s="0" t="str">
         <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B541" s="0" t="str">
-        <v>schuldhulpverlening</v>
+        <v>Vergroten bereik minimaregelingen</v>
       </c>
       <c r="C541" s="0">
-        <v>1058</v>
+        <v>755</v>
       </c>
       <c r="D541" s="0" t="str">
-        <v>Team WMO en Schuldhulpverlening</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E541" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="542" spans="1:5" customFormat="false">
       <c r="A542" s="0" t="str">
         <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B542" s="0" t="str">
-        <v>schuldhulpverlening</v>
+        <v xml:space="preserve">Vangnetregeling/Uitvoeringsplan Participatiewet </v>
       </c>
       <c r="C542" s="0">
-        <v>1058</v>
+        <v>872</v>
       </c>
       <c r="D542" s="0" t="str">
-        <v>Team WMO en Schuldhulpverlening</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E542" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="543" spans="1:5" customFormat="false">
       <c r="A543" s="0" t="str">
         <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B543" s="0" t="str">
-        <v>schuldhulpverlening</v>
+        <v xml:space="preserve">Vangnetregeling/Uitvoeringsplan Participatiewet </v>
       </c>
       <c r="C543" s="0">
-        <v>1058</v>
+        <v>872</v>
       </c>
       <c r="D543" s="0" t="str">
-        <v>Team WMO en Schuldhulpverlening</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E543" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="544" spans="1:5" customFormat="false">
       <c r="A544" s="0" t="str">
         <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B544" s="0" t="str">
         <v>schuldhulpverlening</v>
       </c>
       <c r="C544" s="0">
         <v>1058</v>
       </c>
       <c r="D544" s="0" t="str">
         <v>Team WMO en Schuldhulpverlening</v>
       </c>
       <c r="E544" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="545" spans="1:5" customFormat="false">
       <c r="A545" s="0" t="str">
         <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B545" s="0" t="str">
         <v>schuldhulpverlening</v>
@@ -10210,97 +10210,97 @@
         <v>Team WMO en Schuldhulpverlening</v>
       </c>
       <c r="E545" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="546" spans="1:5" customFormat="false">
       <c r="A546" s="0" t="str">
         <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B546" s="0" t="str">
         <v>schuldhulpverlening</v>
       </c>
       <c r="C546" s="0">
         <v>1058</v>
       </c>
       <c r="D546" s="0" t="str">
         <v>Team WMO en Schuldhulpverlening</v>
       </c>
       <c r="E546" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="547" spans="1:5" customFormat="false">
       <c r="A547" s="0" t="str">
-        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B547" s="0" t="str">
-        <v>Begroting Permar</v>
+        <v>schuldhulpverlening</v>
       </c>
       <c r="C547" s="0">
-        <v>13</v>
+        <v>1058</v>
       </c>
       <c r="D547" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team WMO en Schuldhulpverlening</v>
       </c>
       <c r="E547" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="548" spans="1:5" customFormat="false">
       <c r="A548" s="0" t="str">
-        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B548" s="0" t="str">
-        <v>Begroting Permar</v>
+        <v>schuldhulpverlening</v>
       </c>
       <c r="C548" s="0">
-        <v>13</v>
+        <v>1058</v>
       </c>
       <c r="D548" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team WMO en Schuldhulpverlening</v>
       </c>
       <c r="E548" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="549" spans="1:5" customFormat="false">
       <c r="A549" s="0" t="str">
-        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B549" s="0" t="str">
-        <v>Begroting Permar</v>
+        <v>schuldhulpverlening</v>
       </c>
       <c r="C549" s="0">
-        <v>13</v>
+        <v>1058</v>
       </c>
       <c r="D549" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team WMO en Schuldhulpverlening</v>
       </c>
       <c r="E549" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="550" spans="1:5" customFormat="false">
       <c r="A550" s="0" t="str">
         <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B550" s="0" t="str">
         <v>Begroting Permar</v>
       </c>
       <c r="C550" s="0">
         <v>13</v>
       </c>
       <c r="D550" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E550" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="551" spans="1:5" customFormat="false">
       <c r="A551" s="0" t="str">
         <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B551" s="0" t="str">
         <v>Begroting Permar</v>
@@ -10315,94 +10315,94 @@
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="552" spans="1:5" customFormat="false">
       <c r="A552" s="0" t="str">
         <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B552" s="0" t="str">
         <v>Begroting Permar</v>
       </c>
       <c r="C552" s="0">
         <v>13</v>
       </c>
       <c r="D552" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E552" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="553" spans="1:5" customFormat="false">
       <c r="A553" s="0" t="str">
         <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B553" s="0" t="str">
-        <v>Jaarstukken Permar</v>
+        <v>Begroting Permar</v>
       </c>
       <c r="C553" s="0">
-        <v>352</v>
+        <v>13</v>
       </c>
       <c r="D553" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E553" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="554" spans="1:5" customFormat="false">
       <c r="A554" s="0" t="str">
         <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B554" s="0" t="str">
-        <v>Jaarstukken Permar</v>
+        <v>Begroting Permar</v>
       </c>
       <c r="C554" s="0">
-        <v>352</v>
+        <v>13</v>
       </c>
       <c r="D554" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E554" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="555" spans="1:5" customFormat="false">
       <c r="A555" s="0" t="str">
         <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B555" s="0" t="str">
-        <v>Jaarstukken Permar</v>
+        <v>Begroting Permar</v>
       </c>
       <c r="C555" s="0">
-        <v>352</v>
+        <v>13</v>
       </c>
       <c r="D555" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E555" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="556" spans="1:5" customFormat="false">
       <c r="A556" s="0" t="str">
         <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B556" s="0" t="str">
         <v>Jaarstukken Permar</v>
       </c>
       <c r="C556" s="0">
         <v>352</v>
       </c>
       <c r="D556" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E556" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="557" spans="1:5" customFormat="false">
       <c r="A557" s="0" t="str">
         <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B557" s="0" t="str">
         <v>Jaarstukken Permar</v>
@@ -10417,94 +10417,94 @@
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="558" spans="1:5" customFormat="false">
       <c r="A558" s="0" t="str">
         <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B558" s="0" t="str">
         <v>Jaarstukken Permar</v>
       </c>
       <c r="C558" s="0">
         <v>352</v>
       </c>
       <c r="D558" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E558" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="559" spans="1:5" customFormat="false">
       <c r="A559" s="0" t="str">
         <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B559" s="0" t="str">
-        <v>Positie Permar</v>
+        <v>Jaarstukken Permar</v>
       </c>
       <c r="C559" s="0">
-        <v>398</v>
+        <v>352</v>
       </c>
       <c r="D559" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E559" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="560" spans="1:5" customFormat="false">
       <c r="A560" s="0" t="str">
         <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B560" s="0" t="str">
-        <v>Positie Permar</v>
+        <v>Jaarstukken Permar</v>
       </c>
       <c r="C560" s="0">
-        <v>398</v>
+        <v>352</v>
       </c>
       <c r="D560" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E560" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="561" spans="1:5" customFormat="false">
       <c r="A561" s="0" t="str">
         <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B561" s="0" t="str">
-        <v>Positie Permar</v>
+        <v>Jaarstukken Permar</v>
       </c>
       <c r="C561" s="0">
-        <v>398</v>
+        <v>352</v>
       </c>
       <c r="D561" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E561" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="562" spans="1:5" customFormat="false">
       <c r="A562" s="0" t="str">
         <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B562" s="0" t="str">
         <v>Positie Permar</v>
       </c>
       <c r="C562" s="0">
         <v>398</v>
       </c>
       <c r="D562" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E562" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="563" spans="1:5" customFormat="false">
       <c r="A563" s="0" t="str">
         <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B563" s="0" t="str">
         <v>Positie Permar</v>
@@ -10533,97 +10533,97 @@
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E564" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="565" spans="1:5" customFormat="false">
       <c r="A565" s="0" t="str">
         <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B565" s="0" t="str">
         <v>Positie Permar</v>
       </c>
       <c r="C565" s="0">
         <v>398</v>
       </c>
       <c r="D565" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E565" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="566" spans="1:5" customFormat="false">
       <c r="A566" s="0" t="str">
-        <v>211 Promotie economie (evenementenbeleid)</v>
+        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B566" s="0" t="str">
-        <v>Voortzetting Visit Regio Barneveld (in het kader van dorpspromotie)</v>
+        <v>Positie Permar</v>
       </c>
       <c r="C566" s="0">
-        <v>766</v>
+        <v>398</v>
       </c>
       <c r="D566" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E566" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="567" spans="1:5" customFormat="false">
       <c r="A567" s="0" t="str">
-        <v>211 Promotie economie (evenementenbeleid)</v>
+        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B567" s="0" t="str">
-        <v>Voortzetting Visit Regio Barneveld (in het kader van dorpspromotie)</v>
+        <v>Positie Permar</v>
       </c>
       <c r="C567" s="0">
-        <v>766</v>
+        <v>398</v>
       </c>
       <c r="D567" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E567" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="568" spans="1:5" customFormat="false">
       <c r="A568" s="0" t="str">
-        <v>211 Promotie economie (evenementenbeleid)</v>
+        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B568" s="0" t="str">
-        <v>Voortzetting Visit Regio Barneveld (in het kader van dorpspromotie)</v>
+        <v>Positie Permar</v>
       </c>
       <c r="C568" s="0">
-        <v>766</v>
+        <v>398</v>
       </c>
       <c r="D568" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E568" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="569" spans="1:5" customFormat="false">
       <c r="A569" s="0" t="str">
         <v>211 Promotie economie (evenementenbeleid)</v>
       </c>
       <c r="B569" s="0" t="str">
         <v>Voortzetting Visit Regio Barneveld (in het kader van dorpspromotie)</v>
       </c>
       <c r="C569" s="0">
         <v>766</v>
       </c>
       <c r="D569" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E569" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="570" spans="1:5" customFormat="false">
       <c r="A570" s="0" t="str">
         <v>211 Promotie economie (evenementenbeleid)</v>
       </c>
       <c r="B570" s="0" t="str">
         <v>Voortzetting Visit Regio Barneveld (in het kader van dorpspromotie)</v>
@@ -10655,128 +10655,128 @@
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="572" spans="1:5" customFormat="false">
       <c r="A572" s="0" t="str">
         <v>211 Promotie economie (evenementenbeleid)</v>
       </c>
       <c r="B572" s="0" t="str">
         <v>Voortzetting Visit Regio Barneveld (in het kader van dorpspromotie)</v>
       </c>
       <c r="C572" s="0">
         <v>766</v>
       </c>
       <c r="D572" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E572" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="573" spans="1:5" customFormat="false">
       <c r="A573" s="0" t="str">
         <v>211 Promotie economie (evenementenbeleid)</v>
       </c>
       <c r="B573" s="0" t="str">
-        <v>Evenementenbeleid</v>
+        <v>Voortzetting Visit Regio Barneveld (in het kader van dorpspromotie)</v>
       </c>
       <c r="C573" s="0">
-        <v>1219</v>
+        <v>766</v>
       </c>
       <c r="D573" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E573" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="574" spans="1:5" customFormat="false">
       <c r="A574" s="0" t="str">
         <v>211 Promotie economie (evenementenbeleid)</v>
       </c>
       <c r="B574" s="0" t="str">
-        <v>Eindevaluatie evenementenstimuleringsbeleid  (in het kader van dorpspromotie)</v>
+        <v>Voortzetting Visit Regio Barneveld (in het kader van dorpspromotie)</v>
       </c>
       <c r="C574" s="0">
-        <v>1284</v>
+        <v>766</v>
       </c>
       <c r="D574" s="0" t="str">
-        <v>Team EZ</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E574" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="575" spans="1:5" customFormat="false">
       <c r="A575" s="0" t="str">
         <v>211 Promotie economie (evenementenbeleid)</v>
       </c>
       <c r="B575" s="0" t="str">
-        <v>Evenementenstimuleringsbeleid (in het kader van dorpspromotie)</v>
+        <v>Voortzetting Visit Regio Barneveld (in het kader van dorpspromotie)</v>
       </c>
       <c r="C575" s="0">
-        <v>1285</v>
+        <v>766</v>
       </c>
       <c r="D575" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E575" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="576" spans="1:5" customFormat="false">
       <c r="A576" s="0" t="str">
         <v>211 Promotie economie (evenementenbeleid)</v>
       </c>
       <c r="B576" s="0" t="str">
-        <v>Evenementenstimuleringsbeleid (in het kader van dorpspromotie)</v>
+        <v>Evenementenbeleid</v>
       </c>
       <c r="C576" s="0">
-        <v>1285</v>
+        <v>1219</v>
       </c>
       <c r="D576" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E576" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="577" spans="1:5" customFormat="false">
       <c r="A577" s="0" t="str">
         <v>211 Promotie economie (evenementenbeleid)</v>
       </c>
       <c r="B577" s="0" t="str">
-        <v>Evenementenstimuleringsbeleid (in het kader van dorpspromotie)</v>
+        <v>Eindevaluatie evenementenstimuleringsbeleid  (in het kader van dorpspromotie)</v>
       </c>
       <c r="C577" s="0">
-        <v>1285</v>
+        <v>1284</v>
       </c>
       <c r="D577" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team EZ</v>
       </c>
       <c r="E577" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="578" spans="1:5" customFormat="false">
       <c r="A578" s="0" t="str">
         <v>211 Promotie economie (evenementenbeleid)</v>
       </c>
       <c r="B578" s="0" t="str">
         <v>Evenementenstimuleringsbeleid (in het kader van dorpspromotie)</v>
       </c>
       <c r="C578" s="0">
         <v>1285</v>
       </c>
       <c r="D578" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E578" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="579" spans="1:5" customFormat="false">
       <c r="A579" s="0" t="str">
         <v>211 Promotie economie (evenementenbeleid)</v>
       </c>
       <c r="B579" s="0" t="str">
         <v>Evenementenstimuleringsbeleid (in het kader van dorpspromotie)</v>
@@ -10788,335 +10788,335 @@
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E579" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="580" spans="1:5" customFormat="false">
       <c r="A580" s="0" t="str">
         <v>211 Promotie economie (evenementenbeleid)</v>
       </c>
       <c r="B580" s="0" t="str">
         <v>Evenementenstimuleringsbeleid (in het kader van dorpspromotie)</v>
       </c>
       <c r="C580" s="0">
         <v>1285</v>
       </c>
       <c r="D580" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E580" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="581" spans="1:5" customFormat="false">
       <c r="A581" s="0" t="str">
-        <v>211 Promotie economie (incl. glasvezel)</v>
+        <v>211 Promotie economie (evenementenbeleid)</v>
       </c>
       <c r="B581" s="0" t="str">
-        <v xml:space="preserve">Herijking toeristisch recreatief plan </v>
+        <v>Evenementenstimuleringsbeleid (in het kader van dorpspromotie)</v>
       </c>
       <c r="C581" s="0">
-        <v>21</v>
+        <v>1285</v>
       </c>
       <c r="D581" s="0" t="str">
-        <v>Team EZ</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E581" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="582" spans="1:5" customFormat="false">
       <c r="A582" s="0" t="str">
-        <v>211 Promotie economie (incl. glasvezel)</v>
+        <v>211 Promotie economie (evenementenbeleid)</v>
       </c>
       <c r="B582" s="0" t="str">
-        <v xml:space="preserve">Herijking toeristisch recreatief plan </v>
+        <v>Evenementenstimuleringsbeleid (in het kader van dorpspromotie)</v>
       </c>
       <c r="C582" s="0">
-        <v>21</v>
+        <v>1285</v>
       </c>
       <c r="D582" s="0" t="str">
-        <v>Team EZ</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E582" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="583" spans="1:5" customFormat="false">
       <c r="A583" s="0" t="str">
-        <v>211 Promotie economie (incl. glasvezel)</v>
+        <v>211 Promotie economie (evenementenbeleid)</v>
       </c>
       <c r="B583" s="0" t="str">
-        <v xml:space="preserve">Herijking toeristisch recreatief plan </v>
+        <v>Evenementenstimuleringsbeleid (in het kader van dorpspromotie)</v>
       </c>
       <c r="C583" s="0">
-        <v>21</v>
+        <v>1285</v>
       </c>
       <c r="D583" s="0" t="str">
-        <v>Team EZ</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E583" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="584" spans="1:5" customFormat="false">
       <c r="A584" s="0" t="str">
         <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B584" s="0" t="str">
         <v xml:space="preserve">Herijking toeristisch recreatief plan </v>
       </c>
       <c r="C584" s="0">
         <v>21</v>
       </c>
       <c r="D584" s="0" t="str">
         <v>Team EZ</v>
       </c>
       <c r="E584" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="585" spans="1:5" customFormat="false">
       <c r="A585" s="0" t="str">
         <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B585" s="0" t="str">
-        <v>Pilot Breedband Buitengebied</v>
+        <v xml:space="preserve">Herijking toeristisch recreatief plan </v>
       </c>
       <c r="C585" s="0">
-        <v>270</v>
+        <v>21</v>
       </c>
       <c r="D585" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team EZ</v>
       </c>
       <c r="E585" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="586" spans="1:5" customFormat="false">
       <c r="A586" s="0" t="str">
         <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B586" s="0" t="str">
-        <v xml:space="preserve">Memo over accountmanagement voor bedrijven </v>
+        <v xml:space="preserve">Herijking toeristisch recreatief plan </v>
       </c>
       <c r="C586" s="0">
-        <v>402</v>
+        <v>21</v>
       </c>
       <c r="D586" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team EZ</v>
       </c>
       <c r="E586" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="587" spans="1:5" customFormat="false">
       <c r="A587" s="0" t="str">
         <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B587" s="0" t="str">
-        <v xml:space="preserve">Memo gratis wifi in winkelgebieden </v>
+        <v xml:space="preserve">Herijking toeristisch recreatief plan </v>
       </c>
       <c r="C587" s="0">
-        <v>403</v>
+        <v>21</v>
       </c>
       <c r="D587" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team EZ</v>
       </c>
       <c r="E587" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="588" spans="1:5" customFormat="false">
       <c r="A588" s="0" t="str">
         <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B588" s="0" t="str">
-        <v>Breedband Buitengebied</v>
+        <v>Pilot Breedband Buitengebied</v>
       </c>
       <c r="C588" s="0">
-        <v>404</v>
+        <v>270</v>
       </c>
       <c r="D588" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E588" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="589" spans="1:5" customFormat="false">
       <c r="A589" s="0" t="str">
         <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B589" s="0" t="str">
-        <v>Breedband Buitengebied</v>
+        <v xml:space="preserve">Memo over accountmanagement voor bedrijven </v>
       </c>
       <c r="C589" s="0">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="D589" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E589" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="590" spans="1:5" customFormat="false">
       <c r="A590" s="0" t="str">
         <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B590" s="0" t="str">
-        <v>Breedband Buitengebied</v>
+        <v xml:space="preserve">Memo gratis wifi in winkelgebieden </v>
       </c>
       <c r="C590" s="0">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="D590" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E590" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="591" spans="1:5" customFormat="false">
       <c r="A591" s="0" t="str">
         <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B591" s="0" t="str">
         <v>Breedband Buitengebied</v>
       </c>
       <c r="C591" s="0">
         <v>404</v>
       </c>
       <c r="D591" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E591" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="592" spans="1:5" customFormat="false">
       <c r="A592" s="0" t="str">
         <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B592" s="0" t="str">
-        <v>Kadernotitie innovatieve foodsector</v>
+        <v>Breedband Buitengebied</v>
       </c>
       <c r="C592" s="0">
-        <v>901</v>
+        <v>404</v>
       </c>
       <c r="D592" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E592" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="593" spans="1:5" customFormat="false">
       <c r="A593" s="0" t="str">
         <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B593" s="0" t="str">
-        <v xml:space="preserve">Businessplan innovatiebevordering </v>
+        <v>Breedband Buitengebied</v>
       </c>
       <c r="C593" s="0">
-        <v>902</v>
+        <v>404</v>
       </c>
       <c r="D593" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E593" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="594" spans="1:5" customFormat="false">
       <c r="A594" s="0" t="str">
         <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B594" s="0" t="str">
-        <v xml:space="preserve">Businessplan innovatiebevordering </v>
+        <v>Breedband Buitengebied</v>
       </c>
       <c r="C594" s="0">
-        <v>902</v>
+        <v>404</v>
       </c>
       <c r="D594" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E594" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="595" spans="1:5" customFormat="false">
       <c r="A595" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B595" s="0" t="str">
-        <v>Revitalisering Harselaar-Oost</v>
+        <v>Kadernotitie innovatieve foodsector</v>
       </c>
       <c r="C595" s="0">
-        <v>22</v>
+        <v>901</v>
       </c>
       <c r="D595" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E595" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="596" spans="1:5" customFormat="false">
       <c r="A596" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B596" s="0" t="str">
-        <v>Revitalisering Harselaar-Oost</v>
+        <v xml:space="preserve">Businessplan innovatiebevordering </v>
       </c>
       <c r="C596" s="0">
-        <v>22</v>
+        <v>902</v>
       </c>
       <c r="D596" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E596" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="597" spans="1:5" customFormat="false">
       <c r="A597" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B597" s="0" t="str">
-        <v>Revitalisering Harselaar-Oost</v>
+        <v xml:space="preserve">Businessplan innovatiebevordering </v>
       </c>
       <c r="C597" s="0">
-        <v>22</v>
+        <v>902</v>
       </c>
       <c r="D597" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E597" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="598" spans="1:5" customFormat="false">
       <c r="A598" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B598" s="0" t="str">
         <v>Revitalisering Harselaar-Oost</v>
       </c>
       <c r="C598" s="0">
         <v>22</v>
       </c>
       <c r="D598" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E598" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="599" spans="1:5" customFormat="false">
       <c r="A599" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B599" s="0" t="str">
         <v>Revitalisering Harselaar-Oost</v>
@@ -11131,162 +11131,162 @@
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="600" spans="1:5" customFormat="false">
       <c r="A600" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B600" s="0" t="str">
         <v>Revitalisering Harselaar-Oost</v>
       </c>
       <c r="C600" s="0">
         <v>22</v>
       </c>
       <c r="D600" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E600" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="601" spans="1:5" customFormat="false">
       <c r="A601" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B601" s="0" t="str">
-        <v xml:space="preserve">Herijking economisch actieplan </v>
+        <v>Revitalisering Harselaar-Oost</v>
       </c>
       <c r="C601" s="0">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D601" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E601" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="602" spans="1:5" customFormat="false">
       <c r="A602" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B602" s="0" t="str">
-        <v>Detailhandelsvisie Voorthuizen</v>
+        <v>Revitalisering Harselaar-Oost</v>
       </c>
       <c r="C602" s="0">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D602" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E602" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="603" spans="1:5" customFormat="false">
       <c r="A603" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B603" s="0" t="str">
-        <v>Detailhandelsvisie Voorthuizen</v>
+        <v>Revitalisering Harselaar-Oost</v>
       </c>
       <c r="C603" s="0">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D603" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E603" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="604" spans="1:5" customFormat="false">
       <c r="A604" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B604" s="0" t="str">
-        <v xml:space="preserve">Detailhandelsvisie Barneveld </v>
+        <v xml:space="preserve">Herijking economisch actieplan </v>
       </c>
       <c r="C604" s="0">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D604" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E604" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="605" spans="1:5" customFormat="false">
       <c r="A605" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B605" s="0" t="str">
-        <v>Railterminal</v>
+        <v>Detailhandelsvisie Voorthuizen</v>
       </c>
       <c r="C605" s="0">
-        <v>239</v>
+        <v>25</v>
       </c>
       <c r="D605" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E605" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="606" spans="1:5" customFormat="false">
       <c r="A606" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B606" s="0" t="str">
-        <v>Railterminal</v>
+        <v>Detailhandelsvisie Voorthuizen</v>
       </c>
       <c r="C606" s="0">
-        <v>239</v>
+        <v>25</v>
       </c>
       <c r="D606" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E606" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="607" spans="1:5" customFormat="false">
       <c r="A607" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B607" s="0" t="str">
-        <v>Railterminal</v>
+        <v xml:space="preserve">Detailhandelsvisie Barneveld </v>
       </c>
       <c r="C607" s="0">
-        <v>239</v>
+        <v>26</v>
       </c>
       <c r="D607" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E607" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="608" spans="1:5" customFormat="false">
       <c r="A608" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B608" s="0" t="str">
         <v>Railterminal</v>
       </c>
       <c r="C608" s="0">
         <v>239</v>
       </c>
       <c r="D608" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E608" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="609" spans="1:5" customFormat="false">
       <c r="A609" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B609" s="0" t="str">
         <v>Railterminal</v>
@@ -11369,924 +11369,924 @@
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="614" spans="1:5" customFormat="false">
       <c r="A614" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B614" s="0" t="str">
         <v>Railterminal</v>
       </c>
       <c r="C614" s="0">
         <v>239</v>
       </c>
       <c r="D614" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E614" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="615" spans="1:5" customFormat="false">
       <c r="A615" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B615" s="0" t="str">
-        <v>Besluit Wet Markt en Overheid</v>
+        <v>Railterminal</v>
       </c>
       <c r="C615" s="0">
-        <v>354</v>
+        <v>239</v>
       </c>
       <c r="D615" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E615" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="616" spans="1:5" customFormat="false">
       <c r="A616" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B616" s="0" t="str">
-        <v>Besluit Wet Markt en Overheid</v>
+        <v>Railterminal</v>
       </c>
       <c r="C616" s="0">
-        <v>354</v>
+        <v>239</v>
       </c>
       <c r="D616" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E616" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="617" spans="1:5" customFormat="false">
       <c r="A617" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B617" s="0" t="str">
-        <v>Besluit Wet Markt en Overheid</v>
+        <v>Railterminal</v>
       </c>
       <c r="C617" s="0">
-        <v>354</v>
+        <v>239</v>
       </c>
       <c r="D617" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E617" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="618" spans="1:5" customFormat="false">
       <c r="A618" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B618" s="0" t="str">
-        <v>Uitvoeringsprogramma Position paper detailhandel Barneveld-Centrum 2017-2019</v>
+        <v>Besluit Wet Markt en Overheid</v>
       </c>
       <c r="C618" s="0">
-        <v>405</v>
+        <v>354</v>
       </c>
       <c r="D618" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E618" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="619" spans="1:5" customFormat="false">
       <c r="A619" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B619" s="0" t="str">
-        <v>Uitvoeringsprogramma Position paper detailhandel Barneveld-Centrum 2017-2019</v>
+        <v>Besluit Wet Markt en Overheid</v>
       </c>
       <c r="C619" s="0">
-        <v>405</v>
+        <v>354</v>
       </c>
       <c r="D619" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E619" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="620" spans="1:5" customFormat="false">
       <c r="A620" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B620" s="0" t="str">
-        <v>Uitvoeringsprogramma Position paper detailhandel Barneveld-Centrum 2017-2019</v>
+        <v>Besluit Wet Markt en Overheid</v>
       </c>
       <c r="C620" s="0">
-        <v>405</v>
+        <v>354</v>
       </c>
       <c r="D620" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E620" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="621" spans="1:5" customFormat="false">
       <c r="A621" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B621" s="0" t="str">
-        <v>Internationaal beleid</v>
+        <v>Uitvoeringsprogramma Position paper detailhandel Barneveld-Centrum 2017-2019</v>
       </c>
       <c r="C621" s="0">
-        <v>531</v>
+        <v>405</v>
       </c>
       <c r="D621" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E621" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="622" spans="1:5" customFormat="false">
       <c r="A622" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B622" s="0" t="str">
-        <v>Internationaal beleid</v>
+        <v>Uitvoeringsprogramma Position paper detailhandel Barneveld-Centrum 2017-2019</v>
       </c>
       <c r="C622" s="0">
-        <v>531</v>
+        <v>405</v>
       </c>
       <c r="D622" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E622" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="623" spans="1:5" customFormat="false">
       <c r="A623" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B623" s="0" t="str">
-        <v>Internationaal beleid</v>
+        <v>Uitvoeringsprogramma Position paper detailhandel Barneveld-Centrum 2017-2019</v>
       </c>
       <c r="C623" s="0">
-        <v>531</v>
+        <v>405</v>
       </c>
       <c r="D623" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E623" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="624" spans="1:5" customFormat="false">
       <c r="A624" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B624" s="0" t="str">
-        <v xml:space="preserve">Poultry Expertise Centre </v>
+        <v>Internationaal beleid</v>
       </c>
       <c r="C624" s="0">
-        <v>598</v>
+        <v>531</v>
       </c>
       <c r="D624" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E624" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="625" spans="1:5" customFormat="false">
       <c r="A625" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B625" s="0" t="str">
-        <v xml:space="preserve">Poultry Expertise Centre </v>
+        <v>Internationaal beleid</v>
       </c>
       <c r="C625" s="0">
-        <v>598</v>
+        <v>531</v>
       </c>
       <c r="D625" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E625" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="626" spans="1:5" customFormat="false">
       <c r="A626" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B626" s="0" t="str">
-        <v xml:space="preserve">Poultry Expertise Centre </v>
+        <v>Internationaal beleid</v>
       </c>
       <c r="C626" s="0">
-        <v>598</v>
+        <v>531</v>
       </c>
       <c r="D626" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E626" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="627" spans="1:5" customFormat="false">
       <c r="A627" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B627" s="0" t="str">
-        <v>Bedrijveninvesteringszone de Briellaerd</v>
+        <v xml:space="preserve">Poultry Expertise Centre </v>
       </c>
       <c r="C627" s="0">
-        <v>716</v>
+        <v>598</v>
       </c>
       <c r="D627" s="0" t="str">
-        <v>Team EZ</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E627" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="628" spans="1:5" customFormat="false">
       <c r="A628" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B628" s="0" t="str">
-        <v>Bedrijveninvesteringszone de Briellaerd</v>
+        <v xml:space="preserve">Poultry Expertise Centre </v>
       </c>
       <c r="C628" s="0">
-        <v>716</v>
+        <v>598</v>
       </c>
       <c r="D628" s="0" t="str">
-        <v>Team EZ</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E628" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="629" spans="1:5" customFormat="false">
       <c r="A629" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B629" s="0" t="str">
-        <v>Bedrijveninvesteringszone de Briellaerd</v>
+        <v xml:space="preserve">Poultry Expertise Centre </v>
       </c>
       <c r="C629" s="0">
-        <v>716</v>
+        <v>598</v>
       </c>
       <c r="D629" s="0" t="str">
-        <v>Team EZ</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E629" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="630" spans="1:5" customFormat="false">
       <c r="A630" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B630" s="0" t="str">
-        <v>PDV/GDV-beleid Regio FoodValley</v>
+        <v>Bedrijveninvesteringszone de Briellaerd</v>
       </c>
       <c r="C630" s="0">
-        <v>754</v>
+        <v>716</v>
       </c>
       <c r="D630" s="0" t="str">
-        <v>Team Strategie en Regie</v>
+        <v>Team EZ</v>
       </c>
       <c r="E630" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="631" spans="1:5" customFormat="false">
       <c r="A631" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B631" s="0" t="str">
-        <v>PDV/GDV-beleid Regio FoodValley</v>
+        <v>Bedrijveninvesteringszone de Briellaerd</v>
       </c>
       <c r="C631" s="0">
-        <v>754</v>
+        <v>716</v>
       </c>
       <c r="D631" s="0" t="str">
-        <v>Team Strategie en Regie</v>
+        <v>Team EZ</v>
       </c>
       <c r="E631" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="632" spans="1:5" customFormat="false">
       <c r="A632" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B632" s="0" t="str">
-        <v>PDV/GDV-beleid Regio FoodValley</v>
+        <v>Bedrijveninvesteringszone de Briellaerd</v>
       </c>
       <c r="C632" s="0">
-        <v>754</v>
+        <v>716</v>
       </c>
       <c r="D632" s="0" t="str">
-        <v>Team Strategie en Regie</v>
+        <v>Team EZ</v>
       </c>
       <c r="E632" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="633" spans="1:5" customFormat="false">
       <c r="A633" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B633" s="0" t="str">
         <v>PDV/GDV-beleid Regio FoodValley</v>
       </c>
       <c r="C633" s="0">
         <v>754</v>
       </c>
       <c r="D633" s="0" t="str">
         <v>Team Strategie en Regie</v>
       </c>
       <c r="E633" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="634" spans="1:5" customFormat="false">
       <c r="A634" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B634" s="0" t="str">
-        <v>Regionaal Programma Werklocaties (RPW)</v>
+        <v>PDV/GDV-beleid Regio FoodValley</v>
       </c>
       <c r="C634" s="0">
-        <v>790</v>
+        <v>754</v>
       </c>
       <c r="D634" s="0" t="str">
-        <v>Team EZ</v>
+        <v>Team Strategie en Regie</v>
       </c>
       <c r="E634" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="635" spans="1:5" customFormat="false">
       <c r="A635" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B635" s="0" t="str">
-        <v>Regionaal Programma Werklocaties (RPW)</v>
+        <v>PDV/GDV-beleid Regio FoodValley</v>
       </c>
       <c r="C635" s="0">
-        <v>790</v>
+        <v>754</v>
       </c>
       <c r="D635" s="0" t="str">
-        <v>Team EZ</v>
+        <v>Team Strategie en Regie</v>
       </c>
       <c r="E635" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="636" spans="1:5" customFormat="false">
       <c r="A636" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B636" s="0" t="str">
-        <v>Regionaal Programma Werklocaties (RPW)</v>
+        <v>PDV/GDV-beleid Regio FoodValley</v>
       </c>
       <c r="C636" s="0">
-        <v>790</v>
+        <v>754</v>
       </c>
       <c r="D636" s="0" t="str">
-        <v>Team EZ</v>
+        <v>Team Strategie en Regie</v>
       </c>
       <c r="E636" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="637" spans="1:5" customFormat="false">
       <c r="A637" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B637" s="0" t="str">
         <v>Regionaal Programma Werklocaties (RPW)</v>
       </c>
       <c r="C637" s="0">
         <v>790</v>
       </c>
       <c r="D637" s="0" t="str">
         <v>Team EZ</v>
       </c>
       <c r="E637" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="638" spans="1:5" customFormat="false">
       <c r="A638" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B638" s="0" t="str">
-        <v xml:space="preserve">Kantorenstrategie 2025-2030 </v>
+        <v>Regionaal Programma Werklocaties (RPW)</v>
       </c>
       <c r="C638" s="0">
-        <v>833</v>
+        <v>790</v>
       </c>
       <c r="D638" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team EZ</v>
       </c>
       <c r="E638" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="639" spans="1:5" customFormat="false">
       <c r="A639" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B639" s="0" t="str">
-        <v xml:space="preserve">Kantorenstrategie 2025-2030 </v>
+        <v>Regionaal Programma Werklocaties (RPW)</v>
       </c>
       <c r="C639" s="0">
-        <v>833</v>
+        <v>790</v>
       </c>
       <c r="D639" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team EZ</v>
       </c>
       <c r="E639" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="640" spans="1:5" customFormat="false">
       <c r="A640" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B640" s="0" t="str">
-        <v xml:space="preserve">Kantorenstrategie 2025-2030 </v>
+        <v>Regionaal Programma Werklocaties (RPW)</v>
       </c>
       <c r="C640" s="0">
-        <v>833</v>
+        <v>790</v>
       </c>
       <c r="D640" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team EZ</v>
       </c>
       <c r="E640" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="641" spans="1:5" customFormat="false">
       <c r="A641" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B641" s="0" t="str">
         <v xml:space="preserve">Kantorenstrategie 2025-2030 </v>
       </c>
       <c r="C641" s="0">
         <v>833</v>
       </c>
       <c r="D641" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E641" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="642" spans="1:5" customFormat="false">
       <c r="A642" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B642" s="0" t="str">
-        <v xml:space="preserve">Visie perifere detailhandelsontwikkelingen </v>
+        <v xml:space="preserve">Kantorenstrategie 2025-2030 </v>
       </c>
       <c r="C642" s="0">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="D642" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E642" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="643" spans="1:5" customFormat="false">
       <c r="A643" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B643" s="0" t="str">
-        <v>Evaluatie memo 'Dorpsplannen nieuwe stijl'-&gt; Dorpenbeleid 2.0-&gt; Samenwerkingsafspraak met dorpen en wijken</v>
+        <v xml:space="preserve">Kantorenstrategie 2025-2030 </v>
       </c>
       <c r="C643" s="0">
-        <v>871</v>
+        <v>833</v>
       </c>
       <c r="D643" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E643" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="644" spans="1:5" customFormat="false">
       <c r="A644" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B644" s="0" t="str">
-        <v>Evaluatie memo 'Dorpsplannen nieuwe stijl'-&gt; Dorpenbeleid 2.0-&gt; Samenwerkingsafspraak met dorpen en wijken</v>
+        <v xml:space="preserve">Kantorenstrategie 2025-2030 </v>
       </c>
       <c r="C644" s="0">
-        <v>871</v>
+        <v>833</v>
       </c>
       <c r="D644" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E644" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="645" spans="1:5" customFormat="false">
       <c r="A645" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B645" s="0" t="str">
-        <v>Evaluatie memo 'Dorpsplannen nieuwe stijl'-&gt; Dorpenbeleid 2.0-&gt; Samenwerkingsafspraak met dorpen en wijken</v>
+        <v xml:space="preserve">Visie perifere detailhandelsontwikkelingen </v>
       </c>
       <c r="C645" s="0">
-        <v>871</v>
+        <v>834</v>
       </c>
       <c r="D645" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E645" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="646" spans="1:5" customFormat="false">
       <c r="A646" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B646" s="0" t="str">
         <v>Evaluatie memo 'Dorpsplannen nieuwe stijl'-&gt; Dorpenbeleid 2.0-&gt; Samenwerkingsafspraak met dorpen en wijken</v>
       </c>
       <c r="C646" s="0">
         <v>871</v>
       </c>
       <c r="D646" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E646" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="647" spans="1:5" customFormat="false">
       <c r="A647" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B647" s="0" t="str">
-        <v>Rapport kalversector</v>
+        <v>Evaluatie memo 'Dorpsplannen nieuwe stijl'-&gt; Dorpenbeleid 2.0-&gt; Samenwerkingsafspraak met dorpen en wijken</v>
       </c>
       <c r="C647" s="0">
-        <v>1068</v>
+        <v>871</v>
       </c>
       <c r="D647" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E647" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="648" spans="1:5" customFormat="false">
       <c r="A648" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B648" s="0" t="str">
-        <v>Rapport kalversector</v>
+        <v>Evaluatie memo 'Dorpsplannen nieuwe stijl'-&gt; Dorpenbeleid 2.0-&gt; Samenwerkingsafspraak met dorpen en wijken</v>
       </c>
       <c r="C648" s="0">
-        <v>1068</v>
+        <v>871</v>
       </c>
       <c r="D648" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E648" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="649" spans="1:5" customFormat="false">
       <c r="A649" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B649" s="0" t="str">
-        <v>Rapport kalversector</v>
+        <v>Evaluatie memo 'Dorpsplannen nieuwe stijl'-&gt; Dorpenbeleid 2.0-&gt; Samenwerkingsafspraak met dorpen en wijken</v>
       </c>
       <c r="C649" s="0">
-        <v>1068</v>
+        <v>871</v>
       </c>
       <c r="D649" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E649" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="650" spans="1:5" customFormat="false">
       <c r="A650" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B650" s="0" t="str">
-        <v>Economische Visie</v>
+        <v>Rapport kalversector</v>
       </c>
       <c r="C650" s="0">
-        <v>1215</v>
+        <v>1068</v>
       </c>
       <c r="D650" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E650" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="651" spans="1:5" customFormat="false">
       <c r="A651" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B651" s="0" t="str">
-        <v>Ondernemersfonds Harselaar</v>
+        <v>Rapport kalversector</v>
       </c>
       <c r="C651" s="0">
-        <v>1326</v>
+        <v>1068</v>
       </c>
       <c r="D651" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E651" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="652" spans="1:5" customFormat="false">
       <c r="A652" s="0" t="str">
-        <v>221 Economisch structuurbeleid (markten)</v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B652" s="0" t="str">
-        <v>Onderzoek privatisering markten</v>
+        <v>Rapport kalversector</v>
       </c>
       <c r="C652" s="0">
-        <v>406</v>
+        <v>1068</v>
       </c>
       <c r="D652" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E652" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="653" spans="1:5" customFormat="false">
       <c r="A653" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B653" s="0" t="str">
-        <v>Gronduitgiftebeleid</v>
+        <v>Economische Visie</v>
       </c>
       <c r="C653" s="0">
-        <v>28</v>
+        <v>1215</v>
       </c>
       <c r="D653" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E653" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="654" spans="1:5" customFormat="false">
       <c r="A654" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B654" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Harselaar-Zuid </v>
+        <v>Ondernemersfonds Harselaar</v>
       </c>
       <c r="C654" s="0">
-        <v>29</v>
+        <v>1326</v>
       </c>
       <c r="D654" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E654" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="655" spans="1:5" customFormat="false">
       <c r="A655" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B655" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Harselaar-Zuid </v>
+        <v>Besteding gelden dorpendeal</v>
       </c>
       <c r="C655" s="0">
-        <v>29</v>
+        <v>1346</v>
       </c>
       <c r="D655" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E655" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="656" spans="1:5" customFormat="false">
       <c r="A656" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid (markten)</v>
       </c>
       <c r="B656" s="0" t="str">
-        <v>Nota Grondbeleid</v>
+        <v>Onderzoek privatisering markten</v>
       </c>
       <c r="C656" s="0">
-        <v>30</v>
+        <v>406</v>
       </c>
       <c r="D656" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E656" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="657" spans="1:5" customFormat="false">
       <c r="A657" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B657" s="0" t="str">
-        <v>Nota Grondbeleid</v>
+        <v>Gronduitgiftebeleid</v>
       </c>
       <c r="C657" s="0">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D657" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E657" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="658" spans="1:5" customFormat="false">
       <c r="A658" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B658" s="0" t="str">
-        <v>Vaststelling herziening exploitatieplan Harselaar-Driehoek</v>
+        <v xml:space="preserve">Bestemmingsplan Harselaar-Zuid </v>
       </c>
       <c r="C658" s="0">
-        <v>347</v>
+        <v>29</v>
       </c>
       <c r="D658" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E658" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="659" spans="1:5" customFormat="false">
       <c r="A659" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B659" s="0" t="str">
-        <v>Vaststelling herziening exploitatieplan Harselaar-Driehoek</v>
+        <v xml:space="preserve">Bestemmingsplan Harselaar-Zuid </v>
       </c>
       <c r="C659" s="0">
-        <v>347</v>
+        <v>29</v>
       </c>
       <c r="D659" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E659" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="660" spans="1:5" customFormat="false">
       <c r="A660" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B660" s="0" t="str">
-        <v>Kaderstelling grondexploitaties</v>
+        <v>Nota Grondbeleid</v>
       </c>
       <c r="C660" s="0">
-        <v>348</v>
+        <v>30</v>
       </c>
       <c r="D660" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E660" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="661" spans="1:5" customFormat="false">
       <c r="A661" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B661" s="0" t="str">
-        <v>Kaderstelling grondexploitaties</v>
+        <v>Nota Grondbeleid</v>
       </c>
       <c r="C661" s="0">
-        <v>348</v>
+        <v>30</v>
       </c>
       <c r="D661" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E661" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="662" spans="1:5" customFormat="false">
       <c r="A662" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B662" s="0" t="str">
-        <v>Voorstel herwaardering grondposities</v>
+        <v>Vaststelling herziening exploitatieplan Harselaar-Driehoek</v>
       </c>
       <c r="C662" s="0">
-        <v>486</v>
+        <v>347</v>
       </c>
       <c r="D662" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E662" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="663" spans="1:5" customFormat="false">
       <c r="A663" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B663" s="0" t="str">
-        <v>Meerjarenprognose grondexploitaties (MPG)</v>
+        <v>Vaststelling herziening exploitatieplan Harselaar-Driehoek</v>
       </c>
       <c r="C663" s="0">
-        <v>532</v>
+        <v>347</v>
       </c>
       <c r="D663" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E663" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="664" spans="1:5" customFormat="false">
       <c r="A664" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B664" s="0" t="str">
-        <v>Meerjarenprognose grondexploitaties (MPG)</v>
+        <v>Kaderstelling grondexploitaties</v>
       </c>
       <c r="C664" s="0">
-        <v>532</v>
+        <v>348</v>
       </c>
       <c r="D664" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E664" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="665" spans="1:5" customFormat="false">
       <c r="A665" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B665" s="0" t="str">
-        <v>Meerjarenprognose grondexploitaties (MPG)</v>
+        <v>Kaderstelling grondexploitaties</v>
       </c>
       <c r="C665" s="0">
-        <v>532</v>
+        <v>348</v>
       </c>
       <c r="D665" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E665" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="666" spans="1:5" customFormat="false">
       <c r="A666" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B666" s="0" t="str">
-        <v>Meerjarenprognose grondexploitaties (MPG)</v>
+        <v>Voorstel herwaardering grondposities</v>
       </c>
       <c r="C666" s="0">
-        <v>532</v>
+        <v>486</v>
       </c>
       <c r="D666" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E666" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="667" spans="1:5" customFormat="false">
       <c r="A667" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B667" s="0" t="str">
         <v>Meerjarenprognose grondexploitaties (MPG)</v>
       </c>
       <c r="C667" s="0">
         <v>532</v>
       </c>
       <c r="D667" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E667" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="668" spans="1:5" customFormat="false">
       <c r="A668" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
@@ -12338,332 +12338,332 @@
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="671" spans="1:5" customFormat="false">
       <c r="A671" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B671" s="0" t="str">
         <v>Meerjarenprognose grondexploitaties (MPG)</v>
       </c>
       <c r="C671" s="0">
         <v>532</v>
       </c>
       <c r="D671" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E671" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="672" spans="1:5" customFormat="false">
       <c r="A672" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B672" s="0" t="str">
-        <v>Bedrijventerrein Stroe, Tolnegenweg West</v>
+        <v>Meerjarenprognose grondexploitaties (MPG)</v>
       </c>
       <c r="C672" s="0">
-        <v>840</v>
+        <v>532</v>
       </c>
       <c r="D672" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E672" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="673" spans="1:5" customFormat="false">
       <c r="A673" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B673" s="0" t="str">
-        <v>Bedrijventerrein Stroe, Tolnegenweg West</v>
+        <v>Meerjarenprognose grondexploitaties (MPG)</v>
       </c>
       <c r="C673" s="0">
-        <v>840</v>
+        <v>532</v>
       </c>
       <c r="D673" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E673" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="674" spans="1:5" customFormat="false">
       <c r="A674" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B674" s="0" t="str">
-        <v>Bedrijventerrein Stroe, Tolnegenweg West</v>
+        <v>Meerjarenprognose grondexploitaties (MPG)</v>
       </c>
       <c r="C674" s="0">
-        <v>840</v>
+        <v>532</v>
       </c>
       <c r="D674" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E674" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="675" spans="1:5" customFormat="false">
       <c r="A675" s="0" t="str">
         <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B675" s="0" t="str">
-        <v>Bedrijventerrein Stroe, Tolnegenweg West</v>
+        <v>Meerjarenprognose grondexploitaties (MPG)</v>
       </c>
       <c r="C675" s="0">
-        <v>840</v>
+        <v>532</v>
       </c>
       <c r="D675" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E675" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="676" spans="1:5" customFormat="false">
       <c r="A676" s="0" t="str">
-        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B676" s="0" t="str">
-        <v>Columbizpark</v>
+        <v>Bedrijventerrein Stroe, Tolnegenweg West</v>
       </c>
       <c r="C676" s="0">
-        <v>271</v>
+        <v>840</v>
       </c>
       <c r="D676" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E676" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="677" spans="1:5" customFormat="false">
       <c r="A677" s="0" t="str">
-        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B677" s="0" t="str">
-        <v>Columbizpark</v>
+        <v>Bedrijventerrein Stroe, Tolnegenweg West</v>
       </c>
       <c r="C677" s="0">
-        <v>271</v>
+        <v>840</v>
       </c>
       <c r="D677" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E677" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="678" spans="1:5" customFormat="false">
       <c r="A678" s="0" t="str">
-        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B678" s="0" t="str">
-        <v>Columbizpark</v>
+        <v>Bedrijventerrein Stroe, Tolnegenweg West</v>
       </c>
       <c r="C678" s="0">
-        <v>271</v>
+        <v>840</v>
       </c>
       <c r="D678" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E678" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="679" spans="1:5" customFormat="false">
       <c r="A679" s="0" t="str">
-        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B679" s="0" t="str">
-        <v>Columbizpark</v>
+        <v>Bedrijventerrein Stroe, Tolnegenweg West</v>
       </c>
       <c r="C679" s="0">
-        <v>271</v>
+        <v>840</v>
       </c>
       <c r="D679" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E679" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="680" spans="1:5" customFormat="false">
       <c r="A680" s="0" t="str">
         <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
       </c>
       <c r="B680" s="0" t="str">
         <v>Columbizpark</v>
       </c>
       <c r="C680" s="0">
         <v>271</v>
       </c>
       <c r="D680" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E680" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="681" spans="1:5" customFormat="false">
       <c r="A681" s="0" t="str">
-        <v>222 Grex bedrijventerreinen (Harselaar West-West, De Briellaerd-Noord, Midden Nederland Hallen) tot juni 2022</v>
+        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
       </c>
       <c r="B681" s="0" t="str">
-        <v xml:space="preserve">Thorbeckelaan-Zuid </v>
+        <v>Columbizpark</v>
       </c>
       <c r="C681" s="0">
-        <v>326</v>
+        <v>271</v>
       </c>
       <c r="D681" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E681" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="682" spans="1:5" customFormat="false">
       <c r="A682" s="0" t="str">
-        <v>222 Grex bedrijventerreinen (Harselaar West-West, De Briellaerd-Noord, Midden Nederland Hallen) tot juni 2022</v>
+        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
       </c>
       <c r="B682" s="0" t="str">
-        <v xml:space="preserve">Thorbeckelaan-Zuid </v>
+        <v>Columbizpark</v>
       </c>
       <c r="C682" s="0">
-        <v>326</v>
+        <v>271</v>
       </c>
       <c r="D682" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E682" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="683" spans="1:5" customFormat="false">
       <c r="A683" s="0" t="str">
-        <v>222 Grex bedrijventerreinen (Harselaar West-West, De Briellaerd-Noord, Midden Nederland Hallen) tot juni 2022</v>
+        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
       </c>
       <c r="B683" s="0" t="str">
-        <v>Thorbeckelaan-Zuid (MNH)</v>
+        <v>Columbizpark</v>
       </c>
       <c r="C683" s="0">
-        <v>525</v>
+        <v>271</v>
       </c>
       <c r="D683" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E683" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="684" spans="1:5" customFormat="false">
       <c r="A684" s="0" t="str">
-        <v>222 Grex bedrijventerreinen (Harselaar West-West, De Briellaerd-Noord, Midden Nederland Hallen) tot juni 2022</v>
+        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
       </c>
       <c r="B684" s="0" t="str">
-        <v>Thorbeckelaan-Zuid (MNH)</v>
+        <v>Columbizpark</v>
       </c>
       <c r="C684" s="0">
-        <v>525</v>
+        <v>271</v>
       </c>
       <c r="D684" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E684" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="685" spans="1:5" customFormat="false">
       <c r="A685" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v>222 Grex bedrijventerreinen (Harselaar West-West, De Briellaerd-Noord, Midden Nederland Hallen) tot juni 2022</v>
       </c>
       <c r="B685" s="0" t="str">
-        <v xml:space="preserve">Uitvoerings- en maatregelenplan GVVP </v>
+        <v xml:space="preserve">Thorbeckelaan-Zuid </v>
       </c>
       <c r="C685" s="0">
-        <v>14</v>
+        <v>326</v>
       </c>
       <c r="D685" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E685" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="686" spans="1:5" customFormat="false">
       <c r="A686" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v>222 Grex bedrijventerreinen (Harselaar West-West, De Briellaerd-Noord, Midden Nederland Hallen) tot juni 2022</v>
       </c>
       <c r="B686" s="0" t="str">
-        <v xml:space="preserve">Uitvoerings- en maatregelenplan GVVP </v>
+        <v xml:space="preserve">Thorbeckelaan-Zuid </v>
       </c>
       <c r="C686" s="0">
-        <v>14</v>
+        <v>326</v>
       </c>
       <c r="D686" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E686" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="687" spans="1:5" customFormat="false">
       <c r="A687" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v>222 Grex bedrijventerreinen (Harselaar West-West, De Briellaerd-Noord, Midden Nederland Hallen) tot juni 2022</v>
       </c>
       <c r="B687" s="0" t="str">
-        <v xml:space="preserve">Uitvoerings- en maatregelenplan GVVP </v>
+        <v>Thorbeckelaan-Zuid (MNH)</v>
       </c>
       <c r="C687" s="0">
-        <v>14</v>
+        <v>525</v>
       </c>
       <c r="D687" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E687" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="688" spans="1:5" customFormat="false">
       <c r="A688" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v>222 Grex bedrijventerreinen (Harselaar West-West, De Briellaerd-Noord, Midden Nederland Hallen) tot juni 2022</v>
       </c>
       <c r="B688" s="0" t="str">
-        <v xml:space="preserve">Uitvoerings- en maatregelenplan GVVP </v>
+        <v>Thorbeckelaan-Zuid (MNH)</v>
       </c>
       <c r="C688" s="0">
-        <v>14</v>
+        <v>525</v>
       </c>
       <c r="D688" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E688" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="689" spans="1:5" customFormat="false">
       <c r="A689" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B689" s="0" t="str">
         <v xml:space="preserve">Uitvoerings- en maatregelenplan GVVP </v>
       </c>
       <c r="C689" s="0">
         <v>14</v>
       </c>
       <c r="D689" s="0" t="str">
         <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E689" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="690" spans="1:5" customFormat="false">
       <c r="A690" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B690" s="0" t="str">
         <v xml:space="preserve">Uitvoerings- en maatregelenplan GVVP </v>
@@ -12763,108 +12763,108 @@
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="696" spans="1:5" customFormat="false">
       <c r="A696" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B696" s="0" t="str">
         <v xml:space="preserve">Uitvoerings- en maatregelenplan GVVP </v>
       </c>
       <c r="C696" s="0">
         <v>14</v>
       </c>
       <c r="D696" s="0" t="str">
         <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E696" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="697" spans="1:5" customFormat="false">
       <c r="A697" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B697" s="0" t="str">
-        <v>Oostelijke rondweg</v>
+        <v xml:space="preserve">Uitvoerings- en maatregelenplan GVVP </v>
       </c>
       <c r="C697" s="0">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D697" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E697" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="698" spans="1:5" customFormat="false">
       <c r="A698" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B698" s="0" t="str">
-        <v>Oostelijke rondweg</v>
+        <v xml:space="preserve">Uitvoerings- en maatregelenplan GVVP </v>
       </c>
       <c r="C698" s="0">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D698" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E698" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="699" spans="1:5" customFormat="false">
       <c r="A699" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B699" s="0" t="str">
-        <v>Oostelijke rondweg</v>
+        <v xml:space="preserve">Uitvoerings- en maatregelenplan GVVP </v>
       </c>
       <c r="C699" s="0">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D699" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E699" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="700" spans="1:5" customFormat="false">
       <c r="A700" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B700" s="0" t="str">
-        <v>Oostelijke rondweg</v>
+        <v xml:space="preserve">Uitvoerings- en maatregelenplan GVVP </v>
       </c>
       <c r="C700" s="0">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D700" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E700" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="701" spans="1:5" customFormat="false">
       <c r="A701" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B701" s="0" t="str">
         <v>Oostelijke rondweg</v>
       </c>
       <c r="C701" s="0">
         <v>15</v>
       </c>
       <c r="D701" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E701" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="702" spans="1:5" customFormat="false">
       <c r="A702" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
@@ -12899,230 +12899,230 @@
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="704" spans="1:5" customFormat="false">
       <c r="A704" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B704" s="0" t="str">
         <v>Oostelijke rondweg</v>
       </c>
       <c r="C704" s="0">
         <v>15</v>
       </c>
       <c r="D704" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E704" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="705" spans="1:5" customFormat="false">
       <c r="A705" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B705" s="0" t="str">
-        <v xml:space="preserve">Meerjarenplan verkeerseducatie voortgezet onderwijs </v>
+        <v>Oostelijke rondweg</v>
       </c>
       <c r="C705" s="0">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D705" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E705" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="706" spans="1:5" customFormat="false">
       <c r="A706" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B706" s="0" t="str">
-        <v>Businesscase regiosprinter (3)</v>
+        <v>Oostelijke rondweg</v>
       </c>
       <c r="C706" s="0">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D706" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E706" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="707" spans="1:5" customFormat="false">
       <c r="A707" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B707" s="0" t="str">
-        <v xml:space="preserve">Spoortunnel Harselaar </v>
+        <v>Oostelijke rondweg</v>
       </c>
       <c r="C707" s="0">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D707" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E707" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="708" spans="1:5" customFormat="false">
       <c r="A708" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B708" s="0" t="str">
-        <v xml:space="preserve">Visie op snelfietsroute </v>
+        <v>Oostelijke rondweg</v>
       </c>
       <c r="C708" s="0">
-        <v>244</v>
+        <v>15</v>
       </c>
       <c r="D708" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E708" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="709" spans="1:5" customFormat="false">
       <c r="A709" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B709" s="0" t="str">
-        <v>Plan van Aanpak Basismobiliteit</v>
+        <v xml:space="preserve">Meerjarenplan verkeerseducatie voortgezet onderwijs </v>
       </c>
       <c r="C709" s="0">
-        <v>265</v>
+        <v>16</v>
       </c>
       <c r="D709" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E709" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="710" spans="1:5" customFormat="false">
       <c r="A710" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B710" s="0" t="str">
-        <v>Plan van Aanpak Basismobiliteit</v>
+        <v>Businesscase regiosprinter (3)</v>
       </c>
       <c r="C710" s="0">
-        <v>265</v>
+        <v>18</v>
       </c>
       <c r="D710" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E710" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="711" spans="1:5" customFormat="false">
       <c r="A711" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B711" s="0" t="str">
-        <v>Visie fietspaaltjes</v>
+        <v xml:space="preserve">Spoortunnel Harselaar </v>
       </c>
       <c r="C711" s="0">
-        <v>266</v>
+        <v>20</v>
       </c>
       <c r="D711" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E711" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="712" spans="1:5" customFormat="false">
       <c r="A712" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B712" s="0" t="str">
-        <v xml:space="preserve">Verkeersveiligheidsmonitor </v>
+        <v xml:space="preserve">Visie op snelfietsroute </v>
       </c>
       <c r="C712" s="0">
-        <v>267</v>
+        <v>244</v>
       </c>
       <c r="D712" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E712" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="713" spans="1:5" customFormat="false">
       <c r="A713" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B713" s="0" t="str">
-        <v xml:space="preserve">Verkeersveiligheidsmonitor </v>
+        <v>Plan van Aanpak Basismobiliteit</v>
       </c>
       <c r="C713" s="0">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="D713" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E713" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="714" spans="1:5" customFormat="false">
       <c r="A714" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B714" s="0" t="str">
-        <v xml:space="preserve">Verkeersveiligheidsmonitor </v>
+        <v>Plan van Aanpak Basismobiliteit</v>
       </c>
       <c r="C714" s="0">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="D714" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E714" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="715" spans="1:5" customFormat="false">
       <c r="A715" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B715" s="0" t="str">
-        <v xml:space="preserve">Verkeersveiligheidsmonitor </v>
+        <v>Visie fietspaaltjes</v>
       </c>
       <c r="C715" s="0">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="D715" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E715" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="716" spans="1:5" customFormat="false">
       <c r="A716" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B716" s="0" t="str">
         <v xml:space="preserve">Verkeersveiligheidsmonitor </v>
       </c>
       <c r="C716" s="0">
         <v>267</v>
       </c>
       <c r="D716" s="0" t="str">
         <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E716" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="717" spans="1:5" customFormat="false">
       <c r="A717" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B717" s="0" t="str">
         <v xml:space="preserve">Verkeersveiligheidsmonitor </v>
@@ -13188,162 +13188,162 @@
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="721" spans="1:5" customFormat="false">
       <c r="A721" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B721" s="0" t="str">
         <v xml:space="preserve">Verkeersveiligheidsmonitor </v>
       </c>
       <c r="C721" s="0">
         <v>267</v>
       </c>
       <c r="D721" s="0" t="str">
         <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E721" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="722" spans="1:5" customFormat="false">
       <c r="A722" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B722" s="0" t="str">
-        <v>Ontrekking fietspad op Zeumeren aan het openbaar verkeer</v>
+        <v xml:space="preserve">Verkeersveiligheidsmonitor </v>
       </c>
       <c r="C722" s="0">
-        <v>285</v>
+        <v>267</v>
       </c>
       <c r="D722" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E722" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="723" spans="1:5" customFormat="false">
       <c r="A723" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B723" s="0" t="str">
-        <v>Mr. Troelstralaan</v>
+        <v xml:space="preserve">Verkeersveiligheidsmonitor </v>
       </c>
       <c r="C723" s="0">
-        <v>286</v>
+        <v>267</v>
       </c>
       <c r="D723" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E723" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="724" spans="1:5" customFormat="false">
       <c r="A724" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B724" s="0" t="str">
-        <v>Onteigeningsvoorstel Noordelijke Rondweg Voorthuizen</v>
+        <v xml:space="preserve">Verkeersveiligheidsmonitor </v>
       </c>
       <c r="C724" s="0">
-        <v>388</v>
+        <v>267</v>
       </c>
       <c r="D724" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E724" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="725" spans="1:5" customFormat="false">
       <c r="A725" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B725" s="0" t="str">
-        <v xml:space="preserve">Omgevingsprogramma Bereikbaarheid (was GVVP) </v>
+        <v xml:space="preserve">Verkeersveiligheidsmonitor </v>
       </c>
       <c r="C725" s="0">
-        <v>399</v>
+        <v>267</v>
       </c>
       <c r="D725" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E725" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="726" spans="1:5" customFormat="false">
       <c r="A726" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B726" s="0" t="str">
-        <v xml:space="preserve">Omgevingsprogramma Bereikbaarheid (was GVVP) </v>
+        <v>Ontrekking fietspad op Zeumeren aan het openbaar verkeer</v>
       </c>
       <c r="C726" s="0">
-        <v>399</v>
+        <v>285</v>
       </c>
       <c r="D726" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E726" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="727" spans="1:5" customFormat="false">
       <c r="A727" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B727" s="0" t="str">
-        <v xml:space="preserve">Omgevingsprogramma Bereikbaarheid (was GVVP) </v>
+        <v>Mr. Troelstralaan</v>
       </c>
       <c r="C727" s="0">
-        <v>399</v>
+        <v>286</v>
       </c>
       <c r="D727" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E727" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="728" spans="1:5" customFormat="false">
       <c r="A728" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B728" s="0" t="str">
-        <v xml:space="preserve">Omgevingsprogramma Bereikbaarheid (was GVVP) </v>
+        <v>Onteigeningsvoorstel Noordelijke Rondweg Voorthuizen</v>
       </c>
       <c r="C728" s="0">
-        <v>399</v>
+        <v>388</v>
       </c>
       <c r="D728" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E728" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="729" spans="1:5" customFormat="false">
       <c r="A729" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B729" s="0" t="str">
         <v xml:space="preserve">Omgevingsprogramma Bereikbaarheid (was GVVP) </v>
       </c>
       <c r="C729" s="0">
         <v>399</v>
       </c>
       <c r="D729" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E729" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="730" spans="1:5" customFormat="false">
       <c r="A730" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B730" s="0" t="str">
         <v xml:space="preserve">Omgevingsprogramma Bereikbaarheid (was GVVP) </v>
@@ -13375,176 +13375,176 @@
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="732" spans="1:5" customFormat="false">
       <c r="A732" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B732" s="0" t="str">
         <v xml:space="preserve">Omgevingsprogramma Bereikbaarheid (was GVVP) </v>
       </c>
       <c r="C732" s="0">
         <v>399</v>
       </c>
       <c r="D732" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E732" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="733" spans="1:5" customFormat="false">
       <c r="A733" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B733" s="0" t="str">
-        <v>Harselaartunnel</v>
+        <v xml:space="preserve">Omgevingsprogramma Bereikbaarheid (was GVVP) </v>
       </c>
       <c r="C733" s="0">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="D733" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E733" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="734" spans="1:5" customFormat="false">
       <c r="A734" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B734" s="0" t="str">
-        <v xml:space="preserve">Onteigening gronden verbindingsweg/omleidingsroute tunnel Harselaar </v>
+        <v xml:space="preserve">Omgevingsprogramma Bereikbaarheid (was GVVP) </v>
       </c>
       <c r="C734" s="0">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D734" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E734" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="735" spans="1:5" customFormat="false">
       <c r="A735" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B735" s="0" t="str">
-        <v xml:space="preserve">Integrale aanpak Voorthuizen (was Meerjaren Investeringsprogramma Voorthuizen, daarvoor Snelfietsroute Holzenbosch - Blankensgoed + maatregelen ontlasting Noord-Zuid verbinding) </v>
+        <v xml:space="preserve">Omgevingsprogramma Bereikbaarheid (was GVVP) </v>
       </c>
       <c r="C735" s="0">
-        <v>599</v>
+        <v>399</v>
       </c>
       <c r="D735" s="0" t="str">
-        <v>OUD Team Civiel en Water</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E735" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="736" spans="1:5" customFormat="false">
       <c r="A736" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B736" s="0" t="str">
-        <v xml:space="preserve">Integrale aanpak Voorthuizen (was Meerjaren Investeringsprogramma Voorthuizen, daarvoor Snelfietsroute Holzenbosch - Blankensgoed + maatregelen ontlasting Noord-Zuid verbinding) </v>
+        <v xml:space="preserve">Omgevingsprogramma Bereikbaarheid (was GVVP) </v>
       </c>
       <c r="C736" s="0">
-        <v>599</v>
+        <v>399</v>
       </c>
       <c r="D736" s="0" t="str">
-        <v>OUD Team Civiel en Water</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E736" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="737" spans="1:5" customFormat="false">
       <c r="A737" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B737" s="0" t="str">
-        <v>Verbetering fietsveiligheid Burgemeester Kuntzelaan</v>
+        <v>Harselaartunnel</v>
       </c>
       <c r="C737" s="0">
-        <v>609</v>
+        <v>400</v>
       </c>
       <c r="D737" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E737" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="738" spans="1:5" customFormat="false">
       <c r="A738" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B738" s="0" t="str">
-        <v>Verbetering fietsveiligheid Burgemeester Kuntzelaan</v>
+        <v xml:space="preserve">Onteigening gronden verbindingsweg/omleidingsroute tunnel Harselaar </v>
       </c>
       <c r="C738" s="0">
-        <v>609</v>
+        <v>401</v>
       </c>
       <c r="D738" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E738" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="739" spans="1:5" customFormat="false">
       <c r="A739" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B739" s="0" t="str">
-        <v>Verbetering fietsveiligheid Burgemeester Kuntzelaan</v>
+        <v xml:space="preserve">Integrale aanpak Voorthuizen (was Meerjaren Investeringsprogramma Voorthuizen, daarvoor Snelfietsroute Holzenbosch - Blankensgoed + maatregelen ontlasting Noord-Zuid verbinding) </v>
       </c>
       <c r="C739" s="0">
-        <v>609</v>
+        <v>599</v>
       </c>
       <c r="D739" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>OUD Team Civiel en Water</v>
       </c>
       <c r="E739" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="740" spans="1:5" customFormat="false">
       <c r="A740" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B740" s="0" t="str">
-        <v>Verbetering fietsveiligheid Burgemeester Kuntzelaan</v>
+        <v xml:space="preserve">Integrale aanpak Voorthuizen (was Meerjaren Investeringsprogramma Voorthuizen, daarvoor Snelfietsroute Holzenbosch - Blankensgoed + maatregelen ontlasting Noord-Zuid verbinding) </v>
       </c>
       <c r="C740" s="0">
-        <v>609</v>
+        <v>599</v>
       </c>
       <c r="D740" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>OUD Team Civiel en Water</v>
       </c>
       <c r="E740" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="741" spans="1:5" customFormat="false">
       <c r="A741" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B741" s="0" t="str">
         <v>Verbetering fietsveiligheid Burgemeester Kuntzelaan</v>
       </c>
       <c r="C741" s="0">
         <v>609</v>
       </c>
       <c r="D741" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E741" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="742" spans="1:5" customFormat="false">
       <c r="A742" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
@@ -13562,1026 +13562,1026 @@
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="743" spans="1:5" customFormat="false">
       <c r="A743" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B743" s="0" t="str">
         <v>Verbetering fietsveiligheid Burgemeester Kuntzelaan</v>
       </c>
       <c r="C743" s="0">
         <v>609</v>
       </c>
       <c r="D743" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E743" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="744" spans="1:5" customFormat="false">
       <c r="A744" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B744" s="0" t="str">
-        <v>Integraal ontsluitingsplan infrastructuur Thorbeckelaan - Mr. Troelstralaan - Schoutenstraat</v>
+        <v>Verbetering fietsveiligheid Burgemeester Kuntzelaan</v>
       </c>
       <c r="C744" s="0">
-        <v>618</v>
+        <v>609</v>
       </c>
       <c r="D744" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E744" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="745" spans="1:5" customFormat="false">
       <c r="A745" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B745" s="0" t="str">
-        <v>Integraal ontsluitingsplan infrastructuur Thorbeckelaan - Mr. Troelstralaan - Schoutenstraat</v>
+        <v>Verbetering fietsveiligheid Burgemeester Kuntzelaan</v>
       </c>
       <c r="C745" s="0">
-        <v>618</v>
+        <v>609</v>
       </c>
       <c r="D745" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E745" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="746" spans="1:5" customFormat="false">
       <c r="A746" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B746" s="0" t="str">
-        <v>Parkeergelegenheden voor fietsers in centrum Barneveld</v>
+        <v>Verbetering fietsveiligheid Burgemeester Kuntzelaan</v>
       </c>
       <c r="C746" s="0">
-        <v>619</v>
+        <v>609</v>
       </c>
       <c r="D746" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E746" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="747" spans="1:5" customFormat="false">
       <c r="A747" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B747" s="0" t="str">
-        <v>Parkeergelegenheden voor fietsers in centrum Barneveld</v>
+        <v>Verbetering fietsveiligheid Burgemeester Kuntzelaan</v>
       </c>
       <c r="C747" s="0">
-        <v>619</v>
+        <v>609</v>
       </c>
       <c r="D747" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E747" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="748" spans="1:5" customFormat="false">
       <c r="A748" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B748" s="0" t="str">
-        <v>Aanpassing kruispunt Harselaarseweg-Industrieweg</v>
+        <v>Integraal ontsluitingsplan infrastructuur Thorbeckelaan - Mr. Troelstralaan - Schoutenstraat</v>
       </c>
       <c r="C748" s="0">
-        <v>660</v>
+        <v>618</v>
       </c>
       <c r="D748" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E748" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="749" spans="1:5" customFormat="false">
       <c r="A749" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B749" s="0" t="str">
-        <v>Basismobiliteit</v>
+        <v>Integraal ontsluitingsplan infrastructuur Thorbeckelaan - Mr. Troelstralaan - Schoutenstraat</v>
       </c>
       <c r="C749" s="0">
-        <v>666</v>
+        <v>618</v>
       </c>
       <c r="D749" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E749" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="750" spans="1:5" customFormat="false">
       <c r="A750" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B750" s="0" t="str">
-        <v>Snelfietsroute Stationsweg</v>
+        <v>Parkeergelegenheden voor fietsers in centrum Barneveld</v>
       </c>
       <c r="C750" s="0">
-        <v>679</v>
+        <v>619</v>
       </c>
       <c r="D750" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E750" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="751" spans="1:5" customFormat="false">
       <c r="A751" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B751" s="0" t="str">
-        <v>Snelfietsroute Stationsweg</v>
+        <v>Parkeergelegenheden voor fietsers in centrum Barneveld</v>
       </c>
       <c r="C751" s="0">
-        <v>679</v>
+        <v>619</v>
       </c>
       <c r="D751" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E751" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="752" spans="1:5" customFormat="false">
       <c r="A752" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B752" s="0" t="str">
-        <v xml:space="preserve">Snelfietsroute Hertespoor </v>
+        <v>Aanpassing kruispunt Harselaarseweg-Industrieweg</v>
       </c>
       <c r="C752" s="0">
-        <v>711</v>
+        <v>660</v>
       </c>
       <c r="D752" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E752" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="753" spans="1:5" customFormat="false">
       <c r="A753" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B753" s="0" t="str">
-        <v>Verbetering oversteek Vliegersvelderlaan</v>
+        <v>Basismobiliteit</v>
       </c>
       <c r="C753" s="0">
-        <v>756</v>
+        <v>666</v>
       </c>
       <c r="D753" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E753" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="754" spans="1:5" customFormat="false">
       <c r="A754" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B754" s="0" t="str">
-        <v xml:space="preserve">MIRT onderzoek A1/A30 </v>
+        <v>Snelfietsroute Stationsweg</v>
       </c>
       <c r="C754" s="0">
-        <v>818</v>
+        <v>679</v>
       </c>
       <c r="D754" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E754" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="755" spans="1:5" customFormat="false">
       <c r="A755" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B755" s="0" t="str">
-        <v xml:space="preserve">MIRT onderzoek A1/A30 </v>
+        <v>Snelfietsroute Stationsweg</v>
       </c>
       <c r="C755" s="0">
-        <v>818</v>
+        <v>679</v>
       </c>
       <c r="D755" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E755" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="756" spans="1:5" customFormat="false">
       <c r="A756" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B756" s="0" t="str">
-        <v>Visie Openbaar vervoer</v>
+        <v xml:space="preserve">Snelfietsroute Hertespoor </v>
       </c>
       <c r="C756" s="0">
-        <v>835</v>
+        <v>711</v>
       </c>
       <c r="D756" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E756" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="757" spans="1:5" customFormat="false">
       <c r="A757" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B757" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan rotonde Van Wijnbergenlaan/Stationsweg </v>
+        <v>Verbetering oversteek Vliegersvelderlaan</v>
       </c>
       <c r="C757" s="0">
-        <v>870</v>
+        <v>756</v>
       </c>
       <c r="D757" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E757" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="758" spans="1:5" customFormat="false">
       <c r="A758" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B758" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan rotonde Van Wijnbergenlaan/Stationsweg </v>
+        <v xml:space="preserve">MIRT onderzoek A1/A30 </v>
       </c>
       <c r="C758" s="0">
-        <v>870</v>
+        <v>818</v>
       </c>
       <c r="D758" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E758" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="759" spans="1:5" customFormat="false">
       <c r="A759" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B759" s="0" t="str">
-        <v>Voorstel onderzoek westelijke rondweg Barneveld</v>
+        <v xml:space="preserve">MIRT onderzoek A1/A30 </v>
       </c>
       <c r="C759" s="0">
-        <v>932</v>
+        <v>818</v>
       </c>
       <c r="D759" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E759" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="760" spans="1:5" customFormat="false">
       <c r="A760" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B760" s="0" t="str">
-        <v>Voorstel onderzoek westelijke rondweg Barneveld</v>
+        <v>Visie Openbaar vervoer</v>
       </c>
       <c r="C760" s="0">
-        <v>932</v>
+        <v>835</v>
       </c>
       <c r="D760" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E760" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="761" spans="1:5" customFormat="false">
       <c r="A761" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B761" s="0" t="str">
-        <v xml:space="preserve">Verkeersmaatregelen Voorthuizen </v>
+        <v xml:space="preserve">Bestemmingsplan rotonde Van Wijnbergenlaan/Stationsweg </v>
       </c>
       <c r="C761" s="0">
-        <v>950</v>
+        <v>870</v>
       </c>
       <c r="D761" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E761" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="762" spans="1:5" customFormat="false">
       <c r="A762" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B762" s="0" t="str">
-        <v xml:space="preserve">Wegsleepverordening </v>
+        <v xml:space="preserve">Bestemmingsplan rotonde Van Wijnbergenlaan/Stationsweg </v>
       </c>
       <c r="C762" s="0">
-        <v>984</v>
+        <v>870</v>
       </c>
       <c r="D762" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E762" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="763" spans="1:5" customFormat="false">
       <c r="A763" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B763" s="0" t="str">
-        <v xml:space="preserve">Wegsleepverordening </v>
+        <v>Voorstel onderzoek westelijke rondweg Barneveld</v>
       </c>
       <c r="C763" s="0">
-        <v>984</v>
+        <v>932</v>
       </c>
       <c r="D763" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E763" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="764" spans="1:5" customFormat="false">
       <c r="A764" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B764" s="0" t="str">
-        <v>Verkeersmaatregelen Garderen</v>
+        <v>Voorstel onderzoek westelijke rondweg Barneveld</v>
       </c>
       <c r="C764" s="0">
-        <v>1094</v>
+        <v>932</v>
       </c>
       <c r="D764" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E764" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="765" spans="1:5" customFormat="false">
       <c r="A765" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B765" s="0" t="str">
-        <v>Verkeersmaatregelen Garderen</v>
+        <v xml:space="preserve">Verkeersmaatregelen Voorthuizen </v>
       </c>
       <c r="C765" s="0">
-        <v>1094</v>
+        <v>950</v>
       </c>
       <c r="D765" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E765" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="766" spans="1:5" customFormat="false">
       <c r="A766" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B766" s="0" t="str">
-        <v>Verkeersmaatregelen Garderen</v>
+        <v xml:space="preserve">Wegsleepverordening </v>
       </c>
       <c r="C766" s="0">
-        <v>1094</v>
+        <v>984</v>
       </c>
       <c r="D766" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E766" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="767" spans="1:5" customFormat="false">
       <c r="A767" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B767" s="0" t="str">
-        <v xml:space="preserve">Voorstel Hoevelakenseweg </v>
+        <v xml:space="preserve">Wegsleepverordening </v>
       </c>
       <c r="C767" s="0">
-        <v>1117</v>
+        <v>984</v>
       </c>
       <c r="D767" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E767" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="768" spans="1:5" customFormat="false">
       <c r="A768" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B768" s="0" t="str">
-        <v xml:space="preserve">Voorstel Hoevelakenseweg </v>
+        <v>Verkeersmaatregelen Garderen</v>
       </c>
       <c r="C768" s="0">
-        <v>1117</v>
+        <v>1094</v>
       </c>
       <c r="D768" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E768" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="769" spans="1:5" customFormat="false">
       <c r="A769" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B769" s="0" t="str">
-        <v xml:space="preserve">Visie E-laadpalen </v>
+        <v>Verkeersmaatregelen Garderen</v>
       </c>
       <c r="C769" s="0">
-        <v>1118</v>
+        <v>1094</v>
       </c>
       <c r="D769" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E769" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="770" spans="1:5" customFormat="false">
       <c r="A770" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B770" s="0" t="str">
-        <v xml:space="preserve">Visie E-laadpalen </v>
+        <v>Verkeersmaatregelen Garderen</v>
       </c>
       <c r="C770" s="0">
-        <v>1118</v>
+        <v>1094</v>
       </c>
       <c r="D770" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E770" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="771" spans="1:5" customFormat="false">
       <c r="A771" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B771" s="0" t="str">
-        <v xml:space="preserve">Visie op de Centrumring </v>
+        <v xml:space="preserve">Voorstel Hoevelakenseweg </v>
       </c>
       <c r="C771" s="0">
-        <v>1119</v>
+        <v>1117</v>
       </c>
       <c r="D771" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E771" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="772" spans="1:5" customFormat="false">
       <c r="A772" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B772" s="0" t="str">
-        <v xml:space="preserve">Visie op de Centrumring </v>
+        <v xml:space="preserve">Voorstel Hoevelakenseweg </v>
       </c>
       <c r="C772" s="0">
-        <v>1119</v>
+        <v>1117</v>
       </c>
       <c r="D772" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E772" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="773" spans="1:5" customFormat="false">
       <c r="A773" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B773" s="0" t="str">
-        <v xml:space="preserve">Integrale aanpak Churchillstraat </v>
+        <v xml:space="preserve">Visie E-laadpalen </v>
       </c>
       <c r="C773" s="0">
-        <v>1135</v>
+        <v>1118</v>
       </c>
       <c r="D773" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E773" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="774" spans="1:5" customFormat="false">
       <c r="A774" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B774" s="0" t="str">
-        <v xml:space="preserve">Integrale aanpak Churchillstraat </v>
+        <v xml:space="preserve">Visie E-laadpalen </v>
       </c>
       <c r="C774" s="0">
-        <v>1135</v>
+        <v>1118</v>
       </c>
       <c r="D774" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E774" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="775" spans="1:5" customFormat="false">
       <c r="A775" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B775" s="0" t="str">
-        <v>Inrichting Wethouder Rebellaan/Troelstralaan: sobere 30km/uur inrichting</v>
+        <v xml:space="preserve">Visie op de Centrumring </v>
       </c>
       <c r="C775" s="0">
-        <v>1305</v>
+        <v>1119</v>
       </c>
       <c r="D775" s="0" t="str">
         <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E775" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="776" spans="1:5" customFormat="false">
       <c r="A776" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B776" s="0" t="str">
-        <v>Integrale aanpak Rooseveltstraat</v>
+        <v xml:space="preserve">Visie op de Centrumring </v>
       </c>
       <c r="C776" s="0">
-        <v>1309</v>
+        <v>1119</v>
       </c>
       <c r="D776" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E776" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="777" spans="1:5" customFormat="false">
       <c r="A777" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B777" s="0" t="str">
-        <v>Parkeerbeleid / notitie Parkeerregulering Barneveld Centrum</v>
+        <v xml:space="preserve">Integrale aanpak Churchillstraat </v>
       </c>
       <c r="C777" s="0">
-        <v>17</v>
+        <v>1135</v>
       </c>
       <c r="D777" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E777" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="778" spans="1:5" customFormat="false">
       <c r="A778" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B778" s="0" t="str">
-        <v>Parkeerbeleid / notitie Parkeerregulering Barneveld Centrum</v>
+        <v xml:space="preserve">Integrale aanpak Churchillstraat </v>
       </c>
       <c r="C778" s="0">
-        <v>17</v>
+        <v>1135</v>
       </c>
       <c r="D778" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E778" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="779" spans="1:5" customFormat="false">
       <c r="A779" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B779" s="0" t="str">
-        <v>Parkeerbeleid / notitie Parkeerregulering Barneveld Centrum</v>
+        <v>Inrichting Wethouder Rebellaan/Troelstralaan: sobere 30km/uur inrichting</v>
       </c>
       <c r="C779" s="0">
-        <v>17</v>
+        <v>1305</v>
       </c>
       <c r="D779" s="0" t="str">
         <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E779" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="780" spans="1:5" customFormat="false">
       <c r="A780" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B780" s="0" t="str">
-        <v xml:space="preserve">Toekomstvisie transferium/inventarisatie bezettingsgraad </v>
+        <v>Integrale aanpak Rooseveltstraat</v>
       </c>
       <c r="C780" s="0">
-        <v>19</v>
+        <v>1309</v>
       </c>
       <c r="D780" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E780" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="781" spans="1:5" customFormat="false">
       <c r="A781" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="B781" s="0" t="str">
-        <v xml:space="preserve">Toekomstvisie transferium/inventarisatie bezettingsgraad </v>
+        <v>Parkeerbeleid / notitie Parkeerregulering Barneveld Centrum</v>
       </c>
       <c r="C781" s="0">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D781" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E781" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="782" spans="1:5" customFormat="false">
       <c r="A782" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="B782" s="0" t="str">
-        <v xml:space="preserve">Toekomstvisie transferium/inventarisatie bezettingsgraad </v>
+        <v>Parkeerbeleid / notitie Parkeerregulering Barneveld Centrum</v>
       </c>
       <c r="C782" s="0">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D782" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E782" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="783" spans="1:5" customFormat="false">
       <c r="A783" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="B783" s="0" t="str">
-        <v>Evaluatie blauwe zone parkeren centrum Voorthuizen</v>
+        <v>Parkeerbeleid / notitie Parkeerregulering Barneveld Centrum</v>
       </c>
       <c r="C783" s="0">
-        <v>269</v>
+        <v>17</v>
       </c>
       <c r="D783" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E783" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="784" spans="1:5" customFormat="false">
       <c r="A784" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="B784" s="0" t="str">
-        <v>Nota Parkeernormen</v>
+        <v xml:space="preserve">Toekomstvisie transferium/inventarisatie bezettingsgraad </v>
       </c>
       <c r="C784" s="0">
-        <v>341</v>
+        <v>19</v>
       </c>
       <c r="D784" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E784" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="785" spans="1:5" customFormat="false">
       <c r="A785" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="B785" s="0" t="str">
-        <v>Nota Parkeernormen</v>
+        <v xml:space="preserve">Toekomstvisie transferium/inventarisatie bezettingsgraad </v>
       </c>
       <c r="C785" s="0">
-        <v>454</v>
+        <v>19</v>
       </c>
       <c r="D785" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E785" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="786" spans="1:5" customFormat="false">
       <c r="A786" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="B786" s="0" t="str">
-        <v>Nota Parkeernormen</v>
+        <v xml:space="preserve">Toekomstvisie transferium/inventarisatie bezettingsgraad </v>
       </c>
       <c r="C786" s="0">
-        <v>454</v>
+        <v>19</v>
       </c>
       <c r="D786" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E786" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="787" spans="1:5" customFormat="false">
       <c r="A787" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="B787" s="0" t="str">
-        <v>Nota Parkeernormen</v>
+        <v>Evaluatie blauwe zone parkeren centrum Voorthuizen</v>
       </c>
       <c r="C787" s="0">
-        <v>454</v>
+        <v>269</v>
       </c>
       <c r="D787" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E787" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="788" spans="1:5" customFormat="false">
       <c r="A788" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="B788" s="0" t="str">
         <v>Nota Parkeernormen</v>
       </c>
       <c r="C788" s="0">
-        <v>454</v>
+        <v>341</v>
       </c>
       <c r="D788" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E788" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="789" spans="1:5" customFormat="false">
       <c r="A789" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="B789" s="0" t="str">
         <v>Nota Parkeernormen</v>
       </c>
       <c r="C789" s="0">
         <v>454</v>
       </c>
       <c r="D789" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E789" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="790" spans="1:5" customFormat="false">
       <c r="A790" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="B790" s="0" t="str">
-        <v>Parkeeerbeleid</v>
+        <v>Nota Parkeernormen</v>
       </c>
       <c r="C790" s="0">
-        <v>578</v>
+        <v>454</v>
       </c>
       <c r="D790" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E790" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="791" spans="1:5" customFormat="false">
       <c r="A791" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="B791" s="0" t="str">
-        <v>Parkeeerbeleid</v>
+        <v>Nota Parkeernormen</v>
       </c>
       <c r="C791" s="0">
-        <v>578</v>
+        <v>454</v>
       </c>
       <c r="D791" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E791" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="792" spans="1:5" customFormat="false">
       <c r="A792" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="B792" s="0" t="str">
-        <v>Parkeeerbeleid</v>
+        <v>Nota Parkeernormen</v>
       </c>
       <c r="C792" s="0">
-        <v>578</v>
+        <v>454</v>
       </c>
       <c r="D792" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E792" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="793" spans="1:5" customFormat="false">
       <c r="A793" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="B793" s="0" t="str">
-        <v>Parkeeerbeleid</v>
+        <v>Nota Parkeernormen</v>
       </c>
       <c r="C793" s="0">
-        <v>578</v>
+        <v>454</v>
       </c>
       <c r="D793" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E793" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="794" spans="1:5" customFormat="false">
       <c r="A794" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="B794" s="0" t="str">
-        <v xml:space="preserve">Notitie over parkeernormen </v>
+        <v>Parkeeerbeleid</v>
       </c>
       <c r="C794" s="0">
-        <v>903</v>
+        <v>578</v>
       </c>
       <c r="D794" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E794" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="795" spans="1:5" customFormat="false">
       <c r="A795" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="B795" s="0" t="str">
-        <v xml:space="preserve">Notitie over parkeernormen </v>
+        <v>Parkeeerbeleid</v>
       </c>
       <c r="C795" s="0">
-        <v>903</v>
+        <v>578</v>
       </c>
       <c r="D795" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E795" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="796" spans="1:5" customFormat="false">
       <c r="A796" s="0" t="str">
         <v>232 Parkeren</v>
       </c>
       <c r="B796" s="0" t="str">
-        <v>Verhoging parkeertarieven</v>
+        <v>Parkeeerbeleid</v>
       </c>
       <c r="C796" s="0">
-        <v>1337</v>
+        <v>578</v>
       </c>
       <c r="D796" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E796" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="797" spans="1:5" customFormat="false">
       <c r="A797" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="B797" s="0" t="str">
-        <v>Meerjarenwoningbouwprogramma</v>
+        <v>Parkeeerbeleid</v>
       </c>
       <c r="C797" s="0">
-        <v>31</v>
+        <v>578</v>
       </c>
       <c r="D797" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E797" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="798" spans="1:5" customFormat="false">
       <c r="A798" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="B798" s="0" t="str">
-        <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
+        <v xml:space="preserve">Notitie over parkeernormen </v>
       </c>
       <c r="C798" s="0">
-        <v>32</v>
+        <v>903</v>
       </c>
       <c r="D798" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E798" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="799" spans="1:5" customFormat="false">
       <c r="A799" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="B799" s="0" t="str">
-        <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
+        <v xml:space="preserve">Notitie over parkeernormen </v>
       </c>
       <c r="C799" s="0">
-        <v>32</v>
+        <v>903</v>
       </c>
       <c r="D799" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E799" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="800" spans="1:5" customFormat="false">
       <c r="A800" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="B800" s="0" t="str">
-        <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
+        <v>Verhoging parkeertarieven</v>
       </c>
       <c r="C800" s="0">
-        <v>32</v>
+        <v>1337</v>
       </c>
       <c r="D800" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E800" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="801" spans="1:5" customFormat="false">
       <c r="A801" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B801" s="0" t="str">
-        <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
+        <v>Meerjarenwoningbouwprogramma</v>
       </c>
       <c r="C801" s="0">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D801" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E801" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="802" spans="1:5" customFormat="false">
       <c r="A802" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B802" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C802" s="0">
         <v>32</v>
       </c>
       <c r="D802" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E802" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="803" spans="1:5" customFormat="false">
       <c r="A803" s="0" t="str">
         <v>311 Volkshuisvesting</v>
@@ -14752,125 +14752,125 @@
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="813" spans="1:5" customFormat="false">
       <c r="A813" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B813" s="0" t="str">
         <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C813" s="0">
         <v>32</v>
       </c>
       <c r="D813" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E813" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="814" spans="1:5" customFormat="false">
       <c r="A814" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B814" s="0" t="str">
-        <v xml:space="preserve">Evaluatie visie op wonen 2010-2020 </v>
+        <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C814" s="0">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D814" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E814" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="815" spans="1:5" customFormat="false">
       <c r="A815" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B815" s="0" t="str">
-        <v xml:space="preserve">Huisvestingsverordening </v>
+        <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C815" s="0">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D815" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E815" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="816" spans="1:5" customFormat="false">
       <c r="A816" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B816" s="0" t="str">
-        <v xml:space="preserve">Huisvestingsverordening </v>
+        <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C816" s="0">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D816" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E816" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="817" spans="1:5" customFormat="false">
       <c r="A817" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B817" s="0" t="str">
-        <v xml:space="preserve">Huisvestingsverordening </v>
+        <v>Voortgangsprapportage woningbouw (was Rapportage faseren en doseren)</v>
       </c>
       <c r="C817" s="0">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D817" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E817" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="818" spans="1:5" customFormat="false">
       <c r="A818" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B818" s="0" t="str">
-        <v xml:space="preserve">Huisvestingsverordening </v>
+        <v xml:space="preserve">Evaluatie visie op wonen 2010-2020 </v>
       </c>
       <c r="C818" s="0">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D818" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E818" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="819" spans="1:5" customFormat="false">
       <c r="A819" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B819" s="0" t="str">
         <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C819" s="0">
         <v>34</v>
       </c>
       <c r="D819" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E819" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="820" spans="1:5" customFormat="false">
       <c r="A820" s="0" t="str">
         <v>311 Volkshuisvesting</v>
@@ -14956,173 +14956,173 @@
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="825" spans="1:5" customFormat="false">
       <c r="A825" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B825" s="0" t="str">
         <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C825" s="0">
         <v>34</v>
       </c>
       <c r="D825" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E825" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="826" spans="1:5" customFormat="false">
       <c r="A826" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B826" s="0" t="str">
-        <v>Woonzorgvisie (was Beleidsvisie wonen, zorg en welzijn, daarvoor Notitie Woonservicegebieden)</v>
+        <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C826" s="0">
-        <v>407</v>
+        <v>34</v>
       </c>
       <c r="D826" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E826" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="827" spans="1:5" customFormat="false">
       <c r="A827" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B827" s="0" t="str">
-        <v>Woonzorgvisie (was Beleidsvisie wonen, zorg en welzijn, daarvoor Notitie Woonservicegebieden)</v>
+        <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C827" s="0">
-        <v>407</v>
+        <v>34</v>
       </c>
       <c r="D827" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E827" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="828" spans="1:5" customFormat="false">
       <c r="A828" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B828" s="0" t="str">
-        <v>Woonzorgvisie (was Beleidsvisie wonen, zorg en welzijn, daarvoor Notitie Woonservicegebieden)</v>
+        <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C828" s="0">
-        <v>407</v>
+        <v>34</v>
       </c>
       <c r="D828" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E828" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="829" spans="1:5" customFormat="false">
       <c r="A829" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B829" s="0" t="str">
-        <v>Herijking Woonvisie</v>
+        <v xml:space="preserve">Huisvestingsverordening </v>
       </c>
       <c r="C829" s="0">
-        <v>422</v>
+        <v>34</v>
       </c>
       <c r="D829" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E829" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="830" spans="1:5" customFormat="false">
       <c r="A830" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B830" s="0" t="str">
-        <v>Herijking Woonvisie</v>
+        <v>Woonzorgvisie (was Beleidsvisie wonen, zorg en welzijn, daarvoor Notitie Woonservicegebieden)</v>
       </c>
       <c r="C830" s="0">
-        <v>422</v>
+        <v>407</v>
       </c>
       <c r="D830" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E830" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="831" spans="1:5" customFormat="false">
       <c r="A831" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B831" s="0" t="str">
-        <v>Herijking Woonvisie</v>
+        <v>Woonzorgvisie (was Beleidsvisie wonen, zorg en welzijn, daarvoor Notitie Woonservicegebieden)</v>
       </c>
       <c r="C831" s="0">
-        <v>422</v>
+        <v>407</v>
       </c>
       <c r="D831" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E831" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="832" spans="1:5" customFormat="false">
       <c r="A832" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B832" s="0" t="str">
-        <v>Herijking Woonvisie</v>
+        <v>Woonzorgvisie (was Beleidsvisie wonen, zorg en welzijn, daarvoor Notitie Woonservicegebieden)</v>
       </c>
       <c r="C832" s="0">
-        <v>422</v>
+        <v>407</v>
       </c>
       <c r="D832" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E832" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="833" spans="1:5" customFormat="false">
       <c r="A833" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B833" s="0" t="str">
-        <v>Herijking Woonvisie</v>
+        <v>Woonzorgvisie (was Beleidsvisie wonen, zorg en welzijn, daarvoor Notitie Woonservicegebieden)</v>
       </c>
       <c r="C833" s="0">
-        <v>422</v>
+        <v>407</v>
       </c>
       <c r="D833" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E833" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="834" spans="1:5" customFormat="false">
       <c r="A834" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B834" s="0" t="str">
         <v>Herijking Woonvisie</v>
       </c>
       <c r="C834" s="0">
         <v>422</v>
       </c>
       <c r="D834" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E834" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
@@ -15228,377 +15228,377 @@
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="841" spans="1:5" customFormat="false">
       <c r="A841" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B841" s="0" t="str">
         <v>Herijking Woonvisie</v>
       </c>
       <c r="C841" s="0">
         <v>422</v>
       </c>
       <c r="D841" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E841" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="842" spans="1:5" customFormat="false">
       <c r="A842" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B842" s="0" t="str">
-        <v>Faseren en doseren woningmarkt Barneveld</v>
+        <v>Herijking Woonvisie</v>
       </c>
       <c r="C842" s="0">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="D842" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E842" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="843" spans="1:5" customFormat="false">
       <c r="A843" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B843" s="0" t="str">
-        <v>Kwaliteitskader woningbouwplannen</v>
+        <v>Herijking Woonvisie</v>
       </c>
       <c r="C843" s="0">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="D843" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E843" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="844" spans="1:5" customFormat="false">
       <c r="A844" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B844" s="0" t="str">
-        <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
+        <v>Herijking Woonvisie</v>
       </c>
       <c r="C844" s="0">
-        <v>533</v>
+        <v>422</v>
       </c>
       <c r="D844" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E844" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="845" spans="1:5" customFormat="false">
       <c r="A845" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B845" s="0" t="str">
-        <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
+        <v>Herijking Woonvisie</v>
       </c>
       <c r="C845" s="0">
-        <v>533</v>
+        <v>422</v>
       </c>
       <c r="D845" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E845" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="846" spans="1:5" customFormat="false">
       <c r="A846" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B846" s="0" t="str">
-        <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
+        <v>Herijking Woonvisie</v>
       </c>
       <c r="C846" s="0">
-        <v>533</v>
+        <v>422</v>
       </c>
       <c r="D846" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E846" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="847" spans="1:5" customFormat="false">
       <c r="A847" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B847" s="0" t="str">
-        <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
+        <v>Faseren en doseren woningmarkt Barneveld</v>
       </c>
       <c r="C847" s="0">
-        <v>533</v>
+        <v>423</v>
       </c>
       <c r="D847" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E847" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="848" spans="1:5" customFormat="false">
       <c r="A848" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B848" s="0" t="str">
-        <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
+        <v>Kwaliteitskader woningbouwplannen</v>
       </c>
       <c r="C848" s="0">
-        <v>533</v>
+        <v>424</v>
       </c>
       <c r="D848" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E848" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="849" spans="1:5" customFormat="false">
       <c r="A849" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B849" s="0" t="str">
         <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
       </c>
       <c r="C849" s="0">
         <v>533</v>
       </c>
       <c r="D849" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E849" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="850" spans="1:5" customFormat="false">
       <c r="A850" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B850" s="0" t="str">
-        <v>Notitie huisvesting statushouders</v>
+        <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
       </c>
       <c r="C850" s="0">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="D850" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E850" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="851" spans="1:5" customFormat="false">
       <c r="A851" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B851" s="0" t="str">
-        <v>Notitie woonlastenfonds</v>
+        <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
       </c>
       <c r="C851" s="0">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="D851" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E851" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="852" spans="1:5" customFormat="false">
       <c r="A852" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B852" s="0" t="str">
-        <v>Evaluatie urgentiecategoriën Huisvestingsverordening</v>
+        <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
       </c>
       <c r="C852" s="0">
-        <v>579</v>
+        <v>533</v>
       </c>
       <c r="D852" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E852" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="853" spans="1:5" customFormat="false">
       <c r="A853" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B853" s="0" t="str">
-        <v>Evaluatie urgentiecategoriën Huisvestingsverordening</v>
+        <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
       </c>
       <c r="C853" s="0">
-        <v>579</v>
+        <v>533</v>
       </c>
       <c r="D853" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E853" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="854" spans="1:5" customFormat="false">
       <c r="A854" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B854" s="0" t="str">
-        <v>huisvesting statushouders</v>
+        <v xml:space="preserve">Beleidskaders huisvesting arbeidsmigranten </v>
       </c>
       <c r="C854" s="0">
-        <v>652</v>
+        <v>533</v>
       </c>
       <c r="D854" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E854" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="855" spans="1:5" customFormat="false">
       <c r="A855" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B855" s="0" t="str">
-        <v>huisvesting statushouders</v>
+        <v>Notitie huisvesting statushouders</v>
       </c>
       <c r="C855" s="0">
-        <v>652</v>
+        <v>534</v>
       </c>
       <c r="D855" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E855" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="856" spans="1:5" customFormat="false">
       <c r="A856" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B856" s="0" t="str">
-        <v>huisvesting statushouders</v>
+        <v>Notitie woonlastenfonds</v>
       </c>
       <c r="C856" s="0">
-        <v>652</v>
+        <v>535</v>
       </c>
       <c r="D856" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E856" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="857" spans="1:5" customFormat="false">
       <c r="A857" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B857" s="0" t="str">
-        <v>Startersleningen</v>
+        <v>Evaluatie urgentiecategoriën Huisvestingsverordening</v>
       </c>
       <c r="C857" s="0">
-        <v>717</v>
+        <v>579</v>
       </c>
       <c r="D857" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E857" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="858" spans="1:5" customFormat="false">
       <c r="A858" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B858" s="0" t="str">
-        <v>Startersleningen</v>
+        <v>Evaluatie urgentiecategoriën Huisvestingsverordening</v>
       </c>
       <c r="C858" s="0">
-        <v>717</v>
+        <v>579</v>
       </c>
       <c r="D858" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E858" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="859" spans="1:5" customFormat="false">
       <c r="A859" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B859" s="0" t="str">
-        <v>Startersleningen</v>
+        <v>huisvesting statushouders</v>
       </c>
       <c r="C859" s="0">
-        <v>717</v>
+        <v>652</v>
       </c>
       <c r="D859" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E859" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="860" spans="1:5" customFormat="false">
       <c r="A860" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B860" s="0" t="str">
-        <v>Startersleningen</v>
+        <v>huisvesting statushouders</v>
       </c>
       <c r="C860" s="0">
-        <v>717</v>
+        <v>652</v>
       </c>
       <c r="D860" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E860" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="861" spans="1:5" customFormat="false">
       <c r="A861" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B861" s="0" t="str">
-        <v>Startersleningen</v>
+        <v>huisvesting statushouders</v>
       </c>
       <c r="C861" s="0">
-        <v>717</v>
+        <v>652</v>
       </c>
       <c r="D861" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E861" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="862" spans="1:5" customFormat="false">
       <c r="A862" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B862" s="0" t="str">
         <v>Startersleningen</v>
       </c>
       <c r="C862" s="0">
         <v>717</v>
       </c>
       <c r="D862" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E862" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
@@ -15619,961 +15619,961 @@
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="864" spans="1:5" customFormat="false">
       <c r="A864" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B864" s="0" t="str">
         <v>Startersleningen</v>
       </c>
       <c r="C864" s="0">
         <v>717</v>
       </c>
       <c r="D864" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E864" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="865" spans="1:5" customFormat="false">
       <c r="A865" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B865" s="0" t="str">
-        <v>Actualisering betaalbaarheid wonen/Doelgroepenverordening</v>
+        <v>Startersleningen</v>
       </c>
       <c r="C865" s="0">
-        <v>728</v>
+        <v>717</v>
       </c>
       <c r="D865" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E865" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="866" spans="1:5" customFormat="false">
       <c r="A866" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B866" s="0" t="str">
-        <v>Actualisering betaalbaarheid wonen/Doelgroepenverordening</v>
+        <v>Startersleningen</v>
       </c>
       <c r="C866" s="0">
-        <v>728</v>
+        <v>717</v>
       </c>
       <c r="D866" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E866" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="867" spans="1:5" customFormat="false">
       <c r="A867" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B867" s="0" t="str">
-        <v>Actualisering betaalbaarheid wonen/Doelgroepenverordening</v>
+        <v>Startersleningen</v>
       </c>
       <c r="C867" s="0">
-        <v>728</v>
+        <v>717</v>
       </c>
       <c r="D867" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E867" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="868" spans="1:5" customFormat="false">
       <c r="A868" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B868" s="0" t="str">
-        <v>Actualisering betaalbaarheid wonen/Doelgroepenverordening</v>
+        <v>Startersleningen</v>
       </c>
       <c r="C868" s="0">
-        <v>728</v>
+        <v>717</v>
       </c>
       <c r="D868" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E868" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="869" spans="1:5" customFormat="false">
       <c r="A869" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B869" s="0" t="str">
-        <v>Actualisering betaalbaarheid wonen/Doelgroepenverordening</v>
+        <v>Startersleningen</v>
       </c>
       <c r="C869" s="0">
-        <v>728</v>
+        <v>717</v>
       </c>
       <c r="D869" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E869" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="870" spans="1:5" customFormat="false">
       <c r="A870" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B870" s="0" t="str">
-        <v xml:space="preserve">Notitie woningmarktonderzoek </v>
+        <v>Actualisering betaalbaarheid wonen/Doelgroepenverordening</v>
       </c>
       <c r="C870" s="0">
-        <v>893</v>
+        <v>728</v>
       </c>
       <c r="D870" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E870" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="871" spans="1:5" customFormat="false">
       <c r="A871" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B871" s="0" t="str">
-        <v xml:space="preserve">Onderzoek aantonen oplossen schaarste i.v.m. Huisvestingsverordening </v>
+        <v>Actualisering betaalbaarheid wonen/Doelgroepenverordening</v>
       </c>
       <c r="C871" s="0">
-        <v>904</v>
+        <v>728</v>
       </c>
       <c r="D871" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E871" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="872" spans="1:5" customFormat="false">
       <c r="A872" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B872" s="0" t="str">
-        <v xml:space="preserve">Onderzoek woningtrends </v>
+        <v>Actualisering betaalbaarheid wonen/Doelgroepenverordening</v>
       </c>
       <c r="C872" s="0">
-        <v>905</v>
+        <v>728</v>
       </c>
       <c r="D872" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E872" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="873" spans="1:5" customFormat="false">
       <c r="A873" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B873" s="0" t="str">
-        <v xml:space="preserve">Regeling opkoopbescherming koopwoningen </v>
+        <v>Actualisering betaalbaarheid wonen/Doelgroepenverordening</v>
       </c>
       <c r="C873" s="0">
-        <v>1097</v>
+        <v>728</v>
       </c>
       <c r="D873" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E873" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="874" spans="1:5" customFormat="false">
       <c r="A874" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B874" s="0" t="str">
-        <v>Huisvesting arbeidsmigranten Oud Vellerseweg</v>
+        <v xml:space="preserve">Notitie woningmarktonderzoek </v>
       </c>
       <c r="C874" s="0">
-        <v>1304</v>
+        <v>893</v>
       </c>
       <c r="D874" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E874" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="875" spans="1:5" customFormat="false">
       <c r="A875" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B875" s="0" t="str">
-        <v>Huisvesting arbeidsmigranten Postweg 16</v>
+        <v xml:space="preserve">Onderzoek aantonen oplossen schaarste i.v.m. Huisvestingsverordening </v>
       </c>
       <c r="C875" s="0">
-        <v>1306</v>
+        <v>904</v>
       </c>
       <c r="D875" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E875" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="876" spans="1:5" customFormat="false">
       <c r="A876" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B876" s="0" t="str">
-        <v>Huisvesting arbeidsmigranten Postweg 16</v>
+        <v xml:space="preserve">Onderzoek woningtrends </v>
       </c>
       <c r="C876" s="0">
-        <v>1306</v>
+        <v>905</v>
       </c>
       <c r="D876" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E876" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="877" spans="1:5" customFormat="false">
       <c r="A877" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B877" s="0" t="str">
-        <v>Puurveen Zuid Kootwijkerbroek</v>
+        <v xml:space="preserve">Regeling opkoopbescherming koopwoningen </v>
       </c>
       <c r="C877" s="0">
-        <v>1332</v>
+        <v>1097</v>
       </c>
       <c r="D877" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E877" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="878" spans="1:5" customFormat="false">
       <c r="A878" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B878" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Holzenbosch (Voorthuizen Zuid) </v>
+        <v>Huisvesting arbeidsmigranten Oud Vellerseweg</v>
       </c>
       <c r="C878" s="0">
-        <v>35</v>
+        <v>1304</v>
       </c>
       <c r="D878" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E878" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="879" spans="1:5" customFormat="false">
       <c r="A879" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B879" s="0" t="str">
-        <v>Bestemmingsplan Eilanden-Oost</v>
+        <v>Huisvesting arbeidsmigranten Postweg 16</v>
       </c>
       <c r="C879" s="0">
-        <v>37</v>
+        <v>1306</v>
       </c>
       <c r="D879" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E879" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="880" spans="1:5" customFormat="false">
       <c r="A880" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B880" s="0" t="str">
-        <v>Kaderstelling inbreidingslocaties</v>
+        <v>Huisvesting arbeidsmigranten Postweg 16</v>
       </c>
       <c r="C880" s="0">
-        <v>252</v>
+        <v>1306</v>
       </c>
       <c r="D880" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E880" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="881" spans="1:5" customFormat="false">
       <c r="A881" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B881" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Leeuwerikstraat I </v>
+        <v>Puurveen Zuid Kootwijkerbroek</v>
       </c>
       <c r="C881" s="0">
-        <v>298</v>
+        <v>1332</v>
       </c>
       <c r="D881" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E881" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="882" spans="1:5" customFormat="false">
       <c r="A882" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B882" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Jacob Catsstraat I </v>
+        <v>Starterslening</v>
       </c>
       <c r="C882" s="0">
-        <v>299</v>
+        <v>1345</v>
       </c>
       <c r="D882" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E882" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="883" spans="1:5" customFormat="false">
       <c r="A883" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B883" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Begoniastraat I </v>
+        <v xml:space="preserve">Bestemmingsplan Holzenbosch (Voorthuizen Zuid) </v>
       </c>
       <c r="C883" s="0">
-        <v>300</v>
+        <v>35</v>
       </c>
       <c r="D883" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E883" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="884" spans="1:5" customFormat="false">
       <c r="A884" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B884" s="0" t="str">
-        <v>Bestemmingsplan Esvelderbeekzone</v>
+        <v>Bestemmingsplan Eilanden-Oost</v>
       </c>
       <c r="C884" s="0">
-        <v>338</v>
+        <v>37</v>
       </c>
       <c r="D884" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E884" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="885" spans="1:5" customFormat="false">
       <c r="A885" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B885" s="0" t="str">
-        <v>Bestemmingsplan Valkseweg XI</v>
+        <v>Kaderstelling inbreidingslocaties</v>
       </c>
       <c r="C885" s="0">
-        <v>387</v>
+        <v>252</v>
       </c>
       <c r="D885" s="0" t="str">
         <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E885" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="886" spans="1:5" customFormat="false">
       <c r="A886" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B886" s="0" t="str">
-        <v>Bestemmingsplan Rudolphlaan-Schoonderbekerweg</v>
+        <v xml:space="preserve">Bestemmingsplan Leeuwerikstraat I </v>
       </c>
       <c r="C886" s="0">
-        <v>389</v>
+        <v>298</v>
       </c>
       <c r="D886" s="0" t="str">
         <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E886" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="887" spans="1:5" customFormat="false">
       <c r="A887" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B887" s="0" t="str">
-        <v xml:space="preserve">Woningbouwlocatie Barneveld-Noord (Bloemendal) </v>
+        <v xml:space="preserve">Bestemmingsplan Jacob Catsstraat I </v>
       </c>
       <c r="C887" s="0">
-        <v>408</v>
+        <v>299</v>
       </c>
       <c r="D887" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E887" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="888" spans="1:5" customFormat="false">
       <c r="A888" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B888" s="0" t="str">
-        <v xml:space="preserve">Woningbouwlocatie Barneveld-Noord (Bloemendal) </v>
+        <v xml:space="preserve">Bestemmingsplan Begoniastraat I </v>
       </c>
       <c r="C888" s="0">
-        <v>408</v>
+        <v>300</v>
       </c>
       <c r="D888" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E888" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="889" spans="1:5" customFormat="false">
       <c r="A889" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B889" s="0" t="str">
-        <v xml:space="preserve">Woningbouwlocatie Barneveld-Noord (Bloemendal) </v>
+        <v>Bestemmingsplan Esvelderbeekzone</v>
       </c>
       <c r="C889" s="0">
-        <v>408</v>
+        <v>338</v>
       </c>
       <c r="D889" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E889" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="890" spans="1:5" customFormat="false">
       <c r="A890" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B890" s="0" t="str">
-        <v xml:space="preserve">Woningbouwlocatie Barneveld-Noord (Bloemendal) </v>
+        <v>Bestemmingsplan Valkseweg XI</v>
       </c>
       <c r="C890" s="0">
-        <v>408</v>
+        <v>387</v>
       </c>
       <c r="D890" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E890" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="891" spans="1:5" customFormat="false">
       <c r="A891" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B891" s="0" t="str">
-        <v xml:space="preserve">Woningbouwlocatie Barneveld-Noord (Bloemendal) </v>
+        <v>Bestemmingsplan Rudolphlaan-Schoonderbekerweg</v>
       </c>
       <c r="C891" s="0">
-        <v>408</v>
+        <v>389</v>
       </c>
       <c r="D891" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E891" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="892" spans="1:5" customFormat="false">
       <c r="A892" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B892" s="0" t="str">
-        <v>Woningbouwlocatie Terschuur</v>
+        <v xml:space="preserve">Woningbouwlocatie Barneveld-Noord (Bloemendal) </v>
       </c>
       <c r="C892" s="0">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="D892" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E892" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="893" spans="1:5" customFormat="false">
       <c r="A893" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B893" s="0" t="str">
-        <v>Bestemmingsplan Schoutenstraat I</v>
+        <v xml:space="preserve">Woningbouwlocatie Barneveld-Noord (Bloemendal) </v>
       </c>
       <c r="C893" s="0">
-        <v>456</v>
+        <v>408</v>
       </c>
       <c r="D893" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E893" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="894" spans="1:5" customFormat="false">
       <c r="A894" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B894" s="0" t="str">
-        <v>Bestemmingsplan Schoutenstraat I</v>
+        <v xml:space="preserve">Woningbouwlocatie Barneveld-Noord (Bloemendal) </v>
       </c>
       <c r="C894" s="0">
-        <v>456</v>
+        <v>408</v>
       </c>
       <c r="D894" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E894" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="895" spans="1:5" customFormat="false">
       <c r="A895" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B895" s="0" t="str">
-        <v>Bestemmingsplan Sanderstraat Terschuur</v>
+        <v xml:space="preserve">Woningbouwlocatie Barneveld-Noord (Bloemendal) </v>
       </c>
       <c r="C895" s="0">
-        <v>466</v>
+        <v>408</v>
       </c>
       <c r="D895" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E895" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="896" spans="1:5" customFormat="false">
       <c r="A896" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B896" s="0" t="str">
-        <v>Bestemmingsplan Van den Berglaan I</v>
+        <v xml:space="preserve">Woningbouwlocatie Barneveld-Noord (Bloemendal) </v>
       </c>
       <c r="C896" s="0">
-        <v>467</v>
+        <v>408</v>
       </c>
       <c r="D896" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E896" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="897" spans="1:5" customFormat="false">
       <c r="A897" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B897" s="0" t="str">
-        <v>Bestemmingsplan Thorbeckelaan/Nijkerkerweg</v>
+        <v>Woningbouwlocatie Terschuur</v>
       </c>
       <c r="C897" s="0">
-        <v>468</v>
+        <v>409</v>
       </c>
       <c r="D897" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E897" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="898" spans="1:5" customFormat="false">
       <c r="A898" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B898" s="0" t="str">
-        <v>Bestemmingsplan Jonkersweg</v>
+        <v>Bestemmingsplan Schoutenstraat I</v>
       </c>
       <c r="C898" s="0">
-        <v>580</v>
+        <v>456</v>
       </c>
       <c r="D898" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E898" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="899" spans="1:5" customFormat="false">
       <c r="A899" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B899" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Kosterijweg </v>
+        <v>Bestemmingsplan Schoutenstraat I</v>
       </c>
       <c r="C899" s="0">
-        <v>600</v>
+        <v>456</v>
       </c>
       <c r="D899" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E899" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="900" spans="1:5" customFormat="false">
       <c r="A900" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B900" s="0" t="str">
-        <v>Bestemmingsplan Wildzoom</v>
+        <v>Bestemmingsplan Sanderstraat Terschuur</v>
       </c>
       <c r="C900" s="0">
-        <v>601</v>
+        <v>466</v>
       </c>
       <c r="D900" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E900" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="901" spans="1:5" customFormat="false">
       <c r="A901" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B901" s="0" t="str">
-        <v>Bestemmingsplan Oostbroek</v>
+        <v>Bestemmingsplan Van den Berglaan I</v>
       </c>
       <c r="C901" s="0">
-        <v>602</v>
+        <v>467</v>
       </c>
       <c r="D901" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E901" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="902" spans="1:5" customFormat="false">
       <c r="A902" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B902" s="0" t="str">
-        <v>Bestemmingsplan Oostbroek</v>
+        <v>Bestemmingsplan Thorbeckelaan/Nijkerkerweg</v>
       </c>
       <c r="C902" s="0">
-        <v>602</v>
+        <v>468</v>
       </c>
       <c r="D902" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E902" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="903" spans="1:5" customFormat="false">
       <c r="A903" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B903" s="0" t="str">
-        <v>Bestemmingsplan Oostbroek</v>
+        <v>Bestemmingsplan Jonkersweg</v>
       </c>
       <c r="C903" s="0">
-        <v>602</v>
+        <v>580</v>
       </c>
       <c r="D903" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E903" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="904" spans="1:5" customFormat="false">
       <c r="A904" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B904" s="0" t="str">
-        <v>Woningbouw Wikselaarseweg</v>
+        <v xml:space="preserve">Bestemmingsplan Kosterijweg </v>
       </c>
       <c r="C904" s="0">
-        <v>730</v>
+        <v>600</v>
       </c>
       <c r="D904" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E904" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="905" spans="1:5" customFormat="false">
       <c r="A905" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B905" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Woudse Erven </v>
+        <v>Bestemmingsplan Wildzoom</v>
       </c>
       <c r="C905" s="0">
-        <v>837</v>
+        <v>601</v>
       </c>
       <c r="D905" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E905" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="906" spans="1:5" customFormat="false">
       <c r="A906" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B906" s="0" t="str">
-        <v>Bestemmingsplan Valkhof</v>
+        <v>Bestemmingsplan Oostbroek</v>
       </c>
       <c r="C906" s="0">
-        <v>862</v>
+        <v>602</v>
       </c>
       <c r="D906" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E906" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="907" spans="1:5" customFormat="false">
       <c r="A907" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B907" s="0" t="str">
-        <v>Bestemmingsplan Valkhof</v>
+        <v>Bestemmingsplan Oostbroek</v>
       </c>
       <c r="C907" s="0">
-        <v>862</v>
+        <v>602</v>
       </c>
       <c r="D907" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E907" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="908" spans="1:5" customFormat="false">
       <c r="A908" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B908" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Putterweg </v>
+        <v>Bestemmingsplan Oostbroek</v>
       </c>
       <c r="C908" s="0">
-        <v>869</v>
+        <v>602</v>
       </c>
       <c r="D908" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E908" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="909" spans="1:5" customFormat="false">
       <c r="A909" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B909" s="0" t="str">
-        <v>Bestemmingsplan Achterveldseweg/Briellaerd</v>
+        <v>Woningbouw Wikselaarseweg</v>
       </c>
       <c r="C909" s="0">
-        <v>882</v>
+        <v>730</v>
       </c>
       <c r="D909" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E909" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="910" spans="1:5" customFormat="false">
       <c r="A910" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B910" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Achterveldseweg/De Brieallaerd </v>
+        <v xml:space="preserve">Bestemmingsplan Woudse Erven </v>
       </c>
       <c r="C910" s="0">
-        <v>906</v>
+        <v>837</v>
       </c>
       <c r="D910" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E910" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="911" spans="1:5" customFormat="false">
       <c r="A911" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B911" s="0" t="str">
-        <v>Bestemmingplan Iepenhof/Dr. Albert Schweitzerlaan</v>
+        <v>Bestemmingsplan Valkhof</v>
       </c>
       <c r="C911" s="0">
-        <v>933</v>
+        <v>862</v>
       </c>
       <c r="D911" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E911" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="912" spans="1:5" customFormat="false">
       <c r="A912" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B912" s="0" t="str">
-        <v>Intentieovereenkomst CV De Burgt</v>
+        <v>Bestemmingsplan Valkhof</v>
       </c>
       <c r="C912" s="0">
-        <v>1027</v>
+        <v>862</v>
       </c>
       <c r="D912" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E912" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="913" spans="1:5" customFormat="false">
       <c r="A913" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B913" s="0" t="str">
-        <v xml:space="preserve">Financiering fiets- en voetpad Bloemendal </v>
+        <v xml:space="preserve">Bestemmingsplan Putterweg </v>
       </c>
       <c r="C913" s="0">
-        <v>1147</v>
+        <v>869</v>
       </c>
       <c r="D913" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E913" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="914" spans="1:5" customFormat="false">
       <c r="A914" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B914" s="0" t="str">
-        <v xml:space="preserve">Integraal Veiligheidsplan </v>
+        <v>Bestemmingsplan Achterveldseweg/Briellaerd</v>
       </c>
       <c r="C914" s="0">
-        <v>38</v>
+        <v>882</v>
       </c>
       <c r="D914" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E914" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="915" spans="1:5" customFormat="false">
       <c r="A915" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B915" s="0" t="str">
-        <v xml:space="preserve">Integraal Veiligheidsplan </v>
+        <v xml:space="preserve">Bestemmingsplan Achterveldseweg/De Brieallaerd </v>
       </c>
       <c r="C915" s="0">
-        <v>38</v>
+        <v>906</v>
       </c>
       <c r="D915" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E915" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="916" spans="1:5" customFormat="false">
       <c r="A916" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B916" s="0" t="str">
-        <v xml:space="preserve">Integraal Veiligheidsplan </v>
+        <v>Bestemmingplan Iepenhof/Dr. Albert Schweitzerlaan</v>
       </c>
       <c r="C916" s="0">
-        <v>38</v>
+        <v>933</v>
       </c>
       <c r="D916" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E916" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="917" spans="1:5" customFormat="false">
       <c r="A917" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B917" s="0" t="str">
-        <v xml:space="preserve">Integraal Veiligheidsplan </v>
+        <v>Intentieovereenkomst CV De Burgt</v>
       </c>
       <c r="C917" s="0">
-        <v>38</v>
+        <v>1027</v>
       </c>
       <c r="D917" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E917" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="918" spans="1:5" customFormat="false">
       <c r="A918" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B918" s="0" t="str">
-        <v xml:space="preserve">Integraal Veiligheidsplan </v>
+        <v xml:space="preserve">Financiering fiets- en voetpad Bloemendal </v>
       </c>
       <c r="C918" s="0">
-        <v>38</v>
+        <v>1147</v>
       </c>
       <c r="D918" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E918" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="919" spans="1:5" customFormat="false">
       <c r="A919" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B919" s="0" t="str">
         <v xml:space="preserve">Integraal Veiligheidsplan </v>
       </c>
       <c r="C919" s="0">
         <v>38</v>
       </c>
       <c r="D919" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E919" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="920" spans="1:5" customFormat="false">
       <c r="A920" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B920" s="0" t="str">
         <v xml:space="preserve">Integraal Veiligheidsplan </v>
@@ -16605,380 +16605,380 @@
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="922" spans="1:5" customFormat="false">
       <c r="A922" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B922" s="0" t="str">
         <v xml:space="preserve">Integraal Veiligheidsplan </v>
       </c>
       <c r="C922" s="0">
         <v>38</v>
       </c>
       <c r="D922" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E922" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="923" spans="1:5" customFormat="false">
       <c r="A923" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B923" s="0" t="str">
-        <v>Evaluatie gemeentelijke openbare camera's + voorstel kentekencamera's</v>
+        <v xml:space="preserve">Integraal Veiligheidsplan </v>
       </c>
       <c r="C923" s="0">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D923" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E923" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="924" spans="1:5" customFormat="false">
       <c r="A924" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B924" s="0" t="str">
-        <v xml:space="preserve">Beleidsplan Brandweer 2018-2022 </v>
+        <v xml:space="preserve">Integraal Veiligheidsplan </v>
       </c>
       <c r="C924" s="0">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D924" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E924" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="925" spans="1:5" customFormat="false">
       <c r="A925" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B925" s="0" t="str">
-        <v xml:space="preserve">Drank- en Horecaverordening </v>
+        <v xml:space="preserve">Integraal Veiligheidsplan </v>
       </c>
       <c r="C925" s="0">
-        <v>241</v>
+        <v>38</v>
       </c>
       <c r="D925" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E925" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="926" spans="1:5" customFormat="false">
       <c r="A926" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B926" s="0" t="str">
-        <v>Veiligheidsmonitor</v>
+        <v xml:space="preserve">Integraal Veiligheidsplan </v>
       </c>
       <c r="C926" s="0">
-        <v>272</v>
+        <v>38</v>
       </c>
       <c r="D926" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E926" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="927" spans="1:5" customFormat="false">
       <c r="A927" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B927" s="0" t="str">
-        <v>Veiligheidsmonitor</v>
+        <v xml:space="preserve">Integraal Veiligheidsplan </v>
       </c>
       <c r="C927" s="0">
-        <v>272</v>
+        <v>38</v>
       </c>
       <c r="D927" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E927" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="928" spans="1:5" customFormat="false">
       <c r="A928" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B928" s="0" t="str">
-        <v>Veiligheidsmonitor</v>
+        <v>Evaluatie gemeentelijke openbare camera's + voorstel kentekencamera's</v>
       </c>
       <c r="C928" s="0">
-        <v>272</v>
+        <v>40</v>
       </c>
       <c r="D928" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E928" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="929" spans="1:5" customFormat="false">
       <c r="A929" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B929" s="0" t="str">
-        <v>Veiligheidsmonitor</v>
+        <v xml:space="preserve">Beleidsplan Brandweer 2018-2022 </v>
       </c>
       <c r="C929" s="0">
-        <v>272</v>
+        <v>41</v>
       </c>
       <c r="D929" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E929" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="930" spans="1:5" customFormat="false">
       <c r="A930" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B930" s="0" t="str">
-        <v>Veiligheidsmonitor</v>
+        <v xml:space="preserve">Drank- en Horecaverordening </v>
       </c>
       <c r="C930" s="0">
-        <v>272</v>
+        <v>241</v>
       </c>
       <c r="D930" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E930" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="931" spans="1:5" customFormat="false">
       <c r="A931" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B931" s="0" t="str">
         <v>Veiligheidsmonitor</v>
       </c>
       <c r="C931" s="0">
         <v>272</v>
       </c>
       <c r="D931" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E931" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="932" spans="1:5" customFormat="false">
       <c r="A932" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B932" s="0" t="str">
-        <v>Preventie- en Handhavingsplan voor uitvoering Drank- en Horecawet</v>
+        <v>Veiligheidsmonitor</v>
       </c>
       <c r="C932" s="0">
-        <v>342</v>
+        <v>272</v>
       </c>
       <c r="D932" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E932" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="933" spans="1:5" customFormat="false">
       <c r="A933" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B933" s="0" t="str">
-        <v xml:space="preserve">Evaluatie Drank- en Horecaverordening </v>
+        <v>Veiligheidsmonitor</v>
       </c>
       <c r="C933" s="0">
-        <v>360</v>
+        <v>272</v>
       </c>
       <c r="D933" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E933" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="934" spans="1:5" customFormat="false">
       <c r="A934" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B934" s="0" t="str">
-        <v>concept Veiligheidsstrategie 2015-2018 en ontwerp Meerjarenbeleidsplan Politie 2015-2018</v>
+        <v>Veiligheidsmonitor</v>
       </c>
       <c r="C934" s="0">
-        <v>390</v>
+        <v>272</v>
       </c>
       <c r="D934" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E934" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="935" spans="1:5" customFormat="false">
       <c r="A935" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B935" s="0" t="str">
-        <v xml:space="preserve">Doorontwikkeling Repressieve Organisatie (DRO) VGGM </v>
+        <v>Veiligheidsmonitor</v>
       </c>
       <c r="C935" s="0">
-        <v>410</v>
+        <v>272</v>
       </c>
       <c r="D935" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E935" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="936" spans="1:5" customFormat="false">
       <c r="A936" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B936" s="0" t="str">
-        <v xml:space="preserve">Doorontwikkeling Repressieve Organisatie (DRO) VGGM </v>
+        <v>Veiligheidsmonitor</v>
       </c>
       <c r="C936" s="0">
-        <v>410</v>
+        <v>272</v>
       </c>
       <c r="D936" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E936" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="937" spans="1:5" customFormat="false">
       <c r="A937" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B937" s="0" t="str">
-        <v>Onderzoek vuurwerkvrije zone</v>
+        <v>Preventie- en Handhavingsplan voor uitvoering Drank- en Horecawet</v>
       </c>
       <c r="C937" s="0">
-        <v>411</v>
+        <v>342</v>
       </c>
       <c r="D937" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E937" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="938" spans="1:5" customFormat="false">
       <c r="A938" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B938" s="0" t="str">
-        <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
+        <v xml:space="preserve">Evaluatie Drank- en Horecaverordening </v>
       </c>
       <c r="C938" s="0">
-        <v>526</v>
+        <v>360</v>
       </c>
       <c r="D938" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E938" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="939" spans="1:5" customFormat="false">
       <c r="A939" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B939" s="0" t="str">
-        <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
+        <v>concept Veiligheidsstrategie 2015-2018 en ontwerp Meerjarenbeleidsplan Politie 2015-2018</v>
       </c>
       <c r="C939" s="0">
-        <v>526</v>
+        <v>390</v>
       </c>
       <c r="D939" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E939" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="940" spans="1:5" customFormat="false">
       <c r="A940" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B940" s="0" t="str">
-        <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
+        <v xml:space="preserve">Doorontwikkeling Repressieve Organisatie (DRO) VGGM </v>
       </c>
       <c r="C940" s="0">
-        <v>526</v>
+        <v>410</v>
       </c>
       <c r="D940" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E940" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="941" spans="1:5" customFormat="false">
       <c r="A941" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B941" s="0" t="str">
-        <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
+        <v xml:space="preserve">Doorontwikkeling Repressieve Organisatie (DRO) VGGM </v>
       </c>
       <c r="C941" s="0">
-        <v>526</v>
+        <v>410</v>
       </c>
       <c r="D941" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E941" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="942" spans="1:5" customFormat="false">
       <c r="A942" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B942" s="0" t="str">
-        <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
+        <v>Onderzoek vuurwerkvrije zone</v>
       </c>
       <c r="C942" s="0">
-        <v>526</v>
+        <v>411</v>
       </c>
       <c r="D942" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E942" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="943" spans="1:5" customFormat="false">
       <c r="A943" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B943" s="0" t="str">
         <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C943" s="0">
         <v>526</v>
       </c>
       <c r="D943" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E943" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="944" spans="1:5" customFormat="false">
       <c r="A944" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
@@ -17047,400 +17047,400 @@
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="948" spans="1:5" customFormat="false">
       <c r="A948" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B948" s="0" t="str">
         <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C948" s="0">
         <v>526</v>
       </c>
       <c r="D948" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E948" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="949" spans="1:5" customFormat="false">
       <c r="A949" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B949" s="0" t="str">
-        <v>Nota Horecabeleid</v>
+        <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C949" s="0">
-        <v>537</v>
+        <v>526</v>
       </c>
       <c r="D949" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E949" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="950" spans="1:5" customFormat="false">
       <c r="A950" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B950" s="0" t="str">
-        <v>Nota Horecabeleid</v>
+        <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C950" s="0">
-        <v>537</v>
+        <v>526</v>
       </c>
       <c r="D950" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E950" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="951" spans="1:5" customFormat="false">
       <c r="A951" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B951" s="0" t="str">
-        <v>Nota Horecabeleid</v>
+        <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C951" s="0">
-        <v>537</v>
+        <v>526</v>
       </c>
       <c r="D951" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E951" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="952" spans="1:5" customFormat="false">
       <c r="A952" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B952" s="0" t="str">
-        <v>Evaluatie horecaconvenant</v>
+        <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C952" s="0">
-        <v>586</v>
+        <v>526</v>
       </c>
       <c r="D952" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E952" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="953" spans="1:5" customFormat="false">
       <c r="A953" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B953" s="0" t="str">
-        <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
+        <v>Herziening Algemene Plaatselijke Verordening (APV)</v>
       </c>
       <c r="C953" s="0">
-        <v>610</v>
+        <v>526</v>
       </c>
       <c r="D953" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E953" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="954" spans="1:5" customFormat="false">
       <c r="A954" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B954" s="0" t="str">
-        <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
+        <v>Nota Horecabeleid</v>
       </c>
       <c r="C954" s="0">
-        <v>610</v>
+        <v>537</v>
       </c>
       <c r="D954" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E954" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="955" spans="1:5" customFormat="false">
       <c r="A955" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B955" s="0" t="str">
-        <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
+        <v>Nota Horecabeleid</v>
       </c>
       <c r="C955" s="0">
-        <v>610</v>
+        <v>537</v>
       </c>
       <c r="D955" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E955" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="956" spans="1:5" customFormat="false">
       <c r="A956" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B956" s="0" t="str">
-        <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
+        <v>Nota Horecabeleid</v>
       </c>
       <c r="C956" s="0">
-        <v>610</v>
+        <v>537</v>
       </c>
       <c r="D956" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E956" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="957" spans="1:5" customFormat="false">
       <c r="A957" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B957" s="0" t="str">
-        <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
+        <v>Evaluatie horecaconvenant</v>
       </c>
       <c r="C957" s="0">
-        <v>610</v>
+        <v>586</v>
       </c>
       <c r="D957" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E957" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="958" spans="1:5" customFormat="false">
       <c r="A958" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B958" s="0" t="str">
         <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
       </c>
       <c r="C958" s="0">
         <v>610</v>
       </c>
       <c r="D958" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E958" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="959" spans="1:5" customFormat="false">
       <c r="A959" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B959" s="0" t="str">
         <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
       </c>
       <c r="C959" s="0">
         <v>610</v>
       </c>
       <c r="D959" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E959" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="960" spans="1:5" customFormat="false">
       <c r="A960" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B960" s="0" t="str">
-        <v xml:space="preserve">Aanpak prioriteiten veiligheid </v>
+        <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
       </c>
       <c r="C960" s="0">
-        <v>748</v>
+        <v>610</v>
       </c>
       <c r="D960" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E960" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="961" spans="1:5" customFormat="false">
       <c r="A961" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B961" s="0" t="str">
-        <v xml:space="preserve">Aanpak prioriteiten veiligheid </v>
+        <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
       </c>
       <c r="C961" s="0">
-        <v>748</v>
+        <v>610</v>
       </c>
       <c r="D961" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E961" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="962" spans="1:5" customFormat="false">
       <c r="A962" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B962" s="0" t="str">
-        <v>Veiligheidsstrategie 2019-2022 en Meerjarenbeleidsplan politie 2019-2022</v>
+        <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
       </c>
       <c r="C962" s="0">
-        <v>941</v>
+        <v>610</v>
       </c>
       <c r="D962" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E962" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="963" spans="1:5" customFormat="false">
       <c r="A963" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B963" s="0" t="str">
-        <v>Veiligheidsstrategie 2019-2022 en Meerjarenbeleidsplan politie 2019-2022</v>
+        <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
       </c>
       <c r="C963" s="0">
-        <v>941</v>
+        <v>610</v>
       </c>
       <c r="D963" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E963" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="964" spans="1:5" customFormat="false">
       <c r="A964" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B964" s="0" t="str">
-        <v xml:space="preserve">Alcohol in het verkeer terugdringen </v>
+        <v>Verbetering opkomsttijden Brandweer in Barneveld</v>
       </c>
       <c r="C964" s="0">
-        <v>1096</v>
+        <v>610</v>
       </c>
       <c r="D964" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E964" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="965" spans="1:5" customFormat="false">
       <c r="A965" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B965" s="0" t="str">
-        <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
+        <v xml:space="preserve">Aanpak prioriteiten veiligheid </v>
       </c>
       <c r="C965" s="0">
-        <v>662</v>
+        <v>748</v>
       </c>
       <c r="D965" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E965" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="966" spans="1:5" customFormat="false">
       <c r="A966" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B966" s="0" t="str">
-        <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
+        <v xml:space="preserve">Aanpak prioriteiten veiligheid </v>
       </c>
       <c r="C966" s="0">
-        <v>662</v>
+        <v>748</v>
       </c>
       <c r="D966" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E966" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="967" spans="1:5" customFormat="false">
       <c r="A967" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B967" s="0" t="str">
-        <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
+        <v>Veiligheidsstrategie 2019-2022 en Meerjarenbeleidsplan politie 2019-2022</v>
       </c>
       <c r="C967" s="0">
-        <v>662</v>
+        <v>941</v>
       </c>
       <c r="D967" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E967" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="968" spans="1:5" customFormat="false">
       <c r="A968" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B968" s="0" t="str">
-        <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
+        <v>Veiligheidsstrategie 2019-2022 en Meerjarenbeleidsplan politie 2019-2022</v>
       </c>
       <c r="C968" s="0">
-        <v>662</v>
+        <v>941</v>
       </c>
       <c r="D968" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E968" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="969" spans="1:5" customFormat="false">
       <c r="A969" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B969" s="0" t="str">
-        <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
+        <v xml:space="preserve">Alcohol in het verkeer terugdringen </v>
       </c>
       <c r="C969" s="0">
-        <v>662</v>
+        <v>1096</v>
       </c>
       <c r="D969" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E969" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="970" spans="1:5" customFormat="false">
       <c r="A970" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="B970" s="0" t="str">
         <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C970" s="0">
         <v>662</v>
       </c>
       <c r="D970" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E970" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="971" spans="1:5" customFormat="false">
       <c r="A971" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="B971" s="0" t="str">
         <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
@@ -17486,876 +17486,876 @@
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E973" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="974" spans="1:5" customFormat="false">
       <c r="A974" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="B974" s="0" t="str">
         <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C974" s="0">
         <v>662</v>
       </c>
       <c r="D974" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E974" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="975" spans="1:5" customFormat="false">
       <c r="A975" s="0" t="str">
-        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
+        <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="B975" s="0" t="str">
-        <v>Actualisatie beleid wijkplatforms (3)</v>
+        <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C975" s="0">
-        <v>39</v>
+        <v>662</v>
       </c>
       <c r="D975" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E975" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="976" spans="1:5" customFormat="false">
       <c r="A976" s="0" t="str">
-        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
+        <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="B976" s="0" t="str">
-        <v>Actualisatie nota wijkplatforms</v>
+        <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C976" s="0">
-        <v>301</v>
+        <v>662</v>
       </c>
       <c r="D976" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E976" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="977" spans="1:5" customFormat="false">
       <c r="A977" s="0" t="str">
-        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
+        <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="B977" s="0" t="str">
-        <v>Actualisatie nota wijkplatforms</v>
+        <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C977" s="0">
-        <v>301</v>
+        <v>662</v>
       </c>
       <c r="D977" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E977" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="978" spans="1:5" customFormat="false">
       <c r="A978" s="0" t="str">
-        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
+        <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="B978" s="0" t="str">
-        <v>Actualisatie nota wijkplatforms</v>
+        <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C978" s="0">
-        <v>301</v>
+        <v>662</v>
       </c>
       <c r="D978" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E978" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="979" spans="1:5" customFormat="false">
       <c r="A979" s="0" t="str">
-        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
+        <v xml:space="preserve">321 Veiligheid (evenementenbeleid) </v>
       </c>
       <c r="B979" s="0" t="str">
-        <v>Actualisatie nota wijkplatforms</v>
+        <v>Evenementenbeleid: periodieke geluidmeting (bij evenementen)</v>
       </c>
       <c r="C979" s="0">
-        <v>301</v>
+        <v>662</v>
       </c>
       <c r="D979" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E979" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="980" spans="1:5" customFormat="false">
       <c r="A980" s="0" t="str">
-        <v>322 Groen</v>
+        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="B980" s="0" t="str">
-        <v xml:space="preserve">Integraal landschapsplan </v>
+        <v>Actualisatie beleid wijkplatforms (3)</v>
       </c>
       <c r="C980" s="0">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D980" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E980" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="981" spans="1:5" customFormat="false">
       <c r="A981" s="0" t="str">
-        <v>322 Groen</v>
+        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="B981" s="0" t="str">
-        <v xml:space="preserve">Integraal landschapsplan </v>
+        <v>Actualisatie nota wijkplatforms</v>
       </c>
       <c r="C981" s="0">
-        <v>42</v>
+        <v>301</v>
       </c>
       <c r="D981" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E981" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="982" spans="1:5" customFormat="false">
       <c r="A982" s="0" t="str">
-        <v>322 Groen</v>
+        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="B982" s="0" t="str">
-        <v xml:space="preserve">Integraal landschapsplan </v>
+        <v>Actualisatie nota wijkplatforms</v>
       </c>
       <c r="C982" s="0">
-        <v>42</v>
+        <v>301</v>
       </c>
       <c r="D982" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E982" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="983" spans="1:5" customFormat="false">
       <c r="A983" s="0" t="str">
-        <v>322 Groen</v>
+        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="B983" s="0" t="str">
-        <v xml:space="preserve">Integraal landschapsplan </v>
+        <v>Actualisatie nota wijkplatforms</v>
       </c>
       <c r="C983" s="0">
-        <v>42</v>
+        <v>301</v>
       </c>
       <c r="D983" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E983" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="984" spans="1:5" customFormat="false">
       <c r="A984" s="0" t="str">
-        <v>322 Groen</v>
+        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="B984" s="0" t="str">
-        <v xml:space="preserve">Deregulering kapvergunningen </v>
+        <v>Actualisatie nota wijkplatforms</v>
       </c>
       <c r="C984" s="0">
-        <v>412</v>
+        <v>301</v>
       </c>
       <c r="D984" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E984" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="985" spans="1:5" customFormat="false">
       <c r="A985" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B985" s="0" t="str">
-        <v>Onkruidbestrijding op verharding</v>
+        <v xml:space="preserve">Integraal landschapsplan </v>
       </c>
       <c r="C985" s="0">
-        <v>425</v>
+        <v>42</v>
       </c>
       <c r="D985" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E985" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="986" spans="1:5" customFormat="false">
       <c r="A986" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B986" s="0" t="str">
-        <v>Rotondebeleid</v>
+        <v xml:space="preserve">Integraal landschapsplan </v>
       </c>
       <c r="C986" s="0">
-        <v>767</v>
+        <v>42</v>
       </c>
       <c r="D986" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E986" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="987" spans="1:5" customFormat="false">
       <c r="A987" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B987" s="0" t="str">
-        <v xml:space="preserve">Uitgangspuntennotitie rondjes om en in de kernen </v>
+        <v xml:space="preserve">Integraal landschapsplan </v>
       </c>
       <c r="C987" s="0">
-        <v>896</v>
+        <v>42</v>
       </c>
       <c r="D987" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E987" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="988" spans="1:5" customFormat="false">
       <c r="A988" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B988" s="0" t="str">
-        <v xml:space="preserve">Uitgangspuntennotitie rondjes om en in de kernen </v>
+        <v xml:space="preserve">Integraal landschapsplan </v>
       </c>
       <c r="C988" s="0">
-        <v>896</v>
+        <v>42</v>
       </c>
       <c r="D988" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E988" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="989" spans="1:5" customFormat="false">
       <c r="A989" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B989" s="0" t="str">
-        <v xml:space="preserve">Uitgangspuntennotitie rondjes om en in de kernen </v>
+        <v xml:space="preserve">Deregulering kapvergunningen </v>
       </c>
       <c r="C989" s="0">
-        <v>896</v>
+        <v>412</v>
       </c>
       <c r="D989" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E989" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="990" spans="1:5" customFormat="false">
       <c r="A990" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B990" s="0" t="str">
-        <v xml:space="preserve">Uitgangspuntennotitie rondjes om en in de kernen </v>
+        <v>Onkruidbestrijding op verharding</v>
       </c>
       <c r="C990" s="0">
-        <v>896</v>
+        <v>425</v>
       </c>
       <c r="D990" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E990" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="991" spans="1:5" customFormat="false">
       <c r="A991" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B991" s="0" t="str">
-        <v>Biodiversiteit</v>
+        <v>Rotondebeleid</v>
       </c>
       <c r="C991" s="0">
-        <v>945</v>
+        <v>767</v>
       </c>
       <c r="D991" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E991" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="992" spans="1:5" customFormat="false">
       <c r="A992" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B992" s="0" t="str">
-        <v>Biodiversiteit</v>
+        <v xml:space="preserve">Uitgangspuntennotitie rondjes om en in de kernen </v>
       </c>
       <c r="C992" s="0">
-        <v>945</v>
+        <v>896</v>
       </c>
       <c r="D992" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E992" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="993" spans="1:5" customFormat="false">
       <c r="A993" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B993" s="0" t="str">
-        <v>Biodiversiteit</v>
+        <v xml:space="preserve">Uitgangspuntennotitie rondjes om en in de kernen </v>
       </c>
       <c r="C993" s="0">
-        <v>945</v>
+        <v>896</v>
       </c>
       <c r="D993" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E993" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="994" spans="1:5" customFormat="false">
       <c r="A994" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B994" s="0" t="str">
-        <v>Biodiversiteit</v>
+        <v xml:space="preserve">Uitgangspuntennotitie rondjes om en in de kernen </v>
       </c>
       <c r="C994" s="0">
-        <v>945</v>
+        <v>896</v>
       </c>
       <c r="D994" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E994" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="995" spans="1:5" customFormat="false">
       <c r="A995" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B995" s="0" t="str">
-        <v>Biodiversiteit</v>
+        <v xml:space="preserve">Uitgangspuntennotitie rondjes om en in de kernen </v>
       </c>
       <c r="C995" s="0">
-        <v>945</v>
+        <v>896</v>
       </c>
       <c r="D995" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E995" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="996" spans="1:5" customFormat="false">
       <c r="A996" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B996" s="0" t="str">
-        <v>Herinrichtingsplan Pastoriebos</v>
+        <v>Biodiversiteit</v>
       </c>
       <c r="C996" s="0">
-        <v>1148</v>
+        <v>945</v>
       </c>
       <c r="D996" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E996" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="997" spans="1:5" customFormat="false">
       <c r="A997" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B997" s="0" t="str">
-        <v>Herinrichtingsplan Pastoriebos</v>
+        <v>Biodiversiteit</v>
       </c>
       <c r="C997" s="0">
-        <v>1148</v>
+        <v>945</v>
       </c>
       <c r="D997" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E997" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="998" spans="1:5" customFormat="false">
       <c r="A998" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B998" s="0" t="str">
-        <v xml:space="preserve">Bomenbeleidsplan </v>
+        <v>Biodiversiteit</v>
       </c>
       <c r="C998" s="0">
-        <v>1152</v>
+        <v>945</v>
       </c>
       <c r="D998" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E998" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="999" spans="1:5" customFormat="false">
       <c r="A999" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B999" s="0" t="str">
-        <v xml:space="preserve">Bomenbeleidsplan </v>
+        <v>Biodiversiteit</v>
       </c>
       <c r="C999" s="0">
-        <v>1152</v>
+        <v>945</v>
       </c>
       <c r="D999" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E999" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1000" spans="1:5" customFormat="false">
       <c r="A1000" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B1000" s="0" t="str">
-        <v xml:space="preserve">Bomenbeleidsplan </v>
+        <v>Biodiversiteit</v>
       </c>
       <c r="C1000" s="0">
-        <v>1152</v>
+        <v>945</v>
       </c>
       <c r="D1000" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1000" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1001" spans="1:5" customFormat="false">
       <c r="A1001" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B1001" s="0" t="str">
-        <v xml:space="preserve">Bomenbeleidsplan </v>
+        <v>Herinrichtingsplan Pastoriebos</v>
       </c>
       <c r="C1001" s="0">
-        <v>1152</v>
+        <v>1148</v>
       </c>
       <c r="D1001" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1001" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1002" spans="1:5" customFormat="false">
       <c r="A1002" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B1002" s="0" t="str">
-        <v>Evaluatie bomenproject Barneveld Centrum</v>
+        <v>Herinrichtingsplan Pastoriebos</v>
       </c>
       <c r="C1002" s="0">
-        <v>1244</v>
+        <v>1148</v>
       </c>
       <c r="D1002" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1002" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1003" spans="1:5" customFormat="false">
       <c r="A1003" s="0" t="str">
         <v>322 Groen</v>
       </c>
       <c r="B1003" s="0" t="str">
-        <v>Aanwenden krediet herplant 333 bomen</v>
+        <v xml:space="preserve">Bomenbeleidsplan </v>
       </c>
       <c r="C1003" s="0">
-        <v>1336</v>
+        <v>1152</v>
       </c>
       <c r="D1003" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1003" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1004" spans="1:5" customFormat="false">
       <c r="A1004" s="0" t="str">
-        <v>323 Begraven</v>
+        <v>322 Groen</v>
       </c>
       <c r="B1004" s="0" t="str">
-        <v xml:space="preserve">Beleidsnotitie begraven </v>
+        <v xml:space="preserve">Bomenbeleidsplan </v>
       </c>
       <c r="C1004" s="0">
-        <v>44</v>
+        <v>1152</v>
       </c>
       <c r="D1004" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1004" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1005" spans="1:5" customFormat="false">
       <c r="A1005" s="0" t="str">
-        <v>323 Begraven</v>
+        <v>322 Groen</v>
       </c>
       <c r="B1005" s="0" t="str">
-        <v xml:space="preserve">Beleidsnotitie begraven </v>
+        <v xml:space="preserve">Bomenbeleidsplan </v>
       </c>
       <c r="C1005" s="0">
-        <v>44</v>
+        <v>1152</v>
       </c>
       <c r="D1005" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1005" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1006" spans="1:5" customFormat="false">
       <c r="A1006" s="0" t="str">
-        <v>323 Begraven</v>
+        <v>322 Groen</v>
       </c>
       <c r="B1006" s="0" t="str">
-        <v>Beheersverordening gemeentelijke begraafplaatsen en verordening lijkbezorgingsrechten</v>
+        <v xml:space="preserve">Bomenbeleidsplan </v>
       </c>
       <c r="C1006" s="0">
-        <v>293</v>
+        <v>1152</v>
       </c>
       <c r="D1006" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1006" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1007" spans="1:5" customFormat="false">
       <c r="A1007" s="0" t="str">
-        <v>323 Begraven</v>
+        <v>322 Groen</v>
       </c>
       <c r="B1007" s="0" t="str">
-        <v xml:space="preserve">Raadsvoorstel uitbreiding begraafplaats De Plantage </v>
+        <v>Evaluatie bomenproject Barneveld Centrum</v>
       </c>
       <c r="C1007" s="0">
-        <v>860</v>
+        <v>1244</v>
       </c>
       <c r="D1007" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1007" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1008" spans="1:5" customFormat="false">
       <c r="A1008" s="0" t="str">
-        <v>323 Begraven</v>
+        <v>322 Groen</v>
       </c>
       <c r="B1008" s="0" t="str">
-        <v xml:space="preserve">Raadsvoorstel uitbreiding begraafplaats De Plantage </v>
+        <v>Aanwenden krediet herplant 333 bomen</v>
       </c>
       <c r="C1008" s="0">
-        <v>860</v>
+        <v>1336</v>
       </c>
       <c r="D1008" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1008" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1009" spans="1:5" customFormat="false">
       <c r="A1009" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="B1009" s="0" t="str">
-        <v xml:space="preserve">Raadsvoorstel uitbreiding begraafplaats De Plantage </v>
+        <v xml:space="preserve">Beleidsnotitie begraven </v>
       </c>
       <c r="C1009" s="0">
-        <v>860</v>
+        <v>44</v>
       </c>
       <c r="D1009" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E1009" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1010" spans="1:5" customFormat="false">
       <c r="A1010" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="B1010" s="0" t="str">
-        <v xml:space="preserve">Notitie Natuurbegraven </v>
+        <v xml:space="preserve">Beleidsnotitie begraven </v>
       </c>
       <c r="C1010" s="0">
-        <v>907</v>
+        <v>44</v>
       </c>
       <c r="D1010" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E1010" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1011" spans="1:5" customFormat="false">
       <c r="A1011" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="B1011" s="0" t="str">
-        <v xml:space="preserve">Beheersverordening begraafplaatsen Barneveld </v>
+        <v>Beheersverordening gemeentelijke begraafplaatsen en verordening lijkbezorgingsrechten</v>
       </c>
       <c r="C1011" s="0">
-        <v>908</v>
+        <v>293</v>
       </c>
       <c r="D1011" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1011" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1012" spans="1:5" customFormat="false">
       <c r="A1012" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="B1012" s="0" t="str">
-        <v>Rouwcentrum Plantagelaan</v>
+        <v xml:space="preserve">Raadsvoorstel uitbreiding begraafplaats De Plantage </v>
       </c>
       <c r="C1012" s="0">
-        <v>939</v>
+        <v>860</v>
       </c>
       <c r="D1012" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1012" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1013" spans="1:5" customFormat="false">
       <c r="A1013" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="B1013" s="0" t="str">
-        <v>Rouwcentrum Plantagelaan</v>
+        <v xml:space="preserve">Raadsvoorstel uitbreiding begraafplaats De Plantage </v>
       </c>
       <c r="C1013" s="0">
-        <v>939</v>
+        <v>860</v>
       </c>
       <c r="D1013" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1013" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1014" spans="1:5" customFormat="false">
       <c r="A1014" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="B1014" s="0" t="str">
-        <v>Rouwcentrum Plantagelaan</v>
+        <v xml:space="preserve">Raadsvoorstel uitbreiding begraafplaats De Plantage </v>
       </c>
       <c r="C1014" s="0">
-        <v>939</v>
+        <v>860</v>
       </c>
       <c r="D1014" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1014" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1015" spans="1:5" customFormat="false">
       <c r="A1015" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="B1015" s="0" t="str">
-        <v xml:space="preserve">Uitbreiding en renovatie begraafplaats Diepenbosch </v>
+        <v xml:space="preserve">Notitie Natuurbegraven </v>
       </c>
       <c r="C1015" s="0">
-        <v>1086</v>
+        <v>907</v>
       </c>
       <c r="D1015" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1015" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1016" spans="1:5" customFormat="false">
       <c r="A1016" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="B1016" s="0" t="str">
-        <v xml:space="preserve">Uitbreiding en renovatie begraafplaats Diepenbosch </v>
+        <v xml:space="preserve">Beheersverordening begraafplaatsen Barneveld </v>
       </c>
       <c r="C1016" s="0">
-        <v>1086</v>
+        <v>908</v>
       </c>
       <c r="D1016" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E1016" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1017" spans="1:5" customFormat="false">
       <c r="A1017" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="B1017" s="0" t="str">
-        <v xml:space="preserve">Uitbreiding en renovatie begraafplaats Diepenbosch </v>
+        <v>Rouwcentrum Plantagelaan</v>
       </c>
       <c r="C1017" s="0">
-        <v>1086</v>
+        <v>939</v>
       </c>
       <c r="D1017" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1017" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1018" spans="1:5" customFormat="false">
       <c r="A1018" s="0" t="str">
         <v>323 Begraven</v>
       </c>
       <c r="B1018" s="0" t="str">
-        <v xml:space="preserve">Uitbreiding en renovatie begraafplaats Diepenbosch </v>
+        <v>Rouwcentrum Plantagelaan</v>
       </c>
       <c r="C1018" s="0">
-        <v>1086</v>
+        <v>939</v>
       </c>
       <c r="D1018" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1018" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1019" spans="1:5" customFormat="false">
       <c r="A1019" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>323 Begraven</v>
       </c>
       <c r="B1019" s="0" t="str">
-        <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
+        <v>Rouwcentrum Plantagelaan</v>
       </c>
       <c r="C1019" s="0">
-        <v>426</v>
+        <v>939</v>
       </c>
       <c r="D1019" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1019" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1020" spans="1:5" customFormat="false">
       <c r="A1020" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>323 Begraven</v>
       </c>
       <c r="B1020" s="0" t="str">
-        <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
+        <v xml:space="preserve">Uitbreiding en renovatie begraafplaats Diepenbosch </v>
       </c>
       <c r="C1020" s="0">
-        <v>426</v>
+        <v>1086</v>
       </c>
       <c r="D1020" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1020" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1021" spans="1:5" customFormat="false">
       <c r="A1021" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>323 Begraven</v>
       </c>
       <c r="B1021" s="0" t="str">
-        <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
+        <v xml:space="preserve">Uitbreiding en renovatie begraafplaats Diepenbosch </v>
       </c>
       <c r="C1021" s="0">
-        <v>426</v>
+        <v>1086</v>
       </c>
       <c r="D1021" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1021" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1022" spans="1:5" customFormat="false">
       <c r="A1022" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>323 Begraven</v>
       </c>
       <c r="B1022" s="0" t="str">
-        <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
+        <v xml:space="preserve">Uitbreiding en renovatie begraafplaats Diepenbosch </v>
       </c>
       <c r="C1022" s="0">
-        <v>426</v>
+        <v>1086</v>
       </c>
       <c r="D1022" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1022" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1023" spans="1:5" customFormat="false">
       <c r="A1023" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>323 Begraven</v>
       </c>
       <c r="B1023" s="0" t="str">
-        <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
+        <v xml:space="preserve">Uitbreiding en renovatie begraafplaats Diepenbosch </v>
       </c>
       <c r="C1023" s="0">
-        <v>426</v>
+        <v>1086</v>
       </c>
       <c r="D1023" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1023" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1024" spans="1:5" customFormat="false">
       <c r="A1024" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B1024" s="0" t="str">
         <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1024" s="0">
         <v>426</v>
       </c>
       <c r="D1024" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1024" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1025" spans="1:5" customFormat="false">
       <c r="A1025" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
@@ -18458,258 +18458,258 @@
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1031" spans="1:5" customFormat="false">
       <c r="A1031" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B1031" s="0" t="str">
         <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1031" s="0">
         <v>426</v>
       </c>
       <c r="D1031" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1031" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1032" spans="1:5" customFormat="false">
       <c r="A1032" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B1032" s="0" t="str">
-        <v>Realisatie milieustraat (en tijdelijke milieustraat)</v>
+        <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1032" s="0">
-        <v>1018</v>
+        <v>426</v>
       </c>
       <c r="D1032" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1032" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1033" spans="1:5" customFormat="false">
       <c r="A1033" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B1033" s="0" t="str">
-        <v>Realisatie milieustraat (en tijdelijke milieustraat)</v>
+        <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1033" s="0">
-        <v>1018</v>
+        <v>426</v>
       </c>
       <c r="D1033" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1033" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1034" spans="1:5" customFormat="false">
       <c r="A1034" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B1034" s="0" t="str">
-        <v>Realisatie milieustraat (en tijdelijke milieustraat)</v>
+        <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1034" s="0">
-        <v>1018</v>
+        <v>426</v>
       </c>
       <c r="D1034" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1034" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1035" spans="1:5" customFormat="false">
       <c r="A1035" s="0" t="str">
         <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B1035" s="0" t="str">
-        <v>Grondbank</v>
+        <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1035" s="0">
-        <v>1294</v>
+        <v>426</v>
       </c>
       <c r="D1035" s="0" t="str">
-        <v>Team Reiniging</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1035" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1036" spans="1:5" customFormat="false">
       <c r="A1036" s="0" t="str">
-        <v>325 Riolering &amp; Water</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B1036" s="0" t="str">
-        <v>Plan van aanpak VGRP 2016-2019</v>
+        <v xml:space="preserve">Afvalbeleidsplan: strategieplan grondstoffen </v>
       </c>
       <c r="C1036" s="0">
-        <v>48</v>
+        <v>426</v>
       </c>
       <c r="D1036" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1036" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1037" spans="1:5" customFormat="false">
       <c r="A1037" s="0" t="str">
-        <v>325 Riolering &amp; Water</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B1037" s="0" t="str">
-        <v>Grondwaterbeleidsplan (2)</v>
+        <v>Realisatie milieustraat (en tijdelijke milieustraat)</v>
       </c>
       <c r="C1037" s="0">
-        <v>49</v>
+        <v>1018</v>
       </c>
       <c r="D1037" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1037" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1038" spans="1:5" customFormat="false">
       <c r="A1038" s="0" t="str">
-        <v>325 Riolering &amp; Water</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B1038" s="0" t="str">
-        <v>Tussenevaluatie VGRP: evaluatie 2013 en Uitvoeringsprogramma 2014</v>
+        <v>Realisatie milieustraat (en tijdelijke milieustraat)</v>
       </c>
       <c r="C1038" s="0">
-        <v>268</v>
+        <v>1018</v>
       </c>
       <c r="D1038" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1038" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1039" spans="1:5" customFormat="false">
       <c r="A1039" s="0" t="str">
-        <v>325 Riolering &amp; Water</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B1039" s="0" t="str">
-        <v>Afvalwaterakkoord Garderen</v>
+        <v>Realisatie milieustraat (en tijdelijke milieustraat)</v>
       </c>
       <c r="C1039" s="0">
-        <v>273</v>
+        <v>1018</v>
       </c>
       <c r="D1039" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1039" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1040" spans="1:5" customFormat="false">
       <c r="A1040" s="0" t="str">
-        <v>325 Riolering &amp; Water</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B1040" s="0" t="str">
-        <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
+        <v>Grondbank</v>
       </c>
       <c r="C1040" s="0">
-        <v>427</v>
+        <v>1294</v>
       </c>
       <c r="D1040" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Reiniging</v>
       </c>
       <c r="E1040" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1041" spans="1:5" customFormat="false">
       <c r="A1041" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1041" s="0" t="str">
-        <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
+        <v>Plan van aanpak VGRP 2016-2019</v>
       </c>
       <c r="C1041" s="0">
-        <v>427</v>
+        <v>48</v>
       </c>
       <c r="D1041" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1041" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1042" spans="1:5" customFormat="false">
       <c r="A1042" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1042" s="0" t="str">
-        <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
+        <v>Grondwaterbeleidsplan (2)</v>
       </c>
       <c r="C1042" s="0">
-        <v>427</v>
+        <v>49</v>
       </c>
       <c r="D1042" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1042" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1043" spans="1:5" customFormat="false">
       <c r="A1043" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1043" s="0" t="str">
-        <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
+        <v>Tussenevaluatie VGRP: evaluatie 2013 en Uitvoeringsprogramma 2014</v>
       </c>
       <c r="C1043" s="0">
-        <v>427</v>
+        <v>268</v>
       </c>
       <c r="D1043" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1043" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1044" spans="1:5" customFormat="false">
       <c r="A1044" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1044" s="0" t="str">
-        <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
+        <v>Afvalwaterakkoord Garderen</v>
       </c>
       <c r="C1044" s="0">
-        <v>427</v>
+        <v>273</v>
       </c>
       <c r="D1044" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1044" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1045" spans="1:5" customFormat="false">
       <c r="A1045" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1045" s="0" t="str">
         <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1045" s="0">
         <v>427</v>
       </c>
       <c r="D1045" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1045" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
@@ -18815,706 +18815,706 @@
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1052" spans="1:5" customFormat="false">
       <c r="A1052" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1052" s="0" t="str">
         <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1052" s="0">
         <v>427</v>
       </c>
       <c r="D1052" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1052" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1053" spans="1:5" customFormat="false">
       <c r="A1053" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1053" s="0" t="str">
-        <v>Hemelwaterbeleidsplan</v>
+        <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1053" s="0">
-        <v>581</v>
+        <v>427</v>
       </c>
       <c r="D1053" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1053" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1054" spans="1:5" customFormat="false">
       <c r="A1054" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1054" s="0" t="str">
-        <v>Subsidieverordening afkoppelen hemelwater gemeente Barneveld</v>
+        <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1054" s="0">
-        <v>641</v>
+        <v>427</v>
       </c>
       <c r="D1054" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1054" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1055" spans="1:5" customFormat="false">
       <c r="A1055" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1055" s="0" t="str">
-        <v>Afvalwaterzuivering De Glind</v>
+        <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1055" s="0">
-        <v>731</v>
+        <v>427</v>
       </c>
       <c r="D1055" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1055" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1056" spans="1:5" customFormat="false">
       <c r="A1056" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1056" s="0" t="str">
-        <v>Afvalwaterzuivering De Glind</v>
+        <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1056" s="0">
-        <v>731</v>
+        <v>427</v>
       </c>
       <c r="D1056" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1056" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1057" spans="1:5" customFormat="false">
       <c r="A1057" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1057" s="0" t="str">
-        <v>Afvalwaterzuivering De Glind</v>
+        <v xml:space="preserve">Gemeentelijk Rioleringsplan (GRP) </v>
       </c>
       <c r="C1057" s="0">
-        <v>731</v>
+        <v>427</v>
       </c>
       <c r="D1057" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1057" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1058" spans="1:5" customFormat="false">
       <c r="A1058" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1058" s="0" t="str">
-        <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
+        <v>Hemelwaterbeleidsplan</v>
       </c>
       <c r="C1058" s="0">
-        <v>838</v>
+        <v>581</v>
       </c>
       <c r="D1058" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1058" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1059" spans="1:5" customFormat="false">
       <c r="A1059" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1059" s="0" t="str">
-        <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
+        <v>Subsidieverordening afkoppelen hemelwater gemeente Barneveld</v>
       </c>
       <c r="C1059" s="0">
-        <v>838</v>
+        <v>641</v>
       </c>
       <c r="D1059" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1059" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1060" spans="1:5" customFormat="false">
       <c r="A1060" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1060" s="0" t="str">
-        <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
+        <v>Afvalwaterzuivering De Glind</v>
       </c>
       <c r="C1060" s="0">
-        <v>838</v>
+        <v>731</v>
       </c>
       <c r="D1060" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1060" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1061" spans="1:5" customFormat="false">
       <c r="A1061" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1061" s="0" t="str">
-        <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
+        <v>Afvalwaterzuivering De Glind</v>
       </c>
       <c r="C1061" s="0">
-        <v>838</v>
+        <v>731</v>
       </c>
       <c r="D1061" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1061" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1062" spans="1:5" customFormat="false">
       <c r="A1062" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1062" s="0" t="str">
-        <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
+        <v>Afvalwaterzuivering De Glind</v>
       </c>
       <c r="C1062" s="0">
-        <v>838</v>
+        <v>731</v>
       </c>
       <c r="D1062" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1062" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1063" spans="1:5" customFormat="false">
       <c r="A1063" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1063" s="0" t="str">
-        <v xml:space="preserve">Centrumregeling Meten en Monitoren Afvalwaterketen en Grondwater Vallei en Veluwe </v>
+        <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
       </c>
       <c r="C1063" s="0">
-        <v>1030</v>
+        <v>838</v>
       </c>
       <c r="D1063" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1063" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1064" spans="1:5" customFormat="false">
       <c r="A1064" s="0" t="str">
         <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1064" s="0" t="str">
-        <v>Riolering Voorthuizen (SSWW), Roelenengweg</v>
+        <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
       </c>
       <c r="C1064" s="0">
-        <v>1310</v>
+        <v>838</v>
       </c>
       <c r="D1064" s="0" t="str">
-        <v>OUD Team Civiel en Water</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1064" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1065" spans="1:5" customFormat="false">
       <c r="A1065" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
+        <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1065" s="0" t="str">
-        <v>Kadernotitie herijking handhavingsbeleid</v>
+        <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
       </c>
       <c r="C1065" s="0">
-        <v>488</v>
+        <v>838</v>
       </c>
       <c r="D1065" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1065" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1066" spans="1:5" customFormat="false">
       <c r="A1066" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
+        <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1066" s="0" t="str">
-        <v>Kadernotitie herijking handhavingsbeleid</v>
+        <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
       </c>
       <c r="C1066" s="0">
-        <v>488</v>
+        <v>838</v>
       </c>
       <c r="D1066" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1066" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1067" spans="1:5" customFormat="false">
       <c r="A1067" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
+        <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1067" s="0" t="str">
-        <v>Kadernotitie herijking handhavingsbeleid</v>
+        <v>Visie klimaatadaptieve inrichting Openbare Ruimte</v>
       </c>
       <c r="C1067" s="0">
-        <v>488</v>
+        <v>838</v>
       </c>
       <c r="D1067" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1067" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1068" spans="1:5" customFormat="false">
       <c r="A1068" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
+        <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1068" s="0" t="str">
-        <v>Kadernotitie herijking handhavingsbeleid</v>
+        <v xml:space="preserve">Centrumregeling Meten en Monitoren Afvalwaterketen en Grondwater Vallei en Veluwe </v>
       </c>
       <c r="C1068" s="0">
-        <v>488</v>
+        <v>1030</v>
       </c>
       <c r="D1068" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1068" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1069" spans="1:5" customFormat="false">
       <c r="A1069" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
+        <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B1069" s="0" t="str">
-        <v xml:space="preserve">Verordening Uitvoering en Handhaving, gemeenteraad  </v>
+        <v>Riolering Voorthuizen (SSWW), Roelenengweg</v>
       </c>
       <c r="C1069" s="0">
-        <v>768</v>
+        <v>1310</v>
       </c>
       <c r="D1069" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v>OUD Team Civiel en Water</v>
       </c>
       <c r="E1069" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1070" spans="1:5" customFormat="false">
       <c r="A1070" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="B1070" s="0" t="str">
-        <v xml:space="preserve">Verordening Uitvoering en Handhaving, gemeenteraad  </v>
+        <v>Kadernotitie herijking handhavingsbeleid</v>
       </c>
       <c r="C1070" s="0">
-        <v>768</v>
+        <v>488</v>
       </c>
       <c r="D1070" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1070" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1071" spans="1:5" customFormat="false">
       <c r="A1071" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="B1071" s="0" t="str">
-        <v xml:space="preserve">Verordening Uitvoering en Handhaving, gemeenteraad  </v>
+        <v>Kadernotitie herijking handhavingsbeleid</v>
       </c>
       <c r="C1071" s="0">
-        <v>768</v>
+        <v>488</v>
       </c>
       <c r="D1071" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1071" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1072" spans="1:5" customFormat="false">
       <c r="A1072" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (klimaatadaptatie &amp; water)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="B1072" s="0" t="str">
-        <v>Klimaatadaptatieplan</v>
+        <v>Kadernotitie herijking handhavingsbeleid</v>
       </c>
       <c r="C1072" s="0">
-        <v>1245</v>
+        <v>488</v>
       </c>
       <c r="D1072" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1072" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1073" spans="1:5" customFormat="false">
       <c r="A1073" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (klimaatadaptatie &amp; water)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="B1073" s="0" t="str">
-        <v>Klimaatadaptatieplan</v>
+        <v>Kadernotitie herijking handhavingsbeleid</v>
       </c>
       <c r="C1073" s="0">
-        <v>1245</v>
+        <v>488</v>
       </c>
       <c r="D1073" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1073" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1074" spans="1:5" customFormat="false">
       <c r="A1074" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="B1074" s="0" t="str">
-        <v>Uitvoeringsagenda Duurzaamheid 2015 - 2018</v>
+        <v xml:space="preserve">Verordening Uitvoering en Handhaving, gemeenteraad  </v>
       </c>
       <c r="C1074" s="0">
-        <v>45</v>
+        <v>768</v>
       </c>
       <c r="D1074" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1074" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1075" spans="1:5" customFormat="false">
       <c r="A1075" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="B1075" s="0" t="str">
-        <v xml:space="preserve">Richtlijnen duurzame gebiedsontwikkeling + dubobeleid </v>
+        <v xml:space="preserve">Verordening Uitvoering en Handhaving, gemeenteraad  </v>
       </c>
       <c r="C1075" s="0">
-        <v>46</v>
+        <v>768</v>
       </c>
       <c r="D1075" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1075" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1076" spans="1:5" customFormat="false">
       <c r="A1076" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="B1076" s="0" t="str">
-        <v xml:space="preserve">Millenniumgemeente </v>
+        <v xml:space="preserve">Verordening Uitvoering en Handhaving, gemeenteraad  </v>
       </c>
       <c r="C1076" s="0">
-        <v>47</v>
+        <v>768</v>
       </c>
       <c r="D1076" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1076" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1077" spans="1:5" customFormat="false">
       <c r="A1077" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (klimaatadaptatie &amp; water)</v>
       </c>
       <c r="B1077" s="0" t="str">
-        <v>Visie Elektrisch vervoer 2014-2020</v>
+        <v>Klimaatadaptatieplan</v>
       </c>
       <c r="C1077" s="0">
-        <v>274</v>
+        <v>1245</v>
       </c>
       <c r="D1077" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1077" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1078" spans="1:5" customFormat="false">
       <c r="A1078" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (klimaatadaptatie &amp; water)</v>
       </c>
       <c r="B1078" s="0" t="str">
-        <v>Energiebeleidsprogramma</v>
+        <v>Klimaatadaptatieplan</v>
       </c>
       <c r="C1078" s="0">
-        <v>283</v>
+        <v>1245</v>
       </c>
       <c r="D1078" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1078" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1079" spans="1:5" customFormat="false">
       <c r="A1079" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1079" s="0" t="str">
-        <v>Energiebeleidsprogramma</v>
+        <v>Uitvoeringsagenda Duurzaamheid 2015 - 2018</v>
       </c>
       <c r="C1079" s="0">
-        <v>283</v>
+        <v>45</v>
       </c>
       <c r="D1079" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1079" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1080" spans="1:5" customFormat="false">
       <c r="A1080" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1080" s="0" t="str">
-        <v>Energiebeleidsprogramma</v>
+        <v xml:space="preserve">Richtlijnen duurzame gebiedsontwikkeling + dubobeleid </v>
       </c>
       <c r="C1080" s="0">
-        <v>283</v>
+        <v>46</v>
       </c>
       <c r="D1080" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1080" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1081" spans="1:5" customFormat="false">
       <c r="A1081" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1081" s="0" t="str">
-        <v>Energiebeleidsprogramma</v>
+        <v xml:space="preserve">Millenniumgemeente </v>
       </c>
       <c r="C1081" s="0">
-        <v>283</v>
+        <v>47</v>
       </c>
       <c r="D1081" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1081" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1082" spans="1:5" customFormat="false">
       <c r="A1082" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1082" s="0" t="str">
-        <v>Energiebeleidsprogramma</v>
+        <v>Visie Elektrisch vervoer 2014-2020</v>
       </c>
       <c r="C1082" s="0">
-        <v>283</v>
+        <v>274</v>
       </c>
       <c r="D1082" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1082" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1083" spans="1:5" customFormat="false">
       <c r="A1083" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1083" s="0" t="str">
         <v>Energiebeleidsprogramma</v>
       </c>
       <c r="C1083" s="0">
         <v>283</v>
       </c>
       <c r="D1083" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1083" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1084" spans="1:5" customFormat="false">
       <c r="A1084" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1084" s="0" t="str">
-        <v>Plan van Aanpak 20% duurzame energie voor gemeentelijke gebouwen (Realisatie van zonnestroomproductie voor het gemeentelijk vastgoed)</v>
+        <v>Energiebeleidsprogramma</v>
       </c>
       <c r="C1084" s="0">
-        <v>453</v>
+        <v>283</v>
       </c>
       <c r="D1084" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1084" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1085" spans="1:5" customFormat="false">
       <c r="A1085" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1085" s="0" t="str">
-        <v>Plan van Aanpak 20% duurzame energie voor gemeentelijke gebouwen (Realisatie van zonnestroomproductie voor het gemeentelijk vastgoed)</v>
+        <v>Energiebeleidsprogramma</v>
       </c>
       <c r="C1085" s="0">
-        <v>453</v>
+        <v>283</v>
       </c>
       <c r="D1085" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1085" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1086" spans="1:5" customFormat="false">
       <c r="A1086" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1086" s="0" t="str">
-        <v>Subsidieverordening rijden op groengas</v>
+        <v>Energiebeleidsprogramma</v>
       </c>
       <c r="C1086" s="0">
-        <v>465</v>
+        <v>283</v>
       </c>
       <c r="D1086" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1086" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1087" spans="1:5" customFormat="false">
       <c r="A1087" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1087" s="0" t="str">
-        <v xml:space="preserve">Uitvoeringsprogramma energie </v>
+        <v>Energiebeleidsprogramma</v>
       </c>
       <c r="C1087" s="0">
-        <v>582</v>
+        <v>283</v>
       </c>
       <c r="D1087" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1087" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1088" spans="1:5" customFormat="false">
       <c r="A1088" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1088" s="0" t="str">
-        <v xml:space="preserve">Uitvoeringsprogramma energie </v>
+        <v>Energiebeleidsprogramma</v>
       </c>
       <c r="C1088" s="0">
-        <v>582</v>
+        <v>283</v>
       </c>
       <c r="D1088" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1088" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1089" spans="1:5" customFormat="false">
       <c r="A1089" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1089" s="0" t="str">
-        <v xml:space="preserve">Uitvoeringsprogramma energie </v>
+        <v>Plan van Aanpak 20% duurzame energie voor gemeentelijke gebouwen (Realisatie van zonnestroomproductie voor het gemeentelijk vastgoed)</v>
       </c>
       <c r="C1089" s="0">
-        <v>582</v>
+        <v>453</v>
       </c>
       <c r="D1089" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1089" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1090" spans="1:5" customFormat="false">
       <c r="A1090" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1090" s="0" t="str">
-        <v xml:space="preserve">Uitvoeringsprogramma energie </v>
+        <v>Plan van Aanpak 20% duurzame energie voor gemeentelijke gebouwen (Realisatie van zonnestroomproductie voor het gemeentelijk vastgoed)</v>
       </c>
       <c r="C1090" s="0">
-        <v>582</v>
+        <v>453</v>
       </c>
       <c r="D1090" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1090" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1091" spans="1:5" customFormat="false">
       <c r="A1091" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1091" s="0" t="str">
-        <v xml:space="preserve">Uitvoeringsprogramma energie </v>
+        <v>Subsidieverordening rijden op groengas</v>
       </c>
       <c r="C1091" s="0">
-        <v>582</v>
+        <v>465</v>
       </c>
       <c r="D1091" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1091" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1092" spans="1:5" customFormat="false">
       <c r="A1092" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1092" s="0" t="str">
         <v xml:space="preserve">Uitvoeringsprogramma energie </v>
       </c>
       <c r="C1092" s="0">
         <v>582</v>
       </c>
       <c r="D1092" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1092" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1093" spans="1:5" customFormat="false">
       <c r="A1093" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1093" s="0" t="str">
         <v xml:space="preserve">Uitvoeringsprogramma energie </v>
@@ -19529,139 +19529,139 @@
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1094" spans="1:5" customFormat="false">
       <c r="A1094" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1094" s="0" t="str">
         <v xml:space="preserve">Uitvoeringsprogramma energie </v>
       </c>
       <c r="C1094" s="0">
         <v>582</v>
       </c>
       <c r="D1094" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1094" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1095" spans="1:5" customFormat="false">
       <c r="A1095" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1095" s="0" t="str">
-        <v>Visie Windenergie</v>
+        <v xml:space="preserve">Uitvoeringsprogramma energie </v>
       </c>
       <c r="C1095" s="0">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="D1095" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1095" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1096" spans="1:5" customFormat="false">
       <c r="A1096" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1096" s="0" t="str">
-        <v>Stimuleringsregeling duurzame energiemaatregelen</v>
+        <v xml:space="preserve">Uitvoeringsprogramma energie </v>
       </c>
       <c r="C1096" s="0">
-        <v>620</v>
+        <v>582</v>
       </c>
       <c r="D1096" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1096" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1097" spans="1:5" customFormat="false">
       <c r="A1097" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1097" s="0" t="str">
-        <v>Stimuleringsregeling duurzame energiemaatregelen</v>
+        <v xml:space="preserve">Uitvoeringsprogramma energie </v>
       </c>
       <c r="C1097" s="0">
-        <v>620</v>
+        <v>582</v>
       </c>
       <c r="D1097" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1097" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1098" spans="1:5" customFormat="false">
       <c r="A1098" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1098" s="0" t="str">
-        <v>Stimuleringsregeling duurzame energiemaatregelen</v>
+        <v xml:space="preserve">Uitvoeringsprogramma energie </v>
       </c>
       <c r="C1098" s="0">
-        <v>620</v>
+        <v>582</v>
       </c>
       <c r="D1098" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1098" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1099" spans="1:5" customFormat="false">
       <c r="A1099" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1099" s="0" t="str">
-        <v>Stimuleringsregeling duurzame energiemaatregelen</v>
+        <v xml:space="preserve">Uitvoeringsprogramma energie </v>
       </c>
       <c r="C1099" s="0">
-        <v>620</v>
+        <v>582</v>
       </c>
       <c r="D1099" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1099" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1100" spans="1:5" customFormat="false">
       <c r="A1100" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1100" s="0" t="str">
-        <v>Stimuleringsregeling duurzame energiemaatregelen</v>
+        <v>Visie Windenergie</v>
       </c>
       <c r="C1100" s="0">
-        <v>620</v>
+        <v>583</v>
       </c>
       <c r="D1100" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1100" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1101" spans="1:5" customFormat="false">
       <c r="A1101" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1101" s="0" t="str">
         <v>Stimuleringsregeling duurzame energiemaatregelen</v>
       </c>
       <c r="C1101" s="0">
         <v>620</v>
       </c>
       <c r="D1101" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1101" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
@@ -19682,360 +19682,360 @@
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1103" spans="1:5" customFormat="false">
       <c r="A1103" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1103" s="0" t="str">
         <v>Stimuleringsregeling duurzame energiemaatregelen</v>
       </c>
       <c r="C1103" s="0">
         <v>620</v>
       </c>
       <c r="D1103" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1103" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1104" spans="1:5" customFormat="false">
       <c r="A1104" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1104" s="0" t="str">
-        <v xml:space="preserve">Startbijdrage duurzaam energiebedrijf Barneveld </v>
+        <v>Stimuleringsregeling duurzame energiemaatregelen</v>
       </c>
       <c r="C1104" s="0">
-        <v>642</v>
+        <v>620</v>
       </c>
       <c r="D1104" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1104" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1105" spans="1:5" customFormat="false">
       <c r="A1105" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1105" s="0" t="str">
-        <v xml:space="preserve">Startbijdrage duurzaam energiebedrijf Barneveld </v>
+        <v>Stimuleringsregeling duurzame energiemaatregelen</v>
       </c>
       <c r="C1105" s="0">
-        <v>642</v>
+        <v>620</v>
       </c>
       <c r="D1105" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1105" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1106" spans="1:5" customFormat="false">
       <c r="A1106" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1106" s="0" t="str">
-        <v xml:space="preserve">Startbijdrage duurzaam energiebedrijf Barneveld </v>
+        <v>Stimuleringsregeling duurzame energiemaatregelen</v>
       </c>
       <c r="C1106" s="0">
-        <v>642</v>
+        <v>620</v>
       </c>
       <c r="D1106" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1106" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1107" spans="1:5" customFormat="false">
       <c r="A1107" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1107" s="0" t="str">
-        <v xml:space="preserve">Startbijdrage duurzaam energiebedrijf Barneveld </v>
+        <v>Stimuleringsregeling duurzame energiemaatregelen</v>
       </c>
       <c r="C1107" s="0">
-        <v>642</v>
+        <v>620</v>
       </c>
       <c r="D1107" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1107" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1108" spans="1:5" customFormat="false">
       <c r="A1108" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1108" s="0" t="str">
-        <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
+        <v>Stimuleringsregeling duurzame energiemaatregelen</v>
       </c>
       <c r="C1108" s="0">
-        <v>643</v>
+        <v>620</v>
       </c>
       <c r="D1108" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1108" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1109" spans="1:5" customFormat="false">
       <c r="A1109" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1109" s="0" t="str">
-        <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
+        <v xml:space="preserve">Startbijdrage duurzaam energiebedrijf Barneveld </v>
       </c>
       <c r="C1109" s="0">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="D1109" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1109" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1110" spans="1:5" customFormat="false">
       <c r="A1110" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1110" s="0" t="str">
-        <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
+        <v xml:space="preserve">Startbijdrage duurzaam energiebedrijf Barneveld </v>
       </c>
       <c r="C1110" s="0">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="D1110" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1110" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1111" spans="1:5" customFormat="false">
       <c r="A1111" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1111" s="0" t="str">
-        <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
+        <v xml:space="preserve">Startbijdrage duurzaam energiebedrijf Barneveld </v>
       </c>
       <c r="C1111" s="0">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="D1111" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1111" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1112" spans="1:5" customFormat="false">
       <c r="A1112" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1112" s="0" t="str">
-        <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
+        <v xml:space="preserve">Startbijdrage duurzaam energiebedrijf Barneveld </v>
       </c>
       <c r="C1112" s="0">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="D1112" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1112" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1113" spans="1:5" customFormat="false">
       <c r="A1113" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1113" s="0" t="str">
-        <v>Luchtkwaliteit</v>
+        <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
       </c>
       <c r="C1113" s="0">
-        <v>726</v>
+        <v>643</v>
       </c>
       <c r="D1113" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1113" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1114" spans="1:5" customFormat="false">
       <c r="A1114" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1114" s="0" t="str">
-        <v>Luchtkwaliteit</v>
+        <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
       </c>
       <c r="C1114" s="0">
-        <v>726</v>
+        <v>643</v>
       </c>
       <c r="D1114" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1114" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1115" spans="1:5" customFormat="false">
       <c r="A1115" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1115" s="0" t="str">
-        <v xml:space="preserve">City Deal/Woningabonnement </v>
+        <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
       </c>
       <c r="C1115" s="0">
-        <v>791</v>
+        <v>643</v>
       </c>
       <c r="D1115" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1115" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1116" spans="1:5" customFormat="false">
       <c r="A1116" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1116" s="0" t="str">
-        <v xml:space="preserve">City Deal/Woningabonnement </v>
+        <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
       </c>
       <c r="C1116" s="0">
-        <v>791</v>
+        <v>643</v>
       </c>
       <c r="D1116" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1116" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1117" spans="1:5" customFormat="false">
       <c r="A1117" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1117" s="0" t="str">
-        <v xml:space="preserve">Regionale energievisie </v>
+        <v xml:space="preserve">Verordening voor de toekomstbestendig Wonen Lening (was Wijzigingsverordening duurzaamheidslening) </v>
       </c>
       <c r="C1117" s="0">
-        <v>792</v>
+        <v>643</v>
       </c>
       <c r="D1117" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1117" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1118" spans="1:5" customFormat="false">
       <c r="A1118" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1118" s="0" t="str">
-        <v>Structuurvisie windenergie</v>
+        <v>Luchtkwaliteit</v>
       </c>
       <c r="C1118" s="0">
-        <v>848</v>
+        <v>726</v>
       </c>
       <c r="D1118" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1118" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1119" spans="1:5" customFormat="false">
       <c r="A1119" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1119" s="0" t="str">
-        <v>Structuurvisie windenergie</v>
+        <v>Luchtkwaliteit</v>
       </c>
       <c r="C1119" s="0">
-        <v>848</v>
+        <v>726</v>
       </c>
       <c r="D1119" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1119" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1120" spans="1:5" customFormat="false">
       <c r="A1120" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1120" s="0" t="str">
-        <v>Structuurvisie windenergie</v>
+        <v xml:space="preserve">City Deal/Woningabonnement </v>
       </c>
       <c r="C1120" s="0">
-        <v>848</v>
+        <v>791</v>
       </c>
       <c r="D1120" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1120" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1121" spans="1:5" customFormat="false">
       <c r="A1121" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1121" s="0" t="str">
-        <v>Structuurvisie windenergie</v>
+        <v xml:space="preserve">City Deal/Woningabonnement </v>
       </c>
       <c r="C1121" s="0">
-        <v>848</v>
+        <v>791</v>
       </c>
       <c r="D1121" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1121" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1122" spans="1:5" customFormat="false">
       <c r="A1122" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1122" s="0" t="str">
-        <v>Structuurvisie windenergie</v>
+        <v xml:space="preserve">Regionale energievisie </v>
       </c>
       <c r="C1122" s="0">
-        <v>848</v>
+        <v>792</v>
       </c>
       <c r="D1122" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1122" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1123" spans="1:5" customFormat="false">
       <c r="A1123" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1123" s="0" t="str">
         <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1123" s="0">
         <v>848</v>
       </c>
       <c r="D1123" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1123" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
@@ -20158,139 +20158,139 @@
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1131" spans="1:5" customFormat="false">
       <c r="A1131" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1131" s="0" t="str">
         <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1131" s="0">
         <v>848</v>
       </c>
       <c r="D1131" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1131" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1132" spans="1:5" customFormat="false">
       <c r="A1132" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1132" s="0" t="str">
-        <v>Notitie groeene daken</v>
+        <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1132" s="0">
-        <v>894</v>
+        <v>848</v>
       </c>
       <c r="D1132" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1132" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1133" spans="1:5" customFormat="false">
       <c r="A1133" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1133" s="0" t="str">
-        <v>Notitie zonne-energie</v>
+        <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1133" s="0">
-        <v>900</v>
+        <v>848</v>
       </c>
       <c r="D1133" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1133" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1134" spans="1:5" customFormat="false">
       <c r="A1134" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1134" s="0" t="str">
-        <v>Notitie zonne-energie</v>
+        <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1134" s="0">
-        <v>900</v>
+        <v>848</v>
       </c>
       <c r="D1134" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1134" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1135" spans="1:5" customFormat="false">
       <c r="A1135" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1135" s="0" t="str">
-        <v>Notitie zonne-energie</v>
+        <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1135" s="0">
-        <v>900</v>
+        <v>848</v>
       </c>
       <c r="D1135" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1135" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1136" spans="1:5" customFormat="false">
       <c r="A1136" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1136" s="0" t="str">
-        <v>Notitie zonne-energie</v>
+        <v>Structuurvisie windenergie</v>
       </c>
       <c r="C1136" s="0">
-        <v>900</v>
+        <v>848</v>
       </c>
       <c r="D1136" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1136" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1137" spans="1:5" customFormat="false">
       <c r="A1137" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1137" s="0" t="str">
-        <v>Notitie zonne-energie</v>
+        <v>Notitie groeene daken</v>
       </c>
       <c r="C1137" s="0">
-        <v>900</v>
+        <v>894</v>
       </c>
       <c r="D1137" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1137" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1138" spans="1:5" customFormat="false">
       <c r="A1138" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1138" s="0" t="str">
         <v>Notitie zonne-energie</v>
       </c>
       <c r="C1138" s="0">
         <v>900</v>
       </c>
       <c r="D1138" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1138" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
@@ -20328,128 +20328,128 @@
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1141" spans="1:5" customFormat="false">
       <c r="A1141" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1141" s="0" t="str">
         <v>Notitie zonne-energie</v>
       </c>
       <c r="C1141" s="0">
         <v>900</v>
       </c>
       <c r="D1141" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1141" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1142" spans="1:5" customFormat="false">
       <c r="A1142" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1142" s="0" t="str">
-        <v>Warmtevisie</v>
+        <v>Notitie zonne-energie</v>
       </c>
       <c r="C1142" s="0">
-        <v>910</v>
+        <v>900</v>
       </c>
       <c r="D1142" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1142" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1143" spans="1:5" customFormat="false">
       <c r="A1143" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1143" s="0" t="str">
-        <v>Warmtevisie</v>
+        <v>Notitie zonne-energie</v>
       </c>
       <c r="C1143" s="0">
-        <v>910</v>
+        <v>900</v>
       </c>
       <c r="D1143" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1143" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1144" spans="1:5" customFormat="false">
       <c r="A1144" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1144" s="0" t="str">
-        <v>Warmtevisie</v>
+        <v>Notitie zonne-energie</v>
       </c>
       <c r="C1144" s="0">
-        <v>910</v>
+        <v>900</v>
       </c>
       <c r="D1144" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1144" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1145" spans="1:5" customFormat="false">
       <c r="A1145" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1145" s="0" t="str">
-        <v>Warmtevisie</v>
+        <v>Notitie zonne-energie</v>
       </c>
       <c r="C1145" s="0">
-        <v>910</v>
+        <v>900</v>
       </c>
       <c r="D1145" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1145" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1146" spans="1:5" customFormat="false">
       <c r="A1146" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1146" s="0" t="str">
-        <v>Warmtevisie</v>
+        <v>Notitie zonne-energie</v>
       </c>
       <c r="C1146" s="0">
-        <v>910</v>
+        <v>900</v>
       </c>
       <c r="D1146" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1146" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1147" spans="1:5" customFormat="false">
       <c r="A1147" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1147" s="0" t="str">
         <v>Warmtevisie</v>
       </c>
       <c r="C1147" s="0">
         <v>910</v>
       </c>
       <c r="D1147" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1147" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1148" spans="1:5" customFormat="false">
       <c r="A1148" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1148" s="0" t="str">
         <v>Warmtevisie</v>
@@ -20464,125 +20464,125 @@
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1149" spans="1:5" customFormat="false">
       <c r="A1149" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1149" s="0" t="str">
         <v>Warmtevisie</v>
       </c>
       <c r="C1149" s="0">
         <v>910</v>
       </c>
       <c r="D1149" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1149" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1150" spans="1:5" customFormat="false">
       <c r="A1150" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1150" s="0" t="str">
-        <v xml:space="preserve">Regionale Energie Strategie </v>
+        <v>Warmtevisie</v>
       </c>
       <c r="C1150" s="0">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="D1150" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1150" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1151" spans="1:5" customFormat="false">
       <c r="A1151" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1151" s="0" t="str">
-        <v xml:space="preserve">Regionale Energie Strategie </v>
+        <v>Warmtevisie</v>
       </c>
       <c r="C1151" s="0">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="D1151" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1151" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1152" spans="1:5" customFormat="false">
       <c r="A1152" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1152" s="0" t="str">
-        <v xml:space="preserve">Regionale Energie Strategie </v>
+        <v>Warmtevisie</v>
       </c>
       <c r="C1152" s="0">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="D1152" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1152" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1153" spans="1:5" customFormat="false">
       <c r="A1153" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1153" s="0" t="str">
-        <v xml:space="preserve">Regionale Energie Strategie </v>
+        <v>Warmtevisie</v>
       </c>
       <c r="C1153" s="0">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="D1153" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1153" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1154" spans="1:5" customFormat="false">
       <c r="A1154" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1154" s="0" t="str">
-        <v xml:space="preserve">Regionale Energie Strategie </v>
+        <v>Warmtevisie</v>
       </c>
       <c r="C1154" s="0">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="D1154" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1154" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1155" spans="1:5" customFormat="false">
       <c r="A1155" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1155" s="0" t="str">
         <v xml:space="preserve">Regionale Energie Strategie </v>
       </c>
       <c r="C1155" s="0">
         <v>911</v>
       </c>
       <c r="D1155" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1155" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1156" spans="1:5" customFormat="false">
       <c r="A1156" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
@@ -20600,587 +20600,587 @@
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1157" spans="1:5" customFormat="false">
       <c r="A1157" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1157" s="0" t="str">
         <v xml:space="preserve">Regionale Energie Strategie </v>
       </c>
       <c r="C1157" s="0">
         <v>911</v>
       </c>
       <c r="D1157" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1157" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1158" spans="1:5" customFormat="false">
       <c r="A1158" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1158" s="0" t="str">
-        <v>Actieagenda Circulaire economie</v>
+        <v xml:space="preserve">Regionale Energie Strategie </v>
       </c>
       <c r="C1158" s="0">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="D1158" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1158" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1159" spans="1:5" customFormat="false">
       <c r="A1159" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1159" s="0" t="str">
-        <v>Actieagenda Circulaire economie</v>
+        <v xml:space="preserve">Regionale Energie Strategie </v>
       </c>
       <c r="C1159" s="0">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="D1159" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1159" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1160" spans="1:5" customFormat="false">
       <c r="A1160" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1160" s="0" t="str">
-        <v>Actieagenda Circulaire economie</v>
+        <v xml:space="preserve">Regionale Energie Strategie </v>
       </c>
       <c r="C1160" s="0">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="D1160" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1160" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1161" spans="1:5" customFormat="false">
       <c r="A1161" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1161" s="0" t="str">
-        <v xml:space="preserve">Versnelling verwijdering asbestdaken </v>
+        <v xml:space="preserve">Regionale Energie Strategie </v>
       </c>
       <c r="C1161" s="0">
-        <v>921</v>
+        <v>911</v>
       </c>
       <c r="D1161" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1161" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1162" spans="1:5" customFormat="false">
       <c r="A1162" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1162" s="0" t="str">
-        <v xml:space="preserve">Garantstelling energiecoöperatie Voorthuizen duurzaam </v>
+        <v xml:space="preserve">Regionale Energie Strategie </v>
       </c>
       <c r="C1162" s="0">
-        <v>949</v>
+        <v>911</v>
       </c>
       <c r="D1162" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1162" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1163" spans="1:5" customFormat="false">
       <c r="A1163" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1163" s="0" t="str">
-        <v xml:space="preserve">Garantstelling energiecoöperatie Voorthuizen duurzaam </v>
+        <v>Actieagenda Circulaire economie</v>
       </c>
       <c r="C1163" s="0">
-        <v>949</v>
+        <v>913</v>
       </c>
       <c r="D1163" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1163" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1164" spans="1:5" customFormat="false">
       <c r="A1164" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1164" s="0" t="str">
-        <v xml:space="preserve">Programmaplan duurzaamheid </v>
+        <v>Actieagenda Circulaire economie</v>
       </c>
       <c r="C1164" s="0">
-        <v>1137</v>
+        <v>913</v>
       </c>
       <c r="D1164" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1164" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1165" spans="1:5" customFormat="false">
       <c r="A1165" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1165" s="0" t="str">
-        <v>Energiearmoede</v>
+        <v>Actieagenda Circulaire economie</v>
       </c>
       <c r="C1165" s="0">
-        <v>1142</v>
+        <v>913</v>
       </c>
       <c r="D1165" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1165" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1166" spans="1:5" customFormat="false">
       <c r="A1166" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1166" s="0" t="str">
-        <v xml:space="preserve">Programmaplan duurzaamheid </v>
+        <v xml:space="preserve">Versnelling verwijdering asbestdaken </v>
       </c>
       <c r="C1166" s="0">
-        <v>1149</v>
+        <v>921</v>
       </c>
       <c r="D1166" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1166" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1167" spans="1:5" customFormat="false">
       <c r="A1167" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1167" s="0" t="str">
-        <v xml:space="preserve">Programmaplan duurzaamheid </v>
+        <v xml:space="preserve">Garantstelling energiecoöperatie Voorthuizen duurzaam </v>
       </c>
       <c r="C1167" s="0">
-        <v>1149</v>
+        <v>949</v>
       </c>
       <c r="D1167" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1167" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1168" spans="1:5" customFormat="false">
       <c r="A1168" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1168" s="0" t="str">
-        <v xml:space="preserve">Programmaplan duurzaamheid </v>
+        <v xml:space="preserve">Garantstelling energiecoöperatie Voorthuizen duurzaam </v>
       </c>
       <c r="C1168" s="0">
-        <v>1149</v>
+        <v>949</v>
       </c>
       <c r="D1168" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1168" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1169" spans="1:5" customFormat="false">
       <c r="A1169" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1169" s="0" t="str">
         <v xml:space="preserve">Programmaplan duurzaamheid </v>
       </c>
       <c r="C1169" s="0">
-        <v>1149</v>
+        <v>1137</v>
       </c>
       <c r="D1169" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1169" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1170" spans="1:5" customFormat="false">
       <c r="A1170" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1170" s="0" t="str">
-        <v xml:space="preserve">Programmaplan duurzaamheid </v>
+        <v>Energiearmoede</v>
       </c>
       <c r="C1170" s="0">
-        <v>1149</v>
+        <v>1142</v>
       </c>
       <c r="D1170" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1170" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1171" spans="1:5" customFormat="false">
       <c r="A1171" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1171" s="0" t="str">
         <v xml:space="preserve">Programmaplan duurzaamheid </v>
       </c>
       <c r="C1171" s="0">
         <v>1149</v>
       </c>
       <c r="D1171" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1171" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1172" spans="1:5" customFormat="false">
       <c r="A1172" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1172" s="0" t="str">
-        <v>Locatiebeleid energiestations</v>
+        <v xml:space="preserve">Programmaplan duurzaamheid </v>
       </c>
       <c r="C1172" s="0">
-        <v>1216</v>
+        <v>1149</v>
       </c>
       <c r="D1172" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1172" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1173" spans="1:5" customFormat="false">
       <c r="A1173" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1173" s="0" t="str">
-        <v>Locatiebeleid energiestations</v>
+        <v xml:space="preserve">Programmaplan duurzaamheid </v>
       </c>
       <c r="C1173" s="0">
-        <v>1216</v>
+        <v>1149</v>
       </c>
       <c r="D1173" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1173" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1174" spans="1:5" customFormat="false">
       <c r="A1174" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1174" s="0" t="str">
-        <v>Netcongestie</v>
+        <v xml:space="preserve">Programmaplan duurzaamheid </v>
       </c>
       <c r="C1174" s="0">
-        <v>1300</v>
+        <v>1149</v>
       </c>
       <c r="D1174" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1174" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1175" spans="1:5" customFormat="false">
       <c r="A1175" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1175" s="0" t="str">
-        <v>Regionaal Energieperspectief Regio Foodvalley 2040</v>
+        <v xml:space="preserve">Programmaplan duurzaamheid </v>
       </c>
       <c r="C1175" s="0">
-        <v>1329</v>
+        <v>1149</v>
       </c>
       <c r="D1175" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1175" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1176" spans="1:5" customFormat="false">
       <c r="A1176" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1176" s="0" t="str">
-        <v>Regionaal Energieperspectief Regio Foodvalley 2040</v>
+        <v xml:space="preserve">Programmaplan duurzaamheid </v>
       </c>
       <c r="C1176" s="0">
-        <v>1329</v>
+        <v>1149</v>
       </c>
       <c r="D1176" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1176" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1177" spans="1:5" customFormat="false">
       <c r="A1177" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1177" s="0" t="str">
-        <v>Centrumplan herijking kaders (1)</v>
+        <v>Locatiebeleid energiestations</v>
       </c>
       <c r="C1177" s="0">
-        <v>59</v>
+        <v>1216</v>
       </c>
       <c r="D1177" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1177" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1178" spans="1:5" customFormat="false">
       <c r="A1178" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1178" s="0" t="str">
-        <v>Ruimtelijke visie centrumplan fase II</v>
+        <v>Locatiebeleid energiestations</v>
       </c>
       <c r="C1178" s="0">
-        <v>60</v>
+        <v>1216</v>
       </c>
       <c r="D1178" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1178" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1179" spans="1:5" customFormat="false">
       <c r="A1179" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1179" s="0" t="str">
-        <v xml:space="preserve">Verbetering uitstraling kerngebied stationsomgeving Barneveld-Centrum </v>
+        <v>Netcongestie</v>
       </c>
       <c r="C1179" s="0">
-        <v>413</v>
+        <v>1300</v>
       </c>
       <c r="D1179" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1179" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1180" spans="1:5" customFormat="false">
       <c r="A1180" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1180" s="0" t="str">
-        <v xml:space="preserve">Centrumplan Voorthuizen </v>
+        <v>Regionaal Energieperspectief Regio Foodvalley 2040</v>
       </c>
       <c r="C1180" s="0">
-        <v>909</v>
+        <v>1329</v>
       </c>
       <c r="D1180" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1180" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1181" spans="1:5" customFormat="false">
       <c r="A1181" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B1181" s="0" t="str">
-        <v xml:space="preserve">Centrumplan Voorthuizen </v>
+        <v>Regionaal Energieperspectief Regio Foodvalley 2040</v>
       </c>
       <c r="C1181" s="0">
-        <v>909</v>
+        <v>1329</v>
       </c>
       <c r="D1181" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1181" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1182" spans="1:5" customFormat="false">
       <c r="A1182" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="B1182" s="0" t="str">
-        <v xml:space="preserve">Centrumplan Voorthuizen </v>
+        <v>Centrumplan herijking kaders (1)</v>
       </c>
       <c r="C1182" s="0">
-        <v>909</v>
+        <v>59</v>
       </c>
       <c r="D1182" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E1182" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1183" spans="1:5" customFormat="false">
       <c r="A1183" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="B1183" s="0" t="str">
-        <v xml:space="preserve">Centrumplan Voorthuizen </v>
+        <v>Ruimtelijke visie centrumplan fase II</v>
       </c>
       <c r="C1183" s="0">
-        <v>909</v>
+        <v>60</v>
       </c>
       <c r="D1183" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E1183" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1184" spans="1:5" customFormat="false">
       <c r="A1184" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="B1184" s="0" t="str">
-        <v xml:space="preserve">Centrumplan Voorthuizen </v>
+        <v xml:space="preserve">Verbetering uitstraling kerngebied stationsomgeving Barneveld-Centrum </v>
       </c>
       <c r="C1184" s="0">
-        <v>909</v>
+        <v>413</v>
       </c>
       <c r="D1184" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1184" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1185" spans="1:5" customFormat="false">
       <c r="A1185" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="B1185" s="0" t="str">
-        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
+        <v xml:space="preserve">Centrumplan Voorthuizen </v>
       </c>
       <c r="C1185" s="0">
-        <v>23</v>
+        <v>909</v>
       </c>
       <c r="D1185" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1185" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1186" spans="1:5" customFormat="false">
       <c r="A1186" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="B1186" s="0" t="str">
-        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
+        <v xml:space="preserve">Centrumplan Voorthuizen </v>
       </c>
       <c r="C1186" s="0">
-        <v>23</v>
+        <v>909</v>
       </c>
       <c r="D1186" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1186" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1187" spans="1:5" customFormat="false">
       <c r="A1187" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="B1187" s="0" t="str">
-        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
+        <v xml:space="preserve">Centrumplan Voorthuizen </v>
       </c>
       <c r="C1187" s="0">
-        <v>23</v>
+        <v>909</v>
       </c>
       <c r="D1187" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1187" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1188" spans="1:5" customFormat="false">
       <c r="A1188" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="B1188" s="0" t="str">
-        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
+        <v xml:space="preserve">Centrumplan Voorthuizen </v>
       </c>
       <c r="C1188" s="0">
-        <v>23</v>
+        <v>909</v>
       </c>
       <c r="D1188" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1188" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1189" spans="1:5" customFormat="false">
       <c r="A1189" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="B1189" s="0" t="str">
-        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
+        <v xml:space="preserve">Centrumplan Voorthuizen </v>
       </c>
       <c r="C1189" s="0">
-        <v>23</v>
+        <v>909</v>
       </c>
       <c r="D1189" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1189" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1190" spans="1:5" customFormat="false">
       <c r="A1190" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="B1190" s="0" t="str">
         <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1190" s="0">
         <v>23</v>
       </c>
       <c r="D1190" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1190" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1191" spans="1:5" customFormat="false">
       <c r="A1191" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="B1191" s="0" t="str">
         <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
@@ -21260,145 +21260,145 @@
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1195" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1196" spans="1:5" customFormat="false">
       <c r="A1196" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="B1196" s="0" t="str">
         <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1196" s="0">
         <v>23</v>
       </c>
       <c r="D1196" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1196" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1197" spans="1:5" customFormat="false">
       <c r="A1197" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="B1197" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Garderen </v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1197" s="0">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="D1197" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1197" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1198" spans="1:5" customFormat="false">
       <c r="A1198" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="B1198" s="0" t="str">
-        <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1198" s="0">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="D1198" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1198" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1199" spans="1:5" customFormat="false">
       <c r="A1199" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="B1199" s="0" t="str">
-        <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1199" s="0">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="D1199" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1199" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1200" spans="1:5" customFormat="false">
       <c r="A1200" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="B1200" s="0" t="str">
-        <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1200" s="0">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="D1200" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1200" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1201" spans="1:5" customFormat="false">
       <c r="A1201" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="B1201" s="0" t="str">
-        <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
+        <v xml:space="preserve">Handhavingsbeleid verblijfsrecreatie </v>
       </c>
       <c r="C1201" s="0">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="D1201" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1201" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1202" spans="1:5" customFormat="false">
       <c r="A1202" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1202" s="0" t="str">
-        <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
+        <v xml:space="preserve">Bestemmingsplan Garderen </v>
       </c>
       <c r="C1202" s="0">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D1202" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1202" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1203" spans="1:5" customFormat="false">
       <c r="A1203" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1203" s="0" t="str">
         <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1203" s="0">
         <v>51</v>
       </c>
       <c r="D1203" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1203" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1204" spans="1:5" customFormat="false">
       <c r="A1204" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
@@ -21484,346 +21484,346 @@
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1209" spans="1:5" customFormat="false">
       <c r="A1209" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1209" s="0" t="str">
         <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1209" s="0">
         <v>51</v>
       </c>
       <c r="D1209" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1209" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1210" spans="1:5" customFormat="false">
       <c r="A1210" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1210" s="0" t="str">
-        <v>Beleidsnotitie mantelzorg (incl evaluatie)</v>
+        <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1210" s="0">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D1210" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1210" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1211" spans="1:5" customFormat="false">
       <c r="A1211" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1211" s="0" t="str">
-        <v>Evaluatie Welstandsnota</v>
+        <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1211" s="0">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D1211" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1211" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1212" spans="1:5" customFormat="false">
       <c r="A1212" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1212" s="0" t="str">
-        <v>PvA Strategische Visie (1)</v>
+        <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1212" s="0">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D1212" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1212" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1213" spans="1:5" customFormat="false">
       <c r="A1213" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1213" s="0" t="str">
-        <v>Regionale gebiedsvisie FoodValley</v>
+        <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1213" s="0">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D1213" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1213" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1214" spans="1:5" customFormat="false">
       <c r="A1214" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1214" s="0" t="str">
-        <v xml:space="preserve">Visie werklandschap Voorthuizen </v>
+        <v>Voortgangsrapportage plattelandsontwikkelingsfonds</v>
       </c>
       <c r="C1214" s="0">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="D1214" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1214" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1215" spans="1:5" customFormat="false">
       <c r="A1215" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1215" s="0" t="str">
-        <v>Locatie molen Kootwijkerbroek</v>
+        <v>Beleidsnotitie mantelzorg (incl evaluatie)</v>
       </c>
       <c r="C1215" s="0">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="D1215" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1215" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1216" spans="1:5" customFormat="false">
       <c r="A1216" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1216" s="0" t="str">
-        <v>Evaluatie ruimtelijk beleid biovergistingsinstallaties (3)</v>
+        <v>Evaluatie Welstandsnota</v>
       </c>
       <c r="C1216" s="0">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="D1216" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1216" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1217" spans="1:5" customFormat="false">
       <c r="A1217" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1217" s="0" t="str">
-        <v>Centrumplan Barneveld / Omgevingsvisie Barneveld Centrum</v>
+        <v>PvA Strategische Visie (1)</v>
       </c>
       <c r="C1217" s="0">
-        <v>242</v>
+        <v>54</v>
       </c>
       <c r="D1217" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E1217" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1218" spans="1:5" customFormat="false">
       <c r="A1218" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1218" s="0" t="str">
-        <v>Centrumplan Barneveld / Omgevingsvisie Barneveld Centrum</v>
+        <v>Regionale gebiedsvisie FoodValley</v>
       </c>
       <c r="C1218" s="0">
-        <v>242</v>
+        <v>55</v>
       </c>
       <c r="D1218" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1218" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1219" spans="1:5" customFormat="false">
       <c r="A1219" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1219" s="0" t="str">
-        <v>Centrumplan Barneveld / Omgevingsvisie Barneveld Centrum</v>
+        <v xml:space="preserve">Visie werklandschap Voorthuizen </v>
       </c>
       <c r="C1219" s="0">
-        <v>242</v>
+        <v>56</v>
       </c>
       <c r="D1219" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E1219" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1220" spans="1:5" customFormat="false">
       <c r="A1220" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1220" s="0" t="str">
-        <v>Centrumplan Barneveld / Omgevingsvisie Barneveld Centrum</v>
+        <v>Locatie molen Kootwijkerbroek</v>
       </c>
       <c r="C1220" s="0">
-        <v>242</v>
+        <v>57</v>
       </c>
       <c r="D1220" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1220" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1221" spans="1:5" customFormat="false">
       <c r="A1221" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1221" s="0" t="str">
-        <v>Strategische Visie 2014-2030: Position Paper</v>
+        <v>Evaluatie ruimtelijk beleid biovergistingsinstallaties (3)</v>
       </c>
       <c r="C1221" s="0">
-        <v>245</v>
+        <v>58</v>
       </c>
       <c r="D1221" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1221" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1222" spans="1:5" customFormat="false">
       <c r="A1222" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1222" s="0" t="str">
-        <v>Strategische Visie 2014-2030: startdocument voor opstellen SV</v>
+        <v>Centrumplan Barneveld / Omgevingsvisie Barneveld Centrum</v>
       </c>
       <c r="C1222" s="0">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D1222" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1222" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1223" spans="1:5" customFormat="false">
       <c r="A1223" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1223" s="0" t="str">
-        <v>Strategische Visie 2015-2030</v>
+        <v>Centrumplan Barneveld / Omgevingsvisie Barneveld Centrum</v>
       </c>
       <c r="C1223" s="0">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="D1223" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1223" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1224" spans="1:5" customFormat="false">
       <c r="A1224" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1224" s="0" t="str">
-        <v>Strategische Visie 2015-2030</v>
+        <v>Centrumplan Barneveld / Omgevingsvisie Barneveld Centrum</v>
       </c>
       <c r="C1224" s="0">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="D1224" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1224" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1225" spans="1:5" customFormat="false">
       <c r="A1225" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1225" s="0" t="str">
-        <v>Strategische Visie 2015-2030</v>
+        <v>Centrumplan Barneveld / Omgevingsvisie Barneveld Centrum</v>
       </c>
       <c r="C1225" s="0">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="D1225" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1225" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1226" spans="1:5" customFormat="false">
       <c r="A1226" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1226" s="0" t="str">
-        <v>Strategische Visie 2015-2030</v>
+        <v>Strategische Visie 2014-2030: Position Paper</v>
       </c>
       <c r="C1226" s="0">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D1226" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E1226" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1227" spans="1:5" customFormat="false">
       <c r="A1227" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1227" s="0" t="str">
-        <v>Strategische Visie 2015-2030</v>
+        <v>Strategische Visie 2014-2030: startdocument voor opstellen SV</v>
       </c>
       <c r="C1227" s="0">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D1227" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E1227" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1228" spans="1:5" customFormat="false">
       <c r="A1228" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1228" s="0" t="str">
         <v>Strategische Visie 2015-2030</v>
       </c>
       <c r="C1228" s="0">
         <v>247</v>
       </c>
       <c r="D1228" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1228" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1229" spans="1:5" customFormat="false">
       <c r="A1229" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
@@ -21858,567 +21858,567 @@
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1231" spans="1:5" customFormat="false">
       <c r="A1231" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1231" s="0" t="str">
         <v>Strategische Visie 2015-2030</v>
       </c>
       <c r="C1231" s="0">
         <v>247</v>
       </c>
       <c r="D1231" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1231" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1232" spans="1:5" customFormat="false">
       <c r="A1232" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1232" s="0" t="str">
-        <v>Beleidsnota Bovenwijkse Investeringen</v>
+        <v>Strategische Visie 2015-2030</v>
       </c>
       <c r="C1232" s="0">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D1232" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1232" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1233" spans="1:5" customFormat="false">
       <c r="A1233" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1233" s="0" t="str">
-        <v>flexibiliseren bestemmingsplannen</v>
+        <v>Strategische Visie 2015-2030</v>
       </c>
       <c r="C1233" s="0">
-        <v>284</v>
+        <v>247</v>
       </c>
       <c r="D1233" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1233" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1234" spans="1:5" customFormat="false">
       <c r="A1234" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1234" s="0" t="str">
-        <v xml:space="preserve">Bestemmingplan De Punt </v>
+        <v>Strategische Visie 2015-2030</v>
       </c>
       <c r="C1234" s="0">
-        <v>302</v>
+        <v>247</v>
       </c>
       <c r="D1234" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1234" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1235" spans="1:5" customFormat="false">
       <c r="A1235" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1235" s="0" t="str">
-        <v xml:space="preserve">Veegplan bestemmingsplan buitengebied </v>
+        <v>Strategische Visie 2015-2030</v>
       </c>
       <c r="C1235" s="0">
-        <v>327</v>
+        <v>247</v>
       </c>
       <c r="D1235" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1235" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1236" spans="1:5" customFormat="false">
       <c r="A1236" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1236" s="0" t="str">
-        <v xml:space="preserve">Ondergeschikte aanpassingen bestemmingsplan buitengebied </v>
+        <v>Strategische Visie 2015-2030</v>
       </c>
       <c r="C1236" s="0">
-        <v>328</v>
+        <v>247</v>
       </c>
       <c r="D1236" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1236" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1237" spans="1:5" customFormat="false">
       <c r="A1237" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1237" s="0" t="str">
-        <v xml:space="preserve">Kaders herzieningen buitengebied </v>
+        <v>Beleidsnota Bovenwijkse Investeringen</v>
       </c>
       <c r="C1237" s="0">
-        <v>329</v>
+        <v>248</v>
       </c>
       <c r="D1237" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1237" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1238" spans="1:5" customFormat="false">
       <c r="A1238" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1238" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Dwarsakker </v>
+        <v>flexibiliseren bestemmingsplannen</v>
       </c>
       <c r="C1238" s="0">
-        <v>330</v>
+        <v>284</v>
       </c>
       <c r="D1238" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1238" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1239" spans="1:5" customFormat="false">
       <c r="A1239" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1239" s="0" t="str">
-        <v>Evaluatie notitie Bestemmingsplannen globaal en flexibel</v>
+        <v xml:space="preserve">Bestemmingplan De Punt </v>
       </c>
       <c r="C1239" s="0">
-        <v>353</v>
+        <v>302</v>
       </c>
       <c r="D1239" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1239" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1240" spans="1:5" customFormat="false">
       <c r="A1240" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1240" s="0" t="str">
-        <v>Evaluatie notitie Bestemmingsplannen globaal en flexibel</v>
+        <v xml:space="preserve">Veegplan bestemmingsplan buitengebied </v>
       </c>
       <c r="C1240" s="0">
-        <v>353</v>
+        <v>327</v>
       </c>
       <c r="D1240" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1240" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1241" spans="1:5" customFormat="false">
       <c r="A1241" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1241" s="0" t="str">
-        <v>Evaluatie notitie Bestemmingsplannen globaal en flexibel</v>
+        <v xml:space="preserve">Ondergeschikte aanpassingen bestemmingsplan buitengebied </v>
       </c>
       <c r="C1241" s="0">
-        <v>353</v>
+        <v>328</v>
       </c>
       <c r="D1241" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1241" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1242" spans="1:5" customFormat="false">
       <c r="A1242" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1242" s="0" t="str">
-        <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
+        <v xml:space="preserve">Kaders herzieningen buitengebied </v>
       </c>
       <c r="C1242" s="0">
-        <v>420</v>
+        <v>329</v>
       </c>
       <c r="D1242" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1242" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1243" spans="1:5" customFormat="false">
       <c r="A1243" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1243" s="0" t="str">
-        <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
+        <v xml:space="preserve">Bestemmingsplan Dwarsakker </v>
       </c>
       <c r="C1243" s="0">
-        <v>420</v>
+        <v>330</v>
       </c>
       <c r="D1243" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1243" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1244" spans="1:5" customFormat="false">
       <c r="A1244" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1244" s="0" t="str">
-        <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
+        <v>Evaluatie notitie Bestemmingsplannen globaal en flexibel</v>
       </c>
       <c r="C1244" s="0">
-        <v>420</v>
+        <v>353</v>
       </c>
       <c r="D1244" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1244" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1245" spans="1:5" customFormat="false">
       <c r="A1245" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1245" s="0" t="str">
-        <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
+        <v>Evaluatie notitie Bestemmingsplannen globaal en flexibel</v>
       </c>
       <c r="C1245" s="0">
-        <v>420</v>
+        <v>353</v>
       </c>
       <c r="D1245" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1245" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1246" spans="1:5" customFormat="false">
       <c r="A1246" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1246" s="0" t="str">
-        <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
+        <v>Evaluatie notitie Bestemmingsplannen globaal en flexibel</v>
       </c>
       <c r="C1246" s="0">
-        <v>420</v>
+        <v>353</v>
       </c>
       <c r="D1246" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1246" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1247" spans="1:5" customFormat="false">
       <c r="A1247" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1247" s="0" t="str">
         <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
       </c>
       <c r="C1247" s="0">
         <v>420</v>
       </c>
       <c r="D1247" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1247" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1248" spans="1:5" customFormat="false">
       <c r="A1248" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1248" s="0" t="str">
         <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
       </c>
       <c r="C1248" s="0">
         <v>420</v>
       </c>
       <c r="D1248" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1248" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1249" spans="1:5" customFormat="false">
       <c r="A1249" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1249" s="0" t="str">
-        <v xml:space="preserve">Bodembelastingkaart Conventionele Explosieven uit de Tweede Wereldoorlog </v>
+        <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
       </c>
       <c r="C1249" s="0">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="D1249" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1249" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1250" spans="1:5" customFormat="false">
       <c r="A1250" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1250" s="0" t="str">
-        <v>Technische aanpassing bestemmingsplan buitengebied</v>
+        <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
       </c>
       <c r="C1250" s="0">
-        <v>431</v>
+        <v>420</v>
       </c>
       <c r="D1250" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1250" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1251" spans="1:5" customFormat="false">
       <c r="A1251" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1251" s="0" t="str">
-        <v xml:space="preserve">Bestemmingsplan Baron van Nagellstraat – Oude Zeumerseweg </v>
+        <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
       </c>
       <c r="C1251" s="0">
-        <v>490</v>
+        <v>420</v>
       </c>
       <c r="D1251" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1251" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1252" spans="1:5" customFormat="false">
       <c r="A1252" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1252" s="0" t="str">
-        <v>Bestemmingsplan Vlasbekje II</v>
+        <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
       </c>
       <c r="C1252" s="0">
-        <v>575</v>
+        <v>420</v>
       </c>
       <c r="D1252" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1252" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1253" spans="1:5" customFormat="false">
       <c r="A1253" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1253" s="0" t="str">
-        <v>Menukaart</v>
+        <v xml:space="preserve">Jaarlijkse actualisatie Nota Bovenwijkse Investeringen </v>
       </c>
       <c r="C1253" s="0">
-        <v>584</v>
+        <v>420</v>
       </c>
       <c r="D1253" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1253" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1254" spans="1:5" customFormat="false">
       <c r="A1254" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1254" s="0" t="str">
-        <v>Menukaart</v>
+        <v xml:space="preserve">Bodembelastingkaart Conventionele Explosieven uit de Tweede Wereldoorlog </v>
       </c>
       <c r="C1254" s="0">
-        <v>584</v>
+        <v>428</v>
       </c>
       <c r="D1254" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1254" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1255" spans="1:5" customFormat="false">
       <c r="A1255" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1255" s="0" t="str">
-        <v xml:space="preserve">Omgevingsplan Verbindingsweg </v>
+        <v>Technische aanpassing bestemmingsplan buitengebied</v>
       </c>
       <c r="C1255" s="0">
-        <v>603</v>
+        <v>431</v>
       </c>
       <c r="D1255" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1255" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1256" spans="1:5" customFormat="false">
       <c r="A1256" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1256" s="0" t="str">
-        <v xml:space="preserve">Omgevingsplan Verbindingsweg </v>
+        <v xml:space="preserve">Bestemmingsplan Baron van Nagellstraat – Oude Zeumerseweg </v>
       </c>
       <c r="C1256" s="0">
-        <v>603</v>
+        <v>490</v>
       </c>
       <c r="D1256" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1256" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1257" spans="1:5" customFormat="false">
       <c r="A1257" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1257" s="0" t="str">
-        <v xml:space="preserve">Omgevingsplan Verbindingsweg </v>
+        <v>Bestemmingsplan Vlasbekje II</v>
       </c>
       <c r="C1257" s="0">
-        <v>603</v>
+        <v>575</v>
       </c>
       <c r="D1257" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1257" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1258" spans="1:5" customFormat="false">
       <c r="A1258" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1258" s="0" t="str">
-        <v>Implementatie Omgevingswet</v>
+        <v>Menukaart</v>
       </c>
       <c r="C1258" s="0">
-        <v>718</v>
+        <v>584</v>
       </c>
       <c r="D1258" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1258" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1259" spans="1:5" customFormat="false">
       <c r="A1259" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1259" s="0" t="str">
-        <v>Implementatie Omgevingswet</v>
+        <v>Menukaart</v>
       </c>
       <c r="C1259" s="0">
-        <v>718</v>
+        <v>584</v>
       </c>
       <c r="D1259" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1259" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1260" spans="1:5" customFormat="false">
       <c r="A1260" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1260" s="0" t="str">
-        <v>Implementatie Omgevingswet</v>
+        <v xml:space="preserve">Omgevingsplan Verbindingsweg </v>
       </c>
       <c r="C1260" s="0">
-        <v>718</v>
+        <v>603</v>
       </c>
       <c r="D1260" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1260" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1261" spans="1:5" customFormat="false">
       <c r="A1261" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1261" s="0" t="str">
-        <v>Implementatie Omgevingswet</v>
+        <v xml:space="preserve">Omgevingsplan Verbindingsweg </v>
       </c>
       <c r="C1261" s="0">
-        <v>718</v>
+        <v>603</v>
       </c>
       <c r="D1261" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1261" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1262" spans="1:5" customFormat="false">
       <c r="A1262" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1262" s="0" t="str">
-        <v>Implementatie Omgevingswet</v>
+        <v xml:space="preserve">Omgevingsplan Verbindingsweg </v>
       </c>
       <c r="C1262" s="0">
-        <v>718</v>
+        <v>603</v>
       </c>
       <c r="D1262" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1262" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1263" spans="1:5" customFormat="false">
       <c r="A1263" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1263" s="0" t="str">
         <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1263" s="0">
         <v>718</v>
       </c>
       <c r="D1263" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1263" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1264" spans="1:5" customFormat="false">
       <c r="A1264" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
@@ -22521,703 +22521,703 @@
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1270" spans="1:5" customFormat="false">
       <c r="A1270" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1270" s="0" t="str">
         <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1270" s="0">
         <v>718</v>
       </c>
       <c r="D1270" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1270" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1271" spans="1:5" customFormat="false">
       <c r="A1271" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1271" s="0" t="str">
-        <v>Functieveranderingsbeleid</v>
+        <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1271" s="0">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="D1271" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1271" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1272" spans="1:5" customFormat="false">
       <c r="A1272" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1272" s="0" t="str">
-        <v>Functieveranderingsbeleid</v>
+        <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1272" s="0">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="D1272" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1272" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1273" spans="1:5" customFormat="false">
       <c r="A1273" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1273" s="0" t="str">
-        <v>Functieveranderingsbeleid</v>
+        <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1273" s="0">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="D1273" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1273" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1274" spans="1:5" customFormat="false">
       <c r="A1274" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1274" s="0" t="str">
-        <v>Functieveranderingsbeleid</v>
+        <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1274" s="0">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="D1274" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1274" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1275" spans="1:5" customFormat="false">
       <c r="A1275" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1275" s="0" t="str">
-        <v>Functieveranderingsbeleid</v>
+        <v>Implementatie Omgevingswet</v>
       </c>
       <c r="C1275" s="0">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="D1275" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1275" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1276" spans="1:5" customFormat="false">
       <c r="A1276" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1276" s="0" t="str">
         <v>Functieveranderingsbeleid</v>
       </c>
       <c r="C1276" s="0">
         <v>719</v>
       </c>
       <c r="D1276" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1276" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1277" spans="1:5" customFormat="false">
       <c r="A1277" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1277" s="0" t="str">
         <v>Functieveranderingsbeleid</v>
       </c>
       <c r="C1277" s="0">
         <v>719</v>
       </c>
       <c r="D1277" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1277" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1278" spans="1:5" customFormat="false">
       <c r="A1278" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1278" s="0" t="str">
-        <v>Regionale Ruimtelijke Visie</v>
+        <v>Functieveranderingsbeleid</v>
       </c>
       <c r="C1278" s="0">
-        <v>729</v>
+        <v>719</v>
       </c>
       <c r="D1278" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1278" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1279" spans="1:5" customFormat="false">
       <c r="A1279" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1279" s="0" t="str">
-        <v>Regionale Ruimtelijke Visie</v>
+        <v>Functieveranderingsbeleid</v>
       </c>
       <c r="C1279" s="0">
-        <v>729</v>
+        <v>719</v>
       </c>
       <c r="D1279" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1279" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1280" spans="1:5" customFormat="false">
       <c r="A1280" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1280" s="0" t="str">
-        <v xml:space="preserve">Gebiedsvisie functieverandering </v>
+        <v>Functieveranderingsbeleid</v>
       </c>
       <c r="C1280" s="0">
-        <v>778</v>
+        <v>719</v>
       </c>
       <c r="D1280" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1280" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1281" spans="1:5" customFormat="false">
       <c r="A1281" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1281" s="0" t="str">
-        <v>Vrijkomende agrarische bebouwing (VAB)</v>
+        <v>Functieveranderingsbeleid</v>
       </c>
       <c r="C1281" s="0">
-        <v>779</v>
+        <v>719</v>
       </c>
       <c r="D1281" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1281" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1282" spans="1:5" customFormat="false">
       <c r="A1282" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1282" s="0" t="str">
-        <v>Vrijkomende agrarische bebouwing (VAB)</v>
+        <v>Functieveranderingsbeleid</v>
       </c>
       <c r="C1282" s="0">
-        <v>779</v>
+        <v>719</v>
       </c>
       <c r="D1282" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1282" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1283" spans="1:5" customFormat="false">
       <c r="A1283" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1283" s="0" t="str">
-        <v>Bestemmingplan Gelkenhorsterweg</v>
+        <v>Regionale Ruimtelijke Visie</v>
       </c>
       <c r="C1283" s="0">
-        <v>789</v>
+        <v>729</v>
       </c>
       <c r="D1283" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1283" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1284" spans="1:5" customFormat="false">
       <c r="A1284" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1284" s="0" t="str">
-        <v xml:space="preserve">Businessplan Praktijkcentrum Emissiereductie </v>
+        <v>Regionale Ruimtelijke Visie</v>
       </c>
       <c r="C1284" s="0">
-        <v>839</v>
+        <v>729</v>
       </c>
       <c r="D1284" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1284" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1285" spans="1:5" customFormat="false">
       <c r="A1285" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1285" s="0" t="str">
-        <v xml:space="preserve">Zienswijze Omgevingsvisie provincie Gelderland </v>
+        <v xml:space="preserve">Gebiedsvisie functieverandering </v>
       </c>
       <c r="C1285" s="0">
-        <v>895</v>
+        <v>778</v>
       </c>
       <c r="D1285" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1285" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1286" spans="1:5" customFormat="false">
       <c r="A1286" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1286" s="0" t="str">
-        <v>Regiodeal</v>
+        <v>Vrijkomende agrarische bebouwing (VAB)</v>
       </c>
       <c r="C1286" s="0">
-        <v>912</v>
+        <v>779</v>
       </c>
       <c r="D1286" s="0" t="str">
-        <v>Team Strategie en Regie</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1286" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1287" spans="1:5" customFormat="false">
       <c r="A1287" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1287" s="0" t="str">
-        <v>Regiodeal</v>
+        <v>Vrijkomende agrarische bebouwing (VAB)</v>
       </c>
       <c r="C1287" s="0">
-        <v>912</v>
+        <v>779</v>
       </c>
       <c r="D1287" s="0" t="str">
-        <v>Team Strategie en Regie</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1287" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1288" spans="1:5" customFormat="false">
       <c r="A1288" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1288" s="0" t="str">
-        <v>Regiodeal</v>
+        <v>Bestemmingplan Gelkenhorsterweg</v>
       </c>
       <c r="C1288" s="0">
-        <v>912</v>
+        <v>789</v>
       </c>
       <c r="D1288" s="0" t="str">
-        <v>Team Strategie en Regie</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1288" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1289" spans="1:5" customFormat="false">
       <c r="A1289" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1289" s="0" t="str">
-        <v>Opfrissen Strategische Visie</v>
+        <v xml:space="preserve">Businessplan Praktijkcentrum Emissiereductie </v>
       </c>
       <c r="C1289" s="0">
-        <v>951</v>
+        <v>839</v>
       </c>
       <c r="D1289" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1289" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1290" spans="1:5" customFormat="false">
       <c r="A1290" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1290" s="0" t="str">
-        <v xml:space="preserve">Puntensysteem natuurinclusief bouwen  </v>
+        <v xml:space="preserve">Zienswijze Omgevingsvisie provincie Gelderland </v>
       </c>
       <c r="C1290" s="0">
-        <v>1031</v>
+        <v>895</v>
       </c>
       <c r="D1290" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1290" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1291" spans="1:5" customFormat="false">
       <c r="A1291" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1291" s="0" t="str">
-        <v xml:space="preserve">Puntensysteem natuurinclusief bouwen  </v>
+        <v>Regiodeal</v>
       </c>
       <c r="C1291" s="0">
-        <v>1031</v>
+        <v>912</v>
       </c>
       <c r="D1291" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Strategie en Regie</v>
       </c>
       <c r="E1291" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1292" spans="1:5" customFormat="false">
       <c r="A1292" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1292" s="0" t="str">
-        <v xml:space="preserve">Puntensysteem natuurinclusief bouwen  </v>
+        <v>Regiodeal</v>
       </c>
       <c r="C1292" s="0">
-        <v>1031</v>
+        <v>912</v>
       </c>
       <c r="D1292" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Strategie en Regie</v>
       </c>
       <c r="E1292" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1293" spans="1:5" customFormat="false">
       <c r="A1293" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1293" s="0" t="str">
-        <v>Soortenmanagementplan</v>
+        <v>Regiodeal</v>
       </c>
       <c r="C1293" s="0">
-        <v>1032</v>
+        <v>912</v>
       </c>
       <c r="D1293" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Strategie en Regie</v>
       </c>
       <c r="E1293" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1294" spans="1:5" customFormat="false">
       <c r="A1294" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1294" s="0" t="str">
-        <v>Soortenmanagementplan</v>
+        <v>Opfrissen Strategische Visie</v>
       </c>
       <c r="C1294" s="0">
-        <v>1032</v>
+        <v>951</v>
       </c>
       <c r="D1294" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1294" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1295" spans="1:5" customFormat="false">
       <c r="A1295" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1295" s="0" t="str">
-        <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
+        <v xml:space="preserve">Puntensysteem natuurinclusief bouwen  </v>
       </c>
       <c r="C1295" s="0">
-        <v>1060</v>
+        <v>1031</v>
       </c>
       <c r="D1295" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1295" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1296" spans="1:5" customFormat="false">
       <c r="A1296" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1296" s="0" t="str">
-        <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
+        <v xml:space="preserve">Puntensysteem natuurinclusief bouwen  </v>
       </c>
       <c r="C1296" s="0">
-        <v>1060</v>
+        <v>1031</v>
       </c>
       <c r="D1296" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1296" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1297" spans="1:5" customFormat="false">
       <c r="A1297" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1297" s="0" t="str">
-        <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
+        <v xml:space="preserve">Puntensysteem natuurinclusief bouwen  </v>
       </c>
       <c r="C1297" s="0">
-        <v>1060</v>
+        <v>1031</v>
       </c>
       <c r="D1297" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1297" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1298" spans="1:5" customFormat="false">
       <c r="A1298" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1298" s="0" t="str">
-        <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
+        <v>Soortenmanagementplan</v>
       </c>
       <c r="C1298" s="0">
-        <v>1060</v>
+        <v>1032</v>
       </c>
       <c r="D1298" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1298" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1299" spans="1:5" customFormat="false">
       <c r="A1299" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1299" s="0" t="str">
-        <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
+        <v>Soortenmanagementplan</v>
       </c>
       <c r="C1299" s="0">
-        <v>1060</v>
+        <v>1032</v>
       </c>
       <c r="D1299" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1299" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1300" spans="1:5" customFormat="false">
       <c r="A1300" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1300" s="0" t="str">
         <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
       </c>
       <c r="C1300" s="0">
         <v>1060</v>
       </c>
       <c r="D1300" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1300" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1301" spans="1:5" customFormat="false">
       <c r="A1301" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1301" s="0" t="str">
         <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
       </c>
       <c r="C1301" s="0">
         <v>1060</v>
       </c>
       <c r="D1301" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1301" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1302" spans="1:5" customFormat="false">
       <c r="A1302" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1302" s="0" t="str">
-        <v>Bestemmingsplan ‘Kerkstraat – Rembrandtstraat’ in Voorthuizen (plan Pastoriebos)</v>
+        <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
       </c>
       <c r="C1302" s="0">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="D1302" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1302" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1303" spans="1:5" customFormat="false">
       <c r="A1303" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1303" s="0" t="str">
-        <v>Bestemmingsplan ‘Kerkstraat – Rembrandtstraat’ in Voorthuizen (plan Pastoriebos)</v>
+        <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
       </c>
       <c r="C1303" s="0">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="D1303" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1303" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1304" spans="1:5" customFormat="false">
       <c r="A1304" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1304" s="0" t="str">
-        <v>Bestemmingsplan ‘Kerkstraat – Rembrandtstraat’ in Voorthuizen (plan Pastoriebos)</v>
+        <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
       </c>
       <c r="C1304" s="0">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="D1304" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1304" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1305" spans="1:5" customFormat="false">
       <c r="A1305" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1305" s="0" t="str">
-        <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
+        <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
       </c>
       <c r="C1305" s="0">
-        <v>1065</v>
+        <v>1060</v>
       </c>
       <c r="D1305" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1305" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1306" spans="1:5" customFormat="false">
       <c r="A1306" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1306" s="0" t="str">
-        <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
+        <v>Omgevingsvisie + Hoofdlijnennotitie Ontwikkelscenario's</v>
       </c>
       <c r="C1306" s="0">
-        <v>1065</v>
+        <v>1060</v>
       </c>
       <c r="D1306" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1306" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1307" spans="1:5" customFormat="false">
       <c r="A1307" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1307" s="0" t="str">
-        <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
+        <v>Bestemmingsplan ‘Kerkstraat – Rembrandtstraat’ in Voorthuizen (plan Pastoriebos)</v>
       </c>
       <c r="C1307" s="0">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="D1307" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1307" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1308" spans="1:5" customFormat="false">
       <c r="A1308" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1308" s="0" t="str">
-        <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
+        <v>Bestemmingsplan ‘Kerkstraat – Rembrandtstraat’ in Voorthuizen (plan Pastoriebos)</v>
       </c>
       <c r="C1308" s="0">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="D1308" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1308" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1309" spans="1:5" customFormat="false">
       <c r="A1309" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1309" s="0" t="str">
-        <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
+        <v>Bestemmingsplan ‘Kerkstraat – Rembrandtstraat’ in Voorthuizen (plan Pastoriebos)</v>
       </c>
       <c r="C1309" s="0">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="D1309" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1309" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1310" spans="1:5" customFormat="false">
       <c r="A1310" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1310" s="0" t="str">
         <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1310" s="0">
         <v>1065</v>
       </c>
       <c r="D1310" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1310" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1311" spans="1:5" customFormat="false">
       <c r="A1311" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
@@ -23255,326 +23255,326 @@
     <row r="1313" spans="1:5" customFormat="false">
       <c r="A1313" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1313" s="0" t="str">
         <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1313" s="0">
         <v>1065</v>
       </c>
       <c r="D1313" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1313" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1314" spans="1:5" customFormat="false">
       <c r="A1314" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1314" s="0" t="str">
         <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1314" s="0">
-        <v>1090</v>
+        <v>1065</v>
       </c>
       <c r="D1314" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1314" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1315" spans="1:5" customFormat="false">
       <c r="A1315" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1315" s="0" t="str">
-        <v xml:space="preserve">Regionaal Perspectief Landelijk Gebied (was Landbouwperspectief) </v>
+        <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1315" s="0">
-        <v>1098</v>
+        <v>1065</v>
       </c>
       <c r="D1315" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1315" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1316" spans="1:5" customFormat="false">
       <c r="A1316" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1316" s="0" t="str">
-        <v xml:space="preserve">Regionaal Perspectief Landelijk Gebied (was Landbouwperspectief) </v>
+        <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1316" s="0">
-        <v>1098</v>
+        <v>1065</v>
       </c>
       <c r="D1316" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1316" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1317" spans="1:5" customFormat="false">
       <c r="A1317" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1317" s="0" t="str">
-        <v xml:space="preserve">Regionaal Perspectief Landelijk Gebied (was Landbouwperspectief) </v>
+        <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1317" s="0">
-        <v>1098</v>
+        <v>1065</v>
       </c>
       <c r="D1317" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1317" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1318" spans="1:5" customFormat="false">
       <c r="A1318" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1318" s="0" t="str">
-        <v xml:space="preserve">Regionaal Perspectief Landelijk Gebied (was Landbouwperspectief) </v>
+        <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1318" s="0">
-        <v>1098</v>
+        <v>1065</v>
       </c>
       <c r="D1318" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1318" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1319" spans="1:5" customFormat="false">
       <c r="A1319" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1319" s="0" t="str">
-        <v xml:space="preserve">Beleid kinderopvang en luchtkwaliteit </v>
+        <v>Ontwikkelbeeld Regio Amersfoort en Ruimtelijke Verkenning Regio Foodvalley en Verstedelijkingsstrategie Arnhem Nijmegen Foodvalley</v>
       </c>
       <c r="C1319" s="0">
-        <v>1136</v>
+        <v>1090</v>
       </c>
       <c r="D1319" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1319" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1320" spans="1:5" customFormat="false">
       <c r="A1320" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1320" s="0" t="str">
-        <v xml:space="preserve">Beleid kinderopvang en luchtkwaliteit </v>
+        <v xml:space="preserve">Regionaal Perspectief Landelijk Gebied (was Landbouwperspectief) </v>
       </c>
       <c r="C1320" s="0">
-        <v>1136</v>
+        <v>1098</v>
       </c>
       <c r="D1320" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1320" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1321" spans="1:5" customFormat="false">
       <c r="A1321" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1321" s="0" t="str">
-        <v>Geurbeleid</v>
+        <v xml:space="preserve">Regionaal Perspectief Landelijk Gebied (was Landbouwperspectief) </v>
       </c>
       <c r="C1321" s="0">
-        <v>1187</v>
+        <v>1098</v>
       </c>
       <c r="D1321" s="0" t="str">
         <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1321" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1322" spans="1:5" customFormat="false">
       <c r="A1322" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1322" s="0" t="str">
-        <v>Uitbreiding sportpark Norschoten/SDVB</v>
+        <v xml:space="preserve">Regionaal Perspectief Landelijk Gebied (was Landbouwperspectief) </v>
       </c>
       <c r="C1322" s="0">
-        <v>1195</v>
+        <v>1098</v>
       </c>
       <c r="D1322" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1322" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1323" spans="1:5" customFormat="false">
       <c r="A1323" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1323" s="0" t="str">
-        <v>Uitbreiding sportpark Norschoten/SDVB</v>
+        <v xml:space="preserve">Regionaal Perspectief Landelijk Gebied (was Landbouwperspectief) </v>
       </c>
       <c r="C1323" s="0">
-        <v>1195</v>
+        <v>1098</v>
       </c>
       <c r="D1323" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1323" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1324" spans="1:5" customFormat="false">
       <c r="A1324" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1324" s="0" t="str">
-        <v>Uitbreiding sportpark Norschoten/SDVB</v>
+        <v xml:space="preserve">Beleid kinderopvang en luchtkwaliteit </v>
       </c>
       <c r="C1324" s="0">
-        <v>1195</v>
+        <v>1136</v>
       </c>
       <c r="D1324" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1324" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1325" spans="1:5" customFormat="false">
       <c r="A1325" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1325" s="0" t="str">
-        <v>Nota bodembeheer</v>
+        <v xml:space="preserve">Beleid kinderopvang en luchtkwaliteit </v>
       </c>
       <c r="C1325" s="0">
-        <v>1217</v>
+        <v>1136</v>
       </c>
       <c r="D1325" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1325" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1326" spans="1:5" customFormat="false">
       <c r="A1326" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1326" s="0" t="str">
-        <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
+        <v>Geurbeleid</v>
       </c>
       <c r="C1326" s="0">
-        <v>1241</v>
+        <v>1187</v>
       </c>
       <c r="D1326" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1326" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1327" spans="1:5" customFormat="false">
       <c r="A1327" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1327" s="0" t="str">
-        <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
+        <v>Uitbreiding sportpark Norschoten/SDVB</v>
       </c>
       <c r="C1327" s="0">
-        <v>1241</v>
+        <v>1195</v>
       </c>
       <c r="D1327" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1327" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1328" spans="1:5" customFormat="false">
       <c r="A1328" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1328" s="0" t="str">
-        <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
+        <v>Uitbreiding sportpark Norschoten/SDVB</v>
       </c>
       <c r="C1328" s="0">
-        <v>1241</v>
+        <v>1195</v>
       </c>
       <c r="D1328" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1328" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1329" spans="1:5" customFormat="false">
       <c r="A1329" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1329" s="0" t="str">
-        <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
+        <v>Uitbreiding sportpark Norschoten/SDVB</v>
       </c>
       <c r="C1329" s="0">
-        <v>1241</v>
+        <v>1195</v>
       </c>
       <c r="D1329" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1329" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1330" spans="1:5" customFormat="false">
       <c r="A1330" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1330" s="0" t="str">
-        <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
+        <v>Nota bodembeheer</v>
       </c>
       <c r="C1330" s="0">
-        <v>1241</v>
+        <v>1217</v>
       </c>
       <c r="D1330" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E1330" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1331" spans="1:5" customFormat="false">
       <c r="A1331" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1331" s="0" t="str">
         <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
       </c>
       <c r="C1331" s="0">
         <v>1241</v>
       </c>
       <c r="D1331" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1331" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1332" spans="1:5" customFormat="false">
       <c r="A1332" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
@@ -23609,329 +23609,329 @@
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1334" spans="1:5" customFormat="false">
       <c r="A1334" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1334" s="0" t="str">
         <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
       </c>
       <c r="C1334" s="0">
         <v>1241</v>
       </c>
       <c r="D1334" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1334" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1335" spans="1:5" customFormat="false">
       <c r="A1335" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1335" s="0" t="str">
-        <v>Deelvisie Garderen</v>
+        <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
       </c>
       <c r="C1335" s="0">
-        <v>1246</v>
+        <v>1241</v>
       </c>
       <c r="D1335" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1335" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1336" spans="1:5" customFormat="false">
       <c r="A1336" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1336" s="0" t="str">
-        <v>Streefbeeld landelijk gebied</v>
+        <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
       </c>
       <c r="C1336" s="0">
-        <v>1247</v>
+        <v>1241</v>
       </c>
       <c r="D1336" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1336" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1337" spans="1:5" customFormat="false">
       <c r="A1337" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1337" s="0" t="str">
-        <v>Toetsingskader landelijk gebied</v>
+        <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
       </c>
       <c r="C1337" s="0">
-        <v>1295</v>
+        <v>1241</v>
       </c>
       <c r="D1337" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1337" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1338" spans="1:5" customFormat="false">
       <c r="A1338" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1338" s="0" t="str">
-        <v>Gebiedsplan GEUS en SOK</v>
+        <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
       </c>
       <c r="C1338" s="0">
-        <v>1316</v>
+        <v>1241</v>
       </c>
       <c r="D1338" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1338" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1339" spans="1:5" customFormat="false">
       <c r="A1339" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1339" s="0" t="str">
-        <v>Programma Waardevol landelijk Gebied</v>
+        <v xml:space="preserve">Vestiging AZC (asielzoekerscentrum) -&gt; Tijdelijke alternatieve maatregel (TAM) AZC </v>
       </c>
       <c r="C1339" s="0">
-        <v>1320</v>
+        <v>1241</v>
       </c>
       <c r="D1339" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1339" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1340" spans="1:5" customFormat="false">
       <c r="A1340" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1340" s="0" t="str">
-        <v xml:space="preserve">Nota openbare verlichting </v>
+        <v>Deelvisie Garderen</v>
       </c>
       <c r="C1340" s="0">
-        <v>61</v>
+        <v>1246</v>
       </c>
       <c r="D1340" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1340" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1341" spans="1:5" customFormat="false">
       <c r="A1341" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1341" s="0" t="str">
-        <v xml:space="preserve">Nota openbare verlichting </v>
+        <v>Streefbeeld landelijk gebied</v>
       </c>
       <c r="C1341" s="0">
-        <v>61</v>
+        <v>1247</v>
       </c>
       <c r="D1341" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1341" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1342" spans="1:5" customFormat="false">
       <c r="A1342" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1342" s="0" t="str">
-        <v xml:space="preserve">Nota openbare verlichting </v>
+        <v>Toetsingskader landelijk gebied</v>
       </c>
       <c r="C1342" s="0">
-        <v>61</v>
+        <v>1295</v>
       </c>
       <c r="D1342" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1342" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1343" spans="1:5" customFormat="false">
       <c r="A1343" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1343" s="0" t="str">
-        <v xml:space="preserve">Nota openbare verlichting </v>
+        <v>Gebiedsplan GEUS en SOK</v>
       </c>
       <c r="C1343" s="0">
-        <v>61</v>
+        <v>1316</v>
       </c>
       <c r="D1343" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1343" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1344" spans="1:5" customFormat="false">
       <c r="A1344" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B1344" s="0" t="str">
-        <v xml:space="preserve">Nota openbare verlichting </v>
+        <v>Programma Waardevol landelijk Gebied</v>
       </c>
       <c r="C1344" s="0">
-        <v>61</v>
+        <v>1320</v>
       </c>
       <c r="D1344" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1344" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1345" spans="1:5" customFormat="false">
       <c r="A1345" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1345" s="0" t="str">
         <v xml:space="preserve">Nota openbare verlichting </v>
       </c>
       <c r="C1345" s="0">
         <v>61</v>
       </c>
       <c r="D1345" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1345" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1346" spans="1:5" customFormat="false">
       <c r="A1346" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1346" s="0" t="str">
         <v xml:space="preserve">Nota openbare verlichting </v>
       </c>
       <c r="C1346" s="0">
         <v>61</v>
       </c>
       <c r="D1346" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1346" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1347" spans="1:5" customFormat="false">
       <c r="A1347" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1347" s="0" t="str">
-        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
+        <v xml:space="preserve">Nota openbare verlichting </v>
       </c>
       <c r="C1347" s="0">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D1347" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1347" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1348" spans="1:5" customFormat="false">
       <c r="A1348" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1348" s="0" t="str">
-        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
+        <v xml:space="preserve">Nota openbare verlichting </v>
       </c>
       <c r="C1348" s="0">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D1348" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1348" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1349" spans="1:5" customFormat="false">
       <c r="A1349" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1349" s="0" t="str">
-        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
+        <v xml:space="preserve">Nota openbare verlichting </v>
       </c>
       <c r="C1349" s="0">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D1349" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1349" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1350" spans="1:5" customFormat="false">
       <c r="A1350" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1350" s="0" t="str">
-        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
+        <v xml:space="preserve">Nota openbare verlichting </v>
       </c>
       <c r="C1350" s="0">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D1350" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1350" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1351" spans="1:5" customFormat="false">
       <c r="A1351" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1351" s="0" t="str">
-        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
+        <v xml:space="preserve">Nota openbare verlichting </v>
       </c>
       <c r="C1351" s="0">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D1351" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1351" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1352" spans="1:5" customFormat="false">
       <c r="A1352" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1352" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1352" s="0">
         <v>62</v>
       </c>
       <c r="D1352" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1352" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1353" spans="1:5" customFormat="false">
       <c r="A1353" s="0" t="str">
         <v>327 Wegen</v>
@@ -24187,621 +24187,621 @@
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1368" spans="1:5" customFormat="false">
       <c r="A1368" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1368" s="0" t="str">
         <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1368" s="0">
         <v>62</v>
       </c>
       <c r="D1368" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1368" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1369" spans="1:5" customFormat="false">
       <c r="A1369" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1369" s="0" t="str">
-        <v>Beleidsvisie beheer en onderhoud wegen</v>
+        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1369" s="0">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D1369" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1369" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1370" spans="1:5" customFormat="false">
       <c r="A1370" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1370" s="0" t="str">
-        <v>Beleidsvisie beheer en onderhoud wegen</v>
+        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1370" s="0">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D1370" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1370" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1371" spans="1:5" customFormat="false">
       <c r="A1371" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1371" s="0" t="str">
-        <v>Beleidsvisie beheer en onderhoud wegen</v>
+        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1371" s="0">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D1371" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1371" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1372" spans="1:5" customFormat="false">
       <c r="A1372" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1372" s="0" t="str">
-        <v>Beleidsvisie beheer en onderhoud wegen</v>
+        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1372" s="0">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D1372" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1372" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1373" spans="1:5" customFormat="false">
       <c r="A1373" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1373" s="0" t="str">
-        <v>Wegenlegger/beboude kom grenzen</v>
+        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1373" s="0">
-        <v>727</v>
+        <v>62</v>
       </c>
       <c r="D1373" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1373" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1374" spans="1:5" customFormat="false">
       <c r="A1374" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1374" s="0" t="str">
-        <v>Wegenlegger/beboude kom grenzen</v>
+        <v>Beleidsvisie beheer en onderhoud wegen</v>
       </c>
       <c r="C1374" s="0">
-        <v>727</v>
+        <v>63</v>
       </c>
       <c r="D1374" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1374" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1375" spans="1:5" customFormat="false">
       <c r="A1375" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1375" s="0" t="str">
-        <v>Wegenlegger/beboude kom grenzen</v>
+        <v>Beleidsvisie beheer en onderhoud wegen</v>
       </c>
       <c r="C1375" s="0">
-        <v>727</v>
+        <v>63</v>
       </c>
       <c r="D1375" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1375" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1376" spans="1:5" customFormat="false">
       <c r="A1376" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1376" s="0" t="str">
-        <v>Wegenlegger/beboude kom grenzen</v>
+        <v>Beleidsvisie beheer en onderhoud wegen</v>
       </c>
       <c r="C1376" s="0">
-        <v>727</v>
+        <v>63</v>
       </c>
       <c r="D1376" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1376" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1377" spans="1:5" customFormat="false">
       <c r="A1377" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1377" s="0" t="str">
-        <v>Integrale aanpak Hessenweg</v>
+        <v>Beleidsvisie beheer en onderhoud wegen</v>
       </c>
       <c r="C1377" s="0">
-        <v>1221</v>
+        <v>63</v>
       </c>
       <c r="D1377" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1377" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1378" spans="1:5" customFormat="false">
       <c r="A1378" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1378" s="0" t="str">
-        <v>Integrale aanpak Hessenweg</v>
+        <v>Wegenlegger/beboude kom grenzen</v>
       </c>
       <c r="C1378" s="0">
-        <v>1221</v>
+        <v>727</v>
       </c>
       <c r="D1378" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E1378" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1379" spans="1:5" customFormat="false">
       <c r="A1379" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1379" s="0" t="str">
-        <v>Integrale aanpak Ringlaan</v>
+        <v>Wegenlegger/beboude kom grenzen</v>
       </c>
       <c r="C1379" s="0">
-        <v>1222</v>
+        <v>727</v>
       </c>
       <c r="D1379" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E1379" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1380" spans="1:5" customFormat="false">
       <c r="A1380" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1380" s="0" t="str">
-        <v>Vervanging fietspaden Apeldoornsestraat</v>
+        <v>Wegenlegger/beboude kom grenzen</v>
       </c>
       <c r="C1380" s="0">
-        <v>1223</v>
+        <v>727</v>
       </c>
       <c r="D1380" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E1380" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1381" spans="1:5" customFormat="false">
       <c r="A1381" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1381" s="0" t="str">
-        <v>Vervanging fietspaden Apeldoornsestraat</v>
+        <v>Wegenlegger/beboude kom grenzen</v>
       </c>
       <c r="C1381" s="0">
-        <v>1223</v>
+        <v>727</v>
       </c>
       <c r="D1381" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E1381" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1382" spans="1:5" customFormat="false">
       <c r="A1382" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1382" s="0" t="str">
-        <v>Vervanging bruggen Lunterseweg en Stoutenburgerweg</v>
+        <v>Integrale aanpak Hessenweg</v>
       </c>
       <c r="C1382" s="0">
-        <v>1243</v>
+        <v>1221</v>
       </c>
       <c r="D1382" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1382" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1383" spans="1:5" customFormat="false">
       <c r="A1383" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1383" s="0" t="str">
-        <v>Vervanging bruggen Lunterseweg en Stoutenburgerweg</v>
+        <v>Integrale aanpak Hessenweg</v>
       </c>
       <c r="C1383" s="0">
-        <v>1243</v>
+        <v>1221</v>
       </c>
       <c r="D1383" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1383" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1384" spans="1:5" customFormat="false">
       <c r="A1384" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1384" s="0" t="str">
-        <v>Integrale aanpak Wolweg</v>
+        <v>Integrale aanpak Ringlaan</v>
       </c>
       <c r="C1384" s="0">
-        <v>1308</v>
+        <v>1222</v>
       </c>
       <c r="D1384" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1384" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1385" spans="1:5" customFormat="false">
       <c r="A1385" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1385" s="0" t="str">
-        <v>Achterveldseweg LVO met bermbeton</v>
+        <v>Vervanging fietspaden Apeldoornsestraat</v>
       </c>
       <c r="C1385" s="0">
-        <v>1323</v>
+        <v>1223</v>
       </c>
       <c r="D1385" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1385" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1386" spans="1:5" customFormat="false">
       <c r="A1386" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1386" s="0" t="str">
-        <v>Integrale aanpak Postweg De Glind</v>
+        <v>Vervanging fietspaden Apeldoornsestraat</v>
       </c>
       <c r="C1386" s="0">
-        <v>1324</v>
+        <v>1223</v>
       </c>
       <c r="D1386" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1386" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1387" spans="1:5" customFormat="false">
       <c r="A1387" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1387" s="0" t="str">
-        <v>Integrale aanpak Bakkersweg</v>
+        <v>Vervanging bruggen Lunterseweg en Stoutenburgerweg</v>
       </c>
       <c r="C1387" s="0">
-        <v>1325</v>
+        <v>1243</v>
       </c>
       <c r="D1387" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1387" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1388" spans="1:5" customFormat="false">
       <c r="A1388" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1388" s="0" t="str">
-        <v>Vervanging asfaltfietspaden Rijksweg door beton</v>
+        <v>Vervanging bruggen Lunterseweg en Stoutenburgerweg</v>
       </c>
       <c r="C1388" s="0">
-        <v>1330</v>
+        <v>1243</v>
       </c>
       <c r="D1388" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1388" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1389" spans="1:5" customFormat="false">
       <c r="A1389" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1389" s="0" t="str">
-        <v>Vervanging asfaltfietspad Harskamperweg door beton incl. verbreding</v>
+        <v>Integrale aanpak Wolweg</v>
       </c>
       <c r="C1389" s="0">
-        <v>1331</v>
+        <v>1308</v>
       </c>
       <c r="D1389" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1389" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1390" spans="1:5" customFormat="false">
       <c r="A1390" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1390" s="0" t="str">
-        <v>Molenweg,Margrietlaan,Irenelaan, Marijkelaan en Koninginnelaan (deel Smitsplein-Molenweg)</v>
+        <v>Achterveldseweg LVO met bermbeton</v>
       </c>
       <c r="C1390" s="0">
-        <v>1333</v>
+        <v>1323</v>
       </c>
       <c r="D1390" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1390" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1391" spans="1:5" customFormat="false">
       <c r="A1391" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1391" s="0" t="str">
-        <v>Rootselaar West kredietaanvraag t.b.v. aanvullende opgaven icm asfaltonderhoud</v>
+        <v>Integrale aanpak Postweg De Glind</v>
       </c>
       <c r="C1391" s="0">
-        <v>1335</v>
+        <v>1324</v>
       </c>
       <c r="D1391" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1391" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1392" spans="1:5" customFormat="false">
       <c r="A1392" s="0" t="str">
         <v>327 Wegen</v>
       </c>
       <c r="B1392" s="0" t="str">
-        <v xml:space="preserve">Wijk De Steenkamp: (sobere) integrale aanpak </v>
+        <v>Integrale aanpak Bakkersweg</v>
       </c>
       <c r="C1392" s="0">
-        <v>1340</v>
+        <v>1325</v>
       </c>
       <c r="D1392" s="0" t="str">
         <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1392" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1393" spans="1:5" customFormat="false">
       <c r="A1393" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="B1393" s="0" t="str">
-        <v xml:space="preserve">Onderzoek reformatorsiche SBO + SO school </v>
+        <v>Vervanging asfaltfietspaden Rijksweg door beton</v>
       </c>
       <c r="C1393" s="0">
-        <v>64</v>
+        <v>1330</v>
       </c>
       <c r="D1393" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1393" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1394" spans="1:5" customFormat="false">
       <c r="A1394" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="B1394" s="0" t="str">
-        <v xml:space="preserve">Onderzoek reformatorsiche SBO + SO school </v>
+        <v>Vervanging asfaltfietspad Harskamperweg door beton incl. verbreding</v>
       </c>
       <c r="C1394" s="0">
-        <v>64</v>
+        <v>1331</v>
       </c>
       <c r="D1394" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1394" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1395" spans="1:5" customFormat="false">
       <c r="A1395" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="B1395" s="0" t="str">
-        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
+        <v>Molenweg,Margrietlaan,Irenelaan, Marijkelaan en Koninginnelaan (deel Smitsplein-Molenweg)</v>
       </c>
       <c r="C1395" s="0">
-        <v>275</v>
+        <v>1333</v>
       </c>
       <c r="D1395" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1395" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1396" spans="1:5" customFormat="false">
       <c r="A1396" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="B1396" s="0" t="str">
-        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
+        <v>Rootselaar West kredietaanvraag t.b.v. aanvullende opgaven icm asfaltonderhoud</v>
       </c>
       <c r="C1396" s="0">
-        <v>275</v>
+        <v>1335</v>
       </c>
       <c r="D1396" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1396" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1397" spans="1:5" customFormat="false">
       <c r="A1397" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="B1397" s="0" t="str">
-        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
+        <v xml:space="preserve">Wijk De Steenkamp: (sobere) integrale aanpak </v>
       </c>
       <c r="C1397" s="0">
-        <v>275</v>
+        <v>1340</v>
       </c>
       <c r="D1397" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1397" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1398" spans="1:5" customFormat="false">
       <c r="A1398" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="B1398" s="0" t="str">
-        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
+        <v>LVO Kerkendelweg</v>
       </c>
       <c r="C1398" s="0">
-        <v>275</v>
+        <v>1347</v>
       </c>
       <c r="D1398" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1398" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1399" spans="1:5" customFormat="false">
       <c r="A1399" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="B1399" s="0" t="str">
-        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
+        <v xml:space="preserve">LVO Garderbroekerweg </v>
       </c>
       <c r="C1399" s="0">
-        <v>275</v>
+        <v>1348</v>
       </c>
       <c r="D1399" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1399" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1400" spans="1:5" customFormat="false">
       <c r="A1400" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="B1400" s="0" t="str">
-        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
+        <v>Rapportage kwaliteit wegen + uitvoeringsplan</v>
       </c>
       <c r="C1400" s="0">
-        <v>275</v>
+        <v>1349</v>
       </c>
       <c r="D1400" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1400" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1401" spans="1:5" customFormat="false">
       <c r="A1401" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1401" s="0" t="str">
-        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
+        <v xml:space="preserve">Onderzoek reformatorsiche SBO + SO school </v>
       </c>
       <c r="C1401" s="0">
-        <v>275</v>
+        <v>64</v>
       </c>
       <c r="D1401" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1401" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1402" spans="1:5" customFormat="false">
       <c r="A1402" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1402" s="0" t="str">
-        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
+        <v xml:space="preserve">Onderzoek reformatorsiche SBO + SO school </v>
       </c>
       <c r="C1402" s="0">
-        <v>275</v>
+        <v>64</v>
       </c>
       <c r="D1402" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1402" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1403" spans="1:5" customFormat="false">
       <c r="A1403" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1403" s="0" t="str">
         <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1403" s="0">
         <v>275</v>
       </c>
       <c r="D1403" s="0" t="str">
         <v>Team Vastgoed</v>
       </c>
       <c r="E1403" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1404" spans="1:5" customFormat="false">
       <c r="A1404" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1404" s="0" t="str">
         <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
@@ -24816,1029 +24816,1029 @@
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1405" spans="1:5" customFormat="false">
       <c r="A1405" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1405" s="0" t="str">
         <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1405" s="0">
         <v>275</v>
       </c>
       <c r="D1405" s="0" t="str">
         <v>Team Vastgoed</v>
       </c>
       <c r="E1405" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1406" spans="1:5" customFormat="false">
       <c r="A1406" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1406" s="0" t="str">
-        <v xml:space="preserve">Verordening doordecentralisatie buitenonderhoud </v>
+        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1406" s="0">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D1406" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1406" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1407" spans="1:5" customFormat="false">
       <c r="A1407" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1407" s="0" t="str">
-        <v>Verordening voorzieningen huisvesting onderwijs aanpassen</v>
+        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1407" s="0">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="D1407" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1407" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1408" spans="1:5" customFormat="false">
       <c r="A1408" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1408" s="0" t="str">
-        <v xml:space="preserve">Garantstelling lening Rehobothschool Kootwijkerbroek </v>
+        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1408" s="0">
-        <v>414</v>
+        <v>275</v>
       </c>
       <c r="D1408" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1408" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1409" spans="1:5" customFormat="false">
       <c r="A1409" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1409" s="0" t="str">
-        <v>Internationale school Gelderland</v>
+        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1409" s="0">
-        <v>487</v>
+        <v>275</v>
       </c>
       <c r="D1409" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1409" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1410" spans="1:5" customFormat="false">
       <c r="A1410" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1410" s="0" t="str">
-        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
+        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1410" s="0">
-        <v>621</v>
+        <v>275</v>
       </c>
       <c r="D1410" s="0" t="str">
         <v>Team Vastgoed</v>
       </c>
       <c r="E1410" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1411" spans="1:5" customFormat="false">
       <c r="A1411" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1411" s="0" t="str">
-        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
+        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1411" s="0">
-        <v>621</v>
+        <v>275</v>
       </c>
       <c r="D1411" s="0" t="str">
         <v>Team Vastgoed</v>
       </c>
       <c r="E1411" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1412" spans="1:5" customFormat="false">
       <c r="A1412" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1412" s="0" t="str">
-        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
+        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1412" s="0">
-        <v>621</v>
+        <v>275</v>
       </c>
       <c r="D1412" s="0" t="str">
         <v>Team Vastgoed</v>
       </c>
       <c r="E1412" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1413" spans="1:5" customFormat="false">
       <c r="A1413" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1413" s="0" t="str">
-        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
+        <v xml:space="preserve">Programma en overzicht voorzieningen huisvesting onderwijs </v>
       </c>
       <c r="C1413" s="0">
-        <v>621</v>
+        <v>275</v>
       </c>
       <c r="D1413" s="0" t="str">
         <v>Team Vastgoed</v>
       </c>
       <c r="E1413" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1414" spans="1:5" customFormat="false">
       <c r="A1414" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1414" s="0" t="str">
-        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
+        <v xml:space="preserve">Verordening doordecentralisatie buitenonderhoud </v>
       </c>
       <c r="C1414" s="0">
-        <v>621</v>
+        <v>276</v>
       </c>
       <c r="D1414" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1414" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1415" spans="1:5" customFormat="false">
       <c r="A1415" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1415" s="0" t="str">
-        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
+        <v>Verordening voorzieningen huisvesting onderwijs aanpassen</v>
       </c>
       <c r="C1415" s="0">
-        <v>621</v>
+        <v>277</v>
       </c>
       <c r="D1415" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1415" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1416" spans="1:5" customFormat="false">
       <c r="A1416" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1416" s="0" t="str">
-        <v xml:space="preserve">Verplaatsing van de Julianaschool naar het Oosterboscomplex </v>
+        <v xml:space="preserve">Garantstelling lening Rehobothschool Kootwijkerbroek </v>
       </c>
       <c r="C1416" s="0">
-        <v>644</v>
+        <v>414</v>
       </c>
       <c r="D1416" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1416" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1417" spans="1:5" customFormat="false">
       <c r="A1417" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1417" s="0" t="str">
-        <v xml:space="preserve">Verplaatsing van de Julianaschool naar het Oosterboscomplex </v>
+        <v>Internationale school Gelderland</v>
       </c>
       <c r="C1417" s="0">
-        <v>644</v>
+        <v>487</v>
       </c>
       <c r="D1417" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1417" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1418" spans="1:5" customFormat="false">
       <c r="A1418" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1418" s="0" t="str">
-        <v xml:space="preserve">Verplaatsing van de Julianaschool naar het Oosterboscomplex </v>
+        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
       </c>
       <c r="C1418" s="0">
-        <v>644</v>
+        <v>621</v>
       </c>
       <c r="D1418" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1418" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1419" spans="1:5" customFormat="false">
       <c r="A1419" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1419" s="0" t="str">
-        <v xml:space="preserve">Scholen in Veller </v>
+        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
       </c>
       <c r="C1419" s="0">
-        <v>861</v>
+        <v>621</v>
       </c>
       <c r="D1419" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1419" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1420" spans="1:5" customFormat="false">
       <c r="A1420" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1420" s="0" t="str">
-        <v xml:space="preserve">Scholen in Veller </v>
+        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
       </c>
       <c r="C1420" s="0">
-        <v>861</v>
+        <v>621</v>
       </c>
       <c r="D1420" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1420" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1421" spans="1:5" customFormat="false">
       <c r="A1421" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1421" s="0" t="str">
-        <v>Voorfinanciering vernieuwbouw JFC</v>
+        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
       </c>
       <c r="C1421" s="0">
-        <v>948</v>
+        <v>621</v>
       </c>
       <c r="D1421" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1421" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1422" spans="1:5" customFormat="false">
       <c r="A1422" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1422" s="0" t="str">
-        <v>Voorfinanciering vernieuwbouw JFC</v>
+        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
       </c>
       <c r="C1422" s="0">
-        <v>948</v>
+        <v>621</v>
       </c>
       <c r="D1422" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1422" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1423" spans="1:5" customFormat="false">
       <c r="A1423" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1423" s="0" t="str">
-        <v>Groene schoolpleinen</v>
+        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
       </c>
       <c r="C1423" s="0">
-        <v>1061</v>
+        <v>621</v>
       </c>
       <c r="D1423" s="0" t="str">
-        <v>OUD Team Civiel en Water</v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1423" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1424" spans="1:5" customFormat="false">
       <c r="A1424" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1424" s="0" t="str">
-        <v>Groene schoolpleinen</v>
+        <v xml:space="preserve">Integraal Huisvestingplan Onderwijs (was Masterplan Onderwijs Huisvesting) </v>
       </c>
       <c r="C1424" s="0">
-        <v>1061</v>
+        <v>621</v>
       </c>
       <c r="D1424" s="0" t="str">
-        <v>OUD Team Civiel en Water</v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1424" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1425" spans="1:5" customFormat="false">
       <c r="A1425" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1425" s="0" t="str">
-        <v>Groene schoolpleinen</v>
+        <v xml:space="preserve">Verplaatsing van de Julianaschool naar het Oosterboscomplex </v>
       </c>
       <c r="C1425" s="0">
-        <v>1061</v>
+        <v>644</v>
       </c>
       <c r="D1425" s="0" t="str">
-        <v>OUD Team Civiel en Water</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1425" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1426" spans="1:5" customFormat="false">
       <c r="A1426" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1426" s="0" t="str">
-        <v>Van Lodenstein College</v>
+        <v xml:space="preserve">Verplaatsing van de Julianaschool naar het Oosterboscomplex </v>
       </c>
       <c r="C1426" s="0">
-        <v>1318</v>
+        <v>644</v>
       </c>
       <c r="D1426" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1426" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1427" spans="1:5" customFormat="false">
       <c r="A1427" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1427" s="0" t="str">
-        <v>Van Lodenstein College</v>
+        <v xml:space="preserve">Verplaatsing van de Julianaschool naar het Oosterboscomplex </v>
       </c>
       <c r="C1427" s="0">
-        <v>1318</v>
+        <v>644</v>
       </c>
       <c r="D1427" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1427" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1428" spans="1:5" customFormat="false">
       <c r="A1428" s="0" t="str">
         <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1428" s="0" t="str">
-        <v>Aanpassen Verordening voorzieningen huisvestiging onderwijs (n.a.v. o.a. Integraal Huisvestingsplan)</v>
+        <v xml:space="preserve">Scholen in Veller </v>
       </c>
       <c r="C1428" s="0">
-        <v>1344</v>
+        <v>861</v>
       </c>
       <c r="D1428" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1428" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1429" spans="1:5" customFormat="false">
       <c r="A1429" s="0" t="str">
-        <v>333 Bibliotheek</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1429" s="0" t="str">
-        <v>Meerjarenplan bibliotheekvoorziening</v>
+        <v xml:space="preserve">Scholen in Veller </v>
       </c>
       <c r="C1429" s="0">
-        <v>720</v>
+        <v>861</v>
       </c>
       <c r="D1429" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1429" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1430" spans="1:5" customFormat="false">
       <c r="A1430" s="0" t="str">
-        <v>333 Bibliotheek</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1430" s="0" t="str">
-        <v>Meerjarenplan bibliotheekvoorziening</v>
+        <v>Voorfinanciering vernieuwbouw JFC</v>
       </c>
       <c r="C1430" s="0">
-        <v>720</v>
+        <v>948</v>
       </c>
       <c r="D1430" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1430" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1431" spans="1:5" customFormat="false">
       <c r="A1431" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1431" s="0" t="str">
-        <v xml:space="preserve">Museum Nairac </v>
+        <v>Voorfinanciering vernieuwbouw JFC</v>
       </c>
       <c r="C1431" s="0">
-        <v>66</v>
+        <v>948</v>
       </c>
       <c r="D1431" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1431" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1432" spans="1:5" customFormat="false">
       <c r="A1432" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1432" s="0" t="str">
-        <v xml:space="preserve">Museum Nairac </v>
+        <v>Groene schoolpleinen</v>
       </c>
       <c r="C1432" s="0">
-        <v>66</v>
+        <v>1061</v>
       </c>
       <c r="D1432" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>OUD Team Civiel en Water</v>
       </c>
       <c r="E1432" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1433" spans="1:5" customFormat="false">
       <c r="A1433" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1433" s="0" t="str">
-        <v xml:space="preserve">Cultuurhistorische Waardenkaart </v>
+        <v>Groene schoolpleinen</v>
       </c>
       <c r="C1433" s="0">
-        <v>67</v>
+        <v>1061</v>
       </c>
       <c r="D1433" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>OUD Team Civiel en Water</v>
       </c>
       <c r="E1433" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1434" spans="1:5" customFormat="false">
       <c r="A1434" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1434" s="0" t="str">
-        <v xml:space="preserve">Cultuurhistorische Waardenkaart </v>
+        <v>Groene schoolpleinen</v>
       </c>
       <c r="C1434" s="0">
-        <v>67</v>
+        <v>1061</v>
       </c>
       <c r="D1434" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>OUD Team Civiel en Water</v>
       </c>
       <c r="E1434" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1435" spans="1:5" customFormat="false">
       <c r="A1435" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1435" s="0" t="str">
-        <v>subsidie ballonmuseum</v>
+        <v>Van Lodenstein College</v>
       </c>
       <c r="C1435" s="0">
-        <v>303</v>
+        <v>1318</v>
       </c>
       <c r="D1435" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1435" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1436" spans="1:5" customFormat="false">
       <c r="A1436" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1436" s="0" t="str">
-        <v>Evaluatie Muziekschool</v>
+        <v>Van Lodenstein College</v>
       </c>
       <c r="C1436" s="0">
-        <v>502</v>
+        <v>1318</v>
       </c>
       <c r="D1436" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1436" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1437" spans="1:5" customFormat="false">
       <c r="A1437" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B1437" s="0" t="str">
-        <v xml:space="preserve">Subsidie muziekonderwijs </v>
+        <v>Aanpassen Verordening voorzieningen huisvestiging onderwijs (n.a.v. o.a. Integraal Huisvestingsplan)</v>
       </c>
       <c r="C1437" s="0">
-        <v>721</v>
+        <v>1344</v>
       </c>
       <c r="D1437" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1437" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1438" spans="1:5" customFormat="false">
       <c r="A1438" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>333 Bibliotheek</v>
       </c>
       <c r="B1438" s="0" t="str">
-        <v xml:space="preserve">Subsidie muziekonderwijs </v>
+        <v>Meerjarenplan bibliotheekvoorziening</v>
       </c>
       <c r="C1438" s="0">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="D1438" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1438" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1439" spans="1:5" customFormat="false">
       <c r="A1439" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>333 Bibliotheek</v>
       </c>
       <c r="B1439" s="0" t="str">
-        <v xml:space="preserve">Toekomstbestendig Pluimveemuseum </v>
+        <v>Meerjarenplan bibliotheekvoorziening</v>
       </c>
       <c r="C1439" s="0">
-        <v>914</v>
+        <v>720</v>
       </c>
       <c r="D1439" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1439" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1440" spans="1:5" customFormat="false">
       <c r="A1440" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1440" s="0" t="str">
-        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
+        <v xml:space="preserve">Museum Nairac </v>
       </c>
       <c r="C1440" s="0">
-        <v>940</v>
+        <v>66</v>
       </c>
       <c r="D1440" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1440" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1441" spans="1:5" customFormat="false">
       <c r="A1441" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1441" s="0" t="str">
-        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
+        <v xml:space="preserve">Museum Nairac </v>
       </c>
       <c r="C1441" s="0">
-        <v>940</v>
+        <v>66</v>
       </c>
       <c r="D1441" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1441" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1442" spans="1:5" customFormat="false">
       <c r="A1442" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1442" s="0" t="str">
-        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
+        <v xml:space="preserve">Cultuurhistorische Waardenkaart </v>
       </c>
       <c r="C1442" s="0">
-        <v>940</v>
+        <v>67</v>
       </c>
       <c r="D1442" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1442" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1443" spans="1:5" customFormat="false">
       <c r="A1443" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1443" s="0" t="str">
-        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
+        <v xml:space="preserve">Cultuurhistorische Waardenkaart </v>
       </c>
       <c r="C1443" s="0">
-        <v>940</v>
+        <v>67</v>
       </c>
       <c r="D1443" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1443" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1444" spans="1:5" customFormat="false">
       <c r="A1444" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1444" s="0" t="str">
-        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
+        <v>subsidie ballonmuseum</v>
       </c>
       <c r="C1444" s="0">
-        <v>940</v>
+        <v>303</v>
       </c>
       <c r="D1444" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1444" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1445" spans="1:5" customFormat="false">
       <c r="A1445" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1445" s="0" t="str">
-        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
+        <v>Evaluatie Muziekschool</v>
       </c>
       <c r="C1445" s="0">
-        <v>940</v>
+        <v>502</v>
       </c>
       <c r="D1445" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1445" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1446" spans="1:5" customFormat="false">
       <c r="A1446" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1446" s="0" t="str">
-        <v>Accommodatiebeleid</v>
+        <v xml:space="preserve">Subsidie muziekonderwijs </v>
       </c>
       <c r="C1446" s="0">
-        <v>1033</v>
+        <v>721</v>
       </c>
       <c r="D1446" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1446" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1447" spans="1:5" customFormat="false">
       <c r="A1447" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1447" s="0" t="str">
-        <v>Accommodatiebeleid</v>
+        <v xml:space="preserve">Subsidie muziekonderwijs </v>
       </c>
       <c r="C1447" s="0">
-        <v>1033</v>
+        <v>721</v>
       </c>
       <c r="D1447" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1447" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1448" spans="1:5" customFormat="false">
       <c r="A1448" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1448" s="0" t="str">
-        <v>Accommodatiebeleid</v>
+        <v xml:space="preserve">Toekomstbestendig Pluimveemuseum </v>
       </c>
       <c r="C1448" s="0">
-        <v>1033</v>
+        <v>914</v>
       </c>
       <c r="D1448" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1448" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1449" spans="1:5" customFormat="false">
       <c r="A1449" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1449" s="0" t="str">
-        <v>Accommodatiebeleid</v>
+        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
       </c>
       <c r="C1449" s="0">
-        <v>1033</v>
+        <v>940</v>
       </c>
       <c r="D1449" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1449" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1450" spans="1:5" customFormat="false">
       <c r="A1450" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1450" s="0" t="str">
-        <v>Accommodatiebeleid</v>
+        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
       </c>
       <c r="C1450" s="0">
-        <v>1033</v>
+        <v>940</v>
       </c>
       <c r="D1450" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1450" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1451" spans="1:5" customFormat="false">
       <c r="A1451" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1451" s="0" t="str">
-        <v>Integrale cultuurvisie</v>
+        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
       </c>
       <c r="C1451" s="0">
-        <v>1184</v>
+        <v>940</v>
       </c>
       <c r="D1451" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1451" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1452" spans="1:5" customFormat="false">
       <c r="A1452" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1452" s="0" t="str">
-        <v>Integrale cultuurvisie</v>
+        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
       </c>
       <c r="C1452" s="0">
-        <v>1184</v>
+        <v>940</v>
       </c>
       <c r="D1452" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1452" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1453" spans="1:5" customFormat="false">
       <c r="A1453" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1453" s="0" t="str">
-        <v>Integrale cultuurvisie</v>
+        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
       </c>
       <c r="C1453" s="0">
-        <v>1184</v>
+        <v>940</v>
       </c>
       <c r="D1453" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1453" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1454" spans="1:5" customFormat="false">
       <c r="A1454" s="0" t="str">
         <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1454" s="0" t="str">
-        <v>Erfgoedbeleid</v>
+        <v>Evaluatie Platform Cultuur en Maatschappelijke Cultuurfonds</v>
       </c>
       <c r="C1454" s="0">
-        <v>1338</v>
+        <v>940</v>
       </c>
       <c r="D1454" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1454" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1455" spans="1:5" customFormat="false">
       <c r="A1455" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1455" s="0" t="str">
-        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
+        <v>Accommodatiebeleid</v>
       </c>
       <c r="C1455" s="0">
-        <v>65</v>
+        <v>1033</v>
       </c>
       <c r="D1455" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1455" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1456" spans="1:5" customFormat="false">
       <c r="A1456" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1456" s="0" t="str">
-        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
+        <v>Accommodatiebeleid</v>
       </c>
       <c r="C1456" s="0">
-        <v>65</v>
+        <v>1033</v>
       </c>
       <c r="D1456" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1456" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1457" spans="1:5" customFormat="false">
       <c r="A1457" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1457" s="0" t="str">
-        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
+        <v>Accommodatiebeleid</v>
       </c>
       <c r="C1457" s="0">
-        <v>65</v>
+        <v>1033</v>
       </c>
       <c r="D1457" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1457" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1458" spans="1:5" customFormat="false">
       <c r="A1458" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1458" s="0" t="str">
-        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
+        <v>Accommodatiebeleid</v>
       </c>
       <c r="C1458" s="0">
-        <v>65</v>
+        <v>1033</v>
       </c>
       <c r="D1458" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1458" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1459" spans="1:5" customFormat="false">
       <c r="A1459" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1459" s="0" t="str">
-        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
+        <v>Accommodatiebeleid</v>
       </c>
       <c r="C1459" s="0">
-        <v>65</v>
+        <v>1033</v>
       </c>
       <c r="D1459" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1459" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1460" spans="1:5" customFormat="false">
       <c r="A1460" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1460" s="0" t="str">
-        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
+        <v>Integrale cultuurvisie</v>
       </c>
       <c r="C1460" s="0">
-        <v>65</v>
+        <v>1184</v>
       </c>
       <c r="D1460" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1460" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1461" spans="1:5" customFormat="false">
       <c r="A1461" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1461" s="0" t="str">
-        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
+        <v>Integrale cultuurvisie</v>
       </c>
       <c r="C1461" s="0">
-        <v>65</v>
+        <v>1184</v>
       </c>
       <c r="D1461" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1461" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1462" spans="1:5" customFormat="false">
       <c r="A1462" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1462" s="0" t="str">
-        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
+        <v>Integrale cultuurvisie</v>
       </c>
       <c r="C1462" s="0">
-        <v>65</v>
+        <v>1184</v>
       </c>
       <c r="D1462" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1462" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1463" spans="1:5" customFormat="false">
       <c r="A1463" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B1463" s="0" t="str">
-        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
+        <v>Erfgoedbeleid</v>
       </c>
       <c r="C1463" s="0">
-        <v>65</v>
+        <v>1338</v>
       </c>
       <c r="D1463" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1463" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1464" spans="1:5" customFormat="false">
       <c r="A1464" s="0" t="str">
         <v>334 Schaffelaartheater</v>
       </c>
       <c r="B1464" s="0" t="str">
         <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1464" s="0">
         <v>65</v>
       </c>
       <c r="D1464" s="0" t="str">
         <v>Team Vastgoed</v>
       </c>
       <c r="E1464" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1465" spans="1:5" customFormat="false">
       <c r="A1465" s="0" t="str">
         <v>334 Schaffelaartheater</v>
       </c>
       <c r="B1465" s="0" t="str">
         <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
@@ -25901,1440 +25901,1440 @@
         <v>Team Vastgoed</v>
       </c>
       <c r="E1468" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1469" spans="1:5" customFormat="false">
       <c r="A1469" s="0" t="str">
         <v>334 Schaffelaartheater</v>
       </c>
       <c r="B1469" s="0" t="str">
         <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1469" s="0">
         <v>65</v>
       </c>
       <c r="D1469" s="0" t="str">
         <v>Team Vastgoed</v>
       </c>
       <c r="E1469" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1470" spans="1:5" customFormat="false">
       <c r="A1470" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="B1470" s="0" t="str">
-        <v xml:space="preserve">Tarieven buitensportaccomodaties -&gt; Compensatieregeling verenigingen en dorps- en buurthuizen </v>
+        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1470" s="0">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D1470" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1470" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1471" spans="1:5" customFormat="false">
       <c r="A1471" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="B1471" s="0" t="str">
-        <v xml:space="preserve">Tarieven buitensportaccomodaties -&gt; Compensatieregeling verenigingen en dorps- en buurthuizen </v>
+        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1471" s="0">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D1471" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1471" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1472" spans="1:5" customFormat="false">
       <c r="A1472" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="B1472" s="0" t="str">
-        <v xml:space="preserve">Tarieven buitensportaccomodaties -&gt; Compensatieregeling verenigingen en dorps- en buurthuizen </v>
+        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1472" s="0">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D1472" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1472" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1473" spans="1:5" customFormat="false">
       <c r="A1473" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="B1473" s="0" t="str">
-        <v xml:space="preserve">Tarieven buitensportaccomodaties -&gt; Compensatieregeling verenigingen en dorps- en buurthuizen </v>
+        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1473" s="0">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D1473" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1473" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1474" spans="1:5" customFormat="false">
       <c r="A1474" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="B1474" s="0" t="str">
-        <v xml:space="preserve">Middellange termijnvisie voetbalaccommodaties Barneveld </v>
+        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1474" s="0">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D1474" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1474" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1475" spans="1:5" customFormat="false">
       <c r="A1475" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="B1475" s="0" t="str">
-        <v>Masterplan Buitensport 2018-2028 -&gt; Integraal Huisvestingsplan Sport</v>
+        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1475" s="0">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D1475" s="0" t="str">
         <v>Team Vastgoed</v>
       </c>
       <c r="E1475" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1476" spans="1:5" customFormat="false">
       <c r="A1476" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="B1476" s="0" t="str">
-        <v>Masterplan Buitensport 2018-2028 -&gt; Integraal Huisvestingsplan Sport</v>
+        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1476" s="0">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D1476" s="0" t="str">
         <v>Team Vastgoed</v>
       </c>
       <c r="E1476" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1477" spans="1:5" customFormat="false">
       <c r="A1477" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="B1477" s="0" t="str">
-        <v>Masterplan Buitensport 2018-2028 -&gt; Integraal Huisvestingsplan Sport</v>
+        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1477" s="0">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D1477" s="0" t="str">
         <v>Team Vastgoed</v>
       </c>
       <c r="E1477" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1478" spans="1:5" customFormat="false">
       <c r="A1478" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="B1478" s="0" t="str">
-        <v xml:space="preserve">douche- en kleedruimten sportcomplex Overbeek en De Bosrand </v>
+        <v xml:space="preserve">Governance structuur Schaffelaartheater </v>
       </c>
       <c r="C1478" s="0">
-        <v>289</v>
+        <v>65</v>
       </c>
       <c r="D1478" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1478" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1479" spans="1:5" customFormat="false">
       <c r="A1479" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1479" s="0" t="str">
-        <v>besteding gelden kunstgrasveld De Glind</v>
+        <v xml:space="preserve">Tarieven buitensportaccomodaties -&gt; Compensatieregeling verenigingen en dorps- en buurthuizen </v>
       </c>
       <c r="C1479" s="0">
-        <v>317</v>
+        <v>68</v>
       </c>
       <c r="D1479" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1479" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1480" spans="1:5" customFormat="false">
       <c r="A1480" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1480" s="0" t="str">
-        <v>Verplaatsing sportcomplex Overbeek in Terschuur</v>
+        <v xml:space="preserve">Tarieven buitensportaccomodaties -&gt; Compensatieregeling verenigingen en dorps- en buurthuizen </v>
       </c>
       <c r="C1480" s="0">
-        <v>455</v>
+        <v>68</v>
       </c>
       <c r="D1480" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1480" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1481" spans="1:5" customFormat="false">
       <c r="A1481" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1481" s="0" t="str">
-        <v>Sportbeleidsplan</v>
+        <v xml:space="preserve">Tarieven buitensportaccomodaties -&gt; Compensatieregeling verenigingen en dorps- en buurthuizen </v>
       </c>
       <c r="C1481" s="0">
-        <v>715</v>
+        <v>68</v>
       </c>
       <c r="D1481" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1481" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1482" spans="1:5" customFormat="false">
       <c r="A1482" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1482" s="0" t="str">
-        <v>Sportbeleidsplan</v>
+        <v xml:space="preserve">Tarieven buitensportaccomodaties -&gt; Compensatieregeling verenigingen en dorps- en buurthuizen </v>
       </c>
       <c r="C1482" s="0">
-        <v>715</v>
+        <v>68</v>
       </c>
       <c r="D1482" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1482" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1483" spans="1:5" customFormat="false">
       <c r="A1483" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1483" s="0" t="str">
-        <v xml:space="preserve">Rechtstreekse Ontsluiting Thorbeckelaan/Bestemmingplan Thorbeckelaan </v>
+        <v xml:space="preserve">Middellange termijnvisie voetbalaccommodaties Barneveld </v>
       </c>
       <c r="C1483" s="0">
-        <v>836</v>
+        <v>69</v>
       </c>
       <c r="D1483" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1483" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1484" spans="1:5" customFormat="false">
       <c r="A1484" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1484" s="0" t="str">
-        <v xml:space="preserve">Rechtstreekse Ontsluiting Thorbeckelaan/Bestemmingplan Thorbeckelaan </v>
+        <v>Masterplan Buitensport 2018-2028 -&gt; Integraal Huisvestingsplan Sport</v>
       </c>
       <c r="C1484" s="0">
-        <v>836</v>
+        <v>70</v>
       </c>
       <c r="D1484" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1484" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1485" spans="1:5" customFormat="false">
       <c r="A1485" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1485" s="0" t="str">
-        <v xml:space="preserve">Haalbaarheidsonderzoek voor sportaccommodaties (o.a. atletiek en skeelerbaan) </v>
+        <v>Masterplan Buitensport 2018-2028 -&gt; Integraal Huisvestingsplan Sport</v>
       </c>
       <c r="C1485" s="0">
-        <v>897</v>
+        <v>70</v>
       </c>
       <c r="D1485" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1485" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1486" spans="1:5" customFormat="false">
       <c r="A1486" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1486" s="0" t="str">
-        <v xml:space="preserve">Haalbaarheidsonderzoek voor sportaccommodaties (o.a. atletiek en skeelerbaan) </v>
+        <v>Masterplan Buitensport 2018-2028 -&gt; Integraal Huisvestingsplan Sport</v>
       </c>
       <c r="C1486" s="0">
-        <v>897</v>
+        <v>70</v>
       </c>
       <c r="D1486" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1486" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1487" spans="1:5" customFormat="false">
       <c r="A1487" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1487" s="0" t="str">
-        <v xml:space="preserve">Haalbaarheidsonderzoek voor sportaccommodaties (o.a. atletiek en skeelerbaan) </v>
+        <v xml:space="preserve">douche- en kleedruimten sportcomplex Overbeek en De Bosrand </v>
       </c>
       <c r="C1487" s="0">
-        <v>897</v>
+        <v>289</v>
       </c>
       <c r="D1487" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1487" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1488" spans="1:5" customFormat="false">
       <c r="A1488" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1488" s="0" t="str">
-        <v xml:space="preserve">Haalbaarheidsonderzoek voor sportaccommodaties (o.a. atletiek en skeelerbaan) </v>
+        <v>besteding gelden kunstgrasveld De Glind</v>
       </c>
       <c r="C1488" s="0">
-        <v>897</v>
+        <v>317</v>
       </c>
       <c r="D1488" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1488" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1489" spans="1:5" customFormat="false">
       <c r="A1489" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1489" s="0" t="str">
-        <v xml:space="preserve">Accommodatie voor diverse sportactiviteiten </v>
+        <v>Verplaatsing sportcomplex Overbeek in Terschuur</v>
       </c>
       <c r="C1489" s="0">
-        <v>978</v>
+        <v>455</v>
       </c>
       <c r="D1489" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1489" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1490" spans="1:5" customFormat="false">
       <c r="A1490" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1490" s="0" t="str">
-        <v>Voorstel Flying bikes/Hanzeweg</v>
+        <v>Sportbeleidsplan</v>
       </c>
       <c r="C1490" s="0">
-        <v>1036</v>
+        <v>715</v>
       </c>
       <c r="D1490" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1490" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1491" spans="1:5" customFormat="false">
       <c r="A1491" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1491" s="0" t="str">
-        <v>Voorstel Flying bikes/Hanzeweg</v>
+        <v>Sportbeleidsplan</v>
       </c>
       <c r="C1491" s="0">
-        <v>1036</v>
+        <v>715</v>
       </c>
       <c r="D1491" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1491" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1492" spans="1:5" customFormat="false">
       <c r="A1492" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1492" s="0" t="str">
-        <v>Voorstel Flying bikes/Hanzeweg</v>
+        <v xml:space="preserve">Rechtstreekse Ontsluiting Thorbeckelaan/Bestemmingplan Thorbeckelaan </v>
       </c>
       <c r="C1492" s="0">
-        <v>1036</v>
+        <v>836</v>
       </c>
       <c r="D1492" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1492" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1493" spans="1:5" customFormat="false">
       <c r="A1493" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1493" s="0" t="str">
-        <v>Voorstel Flying bikes/Hanzeweg</v>
+        <v xml:space="preserve">Rechtstreekse Ontsluiting Thorbeckelaan/Bestemmingplan Thorbeckelaan </v>
       </c>
       <c r="C1493" s="0">
-        <v>1036</v>
+        <v>836</v>
       </c>
       <c r="D1493" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1493" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1494" spans="1:5" customFormat="false">
       <c r="A1494" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1494" s="0" t="str">
-        <v>Voorstel Flying bikes/Hanzeweg</v>
+        <v xml:space="preserve">Haalbaarheidsonderzoek voor sportaccommodaties (o.a. atletiek en skeelerbaan) </v>
       </c>
       <c r="C1494" s="0">
-        <v>1036</v>
+        <v>897</v>
       </c>
       <c r="D1494" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1494" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1495" spans="1:5" customFormat="false">
       <c r="A1495" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1495" s="0" t="str">
-        <v>Voorstel Flying bikes/Hanzeweg</v>
+        <v xml:space="preserve">Haalbaarheidsonderzoek voor sportaccommodaties (o.a. atletiek en skeelerbaan) </v>
       </c>
       <c r="C1495" s="0">
-        <v>1036</v>
+        <v>897</v>
       </c>
       <c r="D1495" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1495" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1496" spans="1:5" customFormat="false">
       <c r="A1496" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1496" s="0" t="str">
-        <v>Bouw Boulodrome/Hal en speelvelden</v>
+        <v xml:space="preserve">Haalbaarheidsonderzoek voor sportaccommodaties (o.a. atletiek en skeelerbaan) </v>
       </c>
       <c r="C1496" s="0">
-        <v>1311</v>
+        <v>897</v>
       </c>
       <c r="D1496" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1496" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1497" spans="1:5" customFormat="false">
       <c r="A1497" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1497" s="0" t="str">
-        <v>Vervanging skatebaan Barnseweg</v>
+        <v xml:space="preserve">Haalbaarheidsonderzoek voor sportaccommodaties (o.a. atletiek en skeelerbaan) </v>
       </c>
       <c r="C1497" s="0">
-        <v>1312</v>
+        <v>897</v>
       </c>
       <c r="D1497" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1497" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1498" spans="1:5" customFormat="false">
       <c r="A1498" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1498" s="0" t="str">
-        <v>Veluwse Boys (MIP up'25)</v>
+        <v xml:space="preserve">Accommodatie voor diverse sportactiviteiten </v>
       </c>
       <c r="C1498" s="0">
-        <v>1322</v>
+        <v>978</v>
       </c>
       <c r="D1498" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1498" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1499" spans="1:5" customFormat="false">
       <c r="A1499" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1499" s="0" t="str">
-        <v>Startnotitie gesprekskader haalbaarheidsonderzoek sporthal Kootwijkerbroek</v>
+        <v>Voorstel Flying bikes/Hanzeweg</v>
       </c>
       <c r="C1499" s="0">
-        <v>1334</v>
+        <v>1036</v>
       </c>
       <c r="D1499" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1499" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1500" spans="1:5" customFormat="false">
       <c r="A1500" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1500" s="0" t="str">
-        <v>Vervangende nieuwbouw sportzaal 't Kamphuis Kootwijkerbroek</v>
+        <v>Voorstel Flying bikes/Hanzeweg</v>
       </c>
       <c r="C1500" s="0">
-        <v>1341</v>
+        <v>1036</v>
       </c>
       <c r="D1500" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1500" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1501" spans="1:5" customFormat="false">
       <c r="A1501" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1501" s="0" t="str">
-        <v>Renovatie kunstgrasveld VV Stroe</v>
+        <v>Voorstel Flying bikes/Hanzeweg</v>
       </c>
       <c r="C1501" s="0">
-        <v>1342</v>
+        <v>1036</v>
       </c>
       <c r="D1501" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1501" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1502" spans="1:5" customFormat="false">
       <c r="A1502" s="0" t="str">
         <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1502" s="0" t="str">
-        <v>Renovatie kunstgrasveld VVB</v>
+        <v>Voorstel Flying bikes/Hanzeweg</v>
       </c>
       <c r="C1502" s="0">
-        <v>1343</v>
+        <v>1036</v>
       </c>
       <c r="D1502" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1502" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1503" spans="1:5" customFormat="false">
       <c r="A1503" s="0" t="str">
-        <v>335 Sportaccommodaties Ijs en Skeelerbaan</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1503" s="0" t="str">
-        <v>Ijs en skeelerbaan Voorthuizen</v>
+        <v>Voorstel Flying bikes/Hanzeweg</v>
       </c>
       <c r="C1503" s="0">
-        <v>1327</v>
+        <v>1036</v>
       </c>
       <c r="D1503" s="0" t="str">
         <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1503" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1504" spans="1:5" customFormat="false">
       <c r="A1504" s="0" t="str">
-        <v>336 Overige accommodaties (Bronveld)</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1504" s="0" t="str">
-        <v xml:space="preserve">Buurthuis Bronveld </v>
+        <v>Voorstel Flying bikes/Hanzeweg</v>
       </c>
       <c r="C1504" s="0">
-        <v>1122</v>
+        <v>1036</v>
       </c>
       <c r="D1504" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1504" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1505" spans="1:5" customFormat="false">
       <c r="A1505" s="0" t="str">
-        <v>336 Overige accommodaties (Bronveld)</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1505" s="0" t="str">
-        <v xml:space="preserve">Buurthuis Bronveld </v>
+        <v>Bouw Boulodrome/Hal en speelvelden</v>
       </c>
       <c r="C1505" s="0">
-        <v>1122</v>
+        <v>1311</v>
       </c>
       <c r="D1505" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1505" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1506" spans="1:5" customFormat="false">
       <c r="A1506" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1506" s="0" t="str">
-        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
+        <v>Vervanging skatebaan Barnseweg</v>
       </c>
       <c r="C1506" s="0">
-        <v>415</v>
+        <v>1312</v>
       </c>
       <c r="D1506" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E1506" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1507" spans="1:5" customFormat="false">
       <c r="A1507" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1507" s="0" t="str">
-        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
+        <v>Veluwse Boys (MIP up'25)</v>
       </c>
       <c r="C1507" s="0">
-        <v>415</v>
+        <v>1322</v>
       </c>
       <c r="D1507" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1507" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1508" spans="1:5" customFormat="false">
       <c r="A1508" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1508" s="0" t="str">
-        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
+        <v>Startnotitie gesprekskader haalbaarheidsonderzoek sporthal Kootwijkerbroek</v>
       </c>
       <c r="C1508" s="0">
-        <v>415</v>
+        <v>1334</v>
       </c>
       <c r="D1508" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1508" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1509" spans="1:5" customFormat="false">
       <c r="A1509" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1509" s="0" t="str">
-        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
+        <v>Vervangende nieuwbouw sportzaal 't Kamphuis Kootwijkerbroek</v>
       </c>
       <c r="C1509" s="0">
-        <v>415</v>
+        <v>1341</v>
       </c>
       <c r="D1509" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1509" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1510" spans="1:5" customFormat="false">
       <c r="A1510" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1510" s="0" t="str">
-        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
+        <v>Renovatie kunstgrasveld VV Stroe</v>
       </c>
       <c r="C1510" s="0">
-        <v>415</v>
+        <v>1342</v>
       </c>
       <c r="D1510" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1510" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1511" spans="1:5" customFormat="false">
       <c r="A1511" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="B1511" s="0" t="str">
-        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
+        <v>Renovatie kunstgrasveld VVB</v>
       </c>
       <c r="C1511" s="0">
-        <v>415</v>
+        <v>1343</v>
       </c>
       <c r="D1511" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1511" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1512" spans="1:5" customFormat="false">
       <c r="A1512" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>335 Sportaccommodaties Ijs en Skeelerbaan</v>
       </c>
       <c r="B1512" s="0" t="str">
-        <v xml:space="preserve">Notitie continuïteit dorpshuis De Belleman </v>
+        <v>Ijs en skeelerbaan Voorthuizen</v>
       </c>
       <c r="C1512" s="0">
-        <v>429</v>
+        <v>1327</v>
       </c>
       <c r="D1512" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E1512" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1513" spans="1:5" customFormat="false">
       <c r="A1513" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accommodaties (Bronveld)</v>
       </c>
       <c r="B1513" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
+        <v xml:space="preserve">Buurthuis Bronveld </v>
       </c>
       <c r="C1513" s="0">
-        <v>71</v>
+        <v>1122</v>
       </c>
       <c r="D1513" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1513" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1514" spans="1:5" customFormat="false">
       <c r="A1514" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accommodaties (Bronveld)</v>
       </c>
       <c r="B1514" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
+        <v xml:space="preserve">Buurthuis Bronveld </v>
       </c>
       <c r="C1514" s="0">
-        <v>71</v>
+        <v>1122</v>
       </c>
       <c r="D1514" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1514" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1515" spans="1:5" customFormat="false">
       <c r="A1515" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="B1515" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
+        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
       </c>
       <c r="C1515" s="0">
-        <v>71</v>
+        <v>415</v>
       </c>
       <c r="D1515" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1515" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1516" spans="1:5" customFormat="false">
       <c r="A1516" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="B1516" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
+        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
       </c>
       <c r="C1516" s="0">
-        <v>71</v>
+        <v>415</v>
       </c>
       <c r="D1516" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1516" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1517" spans="1:5" customFormat="false">
       <c r="A1517" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="B1517" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
+        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
       </c>
       <c r="C1517" s="0">
-        <v>71</v>
+        <v>415</v>
       </c>
       <c r="D1517" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1517" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1518" spans="1:5" customFormat="false">
       <c r="A1518" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="B1518" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
+        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
       </c>
       <c r="C1518" s="0">
-        <v>71</v>
+        <v>415</v>
       </c>
       <c r="D1518" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1518" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1519" spans="1:5" customFormat="false">
       <c r="A1519" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="B1519" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
+        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
       </c>
       <c r="C1519" s="0">
-        <v>71</v>
+        <v>415</v>
       </c>
       <c r="D1519" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1519" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1520" spans="1:5" customFormat="false">
       <c r="A1520" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="B1520" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
+        <v xml:space="preserve">Dorpshuizen Garderen en Voorthuizen </v>
       </c>
       <c r="C1520" s="0">
-        <v>71</v>
+        <v>415</v>
       </c>
       <c r="D1520" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1520" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1521" spans="1:5" customFormat="false">
       <c r="A1521" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="B1521" s="0" t="str">
-        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
+        <v xml:space="preserve">Notitie continuïteit dorpshuis De Belleman </v>
       </c>
       <c r="C1521" s="0">
-        <v>71</v>
+        <v>429</v>
       </c>
       <c r="D1521" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1521" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1522" spans="1:5" customFormat="false">
       <c r="A1522" s="0" t="str">
         <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B1522" s="0" t="str">
         <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1522" s="0">
         <v>71</v>
       </c>
       <c r="D1522" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1522" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1523" spans="1:5" customFormat="false">
       <c r="A1523" s="0" t="str">
         <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B1523" s="0" t="str">
         <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1523" s="0">
         <v>71</v>
       </c>
       <c r="D1523" s="0" t="str">
         <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1523" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1524" spans="1:5" customFormat="false">
       <c r="A1524" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B1524" s="0" t="str">
-        <v xml:space="preserve">Organisatie verordening en verordening voorzieningen wethouders en raadsleden gemeente Barneveld </v>
+        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1524" s="0">
-        <v>430</v>
+        <v>71</v>
       </c>
       <c r="D1524" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1524" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1525" spans="1:5" customFormat="false">
       <c r="A1525" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B1525" s="0" t="str">
-        <v>Evaluatie vernieuwend vergaderen (live uitzenden (raads)vergaderingen)</v>
+        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1525" s="0">
-        <v>527</v>
+        <v>71</v>
       </c>
       <c r="D1525" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1525" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1526" spans="1:5" customFormat="false">
       <c r="A1526" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B1526" s="0" t="str">
-        <v>Evaluatie vernieuwend vergaderen (live uitzenden (raads)vergaderingen)</v>
+        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1526" s="0">
-        <v>527</v>
+        <v>71</v>
       </c>
       <c r="D1526" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1526" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1527" spans="1:5" customFormat="false">
       <c r="A1527" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B1527" s="0" t="str">
-        <v>Wijziging organisatieverordening en verordening op vertrouwenscommissie</v>
+        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1527" s="0">
-        <v>528</v>
+        <v>71</v>
       </c>
       <c r="D1527" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1527" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1528" spans="1:5" customFormat="false">
       <c r="A1528" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B1528" s="0" t="str">
-        <v>Wijziging organisatieverordening en verordening op vertrouwenscommissie</v>
+        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1528" s="0">
-        <v>528</v>
+        <v>71</v>
       </c>
       <c r="D1528" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1528" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1529" spans="1:5" customFormat="false">
       <c r="A1529" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B1529" s="0" t="str">
-        <v>Wijziging organisatieverordening en verordening op vertrouwenscommissie</v>
+        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1529" s="0">
-        <v>528</v>
+        <v>71</v>
       </c>
       <c r="D1529" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1529" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1530" spans="1:5" customFormat="false">
       <c r="A1530" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B1530" s="0" t="str">
-        <v>Intergemeentelijk onderzoek Permar</v>
+        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1530" s="0">
-        <v>529</v>
+        <v>71</v>
       </c>
       <c r="D1530" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1530" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1531" spans="1:5" customFormat="false">
       <c r="A1531" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B1531" s="0" t="str">
-        <v>Intergemeentelijk onderzoek Permar</v>
+        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1531" s="0">
-        <v>529</v>
+        <v>71</v>
       </c>
       <c r="D1531" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1531" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1532" spans="1:5" customFormat="false">
       <c r="A1532" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B1532" s="0" t="str">
-        <v xml:space="preserve">Notitie gefaseerde besluitvorming </v>
+        <v xml:space="preserve">Evaluatie + actualisatie speelruimtebeleidsplan </v>
       </c>
       <c r="C1532" s="0">
-        <v>769</v>
+        <v>71</v>
       </c>
       <c r="D1532" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1532" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1533" spans="1:5" customFormat="false">
       <c r="A1533" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="B1533" s="0" t="str">
-        <v xml:space="preserve">Notitie gefaseerde besluitvorming </v>
+        <v xml:space="preserve">Organisatie verordening en verordening voorzieningen wethouders en raadsleden gemeente Barneveld </v>
       </c>
       <c r="C1533" s="0">
-        <v>769</v>
+        <v>430</v>
       </c>
       <c r="D1533" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1533" s="0" t="str">
         <v>M Bongers</v>
       </c>
     </row>
     <row r="1534" spans="1:5" customFormat="false">
       <c r="A1534" s="0" t="str">
-        <v>411 Raad (right to challenge)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B1534" s="0" t="str">
-        <v>Right to Challenge</v>
+        <v>Evaluatie vernieuwend vergaderen (live uitzenden (raads)vergaderingen)</v>
       </c>
       <c r="C1534" s="0">
-        <v>749</v>
+        <v>527</v>
       </c>
       <c r="D1534" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E1534" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="1535" spans="1:5" customFormat="false">
       <c r="A1535" s="0" t="str">
-        <v>411 Raad (right to challenge)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B1535" s="0" t="str">
-        <v>Right to Challenge</v>
+        <v>Evaluatie vernieuwend vergaderen (live uitzenden (raads)vergaderingen)</v>
       </c>
       <c r="C1535" s="0">
-        <v>749</v>
+        <v>527</v>
       </c>
       <c r="D1535" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E1535" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="1536" spans="1:5" customFormat="false">
       <c r="A1536" s="0" t="str">
-        <v>411 Raad (right to challenge)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B1536" s="0" t="str">
-        <v>Right to Challenge</v>
+        <v>Wijziging organisatieverordening en verordening op vertrouwenscommissie</v>
       </c>
       <c r="C1536" s="0">
-        <v>749</v>
+        <v>528</v>
       </c>
       <c r="D1536" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E1536" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="1537" spans="1:5" customFormat="false">
       <c r="A1537" s="0" t="str">
-        <v>411 Raad (right to challenge)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B1537" s="0" t="str">
-        <v>Integrale visie Netwerksamenleving -&gt; participatie in Barneveld</v>
+        <v>Wijziging organisatieverordening en verordening op vertrouwenscommissie</v>
       </c>
       <c r="C1537" s="0">
-        <v>915</v>
+        <v>528</v>
       </c>
       <c r="D1537" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E1537" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="1538" spans="1:5" customFormat="false">
       <c r="A1538" s="0" t="str">
-        <v>411 Raad (right to challenge)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B1538" s="0" t="str">
-        <v>Integrale visie Netwerksamenleving -&gt; participatie in Barneveld</v>
+        <v>Wijziging organisatieverordening en verordening op vertrouwenscommissie</v>
       </c>
       <c r="C1538" s="0">
-        <v>915</v>
+        <v>528</v>
       </c>
       <c r="D1538" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E1538" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="1539" spans="1:5" customFormat="false">
       <c r="A1539" s="0" t="str">
-        <v>411 Raad (right to challenge)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B1539" s="0" t="str">
-        <v>Integrale visie Netwerksamenleving -&gt; participatie in Barneveld</v>
+        <v>Intergemeentelijk onderzoek Permar</v>
       </c>
       <c r="C1539" s="0">
-        <v>915</v>
+        <v>529</v>
       </c>
       <c r="D1539" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E1539" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="1540" spans="1:5" customFormat="false">
       <c r="A1540" s="0" t="str">
-        <v>411 Raad (right to challenge)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B1540" s="0" t="str">
-        <v>Integrale visie Netwerksamenleving -&gt; participatie in Barneveld</v>
+        <v>Intergemeentelijk onderzoek Permar</v>
       </c>
       <c r="C1540" s="0">
-        <v>915</v>
+        <v>529</v>
       </c>
       <c r="D1540" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E1540" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="1541" spans="1:5" customFormat="false">
       <c r="A1541" s="0" t="str">
-        <v>412 B&amp;W</v>
+        <v>411 Raad</v>
       </c>
       <c r="B1541" s="0" t="str">
-        <v>rapportage Waarstaatjegemeente.nl</v>
+        <v xml:space="preserve">Notitie gefaseerde besluitvorming </v>
       </c>
       <c r="C1541" s="0">
-        <v>278</v>
+        <v>769</v>
       </c>
       <c r="D1541" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1541" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="1542" spans="1:5" customFormat="false">
       <c r="A1542" s="0" t="str">
-        <v>412 B&amp;W</v>
+        <v>411 Raad</v>
       </c>
       <c r="B1542" s="0" t="str">
-        <v>rapportage Waarstaatjegemeente.nl</v>
+        <v xml:space="preserve">Notitie gefaseerde besluitvorming </v>
       </c>
       <c r="C1542" s="0">
-        <v>278</v>
+        <v>769</v>
       </c>
       <c r="D1542" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1542" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="1543" spans="1:5" customFormat="false">
       <c r="A1543" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>411 Raad (right to challenge)</v>
       </c>
       <c r="B1543" s="0" t="str">
-        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
+        <v>Right to Challenge</v>
       </c>
       <c r="C1543" s="0">
-        <v>667</v>
+        <v>749</v>
       </c>
       <c r="D1543" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E1543" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1544" spans="1:5" customFormat="false">
       <c r="A1544" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>411 Raad (right to challenge)</v>
       </c>
       <c r="B1544" s="0" t="str">
-        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
+        <v>Right to Challenge</v>
       </c>
       <c r="C1544" s="0">
-        <v>667</v>
+        <v>749</v>
       </c>
       <c r="D1544" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E1544" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1545" spans="1:5" customFormat="false">
       <c r="A1545" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>411 Raad (right to challenge)</v>
       </c>
       <c r="B1545" s="0" t="str">
-        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
+        <v>Right to Challenge</v>
       </c>
       <c r="C1545" s="0">
-        <v>667</v>
+        <v>749</v>
       </c>
       <c r="D1545" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E1545" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1546" spans="1:5" customFormat="false">
       <c r="A1546" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>411 Raad (right to challenge)</v>
       </c>
       <c r="B1546" s="0" t="str">
-        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
+        <v>Integrale visie Netwerksamenleving -&gt; participatie in Barneveld</v>
       </c>
       <c r="C1546" s="0">
-        <v>667</v>
+        <v>915</v>
       </c>
       <c r="D1546" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1546" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1547" spans="1:5" customFormat="false">
       <c r="A1547" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>411 Raad (right to challenge)</v>
       </c>
       <c r="B1547" s="0" t="str">
-        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
+        <v>Integrale visie Netwerksamenleving -&gt; participatie in Barneveld</v>
       </c>
       <c r="C1547" s="0">
-        <v>667</v>
+        <v>915</v>
       </c>
       <c r="D1547" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1547" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1548" spans="1:5" customFormat="false">
       <c r="A1548" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>411 Raad (right to challenge)</v>
       </c>
       <c r="B1548" s="0" t="str">
-        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
+        <v>Integrale visie Netwerksamenleving -&gt; participatie in Barneveld</v>
       </c>
       <c r="C1548" s="0">
-        <v>667</v>
+        <v>915</v>
       </c>
       <c r="D1548" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1548" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1549" spans="1:5" customFormat="false">
       <c r="A1549" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>411 Raad (right to challenge)</v>
       </c>
       <c r="B1549" s="0" t="str">
-        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
+        <v>Integrale visie Netwerksamenleving -&gt; participatie in Barneveld</v>
       </c>
       <c r="C1549" s="0">
-        <v>667</v>
+        <v>915</v>
       </c>
       <c r="D1549" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1549" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1550" spans="1:5" customFormat="false">
       <c r="A1550" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>412 B&amp;W</v>
       </c>
       <c r="B1550" s="0" t="str">
-        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
+        <v>rapportage Waarstaatjegemeente.nl</v>
       </c>
       <c r="C1550" s="0">
-        <v>667</v>
+        <v>278</v>
       </c>
       <c r="D1550" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1550" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1551" spans="1:5" customFormat="false">
       <c r="A1551" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>412 B&amp;W</v>
       </c>
       <c r="B1551" s="0" t="str">
-        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
+        <v>rapportage Waarstaatjegemeente.nl</v>
       </c>
       <c r="C1551" s="0">
-        <v>667</v>
+        <v>278</v>
       </c>
       <c r="D1551" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1551" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1552" spans="1:5" customFormat="false">
       <c r="A1552" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1552" s="0" t="str">
         <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1552" s="0">
         <v>667</v>
       </c>
       <c r="D1552" s="0" t="str">
         <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1552" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1553" spans="1:5" customFormat="false">
       <c r="A1553" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1553" s="0" t="str">
         <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
@@ -27451,193 +27451,193 @@
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1560" spans="1:5" customFormat="false">
       <c r="A1560" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1560" s="0" t="str">
         <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1560" s="0">
         <v>667</v>
       </c>
       <c r="D1560" s="0" t="str">
         <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1560" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1561" spans="1:5" customFormat="false">
       <c r="A1561" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1561" s="0" t="str">
-        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
+        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1561" s="0">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="D1561" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1561" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1562" spans="1:5" customFormat="false">
       <c r="A1562" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1562" s="0" t="str">
-        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
+        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1562" s="0">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="D1562" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1562" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1563" spans="1:5" customFormat="false">
       <c r="A1563" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1563" s="0" t="str">
-        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
+        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1563" s="0">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="D1563" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1563" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1564" spans="1:5" customFormat="false">
       <c r="A1564" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1564" s="0" t="str">
-        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
+        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1564" s="0">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="D1564" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1564" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1565" spans="1:5" customFormat="false">
       <c r="A1565" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1565" s="0" t="str">
-        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
+        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1565" s="0">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="D1565" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1565" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1566" spans="1:5" customFormat="false">
       <c r="A1566" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1566" s="0" t="str">
-        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
+        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1566" s="0">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="D1566" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1566" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1567" spans="1:5" customFormat="false">
       <c r="A1567" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1567" s="0" t="str">
-        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
+        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1567" s="0">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="D1567" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1567" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1568" spans="1:5" customFormat="false">
       <c r="A1568" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1568" s="0" t="str">
-        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
+        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1568" s="0">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="D1568" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1568" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1569" spans="1:5" customFormat="false">
       <c r="A1569" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1569" s="0" t="str">
-        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
+        <v>Begroting en jaarstukken Omgevingsdienst De Vallei (OddV)</v>
       </c>
       <c r="C1569" s="0">
-        <v>944</v>
+        <v>667</v>
       </c>
       <c r="D1569" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1569" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1570" spans="1:5" customFormat="false">
       <c r="A1570" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1570" s="0" t="str">
         <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1570" s="0">
         <v>944</v>
       </c>
       <c r="D1570" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1570" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1571" spans="1:5" customFormat="false">
       <c r="A1571" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
@@ -27669,199 +27669,199 @@
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1572" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1573" spans="1:5" customFormat="false">
       <c r="A1573" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1573" s="0" t="str">
         <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1573" s="0">
         <v>944</v>
       </c>
       <c r="D1573" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1573" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1574" spans="1:5" customFormat="false">
       <c r="A1574" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1574" s="0" t="str">
-        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
+        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1574" s="0">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="D1574" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1574" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1575" spans="1:5" customFormat="false">
       <c r="A1575" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1575" s="0" t="str">
-        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
+        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1575" s="0">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="D1575" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1575" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1576" spans="1:5" customFormat="false">
       <c r="A1576" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1576" s="0" t="str">
-        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
+        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1576" s="0">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="D1576" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1576" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1577" spans="1:5" customFormat="false">
       <c r="A1577" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1577" s="0" t="str">
-        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
+        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1577" s="0">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="D1577" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1577" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1578" spans="1:5" customFormat="false">
       <c r="A1578" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1578" s="0" t="str">
-        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
+        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1578" s="0">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="D1578" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1578" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1579" spans="1:5" customFormat="false">
       <c r="A1579" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1579" s="0" t="str">
-        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
+        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1579" s="0">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="D1579" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1579" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1580" spans="1:5" customFormat="false">
       <c r="A1580" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1580" s="0" t="str">
-        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
+        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1580" s="0">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="D1580" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1580" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1581" spans="1:5" customFormat="false">
       <c r="A1581" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1581" s="0" t="str">
-        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
+        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1581" s="0">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="D1581" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1581" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1582" spans="1:5" customFormat="false">
       <c r="A1582" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B1582" s="0" t="str">
-        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
+        <v xml:space="preserve">Begroting en jaarverslag Regio de Vallei </v>
       </c>
       <c r="C1582" s="0">
-        <v>72</v>
+        <v>944</v>
       </c>
       <c r="D1582" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1582" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1583" spans="1:5" customFormat="false">
       <c r="A1583" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="B1583" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1583" s="0">
         <v>72</v>
       </c>
       <c r="D1583" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E1583" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1584" spans="1:5" customFormat="false">
       <c r="A1584" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="B1584" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
@@ -28063,281 +28063,281 @@
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1596" spans="1:5" customFormat="false">
       <c r="A1596" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="B1596" s="0" t="str">
         <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1596" s="0">
         <v>72</v>
       </c>
       <c r="D1596" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E1596" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1597" spans="1:5" customFormat="false">
       <c r="A1597" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="B1597" s="0" t="str">
-        <v>Visiestuk niet-focustaken</v>
+        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1597" s="0">
-        <v>279</v>
+        <v>72</v>
       </c>
       <c r="D1597" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E1597" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1598" spans="1:5" customFormat="false">
       <c r="A1598" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="B1598" s="0" t="str">
-        <v>Regionaal Risicoprofiel en Regionaal Beleidsplan Rampenbestrijding en Crisisbeheersing</v>
+        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1598" s="0">
-        <v>514</v>
+        <v>72</v>
       </c>
       <c r="D1598" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E1598" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1599" spans="1:5" customFormat="false">
       <c r="A1599" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="B1599" s="0" t="str">
-        <v>Beleidsplannen 2020-2023 van de Veiligheids- en Gezondheidsregio Gelderland- Midden</v>
+        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1599" s="0">
-        <v>943</v>
+        <v>72</v>
       </c>
       <c r="D1599" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E1599" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1600" spans="1:5" customFormat="false">
       <c r="A1600" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="B1600" s="0" t="str">
-        <v>Beleidsplannen 2020-2023 van de Veiligheids- en Gezondheidsregio Gelderland- Midden</v>
+        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1600" s="0">
-        <v>943</v>
+        <v>72</v>
       </c>
       <c r="D1600" s="0" t="str">
         <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E1600" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1601" spans="1:5" customFormat="false">
       <c r="A1601" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (MCEH Harselaar)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="B1601" s="0" t="str">
-        <v>Oprichting ontwikkelcoörporatie Multi Commodity Energy Hub (MCEH) Harselaar</v>
+        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1601" s="0">
-        <v>1328</v>
+        <v>72</v>
       </c>
       <c r="D1601" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E1601" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1602" spans="1:5" customFormat="false">
       <c r="A1602" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="B1602" s="0" t="str">
-        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
+        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1602" s="0">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D1602" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E1602" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1603" spans="1:5" customFormat="false">
       <c r="A1603" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="B1603" s="0" t="str">
-        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
+        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1603" s="0">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D1603" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E1603" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1604" spans="1:5" customFormat="false">
       <c r="A1604" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="B1604" s="0" t="str">
-        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
+        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1604" s="0">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D1604" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E1604" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1605" spans="1:5" customFormat="false">
       <c r="A1605" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="B1605" s="0" t="str">
-        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
+        <v xml:space="preserve">Ontwerpbegroting (en jaarstukken) VGGM </v>
       </c>
       <c r="C1605" s="0">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D1605" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E1605" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1606" spans="1:5" customFormat="false">
       <c r="A1606" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="B1606" s="0" t="str">
-        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
+        <v>Visiestuk niet-focustaken</v>
       </c>
       <c r="C1606" s="0">
-        <v>73</v>
+        <v>279</v>
       </c>
       <c r="D1606" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1606" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1607" spans="1:5" customFormat="false">
       <c r="A1607" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="B1607" s="0" t="str">
-        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
+        <v>Regionaal Risicoprofiel en Regionaal Beleidsplan Rampenbestrijding en Crisisbeheersing</v>
       </c>
       <c r="C1607" s="0">
-        <v>73</v>
+        <v>514</v>
       </c>
       <c r="D1607" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1607" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1608" spans="1:5" customFormat="false">
       <c r="A1608" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="B1608" s="0" t="str">
-        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
+        <v>Beleidsplannen 2020-2023 van de Veiligheids- en Gezondheidsregio Gelderland- Midden</v>
       </c>
       <c r="C1608" s="0">
-        <v>73</v>
+        <v>943</v>
       </c>
       <c r="D1608" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E1608" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1609" spans="1:5" customFormat="false">
       <c r="A1609" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden VGGM)</v>
       </c>
       <c r="B1609" s="0" t="str">
-        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
+        <v>Beleidsplannen 2020-2023 van de Veiligheids- en Gezondheidsregio Gelderland- Midden</v>
       </c>
       <c r="C1609" s="0">
-        <v>73</v>
+        <v>943</v>
       </c>
       <c r="D1609" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E1609" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1610" spans="1:5" customFormat="false">
       <c r="A1610" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>413 Bestuurlijke samenwerking (MCEH Harselaar)</v>
       </c>
       <c r="B1610" s="0" t="str">
-        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
+        <v>Oprichting ontwikkelcoörporatie Multi Commodity Energy Hub (MCEH) Harselaar</v>
       </c>
       <c r="C1610" s="0">
-        <v>73</v>
+        <v>1328</v>
       </c>
       <c r="D1610" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1610" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1611" spans="1:5" customFormat="false">
       <c r="A1611" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1611" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1611" s="0">
         <v>73</v>
       </c>
       <c r="D1611" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1611" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1612" spans="1:5" customFormat="false">
       <c r="A1612" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1612" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
@@ -28573,258 +28573,258 @@
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1626" spans="1:5" customFormat="false">
       <c r="A1626" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1626" s="0" t="str">
         <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1626" s="0">
         <v>73</v>
       </c>
       <c r="D1626" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1626" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1627" spans="1:5" customFormat="false">
       <c r="A1627" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1627" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1627" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D1627" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1627" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1628" spans="1:5" customFormat="false">
       <c r="A1628" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1628" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1628" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D1628" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1628" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1629" spans="1:5" customFormat="false">
       <c r="A1629" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1629" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1629" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D1629" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1629" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1630" spans="1:5" customFormat="false">
       <c r="A1630" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1630" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1630" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D1630" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1630" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1631" spans="1:5" customFormat="false">
       <c r="A1631" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1631" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1631" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D1631" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1631" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1632" spans="1:5" customFormat="false">
       <c r="A1632" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1632" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1632" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D1632" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1632" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1633" spans="1:5" customFormat="false">
       <c r="A1633" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1633" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1633" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D1633" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1633" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1634" spans="1:5" customFormat="false">
       <c r="A1634" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1634" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1634" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D1634" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1634" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1635" spans="1:5" customFormat="false">
       <c r="A1635" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1635" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1635" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D1635" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1635" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1636" spans="1:5" customFormat="false">
       <c r="A1636" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1636" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1636" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D1636" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1636" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1637" spans="1:5" customFormat="false">
       <c r="A1637" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1637" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1637" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D1637" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1637" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1638" spans="1:5" customFormat="false">
       <c r="A1638" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1638" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1638" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D1638" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1638" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1639" spans="1:5" customFormat="false">
       <c r="A1639" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1639" s="0" t="str">
-        <v>Strategische agenda voor Food Valley 2026-2030</v>
+        <v>Ontwerp- en meerjarenbegroting regio FoodValley + jaarstukken</v>
       </c>
       <c r="C1639" s="0">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D1639" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1639" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1640" spans="1:5" customFormat="false">
       <c r="A1640" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1640" s="0" t="str">
         <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1640" s="0">
         <v>74</v>
       </c>
       <c r="D1640" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1640" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
@@ -28845,12138 +28845,12359 @@
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1642" spans="1:5" customFormat="false">
       <c r="A1642" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1642" s="0" t="str">
         <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1642" s="0">
         <v>74</v>
       </c>
       <c r="D1642" s="0" t="str">
         <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1642" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1643" spans="1:5" customFormat="false">
       <c r="A1643" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1643" s="0" t="str">
-        <v>Gebiedsopgaven (voorheen Regiocontract 2016-2019)</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1643" s="0">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D1643" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1643" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1644" spans="1:5" customFormat="false">
       <c r="A1644" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1644" s="0" t="str">
-        <v>Wijziging gemeenschappelijke regeling Regio FoodValley</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1644" s="0">
-        <v>616</v>
+        <v>74</v>
       </c>
       <c r="D1644" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1644" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1645" spans="1:5" customFormat="false">
       <c r="A1645" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1645" s="0" t="str">
-        <v>Kaderbrieven GR'en</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1645" s="0">
-        <v>873</v>
+        <v>74</v>
       </c>
       <c r="D1645" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1645" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1646" spans="1:5" customFormat="false">
       <c r="A1646" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1646" s="0" t="str">
-        <v>Kaderbrieven GR'en</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1646" s="0">
-        <v>873</v>
+        <v>74</v>
       </c>
       <c r="D1646" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1646" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1647" spans="1:5" customFormat="false">
       <c r="A1647" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1647" s="0" t="str">
-        <v>Kaderbrieven GR'en</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1647" s="0">
-        <v>873</v>
+        <v>74</v>
       </c>
       <c r="D1647" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1647" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1648" spans="1:5" customFormat="false">
       <c r="A1648" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1648" s="0" t="str">
-        <v>Kaderbrieven GR'en</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1648" s="0">
-        <v>873</v>
+        <v>74</v>
       </c>
       <c r="D1648" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1648" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1649" spans="1:5" customFormat="false">
       <c r="A1649" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1649" s="0" t="str">
-        <v>Kaderbrieven GR'en</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1649" s="0">
-        <v>873</v>
+        <v>74</v>
       </c>
       <c r="D1649" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1649" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1650" spans="1:5" customFormat="false">
       <c r="A1650" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1650" s="0" t="str">
-        <v>Kaderbrieven GR'en</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1650" s="0">
-        <v>873</v>
+        <v>74</v>
       </c>
       <c r="D1650" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1650" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1651" spans="1:5" customFormat="false">
       <c r="A1651" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1651" s="0" t="str">
-        <v>Strategische Agenda Regio Amersfoort 2019-2022</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1651" s="0">
-        <v>916</v>
+        <v>74</v>
       </c>
       <c r="D1651" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1651" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1652" spans="1:5" customFormat="false">
       <c r="A1652" s="0" t="str">
         <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1652" s="0" t="str">
-        <v>Strategische Agenda Regio Amersfoort 2019-2022</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1652" s="0">
-        <v>916</v>
+        <v>74</v>
       </c>
       <c r="D1652" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1652" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1653" spans="1:5" customFormat="false">
       <c r="A1653" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1653" s="0" t="str">
-        <v>Voortzetting samenwerking rekenkamercommissie (2)</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1653" s="0">
-        <v>165</v>
+        <v>74</v>
       </c>
       <c r="D1653" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1653" s="0" t="str">
-        <v>M Bongers</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1654" spans="1:5" customFormat="false">
       <c r="A1654" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1654" s="0" t="str">
-        <v>Resultaten onderzoek rekenkamercommissie naar effecten decentralisaties</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1654" s="0">
-        <v>585</v>
+        <v>74</v>
       </c>
       <c r="D1654" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1654" s="0" t="str">
-        <v>M Bongers</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1655" spans="1:5" customFormat="false">
       <c r="A1655" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1655" s="0" t="str">
-        <v>Resultaten onderzoek rekenkamercommissie digitale dienstverlening</v>
+        <v>Strategische agenda voor Food Valley 2026-2030</v>
       </c>
       <c r="C1655" s="0">
-        <v>597</v>
+        <v>74</v>
       </c>
       <c r="D1655" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1655" s="0" t="str">
-        <v>M Bongers</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1656" spans="1:5" customFormat="false">
       <c r="A1656" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1656" s="0" t="str">
-        <v>Rekenkameronderzoek Wet openbaarheid bestuur</v>
+        <v>Gebiedsopgaven (voorheen Regiocontract 2016-2019)</v>
       </c>
       <c r="C1656" s="0">
-        <v>1163</v>
+        <v>75</v>
       </c>
       <c r="D1656" s="0" t="str">
-        <v>Team Juridische Zaken</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1656" s="0" t="str">
-        <v>M Bongers</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1657" spans="1:5" customFormat="false">
       <c r="A1657" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1657" s="0" t="str">
-        <v>memo over stralingsgevaar (5G)</v>
+        <v>Wijziging gemeenschappelijke regeling Regio FoodValley</v>
       </c>
       <c r="C1657" s="0">
-        <v>979</v>
+        <v>616</v>
       </c>
       <c r="D1657" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1657" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1658" spans="1:5" customFormat="false">
       <c r="A1658" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1658" s="0" t="str">
-        <v>memo over stralingsgevaar (5G)</v>
+        <v>Kaderbrieven GR'en</v>
       </c>
       <c r="C1658" s="0">
-        <v>979</v>
+        <v>873</v>
       </c>
       <c r="D1658" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1658" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1659" spans="1:5" customFormat="false">
       <c r="A1659" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1659" s="0" t="str">
-        <v>memo over stralingsgevaar (5G)</v>
+        <v>Kaderbrieven GR'en</v>
       </c>
       <c r="C1659" s="0">
-        <v>979</v>
+        <v>873</v>
       </c>
       <c r="D1659" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1659" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1660" spans="1:5" customFormat="false">
       <c r="A1660" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1660" s="0" t="str">
-        <v xml:space="preserve">Verduurzamen maatschappelijk vastgoed </v>
+        <v>Kaderbrieven GR'en</v>
       </c>
       <c r="C1660" s="0">
-        <v>1120</v>
+        <v>873</v>
       </c>
       <c r="D1660" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1660" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1661" spans="1:5" customFormat="false">
       <c r="A1661" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1661" s="0" t="str">
-        <v xml:space="preserve">Nota vastgoedbeleid </v>
+        <v>Kaderbrieven GR'en</v>
       </c>
       <c r="C1661" s="0">
-        <v>1121</v>
+        <v>873</v>
       </c>
       <c r="D1661" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1661" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1662" spans="1:5" customFormat="false">
       <c r="A1662" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1662" s="0" t="str">
-        <v>Meerjaren Plan Maatschappelijk Vastgoed</v>
+        <v>Kaderbrieven GR'en</v>
       </c>
       <c r="C1662" s="0">
-        <v>1165</v>
+        <v>873</v>
       </c>
       <c r="D1662" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1662" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1663" spans="1:5" customFormat="false">
       <c r="A1663" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1663" s="0" t="str">
-        <v>Brandweerpost Zwartebroek</v>
+        <v>Kaderbrieven GR'en</v>
       </c>
       <c r="C1663" s="0">
-        <v>1315</v>
+        <v>873</v>
       </c>
       <c r="D1663" s="0" t="str">
-        <v>Team Vastgoed</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1663" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1664" spans="1:5" customFormat="false">
       <c r="A1664" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1664" s="0" t="str">
-        <v>Huisvestingsvisie</v>
+        <v>Strategische Agenda Regio Amersfoort 2019-2022</v>
       </c>
       <c r="C1664" s="0">
-        <v>1317</v>
+        <v>916</v>
       </c>
       <c r="D1664" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1664" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1665" spans="1:5" customFormat="false">
       <c r="A1665" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B1665" s="0" t="str">
-        <v>Huisvestingsvisie</v>
+        <v>Strategische Agenda Regio Amersfoort 2019-2022</v>
       </c>
       <c r="C1665" s="0">
-        <v>1317</v>
+        <v>916</v>
       </c>
       <c r="D1665" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1665" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="1666" spans="1:5" customFormat="false">
       <c r="A1666" s="0" t="str">
-        <v>422 Bedrijfsvoering - afhandeling bewaarschriften tot juni 2022?</v>
+        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
       </c>
       <c r="B1666" s="0" t="str">
-        <v xml:space="preserve">Evaluatie nieuwe werkwijze afhandelen van bezwaarschriften </v>
+        <v>Voortzetting samenwerking rekenkamercommissie (2)</v>
       </c>
       <c r="C1666" s="0">
-        <v>1055</v>
+        <v>165</v>
       </c>
       <c r="D1666" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E1666" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="1667" spans="1:5" customFormat="false">
       <c r="A1667" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
       </c>
       <c r="B1667" s="0" t="str">
-        <v>Kadernota</v>
+        <v>Resultaten onderzoek rekenkamercommissie naar effecten decentralisaties</v>
       </c>
       <c r="C1667" s="0">
-        <v>76</v>
+        <v>585</v>
       </c>
       <c r="D1667" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Griffie</v>
       </c>
       <c r="E1667" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="1668" spans="1:5" customFormat="false">
       <c r="A1668" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
       </c>
       <c r="B1668" s="0" t="str">
-        <v>Kadernota</v>
+        <v>Resultaten onderzoek rekenkamercommissie digitale dienstverlening</v>
       </c>
       <c r="C1668" s="0">
-        <v>76</v>
+        <v>597</v>
       </c>
       <c r="D1668" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Griffie</v>
       </c>
       <c r="E1668" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="1669" spans="1:5" customFormat="false">
       <c r="A1669" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
       </c>
       <c r="B1669" s="0" t="str">
-        <v>Kadernota</v>
+        <v>Rekenkameronderzoek Wet openbaarheid bestuur</v>
       </c>
       <c r="C1669" s="0">
-        <v>76</v>
+        <v>1163</v>
       </c>
       <c r="D1669" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Juridische Zaken</v>
       </c>
       <c r="E1669" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="1670" spans="1:5" customFormat="false">
       <c r="A1670" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="B1670" s="0" t="str">
-        <v>Kadernota</v>
+        <v>memo over stralingsgevaar (5G)</v>
       </c>
       <c r="C1670" s="0">
-        <v>76</v>
+        <v>979</v>
       </c>
       <c r="D1670" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1670" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1671" spans="1:5" customFormat="false">
       <c r="A1671" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="B1671" s="0" t="str">
-        <v>Kadernota</v>
+        <v>memo over stralingsgevaar (5G)</v>
       </c>
       <c r="C1671" s="0">
-        <v>76</v>
+        <v>979</v>
       </c>
       <c r="D1671" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1671" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1672" spans="1:5" customFormat="false">
       <c r="A1672" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="B1672" s="0" t="str">
-        <v>Kadernota</v>
+        <v>memo over stralingsgevaar (5G)</v>
       </c>
       <c r="C1672" s="0">
-        <v>76</v>
+        <v>979</v>
       </c>
       <c r="D1672" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1672" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1673" spans="1:5" customFormat="false">
       <c r="A1673" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="B1673" s="0" t="str">
-        <v>Kadernota</v>
+        <v xml:space="preserve">Verduurzamen maatschappelijk vastgoed </v>
       </c>
       <c r="C1673" s="0">
-        <v>76</v>
+        <v>1120</v>
       </c>
       <c r="D1673" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1673" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1674" spans="1:5" customFormat="false">
       <c r="A1674" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="B1674" s="0" t="str">
-        <v>Kadernota</v>
+        <v xml:space="preserve">Nota vastgoedbeleid </v>
       </c>
       <c r="C1674" s="0">
-        <v>76</v>
+        <v>1121</v>
       </c>
       <c r="D1674" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E1674" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1675" spans="1:5" customFormat="false">
       <c r="A1675" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="B1675" s="0" t="str">
-        <v>Kadernota</v>
+        <v>Meerjaren Plan Maatschappelijk Vastgoed</v>
       </c>
       <c r="C1675" s="0">
-        <v>76</v>
+        <v>1165</v>
       </c>
       <c r="D1675" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1675" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1676" spans="1:5" customFormat="false">
       <c r="A1676" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="B1676" s="0" t="str">
-        <v>Kadernota</v>
+        <v>Brandweerpost Zwartebroek</v>
       </c>
       <c r="C1676" s="0">
-        <v>76</v>
+        <v>1315</v>
       </c>
       <c r="D1676" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Vastgoed</v>
       </c>
       <c r="E1676" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1677" spans="1:5" customFormat="false">
       <c r="A1677" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="B1677" s="0" t="str">
-        <v>Kadernota</v>
+        <v>Huisvestingsvisie</v>
       </c>
       <c r="C1677" s="0">
-        <v>76</v>
+        <v>1317</v>
       </c>
       <c r="D1677" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1677" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1678" spans="1:5" customFormat="false">
       <c r="A1678" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="B1678" s="0" t="str">
-        <v>Kadernota</v>
+        <v>Huisvestingsvisie</v>
       </c>
       <c r="C1678" s="0">
-        <v>76</v>
+        <v>1317</v>
       </c>
       <c r="D1678" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1678" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1679" spans="1:5" customFormat="false">
       <c r="A1679" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>422 Bedrijfsvoering - afhandeling bewaarschriften tot juni 2022?</v>
       </c>
       <c r="B1679" s="0" t="str">
-        <v>Kadernota</v>
+        <v xml:space="preserve">Evaluatie nieuwe werkwijze afhandelen van bezwaarschriften </v>
       </c>
       <c r="C1679" s="0">
-        <v>76</v>
+        <v>1055</v>
       </c>
       <c r="D1679" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1679" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1680" spans="1:5" customFormat="false">
       <c r="A1680" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1680" s="0" t="str">
         <v>Kadernota</v>
       </c>
       <c r="C1680" s="0">
         <v>76</v>
       </c>
       <c r="D1680" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1680" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1681" spans="1:5" customFormat="false">
       <c r="A1681" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1681" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1681" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D1681" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1681" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1682" spans="1:5" customFormat="false">
       <c r="A1682" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1682" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1682" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D1682" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1682" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1683" spans="1:5" customFormat="false">
       <c r="A1683" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1683" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1683" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D1683" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1683" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1684" spans="1:5" customFormat="false">
       <c r="A1684" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1684" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1684" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D1684" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1684" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1685" spans="1:5" customFormat="false">
       <c r="A1685" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1685" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1685" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D1685" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1685" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1686" spans="1:5" customFormat="false">
       <c r="A1686" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1686" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1686" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D1686" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1686" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1687" spans="1:5" customFormat="false">
       <c r="A1687" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1687" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1687" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D1687" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1687" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1688" spans="1:5" customFormat="false">
       <c r="A1688" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1688" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1688" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D1688" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1688" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1689" spans="1:5" customFormat="false">
       <c r="A1689" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1689" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1689" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D1689" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1689" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1690" spans="1:5" customFormat="false">
       <c r="A1690" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1690" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1690" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D1690" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1690" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1691" spans="1:5" customFormat="false">
       <c r="A1691" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1691" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1691" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D1691" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1691" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1692" spans="1:5" customFormat="false">
       <c r="A1692" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1692" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1692" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D1692" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1692" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1693" spans="1:5" customFormat="false">
       <c r="A1693" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1693" s="0" t="str">
-        <v xml:space="preserve">Programmabegroting </v>
+        <v>Kadernota</v>
       </c>
       <c r="C1693" s="0">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D1693" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1693" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1694" spans="1:5" customFormat="false">
       <c r="A1694" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1694" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1694" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="D1694" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1694" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1695" spans="1:5" customFormat="false">
       <c r="A1695" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1695" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1695" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="D1695" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1695" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1696" spans="1:5" customFormat="false">
       <c r="A1696" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1696" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1696" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="D1696" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1696" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1697" spans="1:5" customFormat="false">
       <c r="A1697" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1697" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1697" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="D1697" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1697" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1698" spans="1:5" customFormat="false">
       <c r="A1698" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1698" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1698" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="D1698" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1698" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1699" spans="1:5" customFormat="false">
       <c r="A1699" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1699" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1699" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="D1699" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1699" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1700" spans="1:5" customFormat="false">
       <c r="A1700" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1700" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1700" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="D1700" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1700" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1701" spans="1:5" customFormat="false">
       <c r="A1701" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1701" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1701" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="D1701" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1701" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1702" spans="1:5" customFormat="false">
       <c r="A1702" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1702" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1702" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="D1702" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1702" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1703" spans="1:5" customFormat="false">
       <c r="A1703" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1703" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1703" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="D1703" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1703" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1704" spans="1:5" customFormat="false">
       <c r="A1704" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1704" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1704" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="D1704" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1704" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1705" spans="1:5" customFormat="false">
       <c r="A1705" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1705" s="0" t="str">
-        <v xml:space="preserve">Jaarverslaggeving </v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1705" s="0">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="D1705" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1705" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1706" spans="1:5" customFormat="false">
       <c r="A1706" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1706" s="0" t="str">
-        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
+        <v xml:space="preserve">Programmabegroting </v>
       </c>
       <c r="C1706" s="0">
-        <v>171</v>
+        <v>77</v>
       </c>
       <c r="D1706" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1706" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1707" spans="1:5" customFormat="false">
       <c r="A1707" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1707" s="0" t="str">
-        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1707" s="0">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D1707" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1707" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1708" spans="1:5" customFormat="false">
       <c r="A1708" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1708" s="0" t="str">
-        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1708" s="0">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D1708" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1708" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1709" spans="1:5" customFormat="false">
       <c r="A1709" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1709" s="0" t="str">
-        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1709" s="0">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D1709" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1709" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1710" spans="1:5" customFormat="false">
       <c r="A1710" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1710" s="0" t="str">
-        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1710" s="0">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D1710" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1710" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1711" spans="1:5" customFormat="false">
       <c r="A1711" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1711" s="0" t="str">
-        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1711" s="0">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D1711" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1711" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1712" spans="1:5" customFormat="false">
       <c r="A1712" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1712" s="0" t="str">
-        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1712" s="0">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D1712" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1712" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1713" spans="1:5" customFormat="false">
       <c r="A1713" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1713" s="0" t="str">
-        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1713" s="0">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D1713" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1713" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1714" spans="1:5" customFormat="false">
       <c r="A1714" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1714" s="0" t="str">
-        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1714" s="0">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D1714" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1714" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1715" spans="1:5" customFormat="false">
       <c r="A1715" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1715" s="0" t="str">
-        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1715" s="0">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D1715" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1715" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1716" spans="1:5" customFormat="false">
       <c r="A1716" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1716" s="0" t="str">
-        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1716" s="0">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D1716" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1716" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1717" spans="1:5" customFormat="false">
       <c r="A1717" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1717" s="0" t="str">
-        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1717" s="0">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D1717" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1717" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1718" spans="1:5" customFormat="false">
       <c r="A1718" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1718" s="0" t="str">
-        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
+        <v xml:space="preserve">Jaarverslaggeving </v>
       </c>
       <c r="C1718" s="0">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D1718" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1718" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1719" spans="1:5" customFormat="false">
       <c r="A1719" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1719" s="0" t="str">
-        <v xml:space="preserve">Aanbesteding accountant </v>
+        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
       </c>
       <c r="C1719" s="0">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D1719" s="0" t="str">
-        <v>Team Inkoop</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1719" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1720" spans="1:5" customFormat="false">
       <c r="A1720" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1720" s="0" t="str">
-        <v xml:space="preserve">Aanbesteding accountant </v>
+        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
       </c>
       <c r="C1720" s="0">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D1720" s="0" t="str">
-        <v>Team Inkoop</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1720" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1721" spans="1:5" customFormat="false">
       <c r="A1721" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1721" s="0" t="str">
-        <v xml:space="preserve">Aanbesteding accountant </v>
+        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
       </c>
       <c r="C1721" s="0">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D1721" s="0" t="str">
-        <v>Team Inkoop</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1721" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1722" spans="1:5" customFormat="false">
       <c r="A1722" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1722" s="0" t="str">
-        <v xml:space="preserve">Aanbesteding accountant </v>
+        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
       </c>
       <c r="C1722" s="0">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D1722" s="0" t="str">
-        <v>Team Inkoop</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1722" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1723" spans="1:5" customFormat="false">
       <c r="A1723" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1723" s="0" t="str">
-        <v xml:space="preserve">Aanbesteding accountant </v>
+        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
       </c>
       <c r="C1723" s="0">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D1723" s="0" t="str">
-        <v>Team Inkoop</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1723" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1724" spans="1:5" customFormat="false">
       <c r="A1724" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1724" s="0" t="str">
-        <v>Nota reserves en voorzieningen</v>
+        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
       </c>
       <c r="C1724" s="0">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="D1724" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1724" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1725" spans="1:5" customFormat="false">
       <c r="A1725" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1725" s="0" t="str">
-        <v>Nota reserves en voorzieningen</v>
+        <v>Onderwerpen Lange Termijn Agenda (LTA)</v>
       </c>
       <c r="C1725" s="0">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="D1725" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1725" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1726" spans="1:5" customFormat="false">
       <c r="A1726" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1726" s="0" t="str">
-        <v>Nota reserves en voorzieningen</v>
+        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
       </c>
       <c r="C1726" s="0">
-        <v>183</v>
+        <v>172</v>
       </c>
       <c r="D1726" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1726" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1727" spans="1:5" customFormat="false">
       <c r="A1727" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1727" s="0" t="str">
-        <v>Nota reserves en voorzieningen</v>
+        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
       </c>
       <c r="C1727" s="0">
-        <v>183</v>
+        <v>172</v>
       </c>
       <c r="D1727" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1727" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1728" spans="1:5" customFormat="false">
       <c r="A1728" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1728" s="0" t="str">
-        <v xml:space="preserve">Nota risicomanagement en weerstandsvermogen </v>
+        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
       </c>
       <c r="C1728" s="0">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="D1728" s="0" t="str">
-        <v>Concernteam</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1728" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1729" spans="1:5" customFormat="false">
       <c r="A1729" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1729" s="0" t="str">
-        <v xml:space="preserve">Nota risicomanagement en weerstandsvermogen </v>
+        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
       </c>
       <c r="C1729" s="0">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="D1729" s="0" t="str">
-        <v>Concernteam</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1729" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1730" spans="1:5" customFormat="false">
       <c r="A1730" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1730" s="0" t="str">
-        <v xml:space="preserve">Nota risicomanagement en weerstandsvermogen </v>
+        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
       </c>
       <c r="C1730" s="0">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="D1730" s="0" t="str">
-        <v>Concernteam</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1730" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1731" spans="1:5" customFormat="false">
       <c r="A1731" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1731" s="0" t="str">
-        <v xml:space="preserve">Nota risicomanagement en weerstandsvermogen </v>
+        <v>Financiële verordening ex art. 212, 213 en 213a GW (2)</v>
       </c>
       <c r="C1731" s="0">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="D1731" s="0" t="str">
-        <v>Concernteam</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1731" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1732" spans="1:5" customFormat="false">
       <c r="A1732" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1732" s="0" t="str">
-        <v xml:space="preserve">Verbonden partijen </v>
+        <v xml:space="preserve">Aanbesteding accountant </v>
       </c>
       <c r="C1732" s="0">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="D1732" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Inkoop</v>
       </c>
       <c r="E1732" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1733" spans="1:5" customFormat="false">
       <c r="A1733" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1733" s="0" t="str">
-        <v xml:space="preserve">Verbonden partijen </v>
+        <v xml:space="preserve">Aanbesteding accountant </v>
       </c>
       <c r="C1733" s="0">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="D1733" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Inkoop</v>
       </c>
       <c r="E1733" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1734" spans="1:5" customFormat="false">
       <c r="A1734" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1734" s="0" t="str">
-        <v xml:space="preserve">Verbonden partijen </v>
+        <v xml:space="preserve">Aanbesteding accountant </v>
       </c>
       <c r="C1734" s="0">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="D1734" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Inkoop</v>
       </c>
       <c r="E1734" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1735" spans="1:5" customFormat="false">
       <c r="A1735" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1735" s="0" t="str">
-        <v xml:space="preserve">Verbonden partijen </v>
+        <v xml:space="preserve">Aanbesteding accountant </v>
       </c>
       <c r="C1735" s="0">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="D1735" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Inkoop</v>
       </c>
       <c r="E1735" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1736" spans="1:5" customFormat="false">
       <c r="A1736" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1736" s="0" t="str">
-        <v xml:space="preserve">Optimaal gebruik maandrapportage </v>
+        <v xml:space="preserve">Aanbesteding accountant </v>
       </c>
       <c r="C1736" s="0">
-        <v>874</v>
+        <v>174</v>
       </c>
       <c r="D1736" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team Inkoop</v>
       </c>
       <c r="E1736" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1737" spans="1:5" customFormat="false">
       <c r="A1737" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1737" s="0" t="str">
-        <v xml:space="preserve">Optimaal gebruik maandrapportage </v>
+        <v>Nota reserves en voorzieningen</v>
       </c>
       <c r="C1737" s="0">
-        <v>874</v>
+        <v>183</v>
       </c>
       <c r="D1737" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1737" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1738" spans="1:5" customFormat="false">
       <c r="A1738" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1738" s="0" t="str">
-        <v>Groeiplan (voorheen groei voor groei)</v>
+        <v>Nota reserves en voorzieningen</v>
       </c>
       <c r="C1738" s="0">
-        <v>952</v>
+        <v>183</v>
       </c>
       <c r="D1738" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1738" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1739" spans="1:5" customFormat="false">
       <c r="A1739" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1739" s="0" t="str">
-        <v>Groeiplan (voorheen groei voor groei)</v>
+        <v>Nota reserves en voorzieningen</v>
       </c>
       <c r="C1739" s="0">
-        <v>952</v>
+        <v>183</v>
       </c>
       <c r="D1739" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1739" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1740" spans="1:5" customFormat="false">
       <c r="A1740" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1740" s="0" t="str">
-        <v>Nota Activeren en waarderen</v>
+        <v>Nota reserves en voorzieningen</v>
       </c>
       <c r="C1740" s="0">
-        <v>1154</v>
+        <v>183</v>
       </c>
       <c r="D1740" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1740" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1741" spans="1:5" customFormat="false">
       <c r="A1741" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1741" s="0" t="str">
-        <v>Nota Activeren en waarderen</v>
+        <v xml:space="preserve">Nota risicomanagement en weerstandsvermogen </v>
       </c>
       <c r="C1741" s="0">
-        <v>1154</v>
+        <v>186</v>
       </c>
       <c r="D1741" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Concernteam</v>
       </c>
       <c r="E1741" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1742" spans="1:5" customFormat="false">
       <c r="A1742" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1742" s="0" t="str">
-        <v>Budgetoverhevelingen</v>
+        <v xml:space="preserve">Nota risicomanagement en weerstandsvermogen </v>
       </c>
       <c r="C1742" s="0">
-        <v>1162</v>
+        <v>186</v>
       </c>
       <c r="D1742" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Concernteam</v>
       </c>
       <c r="E1742" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1743" spans="1:5" customFormat="false">
       <c r="A1743" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1743" s="0" t="str">
-        <v>Budgetoverhevelingen</v>
+        <v xml:space="preserve">Nota risicomanagement en weerstandsvermogen </v>
       </c>
       <c r="C1743" s="0">
-        <v>1162</v>
+        <v>186</v>
       </c>
       <c r="D1743" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Concernteam</v>
       </c>
       <c r="E1743" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1744" spans="1:5" customFormat="false">
       <c r="A1744" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1744" s="0" t="str">
-        <v>Budgetoverhevelingen</v>
+        <v xml:space="preserve">Nota risicomanagement en weerstandsvermogen </v>
       </c>
       <c r="C1744" s="0">
-        <v>1162</v>
+        <v>186</v>
       </c>
       <c r="D1744" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Concernteam</v>
       </c>
       <c r="E1744" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1745" spans="1:5" customFormat="false">
       <c r="A1745" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1745" s="0" t="str">
-        <v>Budgetoverhevelingen</v>
+        <v xml:space="preserve">Verbonden partijen </v>
       </c>
       <c r="C1745" s="0">
-        <v>1162</v>
+        <v>187</v>
       </c>
       <c r="D1745" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1745" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1746" spans="1:5" customFormat="false">
       <c r="A1746" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1746" s="0" t="str">
-        <v>Uitvoeringsplan Meerjaren Investeringsplan</v>
+        <v xml:space="preserve">Verbonden partijen </v>
       </c>
       <c r="C1746" s="0">
-        <v>1164</v>
+        <v>187</v>
       </c>
       <c r="D1746" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1746" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1747" spans="1:5" customFormat="false">
       <c r="A1747" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1747" s="0" t="str">
-        <v>Uitvoeringsplan Meerjaren Investeringsplan</v>
+        <v xml:space="preserve">Verbonden partijen </v>
       </c>
       <c r="C1747" s="0">
-        <v>1164</v>
+        <v>187</v>
       </c>
       <c r="D1747" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1747" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1748" spans="1:5" customFormat="false">
       <c r="A1748" s="0" t="str">
         <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1748" s="0" t="str">
-        <v xml:space="preserve">Hoofdlijnennotitie Financieel Beleid </v>
+        <v xml:space="preserve">Verbonden partijen </v>
       </c>
       <c r="C1748" s="0">
-        <v>1212</v>
+        <v>187</v>
       </c>
       <c r="D1748" s="0" t="str">
         <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1748" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1749" spans="1:5" customFormat="false">
       <c r="A1749" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1749" s="0" t="str">
-        <v xml:space="preserve">Programma dienstverlening </v>
+        <v xml:space="preserve">Optimaal gebruik maandrapportage </v>
       </c>
       <c r="C1749" s="0">
-        <v>175</v>
+        <v>874</v>
       </c>
       <c r="D1749" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1749" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1750" spans="1:5" customFormat="false">
       <c r="A1750" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1750" s="0" t="str">
-        <v xml:space="preserve">Notitie Strategisch Personeelsbeleid (met strategisch personeelsplan) </v>
+        <v xml:space="preserve">Optimaal gebruik maandrapportage </v>
       </c>
       <c r="C1750" s="0">
-        <v>176</v>
+        <v>874</v>
       </c>
       <c r="D1750" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1750" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1751" spans="1:5" customFormat="false">
       <c r="A1751" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1751" s="0" t="str">
-        <v xml:space="preserve">Actuele visie gemeentelijke organisatie </v>
+        <v>Groeiplan (voorheen groei voor groei)</v>
       </c>
       <c r="C1751" s="0">
-        <v>177</v>
+        <v>952</v>
       </c>
       <c r="D1751" s="0" t="str">
-        <v xml:space="preserve">OUD Directie </v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1751" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1752" spans="1:5" customFormat="false">
       <c r="A1752" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1752" s="0" t="str">
-        <v>Gemeentelijke buitensportaccomodaties</v>
+        <v>Groeiplan (voorheen groei voor groei)</v>
       </c>
       <c r="C1752" s="0">
-        <v>181</v>
+        <v>952</v>
       </c>
       <c r="D1752" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1752" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1753" spans="1:5" customFormat="false">
       <c r="A1753" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1753" s="0" t="str">
-        <v>Tussenrapportage i-NUP</v>
+        <v>Nota Activeren en waarderen</v>
       </c>
       <c r="C1753" s="0">
-        <v>280</v>
+        <v>1154</v>
       </c>
       <c r="D1753" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1753" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1754" spans="1:5" customFormat="false">
       <c r="A1754" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1754" s="0" t="str">
-        <v>Tussenrapportage i-NUP</v>
+        <v>Nota Activeren en waarderen</v>
       </c>
       <c r="C1754" s="0">
-        <v>280</v>
+        <v>1154</v>
       </c>
       <c r="D1754" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1754" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1755" spans="1:5" customFormat="false">
       <c r="A1755" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1755" s="0" t="str">
-        <v>Tussenrapportage i-NUP</v>
+        <v>Budgetoverhevelingen</v>
       </c>
       <c r="C1755" s="0">
-        <v>280</v>
+        <v>1162</v>
       </c>
       <c r="D1755" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1755" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1756" spans="1:5" customFormat="false">
       <c r="A1756" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1756" s="0" t="str">
-        <v>Acualisatie Inkoopbeleid</v>
+        <v>Budgetoverhevelingen</v>
       </c>
       <c r="C1756" s="0">
-        <v>538</v>
+        <v>1162</v>
       </c>
       <c r="D1756" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1756" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1757" spans="1:5" customFormat="false">
       <c r="A1757" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1757" s="0" t="str">
-        <v>Acualisatie Inkoopbeleid</v>
+        <v>Budgetoverhevelingen</v>
       </c>
       <c r="C1757" s="0">
-        <v>538</v>
+        <v>1162</v>
       </c>
       <c r="D1757" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1757" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1758" spans="1:5" customFormat="false">
       <c r="A1758" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1758" s="0" t="str">
-        <v xml:space="preserve">Visie op dienstverlening </v>
+        <v>Budgetoverhevelingen</v>
       </c>
       <c r="C1758" s="0">
-        <v>604</v>
+        <v>1162</v>
       </c>
       <c r="D1758" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1758" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1759" spans="1:5" customFormat="false">
       <c r="A1759" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1759" s="0" t="str">
-        <v xml:space="preserve">Visie op dienstverlening </v>
+        <v>Uitvoeringsplan Meerjaren Investeringsplan</v>
       </c>
       <c r="C1759" s="0">
-        <v>604</v>
+        <v>1164</v>
       </c>
       <c r="D1759" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1759" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1760" spans="1:5" customFormat="false">
       <c r="A1760" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1760" s="0" t="str">
-        <v xml:space="preserve">Visie op dienstverlening </v>
+        <v>Uitvoeringsplan Meerjaren Investeringsplan</v>
       </c>
       <c r="C1760" s="0">
-        <v>604</v>
+        <v>1164</v>
       </c>
       <c r="D1760" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1760" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1761" spans="1:5" customFormat="false">
       <c r="A1761" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B1761" s="0" t="str">
-        <v xml:space="preserve">Visie op dienstverlening </v>
+        <v xml:space="preserve">Hoofdlijnennotitie Financieel Beleid </v>
       </c>
       <c r="C1761" s="0">
-        <v>604</v>
+        <v>1212</v>
       </c>
       <c r="D1761" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1761" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1762" spans="1:5" customFormat="false">
       <c r="A1762" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1762" s="0" t="str">
-        <v xml:space="preserve">Visie op dienstverlening </v>
+        <v xml:space="preserve">Programma dienstverlening </v>
       </c>
       <c r="C1762" s="0">
-        <v>770</v>
+        <v>175</v>
       </c>
       <c r="D1762" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1762" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1763" spans="1:5" customFormat="false">
       <c r="A1763" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1763" s="0" t="str">
-        <v>Archiefverordening gemeente Barneveld</v>
+        <v xml:space="preserve">Notitie Strategisch Personeelsbeleid (met strategisch personeelsplan) </v>
       </c>
       <c r="C1763" s="0">
-        <v>771</v>
+        <v>176</v>
       </c>
       <c r="D1763" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1763" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1764" spans="1:5" customFormat="false">
       <c r="A1764" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1764" s="0" t="str">
-        <v>Archiefverordening gemeente Barneveld</v>
+        <v xml:space="preserve">Actuele visie gemeentelijke organisatie </v>
       </c>
       <c r="C1764" s="0">
-        <v>771</v>
+        <v>177</v>
       </c>
       <c r="D1764" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Directie </v>
       </c>
       <c r="E1764" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1765" spans="1:5" customFormat="false">
       <c r="A1765" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1765" s="0" t="str">
-        <v>Beleidsplan Digitaal Werken</v>
+        <v>Gemeentelijke buitensportaccomodaties</v>
       </c>
       <c r="C1765" s="0">
-        <v>780</v>
+        <v>181</v>
       </c>
       <c r="D1765" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E1765" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1766" spans="1:5" customFormat="false">
       <c r="A1766" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1766" s="0" t="str">
-        <v>Beleidsplan Digitaal Werken</v>
+        <v>Tussenrapportage i-NUP</v>
       </c>
       <c r="C1766" s="0">
-        <v>780</v>
+        <v>280</v>
       </c>
       <c r="D1766" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1766" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1767" spans="1:5" customFormat="false">
       <c r="A1767" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1767" s="0" t="str">
-        <v>Beleidsplan Digitaal Werken</v>
+        <v>Tussenrapportage i-NUP</v>
       </c>
       <c r="C1767" s="0">
-        <v>780</v>
+        <v>280</v>
       </c>
       <c r="D1767" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1767" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1768" spans="1:5" customFormat="false">
       <c r="A1768" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1768" s="0" t="str">
-        <v>Beleidsplan Digitaal Werken</v>
+        <v>Tussenrapportage i-NUP</v>
       </c>
       <c r="C1768" s="0">
-        <v>780</v>
+        <v>280</v>
       </c>
       <c r="D1768" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1768" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1769" spans="1:5" customFormat="false">
       <c r="A1769" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1769" s="0" t="str">
-        <v>Beleidsplan Digitaal Werken</v>
+        <v>Acualisatie Inkoopbeleid</v>
       </c>
       <c r="C1769" s="0">
-        <v>780</v>
+        <v>538</v>
       </c>
       <c r="D1769" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1769" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1770" spans="1:5" customFormat="false">
       <c r="A1770" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1770" s="0" t="str">
-        <v>Beleidsplan Digitaal Werken</v>
+        <v>Acualisatie Inkoopbeleid</v>
       </c>
       <c r="C1770" s="0">
-        <v>780</v>
+        <v>538</v>
       </c>
       <c r="D1770" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1770" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1771" spans="1:5" customFormat="false">
       <c r="A1771" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1771" s="0" t="str">
-        <v xml:space="preserve">Eindevaluatie Banenafspraak </v>
+        <v xml:space="preserve">Visie op dienstverlening </v>
       </c>
       <c r="C1771" s="0">
-        <v>917</v>
+        <v>604</v>
       </c>
       <c r="D1771" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1771" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1772" spans="1:5" customFormat="false">
       <c r="A1772" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1772" s="0" t="str">
-        <v>Verordening op de elektronische bekendmaking gemeente Barneveld</v>
+        <v xml:space="preserve">Visie op dienstverlening </v>
       </c>
       <c r="C1772" s="0">
-        <v>920</v>
+        <v>604</v>
       </c>
       <c r="D1772" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1772" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1773" spans="1:5" customFormat="false">
       <c r="A1773" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1773" s="0" t="str">
-        <v xml:space="preserve">Verordening gegevensverstrekking basisregistratie personen gemeente Barneveld </v>
+        <v xml:space="preserve">Visie op dienstverlening </v>
       </c>
       <c r="C1773" s="0">
-        <v>928</v>
+        <v>604</v>
       </c>
       <c r="D1773" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1773" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1774" spans="1:5" customFormat="false">
       <c r="A1774" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1774" s="0" t="str">
-        <v>Public Affairs</v>
+        <v xml:space="preserve">Visie op dienstverlening </v>
       </c>
       <c r="C1774" s="0">
-        <v>985</v>
+        <v>604</v>
       </c>
       <c r="D1774" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1774" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1775" spans="1:5" customFormat="false">
       <c r="A1775" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1775" s="0" t="str">
-        <v>Public Affairs</v>
+        <v xml:space="preserve">Visie op dienstverlening </v>
       </c>
       <c r="C1775" s="0">
-        <v>985</v>
+        <v>770</v>
       </c>
       <c r="D1775" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1775" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1776" spans="1:5" customFormat="false">
       <c r="A1776" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1776" s="0" t="str">
-        <v>Public Affairs</v>
+        <v>Archiefverordening gemeente Barneveld</v>
       </c>
       <c r="C1776" s="0">
-        <v>985</v>
+        <v>771</v>
       </c>
       <c r="D1776" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1776" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1777" spans="1:5" customFormat="false">
       <c r="A1777" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1777" s="0" t="str">
-        <v>Integrale actualisering Algemene Subsidieverordening gemeente Barneveld (ASV)</v>
+        <v>Archiefverordening gemeente Barneveld</v>
       </c>
       <c r="C1777" s="0">
-        <v>1010</v>
+        <v>771</v>
       </c>
       <c r="D1777" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1777" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1778" spans="1:5" customFormat="false">
       <c r="A1778" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1778" s="0" t="str">
-        <v xml:space="preserve">Herijking notitie dynamische begrotingsmethodiek </v>
+        <v>Beleidsplan Digitaal Werken</v>
       </c>
       <c r="C1778" s="0">
-        <v>1034</v>
+        <v>780</v>
       </c>
       <c r="D1778" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1778" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1779" spans="1:5" customFormat="false">
       <c r="A1779" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1779" s="0" t="str">
-        <v>Organisatieonderzoek</v>
+        <v>Beleidsplan Digitaal Werken</v>
       </c>
       <c r="C1779" s="0">
-        <v>1037</v>
+        <v>780</v>
       </c>
       <c r="D1779" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1779" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1780" spans="1:5" customFormat="false">
       <c r="A1780" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1780" s="0" t="str">
-        <v>Centrale regie subsidies</v>
+        <v>Beleidsplan Digitaal Werken</v>
       </c>
       <c r="C1780" s="0">
-        <v>1066</v>
+        <v>780</v>
       </c>
       <c r="D1780" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1780" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1781" spans="1:5" customFormat="false">
       <c r="A1781" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1781" s="0" t="str">
-        <v>Onderzoek doelmatigheid inzameling huishoudelijk afval</v>
+        <v>Beleidsplan Digitaal Werken</v>
       </c>
       <c r="C1781" s="0">
-        <v>1186</v>
+        <v>780</v>
       </c>
       <c r="D1781" s="0" t="str">
-        <v>Team Reiniging</v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1781" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1782" spans="1:5" customFormat="false">
       <c r="A1782" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1782" s="0" t="str">
-        <v>I-visie</v>
+        <v>Beleidsplan Digitaal Werken</v>
       </c>
       <c r="C1782" s="0">
-        <v>1278</v>
+        <v>780</v>
       </c>
       <c r="D1782" s="0" t="str">
-        <v>Team I&amp;A</v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1782" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1783" spans="1:5" customFormat="false">
       <c r="A1783" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1783" s="0" t="str">
-        <v>Artificial Intelligence ((AI)-beleid</v>
+        <v>Beleidsplan Digitaal Werken</v>
       </c>
       <c r="C1783" s="0">
-        <v>1279</v>
+        <v>780</v>
       </c>
       <c r="D1783" s="0" t="str">
-        <v>Team I&amp;A</v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1783" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1784" spans="1:5" customFormat="false">
       <c r="A1784" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1784" s="0" t="str">
-        <v>Gedragscode integriteit van bestuurders in Barneveld (2)</v>
+        <v xml:space="preserve">Eindevaluatie Banenafspraak </v>
       </c>
       <c r="C1784" s="0">
-        <v>173</v>
+        <v>917</v>
       </c>
       <c r="D1784" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1784" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1785" spans="1:5" customFormat="false">
       <c r="A1785" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1785" s="0" t="str">
-        <v>Evaluatie herijkte kadernota interactieve beleidsvorming (+ social media)</v>
+        <v>Verordening op de elektronische bekendmaking gemeente Barneveld</v>
       </c>
       <c r="C1785" s="0">
-        <v>178</v>
+        <v>920</v>
       </c>
       <c r="D1785" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1785" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1786" spans="1:5" customFormat="false">
       <c r="A1786" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1786" s="0" t="str">
-        <v>Evaluatie herijkte kadernota interactieve beleidsvorming (+ social media)</v>
+        <v xml:space="preserve">Verordening gegevensverstrekking basisregistratie personen gemeente Barneveld </v>
       </c>
       <c r="C1786" s="0">
-        <v>178</v>
+        <v>928</v>
       </c>
       <c r="D1786" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1786" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1787" spans="1:5" customFormat="false">
       <c r="A1787" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1787" s="0" t="str">
-        <v>Nieuwe Nota Communicatie &amp; Interactieve beleidsvorming 2015-2019 en Communicatieplan Gemeenteraad 2019-2022</v>
+        <v>Public Affairs</v>
       </c>
       <c r="C1787" s="0">
-        <v>416</v>
+        <v>985</v>
       </c>
       <c r="D1787" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1787" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1788" spans="1:5" customFormat="false">
       <c r="A1788" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1788" s="0" t="str">
-        <v>Nieuwe Nota Communicatie &amp; Interactieve beleidsvorming 2015-2019 en Communicatieplan Gemeenteraad 2019-2022</v>
+        <v>Public Affairs</v>
       </c>
       <c r="C1788" s="0">
-        <v>416</v>
+        <v>985</v>
       </c>
       <c r="D1788" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1788" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1789" spans="1:5" customFormat="false">
       <c r="A1789" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1789" s="0" t="str">
-        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
+        <v>Public Affairs</v>
       </c>
       <c r="C1789" s="0">
-        <v>417</v>
+        <v>985</v>
       </c>
       <c r="D1789" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E1789" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1790" spans="1:5" customFormat="false">
       <c r="A1790" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1790" s="0" t="str">
-        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
+        <v>Integrale actualisering Algemene Subsidieverordening gemeente Barneveld (ASV)</v>
       </c>
       <c r="C1790" s="0">
-        <v>417</v>
+        <v>1010</v>
       </c>
       <c r="D1790" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1790" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1791" spans="1:5" customFormat="false">
       <c r="A1791" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1791" s="0" t="str">
-        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
+        <v xml:space="preserve">Herijking notitie dynamische begrotingsmethodiek </v>
       </c>
       <c r="C1791" s="0">
-        <v>417</v>
+        <v>1034</v>
       </c>
       <c r="D1791" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1791" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1792" spans="1:5" customFormat="false">
       <c r="A1792" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1792" s="0" t="str">
-        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
+        <v>Organisatieonderzoek</v>
       </c>
       <c r="C1792" s="0">
-        <v>417</v>
+        <v>1037</v>
       </c>
       <c r="D1792" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1792" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1793" spans="1:5" customFormat="false">
       <c r="A1793" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1793" s="0" t="str">
-        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
+        <v>Centrale regie subsidies</v>
       </c>
       <c r="C1793" s="0">
-        <v>417</v>
+        <v>1066</v>
       </c>
       <c r="D1793" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1793" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1794" spans="1:5" customFormat="false">
       <c r="A1794" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1794" s="0" t="str">
-        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
+        <v>Onderzoek doelmatigheid inzameling huishoudelijk afval</v>
       </c>
       <c r="C1794" s="0">
-        <v>417</v>
+        <v>1186</v>
       </c>
       <c r="D1794" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Reiniging</v>
       </c>
       <c r="E1794" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1795" spans="1:5" customFormat="false">
       <c r="A1795" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1795" s="0" t="str">
-        <v>Tussenrapportage</v>
+        <v>I-visie</v>
       </c>
       <c r="C1795" s="0">
-        <v>1138</v>
+        <v>1278</v>
       </c>
       <c r="D1795" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team I&amp;A</v>
       </c>
       <c r="E1795" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1796" spans="1:5" customFormat="false">
       <c r="A1796" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B1796" s="0" t="str">
-        <v>Tussenrapportage</v>
+        <v>Artificial Intelligence ((AI)-beleid</v>
       </c>
       <c r="C1796" s="0">
-        <v>1138</v>
+        <v>1279</v>
       </c>
       <c r="D1796" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team I&amp;A</v>
       </c>
       <c r="E1796" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1797" spans="1:5" customFormat="false">
       <c r="A1797" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1797" s="0" t="str">
-        <v>Tussenrapportage</v>
+        <v>Gedragscode integriteit van bestuurders in Barneveld (2)</v>
       </c>
       <c r="C1797" s="0">
-        <v>1138</v>
+        <v>173</v>
       </c>
       <c r="D1797" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1797" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1798" spans="1:5" customFormat="false">
       <c r="A1798" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1798" s="0" t="str">
-        <v>Tussenrapportage</v>
+        <v>Evaluatie herijkte kadernota interactieve beleidsvorming (+ social media)</v>
       </c>
       <c r="C1798" s="0">
-        <v>1138</v>
+        <v>178</v>
       </c>
       <c r="D1798" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1798" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1799" spans="1:5" customFormat="false">
       <c r="A1799" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1799" s="0" t="str">
-        <v>Tussenrapportage</v>
+        <v>Evaluatie herijkte kadernota interactieve beleidsvorming (+ social media)</v>
       </c>
       <c r="C1799" s="0">
-        <v>1138</v>
+        <v>178</v>
       </c>
       <c r="D1799" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1799" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1800" spans="1:5" customFormat="false">
       <c r="A1800" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1800" s="0" t="str">
-        <v>Tussenrapportage</v>
+        <v>Nieuwe Nota Communicatie &amp; Interactieve beleidsvorming 2015-2019 en Communicatieplan Gemeenteraad 2019-2022</v>
       </c>
       <c r="C1800" s="0">
-        <v>1138</v>
+        <v>416</v>
       </c>
       <c r="D1800" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1800" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1801" spans="1:5" customFormat="false">
       <c r="A1801" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1801" s="0" t="str">
-        <v>Tussenrapportage</v>
+        <v>Nieuwe Nota Communicatie &amp; Interactieve beleidsvorming 2015-2019 en Communicatieplan Gemeenteraad 2019-2022</v>
       </c>
       <c r="C1801" s="0">
-        <v>1138</v>
+        <v>416</v>
       </c>
       <c r="D1801" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1801" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1802" spans="1:5" customFormat="false">
       <c r="A1802" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1802" s="0" t="str">
-        <v>Tussenrapportage</v>
+        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
       </c>
       <c r="C1802" s="0">
-        <v>1138</v>
+        <v>417</v>
       </c>
       <c r="D1802" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1802" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1803" spans="1:5" customFormat="false">
       <c r="A1803" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1803" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
       </c>
       <c r="C1803" s="0">
-        <v>1196</v>
+        <v>417</v>
       </c>
       <c r="D1803" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1803" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1804" spans="1:5" customFormat="false">
       <c r="A1804" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1804" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
       </c>
       <c r="C1804" s="0">
-        <v>1196</v>
+        <v>417</v>
       </c>
       <c r="D1804" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1804" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1805" spans="1:5" customFormat="false">
       <c r="A1805" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1805" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
       </c>
       <c r="C1805" s="0">
-        <v>1196</v>
+        <v>417</v>
       </c>
       <c r="D1805" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1805" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1806" spans="1:5" customFormat="false">
       <c r="A1806" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1806" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
       </c>
       <c r="C1806" s="0">
-        <v>1196</v>
+        <v>417</v>
       </c>
       <c r="D1806" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1806" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1807" spans="1:5" customFormat="false">
       <c r="A1807" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1807" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v xml:space="preserve">Top 3 lijst overbodige regelgeving </v>
       </c>
       <c r="C1807" s="0">
-        <v>1196</v>
+        <v>417</v>
       </c>
       <c r="D1807" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1807" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="1808" spans="1:5" customFormat="false">
       <c r="A1808" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1808" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v>Tussenrapportage</v>
       </c>
       <c r="C1808" s="0">
-        <v>1196</v>
+        <v>1138</v>
       </c>
       <c r="D1808" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1808" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1809" spans="1:5" customFormat="false">
       <c r="A1809" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1809" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v>Tussenrapportage</v>
       </c>
       <c r="C1809" s="0">
-        <v>1196</v>
+        <v>1138</v>
       </c>
       <c r="D1809" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1809" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1810" spans="1:5" customFormat="false">
       <c r="A1810" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1810" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v>Tussenrapportage</v>
       </c>
       <c r="C1810" s="0">
-        <v>1196</v>
+        <v>1138</v>
       </c>
       <c r="D1810" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1810" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1811" spans="1:5" customFormat="false">
       <c r="A1811" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1811" s="0" t="str">
-        <v>Participatiebeleid/Participatieverordening</v>
+        <v>Tussenrapportage</v>
       </c>
       <c r="C1811" s="0">
-        <v>1196</v>
+        <v>1138</v>
       </c>
       <c r="D1811" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1811" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1812" spans="1:5" customFormat="false">
       <c r="A1812" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1812" s="0" t="str">
-        <v>Communicatievisie</v>
+        <v>Tussenrapportage</v>
       </c>
       <c r="C1812" s="0">
-        <v>1248</v>
+        <v>1138</v>
       </c>
       <c r="D1812" s="0" t="str">
-        <v>Team Communicatie</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1812" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1813" spans="1:5" customFormat="false">
       <c r="A1813" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1813" s="0" t="str">
-        <v>Evaluatie Het gemeentenieuws</v>
+        <v>Tussenrapportage</v>
       </c>
       <c r="C1813" s="0">
-        <v>1297</v>
+        <v>1138</v>
       </c>
       <c r="D1813" s="0" t="str">
-        <v>Team Communicatie</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1813" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1814" spans="1:5" customFormat="false">
       <c r="A1814" s="0" t="str">
         <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1814" s="0" t="str">
-        <v>Renovatie trouwzaal en ontvangstruimte gemeentehuis</v>
+        <v>Tussenrapportage</v>
       </c>
       <c r="C1814" s="0">
-        <v>1307</v>
+        <v>1138</v>
       </c>
       <c r="D1814" s="0" t="str">
-        <v>Team KCC/publiekszaken</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1814" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1815" spans="1:5" customFormat="false">
       <c r="A1815" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1815" s="0" t="str">
-        <v xml:space="preserve">Onderzoek verzelfstandiging zwembaden </v>
+        <v>Tussenrapportage</v>
       </c>
       <c r="C1815" s="0">
-        <v>179</v>
+        <v>1138</v>
       </c>
       <c r="D1815" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1815" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1816" spans="1:5" customFormat="false">
       <c r="A1816" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1816" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1816" s="0">
-        <v>180</v>
+        <v>1196</v>
       </c>
       <c r="D1816" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1816" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1817" spans="1:5" customFormat="false">
       <c r="A1817" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1817" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1817" s="0">
-        <v>180</v>
+        <v>1196</v>
       </c>
       <c r="D1817" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1817" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1818" spans="1:5" customFormat="false">
       <c r="A1818" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1818" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1818" s="0">
-        <v>180</v>
+        <v>1196</v>
       </c>
       <c r="D1818" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1818" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1819" spans="1:5" customFormat="false">
       <c r="A1819" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1819" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1819" s="0">
-        <v>180</v>
+        <v>1196</v>
       </c>
       <c r="D1819" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1819" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1820" spans="1:5" customFormat="false">
       <c r="A1820" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1820" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1820" s="0">
-        <v>180</v>
+        <v>1196</v>
       </c>
       <c r="D1820" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1820" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1821" spans="1:5" customFormat="false">
       <c r="A1821" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1821" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1821" s="0">
-        <v>180</v>
+        <v>1196</v>
       </c>
       <c r="D1821" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1821" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1822" spans="1:5" customFormat="false">
       <c r="A1822" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1822" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1822" s="0">
-        <v>180</v>
+        <v>1196</v>
       </c>
       <c r="D1822" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1822" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1823" spans="1:5" customFormat="false">
       <c r="A1823" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1823" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1823" s="0">
-        <v>180</v>
+        <v>1196</v>
       </c>
       <c r="D1823" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1823" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1824" spans="1:5" customFormat="false">
       <c r="A1824" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1824" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Participatiebeleid/Participatieverordening</v>
       </c>
       <c r="C1824" s="0">
-        <v>180</v>
+        <v>1196</v>
       </c>
       <c r="D1824" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E1824" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1825" spans="1:5" customFormat="false">
       <c r="A1825" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1825" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Communicatievisie</v>
       </c>
       <c r="C1825" s="0">
-        <v>180</v>
+        <v>1248</v>
       </c>
       <c r="D1825" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Communicatie</v>
       </c>
       <c r="E1825" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1826" spans="1:5" customFormat="false">
       <c r="A1826" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1826" s="0" t="str">
-        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
+        <v>Evaluatie Het gemeentenieuws</v>
       </c>
       <c r="C1826" s="0">
-        <v>180</v>
+        <v>1297</v>
       </c>
       <c r="D1826" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Communicatie</v>
       </c>
       <c r="E1826" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1827" spans="1:5" customFormat="false">
       <c r="A1827" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B1827" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Renovatie trouwzaal en ontvangstruimte gemeentehuis</v>
       </c>
       <c r="C1827" s="0">
-        <v>891</v>
+        <v>1307</v>
       </c>
       <c r="D1827" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v>Team KCC/publiekszaken</v>
       </c>
       <c r="E1827" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1828" spans="1:5" customFormat="false">
       <c r="A1828" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1828" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v xml:space="preserve">Onderzoek verzelfstandiging zwembaden </v>
       </c>
       <c r="C1828" s="0">
-        <v>891</v>
+        <v>179</v>
       </c>
       <c r="D1828" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1828" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1829" spans="1:5" customFormat="false">
       <c r="A1829" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1829" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1829" s="0">
-        <v>891</v>
+        <v>180</v>
       </c>
       <c r="D1829" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1829" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1830" spans="1:5" customFormat="false">
       <c r="A1830" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1830" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1830" s="0">
-        <v>891</v>
+        <v>180</v>
       </c>
       <c r="D1830" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1830" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1831" spans="1:5" customFormat="false">
       <c r="A1831" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1831" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1831" s="0">
-        <v>891</v>
+        <v>180</v>
       </c>
       <c r="D1831" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1831" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1832" spans="1:5" customFormat="false">
       <c r="A1832" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1832" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1832" s="0">
-        <v>891</v>
+        <v>180</v>
       </c>
       <c r="D1832" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1832" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1833" spans="1:5" customFormat="false">
       <c r="A1833" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1833" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1833" s="0">
-        <v>891</v>
+        <v>180</v>
       </c>
       <c r="D1833" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1833" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1834" spans="1:5" customFormat="false">
       <c r="A1834" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1834" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1834" s="0">
-        <v>891</v>
+        <v>180</v>
       </c>
       <c r="D1834" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1834" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1835" spans="1:5" customFormat="false">
       <c r="A1835" s="0" t="str">
         <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1835" s="0" t="str">
-        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1835" s="0">
-        <v>891</v>
+        <v>180</v>
       </c>
       <c r="D1835" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1835" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1836" spans="1:5" customFormat="false">
       <c r="A1836" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1836" s="0" t="str">
-        <v xml:space="preserve">Treasurystatuut </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1836" s="0">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="D1836" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1836" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1837" spans="1:5" customFormat="false">
       <c r="A1837" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1837" s="0" t="str">
-        <v xml:space="preserve">Treasurystatuut </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1837" s="0">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="D1837" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1837" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1838" spans="1:5" customFormat="false">
       <c r="A1838" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1838" s="0" t="str">
-        <v xml:space="preserve">Treasurystatuut </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1838" s="0">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="D1838" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1838" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1839" spans="1:5" customFormat="false">
       <c r="A1839" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1839" s="0" t="str">
-        <v xml:space="preserve">Treasurystatuut </v>
+        <v>Evaluatie samenwerking optisport (voorheen verzelfstandiging (binnen)sportcomplexen)</v>
       </c>
       <c r="C1839" s="0">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="D1839" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1839" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1840" spans="1:5" customFormat="false">
       <c r="A1840" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1840" s="0" t="str">
-        <v>Rentetoerekening</v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1840" s="0">
-        <v>281</v>
+        <v>891</v>
       </c>
       <c r="D1840" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1840" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1841" spans="1:5" customFormat="false">
       <c r="A1841" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1841" s="0" t="str">
-        <v>Schuldennotitie</v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1841" s="0">
-        <v>282</v>
+        <v>891</v>
       </c>
       <c r="D1841" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1841" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1842" spans="1:5" customFormat="false">
       <c r="A1842" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1842" s="0" t="str">
-        <v>Schuldennotitie</v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1842" s="0">
-        <v>282</v>
+        <v>891</v>
       </c>
       <c r="D1842" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1842" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1843" spans="1:5" customFormat="false">
       <c r="A1843" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1843" s="0" t="str">
-        <v>Schuldennotitie</v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1843" s="0">
-        <v>282</v>
+        <v>891</v>
       </c>
       <c r="D1843" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1843" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1844" spans="1:5" customFormat="false">
       <c r="A1844" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1844" s="0" t="str">
-        <v>Schuldennotitie</v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1844" s="0">
-        <v>282</v>
+        <v>891</v>
       </c>
       <c r="D1844" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1844" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1845" spans="1:5" customFormat="false">
       <c r="A1845" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1845" s="0" t="str">
-        <v xml:space="preserve">Onderzoek afstoten hypothekenportefeuille ambtenaren </v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1845" s="0">
-        <v>418</v>
+        <v>891</v>
       </c>
       <c r="D1845" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1845" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1846" spans="1:5" customFormat="false">
       <c r="A1846" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1846" s="0" t="str">
-        <v xml:space="preserve">Verkoop deel vastgoed: inzicht in omvang + bedrag </v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1846" s="0">
-        <v>419</v>
+        <v>891</v>
       </c>
       <c r="D1846" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1846" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1847" spans="1:5" customFormat="false">
       <c r="A1847" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1847" s="0" t="str">
-        <v>Vennootschapsbelasting</v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1847" s="0">
-        <v>668</v>
+        <v>891</v>
       </c>
       <c r="D1847" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1847" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1848" spans="1:5" customFormat="false">
       <c r="A1848" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
       </c>
       <c r="B1848" s="0" t="str">
-        <v>Normenkader</v>
+        <v xml:space="preserve">Rol, positie en activiteiten Be Active </v>
       </c>
       <c r="C1848" s="0">
-        <v>1296</v>
+        <v>891</v>
       </c>
       <c r="D1848" s="0" t="str">
-        <v>Team Concerncontrol</v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1848" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1849" spans="1:5" customFormat="false">
       <c r="A1849" s="0" t="str">
         <v>431 Treasury</v>
       </c>
       <c r="B1849" s="0" t="str">
-        <v>Normenkader</v>
+        <v xml:space="preserve">Treasurystatuut </v>
       </c>
       <c r="C1849" s="0">
-        <v>1296</v>
+        <v>185</v>
       </c>
       <c r="D1849" s="0" t="str">
-        <v>Team Concerncontrol</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1849" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1850" spans="1:5" customFormat="false">
       <c r="A1850" s="0" t="str">
         <v>431 Treasury</v>
       </c>
       <c r="B1850" s="0" t="str">
-        <v>Normenkader</v>
+        <v xml:space="preserve">Treasurystatuut </v>
       </c>
       <c r="C1850" s="0">
-        <v>1296</v>
+        <v>185</v>
       </c>
       <c r="D1850" s="0" t="str">
-        <v>Team Concerncontrol</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1850" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1851" spans="1:5" customFormat="false">
       <c r="A1851" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="B1851" s="0" t="str">
-        <v xml:space="preserve">Nota lokaal belastinggebied </v>
+        <v xml:space="preserve">Treasurystatuut </v>
       </c>
       <c r="C1851" s="0">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D1851" s="0" t="str">
-        <v>Team Belastingen</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1851" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1852" spans="1:5" customFormat="false">
       <c r="A1852" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="B1852" s="0" t="str">
-        <v xml:space="preserve">Nota lokaal belastinggebied </v>
+        <v xml:space="preserve">Treasurystatuut </v>
       </c>
       <c r="C1852" s="0">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D1852" s="0" t="str">
-        <v>Team Belastingen</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1852" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1853" spans="1:5" customFormat="false">
       <c r="A1853" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="B1853" s="0" t="str">
-        <v xml:space="preserve">Nota lokaal belastinggebied </v>
+        <v>Rentetoerekening</v>
       </c>
       <c r="C1853" s="0">
-        <v>184</v>
+        <v>281</v>
       </c>
       <c r="D1853" s="0" t="str">
-        <v>Team Belastingen</v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1853" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1854" spans="1:5" customFormat="false">
       <c r="A1854" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="B1854" s="0" t="str">
-        <v xml:space="preserve">Nota lokaal belastinggebied </v>
+        <v>Schuldennotitie</v>
       </c>
       <c r="C1854" s="0">
-        <v>184</v>
+        <v>282</v>
       </c>
       <c r="D1854" s="0" t="str">
-        <v>Team Belastingen</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1854" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1855" spans="1:5" customFormat="false">
       <c r="A1855" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="B1855" s="0" t="str">
-        <v xml:space="preserve">Nota lokaal belastinggebied </v>
+        <v>Schuldennotitie</v>
       </c>
       <c r="C1855" s="0">
-        <v>184</v>
+        <v>282</v>
       </c>
       <c r="D1855" s="0" t="str">
-        <v>Team Belastingen</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1855" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1856" spans="1:5" customFormat="false">
       <c r="A1856" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="B1856" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v>Schuldennotitie</v>
       </c>
       <c r="C1856" s="0">
-        <v>294</v>
+        <v>282</v>
       </c>
       <c r="D1856" s="0" t="str">
-        <v>Team Belastingen</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1856" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1857" spans="1:5" customFormat="false">
       <c r="A1857" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="B1857" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v>Schuldennotitie</v>
       </c>
       <c r="C1857" s="0">
-        <v>294</v>
+        <v>282</v>
       </c>
       <c r="D1857" s="0" t="str">
-        <v>Team Belastingen</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E1857" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1858" spans="1:5" customFormat="false">
       <c r="A1858" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="B1858" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v xml:space="preserve">Onderzoek afstoten hypothekenportefeuille ambtenaren </v>
       </c>
       <c r="C1858" s="0">
-        <v>294</v>
+        <v>418</v>
       </c>
       <c r="D1858" s="0" t="str">
-        <v>Team Belastingen</v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1858" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1859" spans="1:5" customFormat="false">
       <c r="A1859" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="B1859" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v xml:space="preserve">Verkoop deel vastgoed: inzicht in omvang + bedrag </v>
       </c>
       <c r="C1859" s="0">
-        <v>294</v>
+        <v>419</v>
       </c>
       <c r="D1859" s="0" t="str">
-        <v>Team Belastingen</v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1859" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1860" spans="1:5" customFormat="false">
       <c r="A1860" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="B1860" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v>Vennootschapsbelasting</v>
       </c>
       <c r="C1860" s="0">
-        <v>294</v>
+        <v>668</v>
       </c>
       <c r="D1860" s="0" t="str">
-        <v>Team Belastingen</v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1860" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1861" spans="1:5" customFormat="false">
       <c r="A1861" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="B1861" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v>Normenkader</v>
       </c>
       <c r="C1861" s="0">
-        <v>294</v>
+        <v>1296</v>
       </c>
       <c r="D1861" s="0" t="str">
-        <v>Team Belastingen</v>
+        <v>Team Concerncontrol</v>
       </c>
       <c r="E1861" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1862" spans="1:5" customFormat="false">
       <c r="A1862" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="B1862" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v>Normenkader</v>
       </c>
       <c r="C1862" s="0">
-        <v>294</v>
+        <v>1296</v>
       </c>
       <c r="D1862" s="0" t="str">
-        <v>Team Belastingen</v>
+        <v>Team Concerncontrol</v>
       </c>
       <c r="E1862" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1863" spans="1:5" customFormat="false">
       <c r="A1863" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>431 Treasury</v>
       </c>
       <c r="B1863" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v>Normenkader</v>
       </c>
       <c r="C1863" s="0">
-        <v>294</v>
+        <v>1296</v>
       </c>
       <c r="D1863" s="0" t="str">
-        <v>Team Belastingen</v>
+        <v>Team Concerncontrol</v>
       </c>
       <c r="E1863" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1864" spans="1:5" customFormat="false">
       <c r="A1864" s="0" t="str">
         <v>432 Belastingen</v>
       </c>
       <c r="B1864" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v xml:space="preserve">Nota lokaal belastinggebied </v>
       </c>
       <c r="C1864" s="0">
-        <v>294</v>
+        <v>184</v>
       </c>
       <c r="D1864" s="0" t="str">
         <v>Team Belastingen</v>
       </c>
       <c r="E1864" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1865" spans="1:5" customFormat="false">
       <c r="A1865" s="0" t="str">
         <v>432 Belastingen</v>
       </c>
       <c r="B1865" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v xml:space="preserve">Nota lokaal belastinggebied </v>
       </c>
       <c r="C1865" s="0">
-        <v>294</v>
+        <v>184</v>
       </c>
       <c r="D1865" s="0" t="str">
         <v>Team Belastingen</v>
       </c>
       <c r="E1865" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1866" spans="1:5" customFormat="false">
       <c r="A1866" s="0" t="str">
         <v>432 Belastingen</v>
       </c>
       <c r="B1866" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v xml:space="preserve">Nota lokaal belastinggebied </v>
       </c>
       <c r="C1866" s="0">
-        <v>294</v>
+        <v>184</v>
       </c>
       <c r="D1866" s="0" t="str">
         <v>Team Belastingen</v>
       </c>
       <c r="E1866" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1867" spans="1:5" customFormat="false">
       <c r="A1867" s="0" t="str">
         <v>432 Belastingen</v>
       </c>
       <c r="B1867" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v xml:space="preserve">Nota lokaal belastinggebied </v>
       </c>
       <c r="C1867" s="0">
-        <v>294</v>
+        <v>184</v>
       </c>
       <c r="D1867" s="0" t="str">
         <v>Team Belastingen</v>
       </c>
       <c r="E1867" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1868" spans="1:5" customFormat="false">
       <c r="A1868" s="0" t="str">
         <v>432 Belastingen</v>
       </c>
       <c r="B1868" s="0" t="str">
-        <v>Belastingverordeningen</v>
+        <v xml:space="preserve">Nota lokaal belastinggebied </v>
       </c>
       <c r="C1868" s="0">
-        <v>294</v>
+        <v>184</v>
       </c>
       <c r="D1868" s="0" t="str">
         <v>Team Belastingen</v>
       </c>
       <c r="E1868" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1869" spans="1:5" customFormat="false">
       <c r="A1869" s="0" t="str">
         <v>432 Belastingen</v>
       </c>
       <c r="B1869" s="0" t="str">
-        <v>Onderzoek verschillen lokale lastendruk</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1869" s="0">
-        <v>489</v>
+        <v>294</v>
       </c>
       <c r="D1869" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team Belastingen</v>
       </c>
       <c r="E1869" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1870" spans="1:5" customFormat="false">
       <c r="A1870" s="0" t="str">
-        <v>434 Overige baten en lasten</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="B1870" s="0" t="str">
-        <v>Precariobelasting op kabels en leidingen</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1870" s="0">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="D1870" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team Belastingen</v>
       </c>
       <c r="E1870" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1871" spans="1:5" customFormat="false">
       <c r="A1871" s="0" t="str">
-        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="B1871" s="0" t="str">
-        <v>Visie Zorg voor Jeugd, overleg plannen</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1871" s="0">
-        <v>128</v>
+        <v>294</v>
       </c>
       <c r="D1871" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v>Team Belastingen</v>
       </c>
       <c r="E1871" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1872" spans="1:5" customFormat="false">
       <c r="A1872" s="0" t="str">
-        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="B1872" s="0" t="str">
-        <v>Overleg (preventief) drugsbeleid</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1872" s="0">
-        <v>258</v>
+        <v>294</v>
       </c>
       <c r="D1872" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v>Team Belastingen</v>
       </c>
       <c r="E1872" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1873" spans="1:5" customFormat="false">
       <c r="A1873" s="0" t="str">
-        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="B1873" s="0" t="str">
-        <v>Notitie over mogelijk vangnet voor 18-jarigen in de Jeugdzorg</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1873" s="0">
-        <v>376</v>
+        <v>294</v>
       </c>
       <c r="D1873" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Belastingen</v>
       </c>
       <c r="E1873" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1874" spans="1:5" customFormat="false">
       <c r="A1874" s="0" t="str">
-        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="B1874" s="0" t="str">
-        <v>Overzicht organisaties Jeugdzorg</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1874" s="0">
-        <v>513</v>
+        <v>294</v>
       </c>
       <c r="D1874" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Belastingen</v>
       </c>
       <c r="E1874" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1875" spans="1:5" customFormat="false">
       <c r="A1875" s="0" t="str">
-        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="B1875" s="0" t="str">
-        <v>Tijdelijke opschorting ouderbijdrage jeugd-ggz</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1875" s="0">
-        <v>519</v>
+        <v>294</v>
       </c>
       <c r="D1875" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Belastingen</v>
       </c>
       <c r="E1875" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1876" spans="1:5" customFormat="false">
       <c r="A1876" s="0" t="str">
-        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="B1876" s="0" t="str">
-        <v>workshop jeugdzorg</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1876" s="0">
-        <v>523</v>
+        <v>294</v>
       </c>
       <c r="D1876" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Belastingen</v>
       </c>
       <c r="E1876" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1877" spans="1:5" customFormat="false">
       <c r="A1877" s="0" t="str">
-        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="B1877" s="0" t="str">
-        <v>Tevredenheid mensen over sociaal domein, m.n. jeugdhulp.</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1877" s="0">
-        <v>565</v>
+        <v>294</v>
       </c>
       <c r="D1877" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Belastingen</v>
       </c>
       <c r="E1877" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1878" spans="1:5" customFormat="false">
       <c r="A1878" s="0" t="str">
-        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="B1878" s="0" t="str">
-        <v>Pilot bekostiging speltherapie</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1878" s="0">
-        <v>735</v>
+        <v>294</v>
       </c>
       <c r="D1878" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Belastingen</v>
       </c>
       <c r="E1878" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1879" spans="1:5" customFormat="false">
       <c r="A1879" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="B1879" s="0" t="str">
-        <v>her-meldingen Veilig Thuis</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1879" s="0">
-        <v>659</v>
+        <v>294</v>
       </c>
       <c r="D1879" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Belastingen</v>
       </c>
       <c r="E1879" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1880" spans="1:5" customFormat="false">
       <c r="A1880" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="B1880" s="0" t="str">
-        <v>her-meldingen Veilig Thuis</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1880" s="0">
-        <v>659</v>
+        <v>294</v>
       </c>
       <c r="D1880" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Belastingen</v>
       </c>
       <c r="E1880" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1881" spans="1:5" customFormat="false">
       <c r="A1881" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="B1881" s="0" t="str">
-        <v>her-meldingen Veilig Thuis</v>
+        <v>Belastingverordeningen</v>
       </c>
       <c r="C1881" s="0">
-        <v>659</v>
+        <v>294</v>
       </c>
       <c r="D1881" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Belastingen</v>
       </c>
       <c r="E1881" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1882" spans="1:5" customFormat="false">
       <c r="A1882" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v>432 Belastingen</v>
       </c>
       <c r="B1882" s="0" t="str">
-        <v>her-meldingen Veilig Thuis</v>
+        <v>Onderzoek verschillen lokale lastendruk</v>
       </c>
       <c r="C1882" s="0">
-        <v>659</v>
+        <v>489</v>
       </c>
       <c r="D1882" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1882" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1883" spans="1:5" customFormat="false">
       <c r="A1883" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v>434 Overige baten en lasten</v>
       </c>
       <c r="B1883" s="0" t="str">
-        <v>Aanpak kwetsbare jongeren</v>
+        <v>Precariobelasting op kabels en leidingen</v>
       </c>
       <c r="C1883" s="0">
-        <v>843</v>
+        <v>295</v>
       </c>
       <c r="D1883" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1883" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1884" spans="1:5" customFormat="false">
       <c r="A1884" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
       </c>
       <c r="B1884" s="0" t="str">
-        <v>Beschermd wonen</v>
+        <v>Visie Zorg voor Jeugd, overleg plannen</v>
       </c>
       <c r="C1884" s="0">
-        <v>853</v>
+        <v>128</v>
       </c>
       <c r="D1884" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1884" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1885" spans="1:5" customFormat="false">
       <c r="A1885" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
       </c>
       <c r="B1885" s="0" t="str">
-        <v>Studietoeslag jongeren met een beperking</v>
+        <v>Overleg (preventief) drugsbeleid</v>
       </c>
       <c r="C1885" s="0">
-        <v>877</v>
+        <v>258</v>
       </c>
       <c r="D1885" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1885" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1886" spans="1:5" customFormat="false">
       <c r="A1886" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
       </c>
       <c r="B1886" s="0" t="str">
-        <v>Studietoeslag jongeren met een beperking</v>
+        <v>Notitie over mogelijk vangnet voor 18-jarigen in de Jeugdzorg</v>
       </c>
       <c r="C1886" s="0">
-        <v>877</v>
+        <v>376</v>
       </c>
       <c r="D1886" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1886" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1887" spans="1:5" customFormat="false">
       <c r="A1887" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
       </c>
       <c r="B1887" s="0" t="str">
-        <v>Mogelijkheden zelfstandig reizen kwetsbare jongeren</v>
+        <v>Overzicht organisaties Jeugdzorg</v>
       </c>
       <c r="C1887" s="0">
-        <v>878</v>
+        <v>513</v>
       </c>
       <c r="D1887" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1887" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1888" spans="1:5" customFormat="false">
       <c r="A1888" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
       </c>
       <c r="B1888" s="0" t="str">
-        <v>Mogelijkheden zelfstandig reizen kwetsbare jongeren</v>
+        <v>Tijdelijke opschorting ouderbijdrage jeugd-ggz</v>
       </c>
       <c r="C1888" s="0">
-        <v>878</v>
+        <v>519</v>
       </c>
       <c r="D1888" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1888" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1889" spans="1:5" customFormat="false">
       <c r="A1889" s="0" t="str">
-        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
+        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
       </c>
       <c r="B1889" s="0" t="str">
-        <v>Mogelijkheden zelfstandig reizen kwetsbare jongeren</v>
+        <v>workshop jeugdzorg</v>
       </c>
       <c r="C1889" s="0">
-        <v>878</v>
+        <v>523</v>
       </c>
       <c r="D1889" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1889" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1890" spans="1:5" customFormat="false">
       <c r="A1890" s="0" t="str">
-        <v>111 Lokaal onderwijsbeleid</v>
+        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
       </c>
       <c r="B1890" s="0" t="str">
-        <v>Svz en toekomstverwachting taalklas</v>
+        <v>Tevredenheid mensen over sociaal domein, m.n. jeugdhulp.</v>
       </c>
       <c r="C1890" s="0">
-        <v>119</v>
+        <v>565</v>
       </c>
       <c r="D1890" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1890" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1891" spans="1:5" customFormat="false">
       <c r="A1891" s="0" t="str">
-        <v>111 Lokaal onderwijsbeleid</v>
+        <v xml:space="preserve"> 123  Volksgezondheid en jeugdhulp (tot 2016)</v>
       </c>
       <c r="B1891" s="0" t="str">
-        <v>Vergroten vroeg- en voorschoolse educatie</v>
+        <v>Pilot bekostiging speltherapie</v>
       </c>
       <c r="C1891" s="0">
-        <v>120</v>
+        <v>735</v>
       </c>
       <c r="D1891" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1891" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1892" spans="1:5" customFormat="false">
       <c r="A1892" s="0" t="str">
-        <v>111 Lokaal onderwijsbeleid</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="B1892" s="0" t="str">
-        <v>Bezuiniging organisaties met maatschappelijk oogmerk</v>
+        <v>her-meldingen Veilig Thuis</v>
       </c>
       <c r="C1892" s="0">
-        <v>472</v>
+        <v>659</v>
       </c>
       <c r="D1892" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1892" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1893" spans="1:5" customFormat="false">
       <c r="A1893" s="0" t="str">
-        <v>111 Lokaal onderwijsbeleid</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="B1893" s="0" t="str">
-        <v>Speel-o-theek 't Scharrelkuiken</v>
+        <v>her-meldingen Veilig Thuis</v>
       </c>
       <c r="C1893" s="0">
-        <v>631</v>
+        <v>659</v>
       </c>
       <c r="D1893" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1893" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1894" spans="1:5" customFormat="false">
       <c r="A1894" s="0" t="str">
-        <v>111 Lokaal onderwijsbeleid (leerlingenvervoer)</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="B1894" s="0" t="str">
-        <v>Bezuinigingen voor 2015, leerlingenvervoer</v>
+        <v>her-meldingen Veilig Thuis</v>
       </c>
       <c r="C1894" s="0">
-        <v>249</v>
+        <v>659</v>
       </c>
       <c r="D1894" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1894" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1895" spans="1:5" customFormat="false">
       <c r="A1895" s="0" t="str">
-        <v>111 Lokaal onderwijsbeleid (leerlingenvervoer)</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="B1895" s="0" t="str">
-        <v>evaluatie leerlingenvervoer</v>
+        <v>her-meldingen Veilig Thuis</v>
       </c>
       <c r="C1895" s="0">
-        <v>826</v>
+        <v>659</v>
       </c>
       <c r="D1895" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1895" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1896" spans="1:5" customFormat="false">
       <c r="A1896" s="0" t="str">
-        <v>112  Reintegratie (Participatiewet)</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="B1896" s="0" t="str">
-        <v>Gevolgen invoering Participatiewet</v>
+        <v>Aanpak kwetsbare jongeren</v>
       </c>
       <c r="C1896" s="0">
-        <v>473</v>
+        <v>843</v>
       </c>
       <c r="D1896" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1896" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1897" spans="1:5" customFormat="false">
       <c r="A1897" s="0" t="str">
-        <v>112  Reintegratie (Participatiewet)</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="B1897" s="0" t="str">
-        <v>Voor- en nadelen beschut en beschermd werk voor cliënt / gemeente</v>
+        <v>Beschermd wonen</v>
       </c>
       <c r="C1897" s="0">
-        <v>623</v>
+        <v>853</v>
       </c>
       <c r="D1897" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1897" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1898" spans="1:5" customFormat="false">
       <c r="A1898" s="0" t="str">
-        <v>112  Reintegratie (Participatiewet)</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="B1898" s="0" t="str">
-        <v>Perspectief op werk</v>
+        <v>Studietoeslag jongeren met een beperking</v>
       </c>
       <c r="C1898" s="0">
-        <v>1051</v>
+        <v>877</v>
       </c>
       <c r="D1898" s="0" t="str">
-        <v>Team Inkomen en participatie</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1898" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1899" spans="1:5" customFormat="false">
       <c r="A1899" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="B1899" s="0" t="str">
-        <v>Stimuleringsfonds sociaal domein i.r.t. Innovatiefonds Wmo</v>
+        <v>Studietoeslag jongeren met een beperking</v>
       </c>
       <c r="C1899" s="0">
-        <v>103</v>
+        <v>877</v>
       </c>
       <c r="D1899" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1899" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1900" spans="1:5" customFormat="false">
       <c r="A1900" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="B1900" s="0" t="str">
-        <v>Maandrapportages</v>
+        <v>Mogelijkheden zelfstandig reizen kwetsbare jongeren</v>
       </c>
       <c r="C1900" s="0">
-        <v>313</v>
+        <v>878</v>
       </c>
       <c r="D1900" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1900" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1901" spans="1:5" customFormat="false">
       <c r="A1901" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="B1901" s="0" t="str">
-        <v>informatieve bijeenkomst 3D's</v>
+        <v>Mogelijkheden zelfstandig reizen kwetsbare jongeren</v>
       </c>
       <c r="C1901" s="0">
-        <v>344</v>
+        <v>878</v>
       </c>
       <c r="D1901" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1901" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1902" spans="1:5" customFormat="false">
       <c r="A1902" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v xml:space="preserve"> 132 Voorzieningen inwoners met een beperking (jeugdhulp)</v>
       </c>
       <c r="B1902" s="0" t="str">
-        <v xml:space="preserve">3 Decentralisaties: sociale markt en sociale kaart </v>
+        <v>Mogelijkheden zelfstandig reizen kwetsbare jongeren</v>
       </c>
       <c r="C1902" s="0">
-        <v>357</v>
+        <v>878</v>
       </c>
       <c r="D1902" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1902" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1903" spans="1:5" customFormat="false">
       <c r="A1903" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B1903" s="0" t="str">
-        <v>Laagdrempelige hulp bij relatieproblemen</v>
+        <v>Svz en toekomstverwachting taalklas</v>
       </c>
       <c r="C1903" s="0">
-        <v>375</v>
+        <v>119</v>
       </c>
       <c r="D1903" s="0" t="str">
         <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1903" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1904" spans="1:5" customFormat="false">
       <c r="A1904" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B1904" s="0" t="str">
-        <v>Het aanbieden van beleidsregels in rubriek B.</v>
+        <v>Vergroten vroeg- en voorschoolse educatie</v>
       </c>
       <c r="C1904" s="0">
-        <v>447</v>
+        <v>120</v>
       </c>
       <c r="D1904" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1904" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1905" spans="1:5" customFormat="false">
       <c r="A1905" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B1905" s="0" t="str">
-        <v>Subsidie Maaltijd aan Huis</v>
+        <v>Bezuiniging organisaties met maatschappelijk oogmerk</v>
       </c>
       <c r="C1905" s="0">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D1905" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1905" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1906" spans="1:5" customFormat="false">
       <c r="A1906" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>111 Lokaal onderwijsbeleid</v>
       </c>
       <c r="B1906" s="0" t="str">
-        <v>Actualisatie Wmo-beleidsplan</v>
+        <v>Speel-o-theek 't Scharrelkuiken</v>
       </c>
       <c r="C1906" s="0">
-        <v>476</v>
+        <v>631</v>
       </c>
       <c r="D1906" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1906" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1907" spans="1:5" customFormat="false">
       <c r="A1907" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>111 Lokaal onderwijsbeleid (leerlingenvervoer)</v>
       </c>
       <c r="B1907" s="0" t="str">
-        <v>Sociaal Domein (reserve)</v>
+        <v>Bezuinigingen voor 2015, leerlingenvervoer</v>
       </c>
       <c r="C1907" s="0">
-        <v>478</v>
+        <v>249</v>
       </c>
       <c r="D1907" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1907" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1908" spans="1:5" customFormat="false">
       <c r="A1908" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>111 Lokaal onderwijsbeleid (leerlingenvervoer)</v>
       </c>
       <c r="B1908" s="0" t="str">
-        <v>Jaarplan van Adviesraad Sociaal Domein</v>
+        <v>evaluatie leerlingenvervoer</v>
       </c>
       <c r="C1908" s="0">
-        <v>483</v>
+        <v>826</v>
       </c>
       <c r="D1908" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1908" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1909" spans="1:5" customFormat="false">
       <c r="A1909" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>112  Reintegratie (Participatiewet)</v>
       </c>
       <c r="B1909" s="0" t="str">
-        <v>Evaluatie preventiepilot ouders met een eerste kind</v>
+        <v>Gevolgen invoering Participatiewet</v>
       </c>
       <c r="C1909" s="0">
-        <v>485</v>
+        <v>473</v>
       </c>
       <c r="D1909" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1909" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1910" spans="1:5" customFormat="false">
       <c r="A1910" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>112  Reintegratie (Participatiewet)</v>
       </c>
       <c r="B1910" s="0" t="str">
-        <v>schuldhulpverlening</v>
+        <v>Voor- en nadelen beschut en beschermd werk voor cliënt / gemeente</v>
       </c>
       <c r="C1910" s="0">
-        <v>561</v>
+        <v>623</v>
       </c>
       <c r="D1910" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1910" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1911" spans="1:5" customFormat="false">
       <c r="A1911" s="0" t="str">
-        <v>113 Maatschappeljike zorg</v>
+        <v>112  Reintegratie (Participatiewet)</v>
       </c>
       <c r="B1911" s="0" t="str">
-        <v>Rol Welzijn Barneveld richting wijkplatforms</v>
+        <v>Perspectief op werk</v>
       </c>
       <c r="C1911" s="0">
-        <v>564</v>
+        <v>1051</v>
       </c>
       <c r="D1911" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Inkomen en participatie</v>
       </c>
       <c r="E1911" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1912" spans="1:5" customFormat="false">
       <c r="A1912" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1912" s="0" t="str">
-        <v>Decentralisaties</v>
+        <v>Stimuleringsfonds sociaal domein i.r.t. Innovatiefonds Wmo</v>
       </c>
       <c r="C1912" s="0">
-        <v>607</v>
+        <v>103</v>
       </c>
       <c r="D1912" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1912" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1913" spans="1:5" customFormat="false">
       <c r="A1913" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1913" s="0" t="str">
-        <v>Overname contract van TSN Thuiszorg door Stichting Familiehulp</v>
+        <v>Maandrapportages</v>
       </c>
       <c r="C1913" s="0">
-        <v>669</v>
+        <v>313</v>
       </c>
       <c r="D1913" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E1913" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1914" spans="1:5" customFormat="false">
       <c r="A1914" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1914" s="0" t="str">
-        <v xml:space="preserve">Plan van aanpak verwarde personen </v>
+        <v>informatieve bijeenkomst 3D's</v>
       </c>
       <c r="C1914" s="0">
-        <v>696</v>
+        <v>344</v>
       </c>
       <c r="D1914" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1914" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1915" spans="1:5" customFormat="false">
       <c r="A1915" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1915" s="0" t="str">
-        <v>Schuldhulpverlening</v>
+        <v xml:space="preserve">3 Decentralisaties: sociale markt en sociale kaart </v>
       </c>
       <c r="C1915" s="0">
-        <v>697</v>
+        <v>357</v>
       </c>
       <c r="D1915" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1915" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1916" spans="1:5" customFormat="false">
       <c r="A1916" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1916" s="0" t="str">
-        <v>Schuldhulpverlening</v>
+        <v>Laagdrempelige hulp bij relatieproblemen</v>
       </c>
       <c r="C1916" s="0">
-        <v>697</v>
+        <v>375</v>
       </c>
       <c r="D1916" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1916" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1917" spans="1:5" customFormat="false">
       <c r="A1917" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1917" s="0" t="str">
-        <v>Dagbesteding</v>
+        <v>Het aanbieden van beleidsregels in rubriek B.</v>
       </c>
       <c r="C1917" s="0">
-        <v>700</v>
+        <v>447</v>
       </c>
       <c r="D1917" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1917" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1918" spans="1:5" customFormat="false">
       <c r="A1918" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1918" s="0" t="str">
-        <v>Hulpverlening verwarde personen</v>
+        <v>Subsidie Maaltijd aan Huis</v>
       </c>
       <c r="C1918" s="0">
-        <v>742</v>
+        <v>471</v>
       </c>
       <c r="D1918" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1918" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1919" spans="1:5" customFormat="false">
       <c r="A1919" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1919" s="0" t="str">
-        <v>Bemoeizorg</v>
+        <v>Actualisatie Wmo-beleidsplan</v>
       </c>
       <c r="C1919" s="0">
-        <v>744</v>
+        <v>476</v>
       </c>
       <c r="D1919" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1919" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1920" spans="1:5" customFormat="false">
       <c r="A1920" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1920" s="0" t="str">
-        <v>Bemoeizorg</v>
+        <v>Sociaal Domein (reserve)</v>
       </c>
       <c r="C1920" s="0">
-        <v>744</v>
+        <v>478</v>
       </c>
       <c r="D1920" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1920" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1921" spans="1:5" customFormat="false">
       <c r="A1921" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1921" s="0" t="str">
-        <v xml:space="preserve">Verwarde personen </v>
+        <v>Jaarplan van Adviesraad Sociaal Domein</v>
       </c>
       <c r="C1921" s="0">
-        <v>785</v>
+        <v>483</v>
       </c>
       <c r="D1921" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1921" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1922" spans="1:5" customFormat="false">
       <c r="A1922" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1922" s="0" t="str">
-        <v>Participatie in sport- en cultuurfondsen voor o.a. minima</v>
+        <v>Evaluatie preventiepilot ouders met een eerste kind</v>
       </c>
       <c r="C1922" s="0">
-        <v>793</v>
+        <v>485</v>
       </c>
       <c r="D1922" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1922" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1923" spans="1:5" customFormat="false">
       <c r="A1923" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1923" s="0" t="str">
-        <v>Memo n.a.v. Jaarraportage Vertrouwenspersoon WMO, Jeugdwet e.a.</v>
+        <v>schuldhulpverlening</v>
       </c>
       <c r="C1923" s="0">
-        <v>794</v>
+        <v>561</v>
       </c>
       <c r="D1923" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1923" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1924" spans="1:5" customFormat="false">
       <c r="A1924" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1924" s="0" t="str">
-        <v>Familiegroepsplan</v>
+        <v>Rol Welzijn Barneveld richting wijkplatforms</v>
       </c>
       <c r="C1924" s="0">
-        <v>816</v>
+        <v>564</v>
       </c>
       <c r="D1924" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1924" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1925" spans="1:5" customFormat="false">
       <c r="A1925" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1925" s="0" t="str">
-        <v>Communicatie over mogelijkheden zwemles voor minima</v>
+        <v>Decentralisaties</v>
       </c>
       <c r="C1925" s="0">
-        <v>817</v>
+        <v>607</v>
       </c>
       <c r="D1925" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1925" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1926" spans="1:5" customFormat="false">
       <c r="A1926" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1926" s="0" t="str">
-        <v>Persoons gebonden budget</v>
+        <v>Overname contract van TSN Thuiszorg door Stichting Familiehulp</v>
       </c>
       <c r="C1926" s="0">
-        <v>865</v>
+        <v>669</v>
       </c>
       <c r="D1926" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1926" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1927" spans="1:5" customFormat="false">
       <c r="A1927" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1927" s="0" t="str">
-        <v>Regionale wachtlijst beschermd wonen</v>
+        <v xml:space="preserve">Plan van aanpak verwarde personen </v>
       </c>
       <c r="C1927" s="0">
-        <v>880</v>
+        <v>696</v>
       </c>
       <c r="D1927" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1927" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1928" spans="1:5" customFormat="false">
       <c r="A1928" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1928" s="0" t="str">
-        <v>Tijdelijke zorgwoningen</v>
+        <v>Schuldhulpverlening</v>
       </c>
       <c r="C1928" s="0">
-        <v>899</v>
+        <v>697</v>
       </c>
       <c r="D1928" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1928" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1929" spans="1:5" customFormat="false">
       <c r="A1929" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1929" s="0" t="str">
-        <v>Aanrijtijden ambulances</v>
+        <v>Schuldhulpverlening</v>
       </c>
       <c r="C1929" s="0">
-        <v>969</v>
+        <v>697</v>
       </c>
       <c r="D1929" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1929" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1930" spans="1:5" customFormat="false">
       <c r="A1930" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1930" s="0" t="str">
-        <v>Aanrijtijden ambulances</v>
+        <v>Dagbesteding</v>
       </c>
       <c r="C1930" s="0">
-        <v>969</v>
+        <v>700</v>
       </c>
       <c r="D1930" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1930" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1931" spans="1:5" customFormat="false">
       <c r="A1931" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1931" s="0" t="str">
-        <v>Aanrijtijden ambulances</v>
+        <v>Hulpverlening verwarde personen</v>
       </c>
       <c r="C1931" s="0">
-        <v>969</v>
+        <v>742</v>
       </c>
       <c r="D1931" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1931" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1932" spans="1:5" customFormat="false">
       <c r="A1932" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1932" s="0" t="str">
-        <v>Aanrijtijden ambulances</v>
+        <v>Bemoeizorg</v>
       </c>
       <c r="C1932" s="0">
-        <v>969</v>
+        <v>744</v>
       </c>
       <c r="D1932" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1932" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1933" spans="1:5" customFormat="false">
       <c r="A1933" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1933" s="0" t="str">
-        <v>Aanrijtijden ambulances</v>
+        <v>Bemoeizorg</v>
       </c>
       <c r="C1933" s="0">
-        <v>969</v>
+        <v>744</v>
       </c>
       <c r="D1933" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1933" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1934" spans="1:5" customFormat="false">
       <c r="A1934" s="0" t="str">
         <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1934" s="0" t="str">
-        <v>Memo Wet inburgering</v>
+        <v xml:space="preserve">Verwarde personen </v>
       </c>
       <c r="C1934" s="0">
-        <v>1083</v>
+        <v>785</v>
       </c>
       <c r="D1934" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1934" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1935" spans="1:5" customFormat="false">
       <c r="A1935" s="0" t="str">
-        <v>121  Sportstimulering</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1935" s="0" t="str">
-        <v>Tevredenheid gebruikers leszwemmen</v>
+        <v>Participatie in sport- en cultuurfondsen voor o.a. minima</v>
       </c>
       <c r="C1935" s="0">
-        <v>117</v>
+        <v>793</v>
       </c>
       <c r="D1935" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1935" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1936" spans="1:5" customFormat="false">
       <c r="A1936" s="0" t="str">
-        <v>121  Sportstimulering</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1936" s="0" t="str">
-        <v>Evaluatie Rijksregeling Impuls Brede School, sport en cultuur</v>
+        <v>Memo n.a.v. Jaarraportage Vertrouwenspersoon WMO, Jeugdwet e.a.</v>
       </c>
       <c r="C1936" s="0">
-        <v>260</v>
+        <v>794</v>
       </c>
       <c r="D1936" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1936" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1937" spans="1:5" customFormat="false">
       <c r="A1937" s="0" t="str">
-        <v>121  Sportstimulering</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1937" s="0" t="str">
-        <v>Sportgala</v>
+        <v>Familiegroepsplan</v>
       </c>
       <c r="C1937" s="0">
-        <v>702</v>
+        <v>816</v>
       </c>
       <c r="D1937" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1937" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1938" spans="1:5" customFormat="false">
       <c r="A1938" s="0" t="str">
-        <v>121  Sportstimulering</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1938" s="0" t="str">
-        <v>Notitie kosten WK damesvolleybal</v>
+        <v>Communicatie over mogelijkheden zwemles voor minima</v>
       </c>
       <c r="C1938" s="0">
-        <v>968</v>
+        <v>817</v>
       </c>
       <c r="D1938" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1938" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1939" spans="1:5" customFormat="false">
       <c r="A1939" s="0" t="str">
-        <v>121  Sportstimulering</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1939" s="0" t="str">
-        <v>Rapport onderzoek vrije tijd</v>
+        <v>Persoons gebonden budget</v>
       </c>
       <c r="C1939" s="0">
-        <v>1301</v>
+        <v>865</v>
       </c>
       <c r="D1939" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1939" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1940" spans="1:5" customFormat="false">
       <c r="A1940" s="0" t="str">
-        <v>121 Sportstimulering (Be-active en Be-creative)</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1940" s="0" t="str">
-        <v>Toegankelijkheid activiteiten Be Active</v>
+        <v>Regionale wachtlijst beschermd wonen</v>
       </c>
       <c r="C1940" s="0">
-        <v>1207</v>
+        <v>880</v>
       </c>
       <c r="D1940" s="0" t="str">
-        <v>OUD Be Active en -Creative</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1940" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1941" spans="1:5" customFormat="false">
       <c r="A1941" s="0" t="str">
-        <v xml:space="preserve">122 Sociaal-cultureel werk </v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1941" s="0" t="str">
-        <v>Subsidie Schaffelaartheater</v>
+        <v>Tijdelijke zorgwoningen</v>
       </c>
       <c r="C1941" s="0">
-        <v>480</v>
+        <v>899</v>
       </c>
       <c r="D1941" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E1941" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1942" spans="1:5" customFormat="false">
       <c r="A1942" s="0" t="str">
-        <v xml:space="preserve">122 Sociaal-cultureel werk </v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1942" s="0" t="str">
-        <v>pizza-overleg met Jongerenraad</v>
+        <v>Aanrijtijden ambulances</v>
       </c>
       <c r="C1942" s="0">
-        <v>1049</v>
+        <v>969</v>
       </c>
       <c r="D1942" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1942" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1943" spans="1:5" customFormat="false">
       <c r="A1943" s="0" t="str">
-        <v>122 Sociaal-cultureel werk (cultuur)</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1943" s="0" t="str">
-        <v>Cultuurplein</v>
+        <v>Aanrijtijden ambulances</v>
       </c>
       <c r="C1943" s="0">
-        <v>1052</v>
+        <v>969</v>
       </c>
       <c r="D1943" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1943" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1944" spans="1:5" customFormat="false">
       <c r="A1944" s="0" t="str">
-        <v>123 Volksgezondheid en preventie</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1944" s="0" t="str">
-        <v>Beleid sport / onderwijs / jeugd</v>
+        <v>Aanrijtijden ambulances</v>
       </c>
       <c r="C1944" s="0">
-        <v>567</v>
+        <v>969</v>
       </c>
       <c r="D1944" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1944" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1945" spans="1:5" customFormat="false">
       <c r="A1945" s="0" t="str">
-        <v>123 Volksgezondheid en preventie</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1945" s="0" t="str">
-        <v xml:space="preserve">Aanpak kwetsbare jongeren </v>
+        <v>Aanrijtijden ambulances</v>
       </c>
       <c r="C1945" s="0">
-        <v>783</v>
+        <v>969</v>
       </c>
       <c r="D1945" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1945" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1946" spans="1:5" customFormat="false">
       <c r="A1946" s="0" t="str">
-        <v>123 Volksgezondheid en preventie</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1946" s="0" t="str">
-        <v>huisartsenpost/apotheek</v>
+        <v>Aanrijtijden ambulances</v>
       </c>
       <c r="C1946" s="0">
-        <v>1100</v>
+        <v>969</v>
       </c>
       <c r="D1946" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1946" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1947" spans="1:5" customFormat="false">
       <c r="A1947" s="0" t="str">
-        <v>123 Volksgezondheid en preventie</v>
+        <v>113 Maatschappeljike zorg</v>
       </c>
       <c r="B1947" s="0" t="str">
-        <v>Onderzoek Vrije Tijd</v>
+        <v>Memo Wet inburgering</v>
       </c>
       <c r="C1947" s="0">
-        <v>1272</v>
+        <v>1083</v>
       </c>
       <c r="D1947" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1947" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1948" spans="1:5" customFormat="false">
       <c r="A1948" s="0" t="str">
-        <v>123 Volksgezondheid en preventie</v>
+        <v>121  Sportstimulering</v>
       </c>
       <c r="B1948" s="0" t="str">
-        <v>Schadelijke effecten vapen</v>
+        <v>Tevredenheid gebruikers leszwemmen</v>
       </c>
       <c r="C1948" s="0">
-        <v>1283</v>
+        <v>117</v>
       </c>
       <c r="D1948" s="0" t="str">
-        <v>Team Beleid (Samenleving)</v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1948" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1949" spans="1:5" customFormat="false">
       <c r="A1949" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>121  Sportstimulering</v>
       </c>
       <c r="B1949" s="0" t="str">
-        <v>Debiteurenbeheer WZI</v>
+        <v>Evaluatie Rijksregeling Impuls Brede School, sport en cultuur</v>
       </c>
       <c r="C1949" s="0">
-        <v>106</v>
+        <v>260</v>
       </c>
       <c r="D1949" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E1949" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1950" spans="1:5" customFormat="false">
       <c r="A1950" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>121  Sportstimulering</v>
       </c>
       <c r="B1950" s="0" t="str">
-        <v>Notitie nadelig saldo bijstand regulier en zelfstandigen</v>
+        <v>Sportgala</v>
       </c>
       <c r="C1950" s="0">
-        <v>115</v>
+        <v>702</v>
       </c>
       <c r="D1950" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1950" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1951" spans="1:5" customFormat="false">
       <c r="A1951" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>121  Sportstimulering</v>
       </c>
       <c r="B1951" s="0" t="str">
-        <v>Bezuinigingen voor 2015, leenbijstand</v>
+        <v>Notitie kosten WK damesvolleybal</v>
       </c>
       <c r="C1951" s="0">
-        <v>250</v>
+        <v>968</v>
       </c>
       <c r="D1951" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1951" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1952" spans="1:5" customFormat="false">
       <c r="A1952" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>121  Sportstimulering</v>
       </c>
       <c r="B1952" s="0" t="str">
-        <v>Armoedebeleid</v>
+        <v>Rapport onderzoek vrije tijd</v>
       </c>
       <c r="C1952" s="0">
-        <v>307</v>
+        <v>1301</v>
       </c>
       <c r="D1952" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1952" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1953" spans="1:5" customFormat="false">
       <c r="A1953" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>121 Sportstimulering (Be-active en Be-creative)</v>
       </c>
       <c r="B1953" s="0" t="str">
-        <v>Tegenprestatie</v>
+        <v>Toegankelijkheid activiteiten Be Active</v>
       </c>
       <c r="C1953" s="0">
-        <v>372</v>
+        <v>1207</v>
       </c>
       <c r="D1953" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>OUD Be Active en -Creative</v>
       </c>
       <c r="E1953" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1954" spans="1:5" customFormat="false">
       <c r="A1954" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v xml:space="preserve">122 Sociaal-cultureel werk </v>
       </c>
       <c r="B1954" s="0" t="str">
-        <v>Vangnet/ondersteuning zzp'ers</v>
+        <v>Subsidie Schaffelaartheater</v>
       </c>
       <c r="C1954" s="0">
-        <v>560</v>
+        <v>480</v>
       </c>
       <c r="D1954" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1954" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1955" spans="1:5" customFormat="false">
       <c r="A1955" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v xml:space="preserve">122 Sociaal-cultureel werk </v>
       </c>
       <c r="B1955" s="0" t="str">
-        <v>Ziektekostenverzekering</v>
+        <v>pizza-overleg met Jongerenraad</v>
       </c>
       <c r="C1955" s="0">
-        <v>624</v>
+        <v>1049</v>
       </c>
       <c r="D1955" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1955" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1956" spans="1:5" customFormat="false">
       <c r="A1956" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>122 Sociaal-cultureel werk (cultuur)</v>
       </c>
       <c r="B1956" s="0" t="str">
-        <v>Ziektekostenverzekering</v>
+        <v>Cultuurplein</v>
       </c>
       <c r="C1956" s="0">
-        <v>624</v>
+        <v>1052</v>
       </c>
       <c r="D1956" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1956" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1957" spans="1:5" customFormat="false">
       <c r="A1957" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B1957" s="0" t="str">
-        <v>Minima effect rapportage</v>
+        <v>Beleid sport / onderwijs / jeugd</v>
       </c>
       <c r="C1957" s="0">
-        <v>822</v>
+        <v>567</v>
       </c>
       <c r="D1957" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1957" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1958" spans="1:5" customFormat="false">
       <c r="A1958" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B1958" s="0" t="str">
-        <v>Regeling Kansen voor alle kinderen</v>
+        <v xml:space="preserve">Aanpak kwetsbare jongeren </v>
       </c>
       <c r="C1958" s="0">
-        <v>823</v>
+        <v>783</v>
       </c>
       <c r="D1958" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1958" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1959" spans="1:5" customFormat="false">
       <c r="A1959" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B1959" s="0" t="str">
-        <v>armoede in gezinnen</v>
+        <v>huisartsenpost/apotheek</v>
       </c>
       <c r="C1959" s="0">
-        <v>942</v>
+        <v>1100</v>
       </c>
       <c r="D1959" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1959" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1960" spans="1:5" customFormat="false">
       <c r="A1960" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B1960" s="0" t="str">
-        <v>Memo wijzigingen bijstandsbestand</v>
+        <v>Onderzoek Vrije Tijd</v>
       </c>
       <c r="C1960" s="0">
-        <v>967</v>
+        <v>1272</v>
       </c>
       <c r="D1960" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1960" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1961" spans="1:5" customFormat="false">
       <c r="A1961" s="0" t="str">
-        <v>131 Inkomensvoorziening</v>
+        <v>123 Volksgezondheid en preventie</v>
       </c>
       <c r="B1961" s="0" t="str">
-        <v>Opties vergoeding identiteitsbewijzen betrekken bij herijken minimaregelingen</v>
+        <v>Schadelijke effecten vapen</v>
       </c>
       <c r="C1961" s="0">
-        <v>1182</v>
+        <v>1283</v>
       </c>
       <c r="D1961" s="0" t="str">
         <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1961" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1962" spans="1:5" customFormat="false">
       <c r="A1962" s="0" t="str">
-        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B1962" s="0" t="str">
-        <v>Permar: procesmemo</v>
+        <v>Debiteurenbeheer WZI</v>
       </c>
       <c r="C1962" s="0">
-        <v>503</v>
+        <v>106</v>
       </c>
       <c r="D1962" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1962" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1963" spans="1:5" customFormat="false">
       <c r="A1963" s="0" t="str">
-        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B1963" s="0" t="str">
-        <v>Memo Permar (n.a.v. de behandeling van het raadsvoorstel Positie Permar, 2.)</v>
+        <v>Notitie nadelig saldo bijstand regulier en zelfstandigen</v>
       </c>
       <c r="C1963" s="0">
-        <v>676</v>
+        <v>115</v>
       </c>
       <c r="D1963" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1963" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1964" spans="1:5" customFormat="false">
       <c r="A1964" s="0" t="str">
-        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B1964" s="0" t="str">
-        <v>Memo Permar (n.a.v. de behandeling van het raadsvoorstel Positie Permar, 2.)</v>
+        <v>Bezuinigingen voor 2015, leenbijstand</v>
       </c>
       <c r="C1964" s="0">
-        <v>676</v>
+        <v>250</v>
       </c>
       <c r="D1964" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1964" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1965" spans="1:5" customFormat="false">
       <c r="A1965" s="0" t="str">
-        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B1965" s="0" t="str">
-        <v>Beschut werk</v>
+        <v>Armoedebeleid</v>
       </c>
       <c r="C1965" s="0">
-        <v>808</v>
+        <v>307</v>
       </c>
       <c r="D1965" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1965" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1966" spans="1:5" customFormat="false">
       <c r="A1966" s="0" t="str">
-        <v>211 Promotie economie (incl. glasvezel)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B1966" s="0" t="str">
-        <v>Pilot breedband buitengebied</v>
+        <v>Tegenprestatie</v>
       </c>
       <c r="C1966" s="0">
-        <v>323</v>
+        <v>372</v>
       </c>
       <c r="D1966" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1966" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1967" spans="1:5" customFormat="false">
       <c r="A1967" s="0" t="str">
-        <v>211 Promotie economie (incl. glasvezel)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B1967" s="0" t="str">
-        <v>Besteding gelden economische zaken</v>
+        <v>Vangnet/ondersteuning zzp'ers</v>
       </c>
       <c r="C1967" s="0">
-        <v>373</v>
+        <v>560</v>
       </c>
       <c r="D1967" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1967" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1968" spans="1:5" customFormat="false">
       <c r="A1968" s="0" t="str">
-        <v>211 Promotie economie (incl. glasvezel)</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B1968" s="0" t="str">
-        <v>Dorpsmarketing</v>
+        <v>Ziektekostenverzekering</v>
       </c>
       <c r="C1968" s="0">
-        <v>559</v>
+        <v>624</v>
       </c>
       <c r="D1968" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1968" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1969" spans="1:5" customFormat="false">
       <c r="A1969" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B1969" s="0" t="str">
-        <v>Leegstand kantoren</v>
+        <v>Ziektekostenverzekering</v>
       </c>
       <c r="C1969" s="0">
-        <v>370</v>
+        <v>624</v>
       </c>
       <c r="D1969" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1969" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1970" spans="1:5" customFormat="false">
       <c r="A1970" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B1970" s="0" t="str">
-        <v>Detailhandelsvisie Voorthuizen</v>
+        <v>Minima effect rapportage</v>
       </c>
       <c r="C1970" s="0">
-        <v>452</v>
+        <v>822</v>
       </c>
       <c r="D1970" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1970" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1971" spans="1:5" customFormat="false">
       <c r="A1971" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B1971" s="0" t="str">
-        <v>Internationaal beleid</v>
+        <v>Regeling Kansen voor alle kinderen</v>
       </c>
       <c r="C1971" s="0">
-        <v>512</v>
+        <v>823</v>
       </c>
       <c r="D1971" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1971" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1972" spans="1:5" customFormat="false">
       <c r="A1972" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B1972" s="0" t="str">
-        <v>Breedband</v>
+        <v>armoede in gezinnen</v>
       </c>
       <c r="C1972" s="0">
-        <v>627</v>
+        <v>942</v>
       </c>
       <c r="D1972" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1972" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1973" spans="1:5" customFormat="false">
       <c r="A1973" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B1973" s="0" t="str">
-        <v>Internationaal beleid</v>
+        <v>Memo wijzigingen bijstandsbestand</v>
       </c>
       <c r="C1973" s="0">
-        <v>665</v>
+        <v>967</v>
       </c>
       <c r="D1973" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1973" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1974" spans="1:5" customFormat="false">
       <c r="A1974" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>131 Inkomensvoorziening</v>
       </c>
       <c r="B1974" s="0" t="str">
-        <v>Overleg met BIK</v>
+        <v>Opties vergoeding identiteitsbewijzen betrekken bij herijken minimaregelingen</v>
       </c>
       <c r="C1974" s="0">
-        <v>732</v>
+        <v>1182</v>
       </c>
       <c r="D1974" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Beleid (Samenleving)</v>
       </c>
       <c r="E1974" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="1975" spans="1:5" customFormat="false">
       <c r="A1975" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B1975" s="0" t="str">
-        <v>Overleg raad met de BIK</v>
+        <v>Permar: procesmemo</v>
       </c>
       <c r="C1975" s="0">
-        <v>733</v>
+        <v>503</v>
       </c>
       <c r="D1975" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1975" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1976" spans="1:5" customFormat="false">
       <c r="A1976" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B1976" s="0" t="str">
-        <v>Regionaal Programma Werklocaties</v>
+        <v>Memo Permar (n.a.v. de behandeling van het raadsvoorstel Positie Permar, 2.)</v>
       </c>
       <c r="C1976" s="0">
-        <v>743</v>
+        <v>676</v>
       </c>
       <c r="D1976" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1976" s="0" t="str">
         <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1977" spans="1:5" customFormat="false">
       <c r="A1977" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B1977" s="0" t="str">
-        <v>Leegstand kantoorpanden</v>
+        <v>Memo Permar (n.a.v. de behandeling van het raadsvoorstel Positie Permar, 2.)</v>
       </c>
       <c r="C1977" s="0">
-        <v>847</v>
+        <v>676</v>
       </c>
       <c r="D1977" s="0" t="str">
-        <v>Team EZ</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1977" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1978" spans="1:5" customFormat="false">
       <c r="A1978" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>132 Voorzieningen inwoners met een beperking (sociale werkvoorziening)</v>
       </c>
       <c r="B1978" s="0" t="str">
-        <v>Tussentijdse rapportage internationaal beleid</v>
+        <v>Beschut werk</v>
       </c>
       <c r="C1978" s="0">
-        <v>850</v>
+        <v>808</v>
       </c>
       <c r="D1978" s="0" t="str">
-        <v>Team EZ</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E1978" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1979" spans="1:5" customFormat="false">
       <c r="A1979" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B1979" s="0" t="str">
-        <v>Plan van aanpak verbeterpunten MKB</v>
+        <v>Pilot breedband buitengebied</v>
       </c>
       <c r="C1979" s="0">
-        <v>953</v>
+        <v>323</v>
       </c>
       <c r="D1979" s="0" t="str">
-        <v>Team EZ</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1979" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1980" spans="1:5" customFormat="false">
       <c r="A1980" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B1980" s="0" t="str">
-        <v xml:space="preserve">Memo recreatiezonering </v>
+        <v>Besteding gelden economische zaken</v>
       </c>
       <c r="C1980" s="0">
-        <v>1006</v>
+        <v>373</v>
       </c>
       <c r="D1980" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1980" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1981" spans="1:5" customFormat="false">
       <c r="A1981" s="0" t="str">
-        <v>221 Economisch structuurbeleid</v>
+        <v>211 Promotie economie (incl. glasvezel)</v>
       </c>
       <c r="B1981" s="0" t="str">
-        <v xml:space="preserve">Memo recreatiezonering </v>
+        <v>Dorpsmarketing</v>
       </c>
       <c r="C1981" s="0">
-        <v>1006</v>
+        <v>559</v>
       </c>
       <c r="D1981" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1981" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1982" spans="1:5" customFormat="false">
       <c r="A1982" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1982" s="0" t="str">
-        <v xml:space="preserve">Memo recreatiezonering </v>
+        <v>Leegstand kantoren</v>
       </c>
       <c r="C1982" s="0">
-        <v>1006</v>
+        <v>370</v>
       </c>
       <c r="D1982" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1982" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1983" spans="1:5" customFormat="false">
       <c r="A1983" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1983" s="0" t="str">
-        <v xml:space="preserve">Memo recreatiezonering </v>
+        <v>Detailhandelsvisie Voorthuizen</v>
       </c>
       <c r="C1983" s="0">
-        <v>1006</v>
+        <v>452</v>
       </c>
       <c r="D1983" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1983" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1984" spans="1:5" customFormat="false">
       <c r="A1984" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1984" s="0" t="str">
-        <v>heffing voor verlenging sluitingsuur</v>
+        <v>Internationaal beleid</v>
       </c>
       <c r="C1984" s="0">
-        <v>1046</v>
+        <v>512</v>
       </c>
       <c r="D1984" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1984" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1985" spans="1:5" customFormat="false">
       <c r="A1985" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1985" s="0" t="str">
-        <v>1,5 meter regeling Groningen</v>
+        <v>Breedband</v>
       </c>
       <c r="C1985" s="0">
-        <v>1047</v>
+        <v>627</v>
       </c>
       <c r="D1985" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E1985" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1986" spans="1:5" customFormat="false">
       <c r="A1986" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1986" s="0" t="str">
-        <v>toekomstperspectief na corona</v>
+        <v>Internationaal beleid</v>
       </c>
       <c r="C1986" s="0">
-        <v>1048</v>
+        <v>665</v>
       </c>
       <c r="D1986" s="0" t="str">
-        <v>Team EZ</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1986" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1987" spans="1:5" customFormat="false">
       <c r="A1987" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1987" s="0" t="str">
-        <v>Dorpsplannen</v>
+        <v>Overleg met BIK</v>
       </c>
       <c r="C1987" s="0">
-        <v>1211</v>
+        <v>732</v>
       </c>
       <c r="D1987" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1987" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1988" spans="1:5" customFormat="false">
       <c r="A1988" s="0" t="str">
         <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1988" s="0" t="str">
-        <v>Dorpsplannen</v>
+        <v>Overleg raad met de BIK</v>
       </c>
       <c r="C1988" s="0">
-        <v>1211</v>
+        <v>733</v>
       </c>
       <c r="D1988" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1988" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1989" spans="1:5" customFormat="false">
       <c r="A1989" s="0" t="str">
-        <v>221 Economisch structuurbeleid (markten)</v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1989" s="0" t="str">
-        <v>Kleindierenmarkt</v>
+        <v>Regionaal Programma Werklocaties</v>
       </c>
       <c r="C1989" s="0">
-        <v>976</v>
+        <v>743</v>
       </c>
       <c r="D1989" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1989" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="1990" spans="1:5" customFormat="false">
       <c r="A1990" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1990" s="0" t="str">
-        <v xml:space="preserve">Grondexploitatie </v>
+        <v>Leegstand kantoorpanden</v>
       </c>
       <c r="C1990" s="0">
-        <v>345</v>
+        <v>847</v>
       </c>
       <c r="D1990" s="0" t="str">
-        <v xml:space="preserve">OUD Directie </v>
+        <v>Team EZ</v>
       </c>
       <c r="E1990" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1991" spans="1:5" customFormat="false">
       <c r="A1991" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1991" s="0" t="str">
-        <v>Bedrijventerrein Stroe en Terschuur</v>
+        <v>Tussentijdse rapportage internationaal beleid</v>
       </c>
       <c r="C1991" s="0">
-        <v>369</v>
+        <v>850</v>
       </c>
       <c r="D1991" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team EZ</v>
       </c>
       <c r="E1991" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1992" spans="1:5" customFormat="false">
       <c r="A1992" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1992" s="0" t="str">
-        <v>In grexen afwaarderingen en getroffen voorzieningen zichtbaar houden</v>
+        <v>Plan van aanpak verbeterpunten MKB</v>
       </c>
       <c r="C1992" s="0">
-        <v>493</v>
+        <v>953</v>
       </c>
       <c r="D1992" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team EZ</v>
       </c>
       <c r="E1992" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="1993" spans="1:5" customFormat="false">
       <c r="A1993" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1993" s="0" t="str">
-        <v>Inzicht in boekwaarde NIEGG</v>
+        <v xml:space="preserve">Memo recreatiezonering </v>
       </c>
       <c r="C1993" s="0">
-        <v>495</v>
+        <v>1006</v>
       </c>
       <c r="D1993" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1993" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1994" spans="1:5" customFormat="false">
       <c r="A1994" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1994" s="0" t="str">
-        <v xml:space="preserve">Overeenkomst met Medisch Centrum De Burgt over parkeerplekken </v>
+        <v xml:space="preserve">Memo recreatiezonering </v>
       </c>
       <c r="C1994" s="0">
-        <v>664</v>
+        <v>1006</v>
       </c>
       <c r="D1994" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1994" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1995" spans="1:5" customFormat="false">
       <c r="A1995" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1995" s="0" t="str">
-        <v>Verkoop bedrijventerrein d.m.v. erfpacht</v>
+        <v xml:space="preserve">Memo recreatiezonering </v>
       </c>
       <c r="C1995" s="0">
-        <v>810</v>
+        <v>1006</v>
       </c>
       <c r="D1995" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1995" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1996" spans="1:5" customFormat="false">
       <c r="A1996" s="0" t="str">
-        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1996" s="0" t="str">
-        <v>Verplaatsing bedrijven centrum Stroe naar bedrijventerrein</v>
+        <v xml:space="preserve">Memo recreatiezonering </v>
       </c>
       <c r="C1996" s="0">
-        <v>1292</v>
+        <v>1006</v>
       </c>
       <c r="D1996" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E1996" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1997" spans="1:5" customFormat="false">
       <c r="A1997" s="0" t="str">
-        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1997" s="0" t="str">
-        <v>Verbindingsweg Wesselseweg - Hanzeweg</v>
+        <v>heffing voor verlenging sluitingsuur</v>
       </c>
       <c r="C1997" s="0">
-        <v>322</v>
+        <v>1046</v>
       </c>
       <c r="D1997" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1997" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1998" spans="1:5" customFormat="false">
       <c r="A1998" s="0" t="str">
-        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1998" s="0" t="str">
-        <v>Notitie met ontwikkelscenario's (incl. financiële consequenties) Columbizpark.</v>
+        <v>1,5 meter regeling Groningen</v>
       </c>
       <c r="C1998" s="0">
-        <v>444</v>
+        <v>1047</v>
       </c>
       <c r="D1998" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E1998" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="1999" spans="1:5" customFormat="false">
       <c r="A1999" s="0" t="str">
-        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B1999" s="0" t="str">
-        <v>Columbizpark</v>
+        <v>toekomstperspectief na corona</v>
       </c>
       <c r="C1999" s="0">
-        <v>449</v>
+        <v>1048</v>
       </c>
       <c r="D1999" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team EZ</v>
       </c>
       <c r="E1999" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2000" spans="1:5" customFormat="false">
       <c r="A2000" s="0" t="str">
-        <v>222 Grex bedrijventerreinen (Harselaar West-West, De Briellaerd-Noord, Midden Nederland Hallen) tot juni 2022</v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B2000" s="0" t="str">
-        <v>Thorbeckelaan-Zuid</v>
+        <v>Dorpsplannen</v>
       </c>
       <c r="C2000" s="0">
-        <v>448</v>
+        <v>1211</v>
       </c>
       <c r="D2000" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E2000" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2001" spans="1:5" customFormat="false">
       <c r="A2001" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v>221 Economisch structuurbeleid</v>
       </c>
       <c r="B2001" s="0" t="str">
-        <v>Situatie Burgtscholen Nederwoudseweg (Evaluatie Uitvoering GVVP)</v>
+        <v>Dorpsplannen</v>
       </c>
       <c r="C2001" s="0">
-        <v>81</v>
+        <v>1211</v>
       </c>
       <c r="D2001" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E2001" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2002" spans="1:5" customFormat="false">
       <c r="A2002" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v>221 Economisch structuurbeleid (markten)</v>
       </c>
       <c r="B2002" s="0" t="str">
-        <v>Fietsoversteek Lunterseweg (Evaluatie Uitvoering GVVP)</v>
+        <v>Kleindierenmarkt</v>
       </c>
       <c r="C2002" s="0">
-        <v>82</v>
+        <v>976</v>
       </c>
       <c r="D2002" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2002" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2003" spans="1:5" customFormat="false">
       <c r="A2003" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B2003" s="0" t="str">
-        <v>verkeersveiligheid Valkseweg (Evaluatie Uitvoering GVVP)</v>
+        <v xml:space="preserve">Grondexploitatie </v>
       </c>
       <c r="C2003" s="0">
-        <v>83</v>
+        <v>345</v>
       </c>
       <c r="D2003" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Directie </v>
       </c>
       <c r="E2003" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2004" spans="1:5" customFormat="false">
       <c r="A2004" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B2004" s="0" t="str">
-        <v>Raadsvoorstel visie op snelfietsroute</v>
+        <v>Bedrijventerrein Stroe en Terschuur</v>
       </c>
       <c r="C2004" s="0">
-        <v>102</v>
+        <v>369</v>
       </c>
       <c r="D2004" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2004" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2005" spans="1:5" customFormat="false">
       <c r="A2005" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B2005" s="0" t="str">
-        <v>Onttrekking aan openbaar verkeer fietspad Zeumeren</v>
+        <v>In grexen afwaarderingen en getroffen voorzieningen zichtbaar houden</v>
       </c>
       <c r="C2005" s="0">
-        <v>104</v>
+        <v>493</v>
       </c>
       <c r="D2005" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2005" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2006" spans="1:5" customFormat="false">
       <c r="A2006" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B2006" s="0" t="str">
-        <v>Attendering rotonde Van Lodensteincollege</v>
+        <v>Inzicht in boekwaarde NIEGG</v>
       </c>
       <c r="C2006" s="0">
-        <v>113</v>
+        <v>495</v>
       </c>
       <c r="D2006" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2006" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2007" spans="1:5" customFormat="false">
       <c r="A2007" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B2007" s="0" t="str">
-        <v>Verkeersafwikkeling BP Vlasbekje</v>
+        <v xml:space="preserve">Overeenkomst met Medisch Centrum De Burgt over parkeerplekken </v>
       </c>
       <c r="C2007" s="0">
-        <v>157</v>
+        <v>664</v>
       </c>
       <c r="D2007" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2007" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2008" spans="1:5" customFormat="false">
       <c r="A2008" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B2008" s="0" t="str">
-        <v xml:space="preserve">Toevoeging snelfietspad in Gebiedsvisie </v>
+        <v>Verkoop bedrijventerrein d.m.v. erfpacht</v>
       </c>
       <c r="C2008" s="0">
-        <v>256</v>
+        <v>810</v>
       </c>
       <c r="D2008" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E2008" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2009" spans="1:5" customFormat="false">
       <c r="A2009" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v xml:space="preserve">222 Grex bedrijventerreinen (Grondbeleid, Harselaar) </v>
       </c>
       <c r="B2009" s="0" t="str">
-        <v>Verkeersveiligheid/fietsroute Lunterseweg-Hertespoor</v>
+        <v>Verplaatsing bedrijven centrum Stroe naar bedrijventerrein</v>
       </c>
       <c r="C2009" s="0">
-        <v>304</v>
+        <v>1292</v>
       </c>
       <c r="D2009" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E2009" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2010" spans="1:5" customFormat="false">
       <c r="A2010" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
       </c>
       <c r="B2010" s="0" t="str">
-        <v>Overname beheer Stationsweg</v>
+        <v>Verbindingsweg Wesselseweg - Hanzeweg</v>
       </c>
       <c r="C2010" s="0">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D2010" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2010" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2011" spans="1:5" customFormat="false">
       <c r="A2011" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
       </c>
       <c r="B2011" s="0" t="str">
-        <v>Ruimtelijke visie Centrumplan fase II: Burgemeester Kuntzelaan</v>
+        <v>Notitie met ontwikkelscenario's (incl. financiële consequenties) Columbizpark.</v>
       </c>
       <c r="C2011" s="0">
-        <v>350</v>
+        <v>444</v>
       </c>
       <c r="D2011" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E2011" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2012" spans="1:5" customFormat="false">
       <c r="A2012" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v>222 Grex bedrijventerreinen (Harselaar Centraal, Thorbeckelaan-Zuid)</v>
       </c>
       <c r="B2012" s="0" t="str">
-        <v>Ruimtelijke visie Centrumplan fase II: Burgemeester Kuntzelaan</v>
+        <v>Columbizpark</v>
       </c>
       <c r="C2012" s="0">
-        <v>355</v>
+        <v>449</v>
       </c>
       <c r="D2012" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E2012" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2013" spans="1:5" customFormat="false">
       <c r="A2013" s="0" t="str">
-        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
+        <v>222 Grex bedrijventerreinen (Harselaar West-West, De Briellaerd-Noord, Midden Nederland Hallen) tot juni 2022</v>
       </c>
       <c r="B2013" s="0" t="str">
-        <v>Verkeersveiligheidmonitor 2013: evaluatie 60 km zone en rotonde Lunterseweg</v>
+        <v>Thorbeckelaan-Zuid</v>
       </c>
       <c r="C2013" s="0">
-        <v>434</v>
+        <v>448</v>
       </c>
       <c r="D2013" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E2013" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2014" spans="1:5" customFormat="false">
       <c r="A2014" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2014" s="0" t="str">
-        <v>Bomen fietspad fietspad Scherpenzeelsweg (tussen Lodestein College - Intratuin)</v>
+        <v>Situatie Burgtscholen Nederwoudseweg (Evaluatie Uitvoering GVVP)</v>
       </c>
       <c r="C2014" s="0">
-        <v>435</v>
+        <v>81</v>
       </c>
       <c r="D2014" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2014" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2015" spans="1:5" customFormat="false">
       <c r="A2015" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2015" s="0" t="str">
-        <v>Verlichting oostelijke omleiding van Veller/Hoenderlaan</v>
+        <v>Fietsoversteek Lunterseweg (Evaluatie Uitvoering GVVP)</v>
       </c>
       <c r="C2015" s="0">
-        <v>436</v>
+        <v>82</v>
       </c>
       <c r="D2015" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2015" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2016" spans="1:5" customFormat="false">
       <c r="A2016" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2016" s="0" t="str">
-        <v>Snelheidsregime Eendrachtstraat</v>
+        <v>verkeersveiligheid Valkseweg (Evaluatie Uitvoering GVVP)</v>
       </c>
       <c r="C2016" s="0">
-        <v>437</v>
+        <v>83</v>
       </c>
       <c r="D2016" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2016" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2017" spans="1:5" customFormat="false">
       <c r="A2017" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2017" s="0" t="str">
-        <v xml:space="preserve">Fietspad RGV recreatieterrein Zeumeren </v>
+        <v>Raadsvoorstel visie op snelfietsroute</v>
       </c>
       <c r="C2017" s="0">
-        <v>438</v>
+        <v>102</v>
       </c>
       <c r="D2017" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2017" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2018" spans="1:5" customFormat="false">
       <c r="A2018" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2018" s="0" t="str">
-        <v>Gemeentelijk Verkeer- en Vervoerplan 2015-2018 (GVVP)</v>
+        <v>Onttrekking aan openbaar verkeer fietspad Zeumeren</v>
       </c>
       <c r="C2018" s="0">
-        <v>439</v>
+        <v>104</v>
       </c>
       <c r="D2018" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2018" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2019" spans="1:5" customFormat="false">
       <c r="A2019" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2019" s="0" t="str">
-        <v xml:space="preserve">Visie op snelfietsroute/ rotonde op kruising Drostendijk/Van Zuijlen van Nieveltlaan </v>
+        <v>Attendering rotonde Van Lodensteincollege</v>
       </c>
       <c r="C2019" s="0">
-        <v>469</v>
+        <v>113</v>
       </c>
       <c r="D2019" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2019" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2020" spans="1:5" customFormat="false">
       <c r="A2020" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2020" s="0" t="str">
-        <v>vervoer (lobby's t.a.v. bereikbaarheid)</v>
+        <v>Verkeersafwikkeling BP Vlasbekje</v>
       </c>
       <c r="C2020" s="0">
-        <v>477</v>
+        <v>157</v>
       </c>
       <c r="D2020" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2020" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2021" spans="1:5" customFormat="false">
       <c r="A2021" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2021" s="0" t="str">
-        <v xml:space="preserve">Verbeterplan Burgemeester Kuntzelaan </v>
+        <v xml:space="preserve">Toevoeging snelfietspad in Gebiedsvisie </v>
       </c>
       <c r="C2021" s="0">
-        <v>482</v>
+        <v>256</v>
       </c>
       <c r="D2021" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2021" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2022" spans="1:5" customFormat="false">
       <c r="A2022" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2022" s="0" t="str">
-        <v>Fietsveiligheid Burg. Kuntzelaan</v>
+        <v>Verkeersveiligheid/fietsroute Lunterseweg-Hertespoor</v>
       </c>
       <c r="C2022" s="0">
-        <v>501</v>
+        <v>304</v>
       </c>
       <c r="D2022" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2022" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2023" spans="1:5" customFormat="false">
       <c r="A2023" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2023" s="0" t="str">
-        <v>Fietsroute Barneveld Zuid</v>
+        <v>Overname beheer Stationsweg</v>
       </c>
       <c r="C2023" s="0">
-        <v>593</v>
+        <v>321</v>
       </c>
       <c r="D2023" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E2023" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2024" spans="1:5" customFormat="false">
       <c r="A2024" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2024" s="0" t="str">
-        <v>Fietsroute Barneveld Zuid</v>
+        <v>Ruimtelijke visie Centrumplan fase II: Burgemeester Kuntzelaan</v>
       </c>
       <c r="C2024" s="0">
-        <v>593</v>
+        <v>350</v>
       </c>
       <c r="D2024" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2024" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2025" spans="1:5" customFormat="false">
       <c r="A2025" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2025" s="0" t="str">
-        <v>Verkeersveiligheid fietspad Limburg van Stirumlaan</v>
+        <v>Ruimtelijke visie Centrumplan fase II: Burgemeester Kuntzelaan</v>
       </c>
       <c r="C2025" s="0">
-        <v>617</v>
+        <v>355</v>
       </c>
       <c r="D2025" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2025" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2026" spans="1:5" customFormat="false">
       <c r="A2026" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2026" s="0" t="str">
-        <v>Procesmemo ontsluitingsplan infrastructuur Thorbeckelaan/Schoutenstraat</v>
+        <v>Verkeersveiligheidmonitor 2013: evaluatie 60 km zone en rotonde Lunterseweg</v>
       </c>
       <c r="C2026" s="0">
-        <v>651</v>
+        <v>434</v>
       </c>
       <c r="D2026" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2026" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2027" spans="1:5" customFormat="false">
       <c r="A2027" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2027" s="0" t="str">
-        <v>Pendelbussen en stationsfietsen</v>
+        <v>Bomen fietspad fietspad Scherpenzeelsweg (tussen Lodestein College - Intratuin)</v>
       </c>
       <c r="C2027" s="0">
-        <v>704</v>
+        <v>435</v>
       </c>
       <c r="D2027" s="0" t="str">
-        <v>Team EZ</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2027" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2028" spans="1:5" customFormat="false">
       <c r="A2028" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2028" s="0" t="str">
-        <v>fietsparkeerplan</v>
+        <v>Verlichting oostelijke omleiding van Veller/Hoenderlaan</v>
       </c>
       <c r="C2028" s="0">
-        <v>707</v>
+        <v>436</v>
       </c>
       <c r="D2028" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2028" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2029" spans="1:5" customFormat="false">
       <c r="A2029" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2029" s="0" t="str">
-        <v>Rechstreekse ontsluiting Thorbeckelaan</v>
+        <v>Snelheidsregime Eendrachtstraat</v>
       </c>
       <c r="C2029" s="0">
-        <v>709</v>
+        <v>437</v>
       </c>
       <c r="D2029" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2029" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2030" spans="1:5" customFormat="false">
       <c r="A2030" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2030" s="0" t="str">
-        <v>Straatverlichting in nieuwbouwwijken</v>
+        <v xml:space="preserve">Fietspad RGV recreatieterrein Zeumeren </v>
       </c>
       <c r="C2030" s="0">
-        <v>857</v>
+        <v>438</v>
       </c>
       <c r="D2030" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2030" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2031" spans="1:5" customFormat="false">
       <c r="A2031" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2031" s="0" t="str">
-        <v>Ovatonde bij Pluimveemuseum</v>
+        <v>Gemeentelijk Verkeer- en Vervoerplan 2015-2018 (GVVP)</v>
       </c>
       <c r="C2031" s="0">
-        <v>875</v>
+        <v>439</v>
       </c>
       <c r="D2031" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2031" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2032" spans="1:5" customFormat="false">
       <c r="A2032" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2032" s="0" t="str">
-        <v xml:space="preserve">tweerichtingenfietsverkeer rotonde De Punt </v>
+        <v xml:space="preserve">Visie op snelfietsroute/ rotonde op kruising Drostendijk/Van Zuijlen van Nieveltlaan </v>
       </c>
       <c r="C2032" s="0">
-        <v>981</v>
+        <v>469</v>
       </c>
       <c r="D2032" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2032" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2033" spans="1:5" customFormat="false">
       <c r="A2033" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2033" s="0" t="str">
-        <v>groenvoorziening Voortse/Zeeuwse Ring rondweg Voorthuizen</v>
+        <v>vervoer (lobby's t.a.v. bereikbaarheid)</v>
       </c>
       <c r="C2033" s="0">
-        <v>1028</v>
+        <v>477</v>
       </c>
       <c r="D2033" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2033" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2034" spans="1:5" customFormat="false">
       <c r="A2034" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2034" s="0" t="str">
-        <v>Plan van Aanpak uitvoering maatregelen Thorbeckelaan Bloemendaallaan</v>
+        <v xml:space="preserve">Verbeterplan Burgemeester Kuntzelaan </v>
       </c>
       <c r="C2034" s="0">
-        <v>1208</v>
+        <v>482</v>
       </c>
       <c r="D2034" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2034" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2035" spans="1:5" customFormat="false">
       <c r="A2035" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2035" s="0" t="str">
-        <v>Mogelijkheden vrachtwagenverbod centrum Voorthuizen</v>
+        <v>Fietsveiligheid Burg. Kuntzelaan</v>
       </c>
       <c r="C2035" s="0">
-        <v>1209</v>
+        <v>501</v>
       </c>
       <c r="D2035" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2035" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2036" spans="1:5" customFormat="false">
       <c r="A2036" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2036" s="0" t="str">
-        <v>Plan pilot blauwe zone centrum Voorthuizen</v>
+        <v>Fietsroute Barneveld Zuid</v>
       </c>
       <c r="C2036" s="0">
-        <v>1210</v>
+        <v>593</v>
       </c>
       <c r="D2036" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2036" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2037" spans="1:5" customFormat="false">
       <c r="A2037" s="0" t="str">
         <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2037" s="0" t="str">
-        <v>Planten haag weth. Rebellaan (verkenning maatregelen Mr. Troelstralaan)</v>
+        <v>Fietsroute Barneveld Zuid</v>
       </c>
       <c r="C2037" s="0">
-        <v>1273</v>
+        <v>593</v>
       </c>
       <c r="D2037" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2037" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2038" spans="1:5" customFormat="false">
       <c r="A2038" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2038" s="0" t="str">
-        <v>Onderhoud Transferium</v>
+        <v>Verkeersveiligheid fietspad Limburg van Stirumlaan</v>
       </c>
       <c r="C2038" s="0">
-        <v>100</v>
+        <v>617</v>
       </c>
       <c r="D2038" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2038" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2039" spans="1:5" customFormat="false">
       <c r="A2039" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2039" s="0" t="str">
-        <v>Ambitie vrachtwagenparkeerplaatsen rondom de kernen</v>
+        <v>Procesmemo ontsluitingsplan infrastructuur Thorbeckelaan/Schoutenstraat</v>
       </c>
       <c r="C2039" s="0">
-        <v>166</v>
+        <v>651</v>
       </c>
       <c r="D2039" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2039" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2040" spans="1:5" customFormat="false">
       <c r="A2040" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2040" s="0" t="str">
-        <v>Instellen parkeerschijfzones Voorthuizen</v>
+        <v>Pendelbussen en stationsfietsen</v>
       </c>
       <c r="C2040" s="0">
-        <v>305</v>
+        <v>704</v>
       </c>
       <c r="D2040" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team EZ</v>
       </c>
       <c r="E2040" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2041" spans="1:5" customFormat="false">
       <c r="A2041" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2041" s="0" t="str">
-        <v>Parkeerterrein Kapteijnstraat</v>
+        <v>fietsparkeerplan</v>
       </c>
       <c r="C2041" s="0">
-        <v>377</v>
+        <v>707</v>
       </c>
       <c r="D2041" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2041" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2042" spans="1:5" customFormat="false">
       <c r="A2042" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2042" s="0" t="str">
-        <v>Evaluatie blauwe zone centrum Voorthuizen</v>
+        <v>Rechstreekse ontsluiting Thorbeckelaan</v>
       </c>
       <c r="C2042" s="0">
-        <v>433</v>
+        <v>709</v>
       </c>
       <c r="D2042" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2042" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2043" spans="1:5" customFormat="false">
       <c r="A2043" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2043" s="0" t="str">
-        <v>Opladen voor Elektrisch Vervoer 2014-2022</v>
+        <v>Straatverlichting in nieuwbouwwijken</v>
       </c>
       <c r="C2043" s="0">
-        <v>450</v>
+        <v>857</v>
       </c>
       <c r="D2043" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2043" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2044" spans="1:5" customFormat="false">
       <c r="A2044" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2044" s="0" t="str">
-        <v>Opladen voor Elektrisch Vervoer 2014-2022</v>
+        <v>Ovatonde bij Pluimveemuseum</v>
       </c>
       <c r="C2044" s="0">
-        <v>451</v>
+        <v>875</v>
       </c>
       <c r="D2044" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2044" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2045" spans="1:5" customFormat="false">
       <c r="A2045" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2045" s="0" t="str">
-        <v>Opladen voor Elektrisch Vervoer 2014-2022</v>
+        <v xml:space="preserve">tweerichtingenfietsverkeer rotonde De Punt </v>
       </c>
       <c r="C2045" s="0">
-        <v>451</v>
+        <v>981</v>
       </c>
       <c r="D2045" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E2045" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2046" spans="1:5" customFormat="false">
       <c r="A2046" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2046" s="0" t="str">
-        <v>Parkeren in woonwijken</v>
+        <v>groenvoorziening Voortse/Zeeuwse Ring rondweg Voorthuizen</v>
       </c>
       <c r="C2046" s="0">
-        <v>811</v>
+        <v>1028</v>
       </c>
       <c r="D2046" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E2046" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2047" spans="1:5" customFormat="false">
       <c r="A2047" s="0" t="str">
-        <v>232 Parkeren</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2047" s="0" t="str">
-        <v>Coöperatie ParkeerService</v>
+        <v>Plan van Aanpak uitvoering maatregelen Thorbeckelaan Bloemendaallaan</v>
       </c>
       <c r="C2047" s="0">
-        <v>842</v>
+        <v>1208</v>
       </c>
       <c r="D2047" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E2047" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2048" spans="1:5" customFormat="false">
       <c r="A2048" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2048" s="0" t="str">
-        <v>Plannen faseren en doseren woningbouw</v>
+        <v>Mogelijkheden vrachtwagenverbod centrum Voorthuizen</v>
       </c>
       <c r="C2048" s="0">
-        <v>114</v>
+        <v>1209</v>
       </c>
       <c r="D2048" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E2048" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2049" spans="1:5" customFormat="false">
       <c r="A2049" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2049" s="0" t="str">
-        <v>Huurbeleid</v>
+        <v>Plan pilot blauwe zone centrum Voorthuizen</v>
       </c>
       <c r="C2049" s="0">
-        <v>311</v>
+        <v>1210</v>
       </c>
       <c r="D2049" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E2049" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2050" spans="1:5" customFormat="false">
       <c r="A2050" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>231 Verkeer (incl. OV, regiosprinter, Oostelijke Rondweg Barneveld, A1/A30)</v>
       </c>
       <c r="B2050" s="0" t="str">
-        <v>Faseren en doseren woningbouw</v>
+        <v>Planten haag weth. Rebellaan (verkenning maatregelen Mr. Troelstralaan)</v>
       </c>
       <c r="C2050" s="0">
-        <v>332</v>
+        <v>1273</v>
       </c>
       <c r="D2050" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E2050" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2051" spans="1:5" customFormat="false">
       <c r="A2051" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="B2051" s="0" t="str">
-        <v>Faseren en doseren woningbouw</v>
+        <v>Onderhoud Transferium</v>
       </c>
       <c r="C2051" s="0">
-        <v>333</v>
+        <v>100</v>
       </c>
       <c r="D2051" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2051" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2052" spans="1:5" customFormat="false">
       <c r="A2052" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="B2052" s="0" t="str">
-        <v>Huisvesting arbeidsmigranten</v>
+        <v>Ambitie vrachtwagenparkeerplaatsen rondom de kernen</v>
       </c>
       <c r="C2052" s="0">
-        <v>371</v>
+        <v>166</v>
       </c>
       <c r="D2052" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2052" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2053" spans="1:5" customFormat="false">
       <c r="A2053" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="B2053" s="0" t="str">
-        <v>Notitie verdringingsvraagstuk woningmarkt i.v.m. tijdelijke huisvesting statushouders</v>
+        <v>Instellen parkeerschijfzones Voorthuizen</v>
       </c>
       <c r="C2053" s="0">
-        <v>615</v>
+        <v>305</v>
       </c>
       <c r="D2053" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2053" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2054" spans="1:5" customFormat="false">
       <c r="A2054" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="B2054" s="0" t="str">
-        <v>Inschakeling Bemoeizorg i.v.m. Dak- en thuislozenhuisvesting</v>
+        <v>Parkeerterrein Kapteijnstraat</v>
       </c>
       <c r="C2054" s="0">
-        <v>628</v>
+        <v>377</v>
       </c>
       <c r="D2054" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2054" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2055" spans="1:5" customFormat="false">
       <c r="A2055" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="B2055" s="0" t="str">
-        <v>Starterslening</v>
+        <v>Evaluatie blauwe zone centrum Voorthuizen</v>
       </c>
       <c r="C2055" s="0">
-        <v>701</v>
+        <v>433</v>
       </c>
       <c r="D2055" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2055" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2056" spans="1:5" customFormat="false">
       <c r="A2056" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="B2056" s="0" t="str">
-        <v>Ontmoedigen scheef wonen in Prestatieafspraken  met Woningstichting Barneveld</v>
+        <v>Opladen voor Elektrisch Vervoer 2014-2022</v>
       </c>
       <c r="C2056" s="0">
-        <v>762</v>
+        <v>450</v>
       </c>
       <c r="D2056" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2056" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2057" spans="1:5" customFormat="false">
       <c r="A2057" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="B2057" s="0" t="str">
-        <v>Verdringingseffecten op de woningmarkt</v>
+        <v>Opladen voor Elektrisch Vervoer 2014-2022</v>
       </c>
       <c r="C2057" s="0">
-        <v>815</v>
+        <v>451</v>
       </c>
       <c r="D2057" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2057" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2058" spans="1:5" customFormat="false">
       <c r="A2058" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="B2058" s="0" t="str">
-        <v>Onderzoek behoefte Tiny houses</v>
+        <v>Opladen voor Elektrisch Vervoer 2014-2022</v>
       </c>
       <c r="C2058" s="0">
-        <v>1014</v>
+        <v>451</v>
       </c>
       <c r="D2058" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2058" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2059" spans="1:5" customFormat="false">
       <c r="A2059" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="B2059" s="0" t="str">
-        <v>Startersleningen</v>
+        <v>Parkeren in woonwijken</v>
       </c>
       <c r="C2059" s="0">
-        <v>1201</v>
+        <v>811</v>
       </c>
       <c r="D2059" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2059" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2060" spans="1:5" customFormat="false">
       <c r="A2060" s="0" t="str">
-        <v>311 Volkshuisvesting</v>
+        <v>232 Parkeren</v>
       </c>
       <c r="B2060" s="0" t="str">
-        <v>Startersleningen</v>
+        <v>Coöperatie ParkeerService</v>
       </c>
       <c r="C2060" s="0">
-        <v>1201</v>
+        <v>842</v>
       </c>
       <c r="D2060" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2060" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2061" spans="1:5" customFormat="false">
       <c r="A2061" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B2061" s="0" t="str">
-        <v>Bestemmingsplan Postweg VII (betaalbare woningen)</v>
+        <v>Plannen faseren en doseren woningbouw</v>
       </c>
       <c r="C2061" s="0">
-        <v>1275</v>
+        <v>114</v>
       </c>
       <c r="D2061" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2061" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2062" spans="1:5" customFormat="false">
       <c r="A2062" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B2062" s="0" t="str">
-        <v>Proces pilot huisvesting arbeidsmigranten</v>
+        <v>Huurbeleid</v>
       </c>
       <c r="C2062" s="0">
-        <v>1290</v>
+        <v>311</v>
       </c>
       <c r="D2062" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2062" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2063" spans="1:5" customFormat="false">
       <c r="A2063" s="0" t="str">
         <v>311 Volkshuisvesting</v>
       </c>
       <c r="B2063" s="0" t="str">
-        <v>Handhaving bewoning sociale huurwoningen (Huisvestingsverordening)</v>
+        <v>Faseren en doseren woningbouw</v>
       </c>
       <c r="C2063" s="0">
-        <v>1291</v>
+        <v>332</v>
       </c>
       <c r="D2063" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2063" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2064" spans="1:5" customFormat="false">
       <c r="A2064" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B2064" s="0" t="str">
-        <v>Informatie grondverkopen</v>
+        <v>Faseren en doseren woningbouw</v>
       </c>
       <c r="C2064" s="0">
-        <v>94</v>
+        <v>333</v>
       </c>
       <c r="D2064" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2064" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2065" spans="1:5" customFormat="false">
       <c r="A2065" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B2065" s="0" t="str">
-        <v>Onderzoek bedrijven in geluidswal A30</v>
+        <v>Huisvesting arbeidsmigranten</v>
       </c>
       <c r="C2065" s="0">
-        <v>112</v>
+        <v>371</v>
       </c>
       <c r="D2065" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2065" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2066" spans="1:5" customFormat="false">
       <c r="A2066" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B2066" s="0" t="str">
-        <v>Rentetoerekening grondprojecten</v>
+        <v>Notitie verdringingsvraagstuk woningmarkt i.v.m. tijdelijke huisvesting statushouders</v>
       </c>
       <c r="C2066" s="0">
-        <v>116</v>
+        <v>615</v>
       </c>
       <c r="D2066" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2066" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2067" spans="1:5" customFormat="false">
       <c r="A2067" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B2067" s="0" t="str">
-        <v>Overleg onderhoud weg bij Esvelderbeekzone</v>
+        <v>Inschakeling Bemoeizorg i.v.m. Dak- en thuislozenhuisvesting</v>
       </c>
       <c r="C2067" s="0">
-        <v>130</v>
+        <v>628</v>
       </c>
       <c r="D2067" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2067" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2068" spans="1:5" customFormat="false">
       <c r="A2068" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B2068" s="0" t="str">
-        <v>Aanleg klompenpad Esvelderbeekzone</v>
+        <v>Starterslening</v>
       </c>
       <c r="C2068" s="0">
-        <v>131</v>
+        <v>701</v>
       </c>
       <c r="D2068" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2068" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2069" spans="1:5" customFormat="false">
       <c r="A2069" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B2069" s="0" t="str">
-        <v>Aanleg klompenpad Esvelderbeekzone</v>
+        <v>Ontmoedigen scheef wonen in Prestatieafspraken  met Woningstichting Barneveld</v>
       </c>
       <c r="C2069" s="0">
-        <v>131</v>
+        <v>762</v>
       </c>
       <c r="D2069" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2069" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2070" spans="1:5" customFormat="false">
       <c r="A2070" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B2070" s="0" t="str">
-        <v>Ontsluitingsweg en groen plan Holzenbosch</v>
+        <v>Verdringingseffecten op de woningmarkt</v>
       </c>
       <c r="C2070" s="0">
-        <v>164</v>
+        <v>815</v>
       </c>
       <c r="D2070" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2070" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2071" spans="1:5" customFormat="false">
       <c r="A2071" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B2071" s="0" t="str">
-        <v>Holzenbosch</v>
+        <v>Onderzoek behoefte Tiny houses</v>
       </c>
       <c r="C2071" s="0">
-        <v>356</v>
+        <v>1014</v>
       </c>
       <c r="D2071" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2071" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2072" spans="1:5" customFormat="false">
       <c r="A2072" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B2072" s="0" t="str">
-        <v>Bouwclaims of reserveringsovereenkomsten</v>
+        <v>Startersleningen</v>
       </c>
       <c r="C2072" s="0">
-        <v>520</v>
+        <v>1201</v>
       </c>
       <c r="D2072" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2072" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2073" spans="1:5" customFormat="false">
       <c r="A2073" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B2073" s="0" t="str">
-        <v>Bouwclaims</v>
+        <v>Startersleningen</v>
       </c>
       <c r="C2073" s="0">
-        <v>562</v>
+        <v>1201</v>
       </c>
       <c r="D2073" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2073" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2074" spans="1:5" customFormat="false">
       <c r="A2074" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B2074" s="0" t="str">
-        <v>opknappen omgeving na bouw appartementen inbreidingslocatie  hoek Reigerstraat/Bouwheerstraat</v>
+        <v>Bestemmingsplan Postweg VII (betaalbare woningen)</v>
       </c>
       <c r="C2074" s="0">
-        <v>622</v>
+        <v>1275</v>
       </c>
       <c r="D2074" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E2074" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2075" spans="1:5" customFormat="false">
       <c r="A2075" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B2075" s="0" t="str">
-        <v>Groenstrook Bestemmingsplan en Beeldkwaliteitsplan Holzenbosch</v>
+        <v>Proces pilot huisvesting arbeidsmigranten</v>
       </c>
       <c r="C2075" s="0">
-        <v>646</v>
+        <v>1290</v>
       </c>
       <c r="D2075" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2075" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2076" spans="1:5" customFormat="false">
       <c r="A2076" s="0" t="str">
-        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
+        <v>311 Volkshuisvesting</v>
       </c>
       <c r="B2076" s="0" t="str">
-        <v xml:space="preserve">Reserveringsovereenkomsten </v>
+        <v>Handhaving bewoning sociale huurwoningen (Huisvestingsverordening)</v>
       </c>
       <c r="C2076" s="0">
-        <v>787</v>
+        <v>1291</v>
       </c>
       <c r="D2076" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2076" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2077" spans="1:5" customFormat="false">
       <c r="A2077" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2077" s="0" t="str">
-        <v>Grondtoepassingen Vink</v>
+        <v>Informatie grondverkopen</v>
       </c>
       <c r="C2077" s="0">
-        <v>925</v>
+        <v>94</v>
       </c>
       <c r="D2077" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E2077" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2078" spans="1:5" customFormat="false">
       <c r="A2078" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2078" s="0" t="str">
-        <v>Grondtoepassingen Vink</v>
+        <v>Onderzoek bedrijven in geluidswal A30</v>
       </c>
       <c r="C2078" s="0">
-        <v>925</v>
+        <v>112</v>
       </c>
       <c r="D2078" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E2078" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2079" spans="1:5" customFormat="false">
       <c r="A2079" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2079" s="0" t="str">
-        <v>Grondtoepassingen Vink</v>
+        <v>Rentetoerekening grondprojecten</v>
       </c>
       <c r="C2079" s="0">
-        <v>925</v>
+        <v>116</v>
       </c>
       <c r="D2079" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E2079" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2080" spans="1:5" customFormat="false">
       <c r="A2080" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2080" s="0" t="str">
-        <v>Grondtoepassingen Vink</v>
+        <v>Overleg onderhoud weg bij Esvelderbeekzone</v>
       </c>
       <c r="C2080" s="0">
-        <v>925</v>
+        <v>130</v>
       </c>
       <c r="D2080" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2080" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2081" spans="1:5" customFormat="false">
       <c r="A2081" s="0" t="str">
         <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2081" s="0" t="str">
-        <v>Bestemmingsplan Valkhof: ondergrondse containers</v>
+        <v>Aanleg klompenpad Esvelderbeekzone</v>
       </c>
       <c r="C2081" s="0">
-        <v>930</v>
+        <v>131</v>
       </c>
       <c r="D2081" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2081" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2082" spans="1:5" customFormat="false">
       <c r="A2082" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2082" s="0" t="str">
-        <v>uitruktijden brandweer</v>
+        <v>Aanleg klompenpad Esvelderbeekzone</v>
       </c>
       <c r="C2082" s="0">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D2082" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2082" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2083" spans="1:5" customFormat="false">
       <c r="A2083" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2083" s="0" t="str">
-        <v>Woninginbraken</v>
+        <v>Ontsluitingsweg en groen plan Holzenbosch</v>
       </c>
       <c r="C2083" s="0">
-        <v>314</v>
+        <v>164</v>
       </c>
       <c r="D2083" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2083" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2084" spans="1:5" customFormat="false">
       <c r="A2084" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2084" s="0" t="str">
-        <v>Drank- en Horecaverordening en wijziging APV</v>
+        <v>Holzenbosch</v>
       </c>
       <c r="C2084" s="0">
-        <v>319</v>
+        <v>356</v>
       </c>
       <c r="D2084" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E2084" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2085" spans="1:5" customFormat="false">
       <c r="A2085" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2085" s="0" t="str">
-        <v>Drank- en Horecaverordening en wijziging APV</v>
+        <v>Bouwclaims of reserveringsovereenkomsten</v>
       </c>
       <c r="C2085" s="0">
-        <v>320</v>
+        <v>520</v>
       </c>
       <c r="D2085" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2085" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2086" spans="1:5" customFormat="false">
       <c r="A2086" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2086" s="0" t="str">
-        <v>Aanrijtijden hulpdiensten</v>
+        <v>Bouwclaims</v>
       </c>
       <c r="C2086" s="0">
-        <v>366</v>
+        <v>562</v>
       </c>
       <c r="D2086" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2086" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2087" spans="1:5" customFormat="false">
       <c r="A2087" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2087" s="0" t="str">
-        <v>Veiligheidsmonitor</v>
+        <v>opknappen omgeving na bouw appartementen inbreidingslocatie  hoek Reigerstraat/Bouwheerstraat</v>
       </c>
       <c r="C2087" s="0">
-        <v>368</v>
+        <v>622</v>
       </c>
       <c r="D2087" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2087" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2088" spans="1:5" customFormat="false">
       <c r="A2088" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2088" s="0" t="str">
-        <v>Memo over inzet BOA's (Bijzonder Opsporings Ambtenaar)</v>
+        <v>Groenstrook Bestemmingsplan en Beeldkwaliteitsplan Holzenbosch</v>
       </c>
       <c r="C2088" s="0">
-        <v>432</v>
+        <v>646</v>
       </c>
       <c r="D2088" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2088" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2089" spans="1:5" customFormat="false">
       <c r="A2089" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2089" s="0" t="str">
-        <v>Jeugdboa</v>
+        <v xml:space="preserve">Reserveringsovereenkomsten </v>
       </c>
       <c r="C2089" s="0">
-        <v>500</v>
+        <v>787</v>
       </c>
       <c r="D2089" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E2089" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2090" spans="1:5" customFormat="false">
       <c r="A2090" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2090" s="0" t="str">
-        <v>Overlast plassen bij horeca</v>
+        <v>Grondtoepassingen Vink</v>
       </c>
       <c r="C2090" s="0">
-        <v>706</v>
+        <v>925</v>
       </c>
       <c r="D2090" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E2090" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2091" spans="1:5" customFormat="false">
       <c r="A2091" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2091" s="0" t="str">
-        <v>12-dagen regeling APV</v>
+        <v>Grondtoepassingen Vink</v>
       </c>
       <c r="C2091" s="0">
-        <v>736</v>
+        <v>925</v>
       </c>
       <c r="D2091" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E2091" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2092" spans="1:5" customFormat="false">
       <c r="A2092" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2092" s="0" t="str">
-        <v>ANPR cameratoezicht bij invalswegen</v>
+        <v>Grondtoepassingen Vink</v>
       </c>
       <c r="C2092" s="0">
-        <v>740</v>
+        <v>925</v>
       </c>
       <c r="D2092" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E2092" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2093" spans="1:5" customFormat="false">
       <c r="A2093" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2093" s="0" t="str">
-        <v>Awareness training Ondermijning</v>
+        <v>Grondtoepassingen Vink</v>
       </c>
       <c r="C2093" s="0">
-        <v>741</v>
+        <v>925</v>
       </c>
       <c r="D2093" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E2093" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2094" spans="1:5" customFormat="false">
       <c r="A2094" s="0" t="str">
-        <v xml:space="preserve">321 Veiligheid </v>
+        <v>312 Grex woningen (Ruimtelijke ontwikkelingen, De Burgt, Veller, Holzenbosch, Bloemendal, inbreidingslocaties, Kootwijkerbroek-Oost, Wikselaarse Eng, Voorthuizen-Zuid)</v>
       </c>
       <c r="B2094" s="0" t="str">
-        <v>Beleidsregels Wet aanpak woonoverlast</v>
+        <v>Bestemmingsplan Valkhof: ondergrondse containers</v>
       </c>
       <c r="C2094" s="0">
-        <v>821</v>
+        <v>930</v>
       </c>
       <c r="D2094" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E2094" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2095" spans="1:5" customFormat="false">
       <c r="A2095" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2095" s="0" t="str">
-        <v>Pilot inzet ANPR camera</v>
+        <v>uitruktijden brandweer</v>
       </c>
       <c r="C2095" s="0">
-        <v>937</v>
+        <v>134</v>
       </c>
       <c r="D2095" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2095" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2096" spans="1:5" customFormat="false">
       <c r="A2096" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2096" s="0" t="str">
-        <v>Verruiming terrastijden</v>
+        <v>Woninginbraken</v>
       </c>
       <c r="C2096" s="0">
-        <v>1070</v>
+        <v>314</v>
       </c>
       <c r="D2096" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2096" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2097" spans="1:5" customFormat="false">
       <c r="A2097" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2097" s="0" t="str">
-        <v>mobiele flits camera</v>
+        <v>Drank- en Horecaverordening en wijziging APV</v>
       </c>
       <c r="C2097" s="0">
-        <v>1156</v>
+        <v>319</v>
       </c>
       <c r="D2097" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2097" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2098" spans="1:5" customFormat="false">
       <c r="A2098" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2098" s="0" t="str">
-        <v>Onrechtmatig gebruik parkeerplaats begraafplaats Diepenbosch</v>
+        <v>Drank- en Horecaverordening en wijziging APV</v>
       </c>
       <c r="C2098" s="0">
-        <v>1258</v>
+        <v>320</v>
       </c>
       <c r="D2098" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2098" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2099" spans="1:5" customFormat="false">
       <c r="A2099" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2099" s="0" t="str">
-        <v>verkeersoverlast centrum Barneveld</v>
+        <v>Aanrijtijden hulpdiensten</v>
       </c>
       <c r="C2099" s="0">
-        <v>1263</v>
+        <v>366</v>
       </c>
       <c r="D2099" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2099" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2100" spans="1:5" customFormat="false">
       <c r="A2100" s="0" t="str">
         <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2100" s="0" t="str">
-        <v>verhoging bewustwording digitale weerbaarheid ouderen</v>
+        <v>Veiligheidsmonitor</v>
       </c>
       <c r="C2100" s="0">
-        <v>1264</v>
+        <v>368</v>
       </c>
       <c r="D2100" s="0" t="str">
-        <v>Team Veiligheid, vergunningen en toezicht</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2100" s="0" t="str">
         <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2101" spans="1:5" customFormat="false">
       <c r="A2101" s="0" t="str">
-        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2101" s="0" t="str">
-        <v>Aanbevelingen wijkplatforms</v>
+        <v>Memo over inzet BOA's (Bijzonder Opsporings Ambtenaar)</v>
       </c>
       <c r="C2101" s="0">
-        <v>148</v>
+        <v>432</v>
       </c>
       <c r="D2101" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2101" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2102" spans="1:5" customFormat="false">
       <c r="A2102" s="0" t="str">
-        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2102" s="0" t="str">
-        <v>Wijkplatforms</v>
+        <v>Jeugdboa</v>
       </c>
       <c r="C2102" s="0">
-        <v>374</v>
+        <v>500</v>
       </c>
       <c r="D2102" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2102" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2103" spans="1:5" customFormat="false">
       <c r="A2103" s="0" t="str">
-        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2103" s="0" t="str">
-        <v>Aanrijtijden brandweer</v>
+        <v>Overlast plassen bij horeca</v>
       </c>
       <c r="C2103" s="0">
-        <v>568</v>
+        <v>706</v>
       </c>
       <c r="D2103" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2103" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2104" spans="1:5" customFormat="false">
       <c r="A2104" s="0" t="str">
-        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2104" s="0" t="str">
-        <v>Wijkplatforms</v>
+        <v>12-dagen regeling APV</v>
       </c>
       <c r="C2104" s="0">
-        <v>705</v>
+        <v>736</v>
       </c>
       <c r="D2104" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E2104" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2105" spans="1:5" customFormat="false">
       <c r="A2105" s="0" t="str">
-        <v>322 Groen</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2105" s="0" t="str">
-        <v>Info adoptie/inrichting rotondes</v>
+        <v>ANPR cameratoezicht bij invalswegen</v>
       </c>
       <c r="C2105" s="0">
-        <v>85</v>
+        <v>740</v>
       </c>
       <c r="D2105" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2105" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2106" spans="1:5" customFormat="false">
       <c r="A2106" s="0" t="str">
-        <v>322 Groen</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2106" s="0" t="str">
-        <v>Inrichting/kunstwerk op rotonde bij De Punt in Voorthuizen</v>
+        <v>Awareness training Ondermijning</v>
       </c>
       <c r="C2106" s="0">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="D2106" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2106" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2107" spans="1:5" customFormat="false">
       <c r="A2107" s="0" t="str">
-        <v>322 Groen</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2107" s="0" t="str">
-        <v>Bomeneffectanalyse</v>
+        <v>Beleidsregels Wet aanpak woonoverlast</v>
       </c>
       <c r="C2107" s="0">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="D2107" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2107" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2108" spans="1:5" customFormat="false">
       <c r="A2108" s="0" t="str">
-        <v>322 Groen</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2108" s="0" t="str">
-        <v>Trimbanen</v>
+        <v>Pilot inzet ANPR camera</v>
       </c>
       <c r="C2108" s="0">
-        <v>820</v>
+        <v>937</v>
       </c>
       <c r="D2108" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E2108" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2109" spans="1:5" customFormat="false">
       <c r="A2109" s="0" t="str">
-        <v>322 Groen</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2109" s="0" t="str">
-        <v>Speelruimtebeleidsplan</v>
+        <v>Verruiming terrastijden</v>
       </c>
       <c r="C2109" s="0">
-        <v>859</v>
+        <v>1070</v>
       </c>
       <c r="D2109" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E2109" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2110" spans="1:5" customFormat="false">
       <c r="A2110" s="0" t="str">
-        <v>322 Groen</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2110" s="0" t="str">
-        <v>Onderzoek zelf maaien gras i.p.v. uitbesteden</v>
+        <v>mobiele flits camera</v>
       </c>
       <c r="C2110" s="0">
-        <v>1084</v>
+        <v>1156</v>
       </c>
       <c r="D2110" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E2110" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2111" spans="1:5" customFormat="false">
       <c r="A2111" s="0" t="str">
-        <v>322 Groen</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2111" s="0" t="str">
-        <v>Ontwikkeling biodiversiteit</v>
+        <v>Onrechtmatig gebruik parkeerplaats begraafplaats Diepenbosch</v>
       </c>
       <c r="C2111" s="0">
-        <v>1259</v>
+        <v>1258</v>
       </c>
       <c r="D2111" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E2111" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2112" spans="1:5" customFormat="false">
       <c r="A2112" s="0" t="str">
-        <v>323 Begraven</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2112" s="0" t="str">
-        <v>Beheersverordening gemeentelijke begraafplaatsen Barneveld</v>
+        <v>verkeersoverlast centrum Barneveld</v>
       </c>
       <c r="C2112" s="0">
-        <v>324</v>
+        <v>1263</v>
       </c>
       <c r="D2112" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E2112" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2113" spans="1:5" customFormat="false">
       <c r="A2113" s="0" t="str">
-        <v>323 Begraven</v>
+        <v xml:space="preserve">321 Veiligheid </v>
       </c>
       <c r="B2113" s="0" t="str">
-        <v>Natuurbegraafplaats</v>
+        <v>verhoging bewustwording digitale weerbaarheid ouderen</v>
       </c>
       <c r="C2113" s="0">
-        <v>866</v>
+        <v>1264</v>
       </c>
       <c r="D2113" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Veiligheid, vergunningen en toezicht</v>
       </c>
       <c r="E2113" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2114" spans="1:5" customFormat="false">
       <c r="A2114" s="0" t="str">
-        <v>323 Begraven</v>
+        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="B2114" s="0" t="str">
-        <v>(grondwaterproblematief)  begraafplaats De Plantage</v>
+        <v>Aanbevelingen wijkplatforms</v>
       </c>
       <c r="C2114" s="0">
-        <v>867</v>
+        <v>148</v>
       </c>
       <c r="D2114" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2114" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2115" spans="1:5" customFormat="false">
       <c r="A2115" s="0" t="str">
-        <v>323 Begraven</v>
+        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="B2115" s="0" t="str">
-        <v>Reserveren tijden door begrafenisondernemers</v>
+        <v>Wijkplatforms</v>
       </c>
       <c r="C2115" s="0">
-        <v>1261</v>
+        <v>374</v>
       </c>
       <c r="D2115" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2115" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2116" spans="1:5" customFormat="false">
       <c r="A2116" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="B2116" s="0" t="str">
-        <v>Onderzoek Milieustraat</v>
+        <v>Aanrijtijden brandweer</v>
       </c>
       <c r="C2116" s="0">
-        <v>670</v>
+        <v>568</v>
       </c>
       <c r="D2116" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2116" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2117" spans="1:5" customFormat="false">
       <c r="A2117" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>321 Veiligheid (wijkplatforms) tot juni 2022</v>
       </c>
       <c r="B2117" s="0" t="str">
-        <v>Groenafvaldepot Roelenengweg</v>
+        <v>Wijkplatforms</v>
       </c>
       <c r="C2117" s="0">
-        <v>788</v>
+        <v>705</v>
       </c>
       <c r="D2117" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2117" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2118" spans="1:5" customFormat="false">
       <c r="A2118" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>322 Groen</v>
       </c>
       <c r="B2118" s="0" t="str">
-        <v>Onderbouwing kosten extra (mini) milieustraat</v>
+        <v>Info adoptie/inrichting rotondes</v>
       </c>
       <c r="C2118" s="0">
-        <v>824</v>
+        <v>85</v>
       </c>
       <c r="D2118" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2118" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2119" spans="1:5" customFormat="false">
       <c r="A2119" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>322 Groen</v>
       </c>
       <c r="B2119" s="0" t="str">
-        <v>Alternatieve locatie Milieustraat</v>
+        <v>Inrichting/kunstwerk op rotonde bij De Punt in Voorthuizen</v>
       </c>
       <c r="C2119" s="0">
-        <v>825</v>
+        <v>734</v>
       </c>
       <c r="D2119" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2119" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2120" spans="1:5" customFormat="false">
       <c r="A2120" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>322 Groen</v>
       </c>
       <c r="B2120" s="0" t="str">
-        <v>Verhoging service inleveren afval Voorthuizen</v>
+        <v>Bomeneffectanalyse</v>
       </c>
       <c r="C2120" s="0">
-        <v>858</v>
+        <v>814</v>
       </c>
       <c r="D2120" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2120" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2121" spans="1:5" customFormat="false">
       <c r="A2121" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>322 Groen</v>
       </c>
       <c r="B2121" s="0" t="str">
-        <v>Informatiecampagne gebruik rattengif in openbare ruimte</v>
+        <v>Trimbanen</v>
       </c>
       <c r="C2121" s="0">
-        <v>1251</v>
+        <v>820</v>
       </c>
       <c r="D2121" s="0" t="str">
-        <v>Team Reiniging</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2121" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2122" spans="1:5" customFormat="false">
       <c r="A2122" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>322 Groen</v>
       </c>
       <c r="B2122" s="0" t="str">
-        <v>Incontinentiecontainer Bloemendaallaan</v>
+        <v>Speelruimtebeleidsplan</v>
       </c>
       <c r="C2122" s="0">
-        <v>1255</v>
+        <v>859</v>
       </c>
       <c r="D2122" s="0" t="str">
-        <v>Team Reiniging</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2122" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2123" spans="1:5" customFormat="false">
       <c r="A2123" s="0" t="str">
-        <v>324 Afvalinzameling en - verwerking</v>
+        <v>322 Groen</v>
       </c>
       <c r="B2123" s="0" t="str">
-        <v>Proces totstandkoming nieuwe milieustraat</v>
+        <v>Onderzoek zelf maaien gras i.p.v. uitbesteden</v>
       </c>
       <c r="C2123" s="0">
-        <v>1280</v>
+        <v>1084</v>
       </c>
       <c r="D2123" s="0" t="str">
-        <v>Team Reiniging</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E2123" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2124" spans="1:5" customFormat="false">
       <c r="A2124" s="0" t="str">
-        <v>325 Riolering &amp; Water</v>
+        <v>322 Groen</v>
       </c>
       <c r="B2124" s="0" t="str">
-        <v>Bezuinigingen voor 2015, riolering</v>
+        <v>Ontwikkeling biodiversiteit</v>
       </c>
       <c r="C2124" s="0">
-        <v>251</v>
+        <v>1259</v>
       </c>
       <c r="D2124" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2124" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2125" spans="1:5" customFormat="false">
       <c r="A2125" s="0" t="str">
-        <v>325 Riolering &amp; Water</v>
+        <v>323 Begraven</v>
       </c>
       <c r="B2125" s="0" t="str">
-        <v>Tekst Gebiedsvisie regio aanpassen (dijk)</v>
+        <v>Beheersverordening gemeentelijke begraafplaatsen Barneveld</v>
       </c>
       <c r="C2125" s="0">
-        <v>259</v>
+        <v>324</v>
       </c>
       <c r="D2125" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2125" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2126" spans="1:5" customFormat="false">
       <c r="A2126" s="0" t="str">
-        <v>325 Riolering &amp; Water</v>
+        <v>323 Begraven</v>
       </c>
       <c r="B2126" s="0" t="str">
-        <v>Rattenbestrijding</v>
+        <v>Natuurbegraafplaats</v>
       </c>
       <c r="C2126" s="0">
-        <v>786</v>
+        <v>866</v>
       </c>
       <c r="D2126" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2126" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2127" spans="1:5" customFormat="false">
       <c r="A2127" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
+        <v>323 Begraven</v>
       </c>
       <c r="B2127" s="0" t="str">
-        <v>Presentatie OddV</v>
+        <v>(grondwaterproblematief)  begraafplaats De Plantage</v>
       </c>
       <c r="C2127" s="0">
-        <v>346</v>
+        <v>867</v>
       </c>
       <c r="D2127" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2127" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2128" spans="1:5" customFormat="false">
       <c r="A2128" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
+        <v>323 Begraven</v>
       </c>
       <c r="B2128" s="0" t="str">
-        <v>Bestemmingsplan Eilanden-Oost</v>
+        <v>Reserveren tijden door begrafenisondernemers</v>
       </c>
       <c r="C2128" s="0">
-        <v>481</v>
+        <v>1261</v>
       </c>
       <c r="D2128" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E2128" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2129" spans="1:5" customFormat="false">
       <c r="A2129" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B2129" s="0" t="str">
-        <v>Huisvesting in pand Mercuriusweg</v>
+        <v>Onderzoek Milieustraat</v>
       </c>
       <c r="C2129" s="0">
-        <v>608</v>
+        <v>670</v>
       </c>
       <c r="D2129" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2129" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2130" spans="1:5" customFormat="false">
       <c r="A2130" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B2130" s="0" t="str">
-        <v>Strategische Visie groeicijfers</v>
+        <v>Groenafvaldepot Roelenengweg</v>
       </c>
       <c r="C2130" s="0">
-        <v>698</v>
+        <v>788</v>
       </c>
       <c r="D2130" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2130" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2131" spans="1:5" customFormat="false">
       <c r="A2131" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B2131" s="0" t="str">
-        <v>Gedragmaatregelen Grip op energie</v>
+        <v>Onderbouwing kosten extra (mini) milieustraat</v>
       </c>
       <c r="C2131" s="0">
-        <v>136</v>
+        <v>824</v>
       </c>
       <c r="D2131" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2131" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2132" spans="1:5" customFormat="false">
       <c r="A2132" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B2132" s="0" t="str">
-        <v>Faciliteren toepassing zonnepanelen door Liander</v>
+        <v>Alternatieve locatie Milieustraat</v>
       </c>
       <c r="C2132" s="0">
-        <v>138</v>
+        <v>825</v>
       </c>
       <c r="D2132" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2132" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2133" spans="1:5" customFormat="false">
       <c r="A2133" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B2133" s="0" t="str">
-        <v>Uitstel bodemsanering Raadhuisplein</v>
+        <v>Verhoging service inleveren afval Voorthuizen</v>
       </c>
       <c r="C2133" s="0">
-        <v>257</v>
+        <v>858</v>
       </c>
       <c r="D2133" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E2133" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2134" spans="1:5" customFormat="false">
       <c r="A2134" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B2134" s="0" t="str">
-        <v>Energievisie</v>
+        <v>Informatiecampagne gebruik rattengif in openbare ruimte</v>
       </c>
       <c r="C2134" s="0">
-        <v>358</v>
+        <v>1251</v>
       </c>
       <c r="D2134" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Reiniging</v>
       </c>
       <c r="E2134" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2135" spans="1:5" customFormat="false">
       <c r="A2135" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B2135" s="0" t="str">
-        <v>Milieubeleidsplan: zonnepanelen op gemeentelijke gebouwen</v>
+        <v>Incontinentiecontainer Bloemendaallaan</v>
       </c>
       <c r="C2135" s="0">
-        <v>378</v>
+        <v>1255</v>
       </c>
       <c r="D2135" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Reiniging</v>
       </c>
       <c r="E2135" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2136" spans="1:5" customFormat="false">
       <c r="A2136" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>324 Afvalinzameling en - verwerking</v>
       </c>
       <c r="B2136" s="0" t="str">
-        <v>Wind- en energievisie</v>
+        <v>Proces totstandkoming nieuwe milieustraat</v>
       </c>
       <c r="C2136" s="0">
-        <v>470</v>
+        <v>1280</v>
       </c>
       <c r="D2136" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Reiniging</v>
       </c>
       <c r="E2136" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2137" spans="1:5" customFormat="false">
       <c r="A2137" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B2137" s="0" t="str">
-        <v>Realisatie zonnestroomproductie gemeentelijk vastgoed</v>
+        <v>Bezuinigingen voor 2015, riolering</v>
       </c>
       <c r="C2137" s="0">
-        <v>484</v>
+        <v>251</v>
       </c>
       <c r="D2137" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2137" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2138" spans="1:5" customFormat="false">
       <c r="A2138" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B2138" s="0" t="str">
-        <v>Pilot windmolens in bos</v>
+        <v>Tekst Gebiedsvisie regio aanpassen (dijk)</v>
       </c>
       <c r="C2138" s="0">
-        <v>648</v>
+        <v>259</v>
       </c>
       <c r="D2138" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2138" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2139" spans="1:5" customFormat="false">
       <c r="A2139" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>325 Riolering &amp; Water</v>
       </c>
       <c r="B2139" s="0" t="str">
-        <v xml:space="preserve">Afval en circulaire economie </v>
+        <v>Rattenbestrijding</v>
       </c>
       <c r="C2139" s="0">
-        <v>809</v>
+        <v>786</v>
       </c>
       <c r="D2139" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2139" s="0" t="str">
         <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2140" spans="1:5" customFormat="false">
       <c r="A2140" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="B2140" s="0" t="str">
-        <v>Groene daken - Energietransitie</v>
+        <v>Presentatie OddV</v>
       </c>
       <c r="C2140" s="0">
-        <v>854</v>
+        <v>346</v>
       </c>
       <c r="D2140" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2140" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2141" spans="1:5" customFormat="false">
       <c r="A2141" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="B2141" s="0" t="str">
-        <v>Visie op zonneakkers</v>
+        <v>Bestemmingsplan Eilanden-Oost</v>
       </c>
       <c r="C2141" s="0">
-        <v>879</v>
+        <v>481</v>
       </c>
       <c r="D2141" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2141" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2142" spans="1:5" customFormat="false">
       <c r="A2142" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="B2142" s="0" t="str">
-        <v>Laagfrequent geluid windturbines</v>
+        <v>Huisvesting in pand Mercuriusweg</v>
       </c>
       <c r="C2142" s="0">
-        <v>974</v>
+        <v>608</v>
       </c>
       <c r="D2142" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2142" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2143" spans="1:5" customFormat="false">
       <c r="A2143" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (handhaving milieu en ruimte)</v>
       </c>
       <c r="B2143" s="0" t="str">
-        <v>Resultaten boringen geothermie</v>
+        <v>Strategische Visie groeicijfers</v>
       </c>
       <c r="C2143" s="0">
-        <v>1022</v>
+        <v>698</v>
       </c>
       <c r="D2143" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2143" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2144" spans="1:5" customFormat="false">
       <c r="A2144" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B2144" s="0" t="str">
-        <v>Aanleg zonnepark Stroe</v>
+        <v>Gedragmaatregelen Grip op energie</v>
       </c>
       <c r="C2144" s="0">
-        <v>1256</v>
+        <v>136</v>
       </c>
       <c r="D2144" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2144" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2145" spans="1:5" customFormat="false">
       <c r="A2145" s="0" t="str">
         <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B2145" s="0" t="str">
-        <v>Datacentrum in Natura2000 gebied</v>
+        <v>Faciliteren toepassing zonnepanelen door Liander</v>
       </c>
       <c r="C2145" s="0">
-        <v>1257</v>
+        <v>138</v>
       </c>
       <c r="D2145" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2145" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2146" spans="1:5" customFormat="false">
       <c r="A2146" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B2146" s="0" t="str">
-        <v>Suggesties verkeerssituatie Centrumplan Barneveld</v>
+        <v>Uitstel bodemsanering Raadhuisplein</v>
       </c>
       <c r="C2146" s="0">
-        <v>163</v>
+        <v>257</v>
       </c>
       <c r="D2146" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2146" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2147" spans="1:5" customFormat="false">
       <c r="A2147" s="0" t="str">
-        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B2147" s="0" t="str">
-        <v>Evaluatie uitvoeringsprogramma recreatie en toerisme</v>
+        <v>Energievisie</v>
       </c>
       <c r="C2147" s="0">
-        <v>1254</v>
+        <v>358</v>
       </c>
       <c r="D2147" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2147" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2148" spans="1:5" customFormat="false">
       <c r="A2148" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B2148" s="0" t="str">
-        <v>Bijstelling Strategische Visie</v>
+        <v>Milieubeleidsplan: zonnepanelen op gemeentelijke gebouwen</v>
       </c>
       <c r="C2148" s="0">
-        <v>86</v>
+        <v>378</v>
       </c>
       <c r="D2148" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2148" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2149" spans="1:5" customFormat="false">
       <c r="A2149" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B2149" s="0" t="str">
-        <v>Flexibiliseren bestemmingsplannen</v>
+        <v>Wind- en energievisie</v>
       </c>
       <c r="C2149" s="0">
-        <v>96</v>
+        <v>470</v>
       </c>
       <c r="D2149" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2149" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2150" spans="1:5" customFormat="false">
       <c r="A2150" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B2150" s="0" t="str">
-        <v>Plaatsing luchtbehandelingskast pand Koterweg</v>
+        <v>Realisatie zonnestroomproductie gemeentelijk vastgoed</v>
       </c>
       <c r="C2150" s="0">
-        <v>107</v>
+        <v>484</v>
       </c>
       <c r="D2150" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2150" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2151" spans="1:5" customFormat="false">
       <c r="A2151" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B2151" s="0" t="str">
-        <v>Reparatieplan Bestemmingsplan Buitengebied 2012</v>
+        <v>Pilot windmolens in bos</v>
       </c>
       <c r="C2151" s="0">
-        <v>108</v>
+        <v>648</v>
       </c>
       <c r="D2151" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2151" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2152" spans="1:5" customFormat="false">
       <c r="A2152" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B2152" s="0" t="str">
-        <v xml:space="preserve">Evaluatie Bestemmingsplan Buitengebied 2012 </v>
+        <v xml:space="preserve">Afval en circulaire economie </v>
       </c>
       <c r="C2152" s="0">
-        <v>126</v>
+        <v>809</v>
       </c>
       <c r="D2152" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2152" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2153" spans="1:5" customFormat="false">
       <c r="A2153" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B2153" s="0" t="str">
-        <v>Evaluatie biovergistingsinstallatie Lankerenseweg</v>
+        <v>Groene daken - Energietransitie</v>
       </c>
       <c r="C2153" s="0">
-        <v>149</v>
+        <v>854</v>
       </c>
       <c r="D2153" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2153" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2154" spans="1:5" customFormat="false">
       <c r="A2154" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B2154" s="0" t="str">
-        <v>Onderzoek locaties objectgebonden gedoogbeschikkingen</v>
+        <v>Visie op zonneakkers</v>
       </c>
       <c r="C2154" s="0">
-        <v>254</v>
+        <v>879</v>
       </c>
       <c r="D2154" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2154" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2155" spans="1:5" customFormat="false">
       <c r="A2155" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B2155" s="0" t="str">
-        <v>Herbouw woning Engelsestadweg 30</v>
+        <v>Laagfrequent geluid windturbines</v>
       </c>
       <c r="C2155" s="0">
-        <v>255</v>
+        <v>974</v>
       </c>
       <c r="D2155" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2155" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2156" spans="1:5" customFormat="false">
       <c r="A2156" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B2156" s="0" t="str">
-        <v>Herziening bestemmingsplan Engelsestadweg 30</v>
+        <v>Resultaten boringen geothermie</v>
       </c>
       <c r="C2156" s="0">
-        <v>287</v>
+        <v>1022</v>
       </c>
       <c r="D2156" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2156" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2157" spans="1:5" customFormat="false">
       <c r="A2157" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B2157" s="0" t="str">
-        <v>Bestemmingsplan Essenerweg IX, besluitvorming inzake bestemmingsplannen</v>
+        <v>Aanleg zonnepark Stroe</v>
       </c>
       <c r="C2157" s="0">
-        <v>306</v>
+        <v>1256</v>
       </c>
       <c r="D2157" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2157" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2158" spans="1:5" customFormat="false">
       <c r="A2158" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (milieu, duurzaamheid, energietransitie)</v>
       </c>
       <c r="B2158" s="0" t="str">
-        <v>Strategische Visie</v>
+        <v>Datacentrum in Natura2000 gebied</v>
       </c>
       <c r="C2158" s="0">
-        <v>310</v>
+        <v>1257</v>
       </c>
       <c r="D2158" s="0" t="str">
-        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2158" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>J.M. de Heer-Verheij</v>
       </c>
     </row>
     <row r="2159" spans="1:5" customFormat="false">
       <c r="A2159" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (Projecten Centra Barneveld en Voorthuizen) </v>
       </c>
       <c r="B2159" s="0" t="str">
-        <v>Lidmaatschap Gebiedscoöperatie O-gen</v>
+        <v>Suggesties verkeerssituatie Centrumplan Barneveld</v>
       </c>
       <c r="C2159" s="0">
-        <v>325</v>
+        <v>163</v>
       </c>
       <c r="D2159" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E2159" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2160" spans="1:5" customFormat="false">
       <c r="A2160" s="0" t="str">
-        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
+        <v>326 Milieu &amp; ruimtelijke ordening (recreatie en toerisme)</v>
       </c>
       <c r="B2160" s="0" t="str">
-        <v>Bestemmingsplan Dwarsakker</v>
+        <v>Evaluatie uitvoeringsprogramma recreatie en toerisme</v>
       </c>
       <c r="C2160" s="0">
-        <v>334</v>
+        <v>1254</v>
       </c>
       <c r="D2160" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E2160" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2161" spans="1:5" customFormat="false">
       <c r="A2161" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2161" s="0" t="str">
-        <v>Herziening bestemmingsplan voor bestemmen bedrijfswoning op perceel Schoutenstraat 88B</v>
+        <v>Bijstelling Strategische Visie</v>
       </c>
       <c r="C2161" s="0">
-        <v>349</v>
+        <v>86</v>
       </c>
       <c r="D2161" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E2161" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2162" spans="1:5" customFormat="false">
       <c r="A2162" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2162" s="0" t="str">
-        <v>Memo m.b.t. vergunningsvrij bouwen voor het verlenen van mantelzorg</v>
+        <v>Flexibiliseren bestemmingsplannen</v>
       </c>
       <c r="C2162" s="0">
-        <v>446</v>
+        <v>96</v>
       </c>
       <c r="D2162" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2162" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2163" spans="1:5" customFormat="false">
       <c r="A2163" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2163" s="0" t="str">
-        <v>Bestemmingsplan Garderbroekerweg-Kerkweg</v>
+        <v>Plaatsing luchtbehandelingskast pand Koterweg</v>
       </c>
       <c r="C2163" s="0">
-        <v>491</v>
+        <v>107</v>
       </c>
       <c r="D2163" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2163" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2164" spans="1:5" customFormat="false">
       <c r="A2164" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2164" s="0" t="str">
-        <v>Bestemmingsplan Garderbroekerweg-Kerkweg</v>
+        <v>Reparatieplan Bestemmingsplan Buitengebied 2012</v>
       </c>
       <c r="C2164" s="0">
-        <v>492</v>
+        <v>108</v>
       </c>
       <c r="D2164" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2164" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2165" spans="1:5" customFormat="false">
       <c r="A2165" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2165" s="0" t="str">
-        <v>Bestemmingsplan Gerard Doustraat I</v>
+        <v xml:space="preserve">Evaluatie Bestemmingsplan Buitengebied 2012 </v>
       </c>
       <c r="C2165" s="0">
-        <v>518</v>
+        <v>126</v>
       </c>
       <c r="D2165" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2165" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2166" spans="1:5" customFormat="false">
       <c r="A2166" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2166" s="0" t="str">
-        <v>Erfafscheiding bij Fa. Vink t.b.v. woningen langs fietsroute Barneveld Zuid</v>
+        <v>Evaluatie biovergistingsinstallatie Lankerenseweg</v>
       </c>
       <c r="C2166" s="0">
-        <v>592</v>
+        <v>149</v>
       </c>
       <c r="D2166" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2166" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2167" spans="1:5" customFormat="false">
       <c r="A2167" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2167" s="0" t="str">
-        <v>Fietsroute Barneveld Zuid; plaatsen scheidingswand bij woningen</v>
+        <v>Onderzoek locaties objectgebonden gedoogbeschikkingen</v>
       </c>
       <c r="C2167" s="0">
-        <v>594</v>
+        <v>254</v>
       </c>
       <c r="D2167" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2167" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2168" spans="1:5" customFormat="false">
       <c r="A2168" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2168" s="0" t="str">
-        <v>Actualisering functieveranderingsbeleid</v>
+        <v>Herbouw woning Engelsestadweg 30</v>
       </c>
       <c r="C2168" s="0">
-        <v>655</v>
+        <v>255</v>
       </c>
       <c r="D2168" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2168" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2169" spans="1:5" customFormat="false">
       <c r="A2169" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2169" s="0" t="str">
-        <v>Omschrijving ingrijpende activiteiten in landelijk gebied toelichting bestemmingsplan</v>
+        <v>Herziening bestemmingsplan Engelsestadweg 30</v>
       </c>
       <c r="C2169" s="0">
-        <v>708</v>
+        <v>287</v>
       </c>
       <c r="D2169" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2169" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2170" spans="1:5" customFormat="false">
       <c r="A2170" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2170" s="0" t="str">
-        <v>Bestemmingsplan Veller II; keuze woningen of maatschappelijke functie</v>
+        <v>Bestemmingsplan Essenerweg IX, besluitvorming inzake bestemmingsplannen</v>
       </c>
       <c r="C2170" s="0">
-        <v>737</v>
+        <v>306</v>
       </c>
       <c r="D2170" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2170" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2171" spans="1:5" customFormat="false">
       <c r="A2171" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2171" s="0" t="str">
-        <v>Proces windturbines Zeumeren</v>
+        <v>Strategische Visie</v>
       </c>
       <c r="C2171" s="0">
-        <v>781</v>
+        <v>310</v>
       </c>
       <c r="D2171" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v>OUD Ontwikkelingsbedrijf (afgedaan voor 1/1/15)</v>
       </c>
       <c r="E2171" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2172" spans="1:5" customFormat="false">
       <c r="A2172" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2172" s="0" t="str">
-        <v>Overzicht zaken die nog onder oude functieveranderingsbeleid (1000 m2) vallen</v>
+        <v>Lidmaatschap Gebiedscoöperatie O-gen</v>
       </c>
       <c r="C2172" s="0">
-        <v>782</v>
+        <v>325</v>
       </c>
       <c r="D2172" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2172" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2173" spans="1:5" customFormat="false">
       <c r="A2173" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2173" s="0" t="str">
-        <v>Terrein rondom Puurveense Molen</v>
+        <v>Bestemmingsplan Dwarsakker</v>
       </c>
       <c r="C2173" s="0">
-        <v>812</v>
+        <v>334</v>
       </c>
       <c r="D2173" s="0" t="str">
-        <v>Team Ontwikkeling (projecten)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2173" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2174" spans="1:5" customFormat="false">
       <c r="A2174" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2174" s="0" t="str">
-        <v>Invoering denktank Omgevingswet</v>
+        <v>Herziening bestemmingsplan voor bestemmen bedrijfswoning op perceel Schoutenstraat 88B</v>
       </c>
       <c r="C2174" s="0">
-        <v>813</v>
+        <v>349</v>
       </c>
       <c r="D2174" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2174" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2175" spans="1:5" customFormat="false">
       <c r="A2175" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2175" s="0" t="str">
-        <v>Rapportage buitenplans afwijken bestemmingsplan bij omgevingsvergunningen</v>
+        <v>Memo m.b.t. vergunningsvrij bouwen voor het verlenen van mantelzorg</v>
       </c>
       <c r="C2175" s="0">
-        <v>852</v>
+        <v>446</v>
       </c>
       <c r="D2175" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2175" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2176" spans="1:5" customFormat="false">
       <c r="A2176" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2176" s="0" t="str">
-        <v>Notitie toepassen maatwerk bij bestemmingplannen</v>
+        <v>Bestemmingsplan Garderbroekerweg-Kerkweg</v>
       </c>
       <c r="C2176" s="0">
-        <v>863</v>
+        <v>491</v>
       </c>
       <c r="D2176" s="0" t="str">
         <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E2176" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2177" spans="1:5" customFormat="false">
       <c r="A2177" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2177" s="0" t="str">
-        <v>houtrook/fijnstof</v>
+        <v>Bestemmingsplan Garderbroekerweg-Kerkweg</v>
       </c>
       <c r="C2177" s="0">
-        <v>864</v>
+        <v>492</v>
       </c>
       <c r="D2177" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2177" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2178" spans="1:5" customFormat="false">
       <c r="A2178" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2178" s="0" t="str">
-        <v>Notitie stikstof</v>
+        <v>Bestemmingsplan Gerard Doustraat I</v>
       </c>
       <c r="C2178" s="0">
-        <v>938</v>
+        <v>518</v>
       </c>
       <c r="D2178" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2178" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2179" spans="1:5" customFormat="false">
       <c r="A2179" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2179" s="0" t="str">
-        <v>Natuurinclusief bouwen</v>
+        <v>Erfafscheiding bij Fa. Vink t.b.v. woningen langs fietsroute Barneveld Zuid</v>
       </c>
       <c r="C2179" s="0">
-        <v>982</v>
+        <v>592</v>
       </c>
       <c r="D2179" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2179" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2180" spans="1:5" customFormat="false">
       <c r="A2180" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2180" s="0" t="str">
-        <v>Natuurinclusief bouwen</v>
+        <v>Fietsroute Barneveld Zuid; plaatsen scheidingswand bij woningen</v>
       </c>
       <c r="C2180" s="0">
-        <v>982</v>
+        <v>594</v>
       </c>
       <c r="D2180" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2180" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2181" spans="1:5" customFormat="false">
       <c r="A2181" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2181" s="0" t="str">
-        <v>Natuurinclusief bouwen</v>
+        <v>Actualisering functieveranderingsbeleid</v>
       </c>
       <c r="C2181" s="0">
-        <v>982</v>
+        <v>655</v>
       </c>
       <c r="D2181" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2181" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2182" spans="1:5" customFormat="false">
       <c r="A2182" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2182" s="0" t="str">
-        <v xml:space="preserve">Volwassen bomen aanbrengen in woonwijken </v>
+        <v>Omschrijving ingrijpende activiteiten in landelijk gebied toelichting bestemmingsplan</v>
       </c>
       <c r="C2182" s="0">
-        <v>1019</v>
+        <v>708</v>
       </c>
       <c r="D2182" s="0" t="str">
-        <v>Team Beleid (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2182" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2183" spans="1:5" customFormat="false">
       <c r="A2183" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2183" s="0" t="str">
-        <v>Aanvulling Koersdocument: inzicht in beslismomenten</v>
+        <v>Bestemmingsplan Veller II; keuze woningen of maatschappelijke functie</v>
       </c>
       <c r="C2183" s="0">
-        <v>1045</v>
+        <v>737</v>
       </c>
       <c r="D2183" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2183" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2184" spans="1:5" customFormat="false">
       <c r="A2184" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2184" s="0" t="str">
-        <v>Houtstook</v>
+        <v>Proces windturbines Zeumeren</v>
       </c>
       <c r="C2184" s="0">
-        <v>1082</v>
+        <v>781</v>
       </c>
       <c r="D2184" s="0" t="str">
         <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E2184" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2185" spans="1:5" customFormat="false">
       <c r="A2185" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2185" s="0" t="str">
-        <v>Adres Horselerweg 13bis wijzigen</v>
+        <v>Overzicht zaken die nog onder oude functieveranderingsbeleid (1000 m2) vallen</v>
       </c>
       <c r="C2185" s="0">
-        <v>1155</v>
+        <v>782</v>
       </c>
       <c r="D2185" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2185" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2186" spans="1:5" customFormat="false">
       <c r="A2186" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2186" s="0" t="str">
-        <v>Speelplek Nederwoudseweg</v>
+        <v>Terrein rondom Puurveense Molen</v>
       </c>
       <c r="C2186" s="0">
-        <v>1198</v>
+        <v>812</v>
       </c>
       <c r="D2186" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v>Team Ontwikkeling (projecten)</v>
       </c>
       <c r="E2186" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2187" spans="1:5" customFormat="false">
       <c r="A2187" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2187" s="0" t="str">
-        <v>Informatie over houtstook op website</v>
+        <v>Invoering denktank Omgevingswet</v>
       </c>
       <c r="C2187" s="0">
-        <v>1200</v>
+        <v>813</v>
       </c>
       <c r="D2187" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2187" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2188" spans="1:5" customFormat="false">
       <c r="A2188" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2188" s="0" t="str">
-        <v>Tijdig informeren indieners zienswijzen</v>
+        <v>Rapportage buitenplans afwijken bestemmingsplan bij omgevingsvergunningen</v>
       </c>
       <c r="C2188" s="0">
-        <v>1202</v>
+        <v>852</v>
       </c>
       <c r="D2188" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2188" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2189" spans="1:5" customFormat="false">
       <c r="A2189" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2189" s="0" t="str">
-        <v>Groen compensatie bij BP Buurtweg II</v>
+        <v>Notitie toepassen maatwerk bij bestemmingplannen</v>
       </c>
       <c r="C2189" s="0">
-        <v>1203</v>
+        <v>863</v>
       </c>
       <c r="D2189" s="0" t="str">
         <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E2189" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2190" spans="1:5" customFormat="false">
       <c r="A2190" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2190" s="0" t="str">
-        <v>Wijkgerichte aanpak overlast houtstook</v>
+        <v>houtrook/fijnstof</v>
       </c>
       <c r="C2190" s="0">
-        <v>1262</v>
+        <v>864</v>
       </c>
       <c r="D2190" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2190" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2191" spans="1:5" customFormat="false">
       <c r="A2191" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2191" s="0" t="str">
-        <v>Kappen en planten bomen BP Walhuisweg II</v>
+        <v>Notitie stikstof</v>
       </c>
       <c r="C2191" s="0">
-        <v>1265</v>
+        <v>938</v>
       </c>
       <c r="D2191" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E2191" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2192" spans="1:5" customFormat="false">
       <c r="A2192" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2192" s="0" t="str">
-        <v>Betaalbaarheidsgrens opnemen in bestemmingsplannen</v>
+        <v>Natuurinclusief bouwen</v>
       </c>
       <c r="C2192" s="0">
-        <v>1274</v>
+        <v>982</v>
       </c>
       <c r="D2192" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2192" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2193" spans="1:5" customFormat="false">
       <c r="A2193" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2193" s="0" t="str">
-        <v>Bestemmingsplan Lanen-Oost (percentages categoriën koopwoningen)</v>
+        <v>Natuurinclusief bouwen</v>
       </c>
       <c r="C2193" s="0">
-        <v>1276</v>
+        <v>982</v>
       </c>
       <c r="D2193" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2193" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2194" spans="1:5" customFormat="false">
       <c r="A2194" s="0" t="str">
         <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2194" s="0" t="str">
-        <v>Gezondheidsrisico's projecten vermelden op projectensite</v>
+        <v>Natuurinclusief bouwen</v>
       </c>
       <c r="C2194" s="0">
-        <v>1277</v>
+        <v>982</v>
       </c>
       <c r="D2194" s="0" t="str">
-        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2194" s="0" t="str">
         <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2195" spans="1:5" customFormat="false">
       <c r="A2195" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2195" s="0" t="str">
-        <v>Veiligheid fietspaden (i.v.m. verlichting) bij de Hoenderlaan en de ds. E. Fransenlaan</v>
+        <v xml:space="preserve">Volwassen bomen aanbrengen in woonwijken </v>
       </c>
       <c r="C2195" s="0">
-        <v>630</v>
+        <v>1019</v>
       </c>
       <c r="D2195" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Beleid (Leefomgeving)</v>
       </c>
       <c r="E2195" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2196" spans="1:5" customFormat="false">
       <c r="A2196" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2196" s="0" t="str">
-        <v>Onkruidarme bestrating</v>
+        <v>Aanvulling Koersdocument: inzicht in beslismomenten</v>
       </c>
       <c r="C2196" s="0">
-        <v>632</v>
+        <v>1045</v>
       </c>
       <c r="D2196" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2196" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2197" spans="1:5" customFormat="false">
       <c r="A2197" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2197" s="0" t="str">
-        <v>Beleidsvisie beheer en onderhoud wegen: uitvoeringsplan</v>
+        <v>Houtstook</v>
       </c>
       <c r="C2197" s="0">
-        <v>671</v>
+        <v>1082</v>
       </c>
       <c r="D2197" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E2197" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2198" spans="1:5" customFormat="false">
       <c r="A2198" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2198" s="0" t="str">
-        <v>Schouw van de wegen</v>
+        <v>Adres Horselerweg 13bis wijzigen</v>
       </c>
       <c r="C2198" s="0">
-        <v>672</v>
+        <v>1155</v>
       </c>
       <c r="D2198" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E2198" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2199" spans="1:5" customFormat="false">
       <c r="A2199" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2199" s="0" t="str">
-        <v>werkbezoek wegvlakken waar wegwerkzaamheden plaats moeten vinden</v>
+        <v>Speelplek Nederwoudseweg</v>
       </c>
       <c r="C2199" s="0">
-        <v>1021</v>
+        <v>1198</v>
       </c>
       <c r="D2199" s="0" t="str">
-        <v>Team Bedrijfsvoering sociaal domein</v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E2199" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2200" spans="1:5" customFormat="false">
       <c r="A2200" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2200" s="0" t="str">
-        <v>werkbezoek wegvlakken waar wegwerkzaamheden plaats moeten vinden</v>
+        <v>Informatie over houtstook op website</v>
       </c>
       <c r="C2200" s="0">
-        <v>1021</v>
+        <v>1200</v>
       </c>
       <c r="D2200" s="0" t="str">
-        <v>Team Bedrijfsvoering sociaal domein</v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2200" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2201" spans="1:5" customFormat="false">
       <c r="A2201" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2201" s="0" t="str">
-        <v>verkeerspaaltjes neerklappen in wintermaanden</v>
+        <v>Tijdig informeren indieners zienswijzen</v>
       </c>
       <c r="C2201" s="0">
-        <v>1133</v>
+        <v>1202</v>
       </c>
       <c r="D2201" s="0" t="str">
-        <v>Team Reiniging</v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E2201" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2202" spans="1:5" customFormat="false">
       <c r="A2202" s="0" t="str">
-        <v>327 Wegen</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2202" s="0" t="str">
-        <v>Project Apeldoornsestraat monitoren snelheid</v>
+        <v>Groen compensatie bij BP Buurtweg II</v>
       </c>
       <c r="C2202" s="0">
-        <v>1157</v>
+        <v>1203</v>
       </c>
       <c r="D2202" s="0" t="str">
-        <v xml:space="preserve">OUD Bedrijfsbureau </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E2202" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2203" spans="1:5" customFormat="false">
       <c r="A2203" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2203" s="0" t="str">
-        <v>Gesprek minister duurzaamheid bekostiging scholen</v>
+        <v>Wijkgerichte aanpak overlast houtstook</v>
       </c>
       <c r="C2203" s="0">
-        <v>162</v>
+        <v>1262</v>
       </c>
       <c r="D2203" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2203" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2204" spans="1:5" customFormat="false">
       <c r="A2204" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2204" s="0" t="str">
-        <v>Onderhoud schoolgebouwen Stichting OPO Eem-Vallei Educatief</v>
+        <v>Kappen en planten bomen BP Walhuisweg II</v>
       </c>
       <c r="C2204" s="0">
-        <v>170</v>
+        <v>1265</v>
       </c>
       <c r="D2204" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E2204" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2205" spans="1:5" customFormat="false">
       <c r="A2205" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2205" s="0" t="str">
-        <v>Prognoses/metingen De Meerwaarde, i.v.m. onderwijshuisvesting</v>
+        <v>Betaalbaarheidsgrens opnemen in bestemmingsplannen</v>
       </c>
       <c r="C2205" s="0">
-        <v>657</v>
+        <v>1274</v>
       </c>
       <c r="D2205" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E2205" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2206" spans="1:5" customFormat="false">
       <c r="A2206" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2206" s="0" t="str">
-        <v>Prognoses/metingen De Meerwaarde, i.v.m. onderwijshuisvesting</v>
+        <v>Bestemmingsplan Lanen-Oost (percentages categoriën koopwoningen)</v>
       </c>
       <c r="C2206" s="0">
-        <v>657</v>
+        <v>1276</v>
       </c>
       <c r="D2206" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2206" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2207" spans="1:5" customFormat="false">
       <c r="A2207" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v xml:space="preserve">326 Milieu &amp; ruimtelijke ordening (ruimte, (natuurinclusief) bouwen en wonen (excl. handhaving), incl. Omgevingswet, plattelandsontwikkeling, luchtkwaliteit, stikstof, landbouwnetwerk en agrifood-sector en voedsel </v>
       </c>
       <c r="B2207" s="0" t="str">
-        <v>Onderzoek gevolgen school Veller voor aantal leerlingen Norschoten</v>
+        <v>Gezondheidsrisico's projecten vermelden op projectensite</v>
       </c>
       <c r="C2207" s="0">
-        <v>936</v>
+        <v>1277</v>
       </c>
       <c r="D2207" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>Team Stedenbouw, duurzaamheid en omgevingsbeleid</v>
       </c>
       <c r="E2207" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2208" spans="1:5" customFormat="false">
       <c r="A2208" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="B2208" s="0" t="str">
-        <v>Tiny forest/groene schoolpleinen</v>
+        <v>Veiligheid fietspaden (i.v.m. verlichting) bij de Hoenderlaan en de ds. E. Fransenlaan</v>
       </c>
       <c r="C2208" s="0">
-        <v>987</v>
+        <v>630</v>
       </c>
       <c r="D2208" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2208" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2209" spans="1:5" customFormat="false">
       <c r="A2209" s="0" t="str">
-        <v>332 Huisvesting onderwijs</v>
+        <v>327 Wegen</v>
       </c>
       <c r="B2209" s="0" t="str">
-        <v>Tiny forest/groene schoolpleinen</v>
+        <v>Onkruidarme bestrating</v>
       </c>
       <c r="C2209" s="0">
-        <v>987</v>
+        <v>632</v>
       </c>
       <c r="D2209" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2209" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2210" spans="1:5" customFormat="false">
       <c r="A2210" s="0" t="str">
-        <v>333 Bibliotheek</v>
+        <v>327 Wegen</v>
       </c>
       <c r="B2210" s="0" t="str">
-        <v>Bibliotheekvisie</v>
+        <v>Beleidsvisie beheer en onderhoud wegen: uitvoeringsplan</v>
       </c>
       <c r="C2210" s="0">
-        <v>380</v>
+        <v>671</v>
       </c>
       <c r="D2210" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2210" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2211" spans="1:5" customFormat="false">
       <c r="A2211" s="0" t="str">
-        <v>333 Bibliotheek</v>
+        <v>327 Wegen</v>
       </c>
       <c r="B2211" s="0" t="str">
-        <v>Bibliotheekvisie</v>
+        <v>Schouw van de wegen</v>
       </c>
       <c r="C2211" s="0">
-        <v>380</v>
+        <v>672</v>
       </c>
       <c r="D2211" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2211" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2212" spans="1:5" customFormat="false">
       <c r="A2212" s="0" t="str">
-        <v>333 Bibliotheek</v>
+        <v>327 Wegen</v>
       </c>
       <c r="B2212" s="0" t="str">
-        <v>Bibliotheekvisie</v>
+        <v>werkbezoek wegvlakken waar wegwerkzaamheden plaats moeten vinden</v>
       </c>
       <c r="C2212" s="0">
-        <v>380</v>
+        <v>1021</v>
       </c>
       <c r="D2212" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Bedrijfsvoering sociaal domein</v>
       </c>
       <c r="E2212" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2213" spans="1:5" customFormat="false">
       <c r="A2213" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>327 Wegen</v>
       </c>
       <c r="B2213" s="0" t="str">
-        <v>Activeren culturele vermogen</v>
+        <v>werkbezoek wegvlakken waar wegwerkzaamheden plaats moeten vinden</v>
       </c>
       <c r="C2213" s="0">
-        <v>118</v>
+        <v>1021</v>
       </c>
       <c r="D2213" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v>Team Bedrijfsvoering sociaal domein</v>
       </c>
       <c r="E2213" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2214" spans="1:5" customFormat="false">
       <c r="A2214" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>327 Wegen</v>
       </c>
       <c r="B2214" s="0" t="str">
-        <v>Kunstuiting nieuwe koning</v>
+        <v>verkeerspaaltjes neerklappen in wintermaanden</v>
       </c>
       <c r="C2214" s="0">
-        <v>127</v>
+        <v>1133</v>
       </c>
       <c r="D2214" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v>Team Reiniging</v>
       </c>
       <c r="E2214" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2215" spans="1:5" customFormat="false">
       <c r="A2215" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>327 Wegen</v>
       </c>
       <c r="B2215" s="0" t="str">
-        <v>Tweejaarlijkse informatie over Schaffelaartheater</v>
+        <v>Project Apeldoornsestraat monitoren snelheid</v>
       </c>
       <c r="C2215" s="0">
-        <v>129</v>
+        <v>1157</v>
       </c>
       <c r="D2215" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Bedrijfsbureau </v>
       </c>
       <c r="E2215" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2216" spans="1:5" customFormat="false">
       <c r="A2216" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B2216" s="0" t="str">
-        <v>Schaffelaartheater</v>
+        <v>Gesprek minister duurzaamheid bekostiging scholen</v>
       </c>
       <c r="C2216" s="0">
-        <v>309</v>
+        <v>162</v>
       </c>
       <c r="D2216" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E2216" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2217" spans="1:5" customFormat="false">
       <c r="A2217" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B2217" s="0" t="str">
-        <v>Muziekonderwijs</v>
+        <v>Onderhoud schoolgebouwen Stichting OPO Eem-Vallei Educatief</v>
       </c>
       <c r="C2217" s="0">
-        <v>633</v>
+        <v>170</v>
       </c>
       <c r="D2217" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E2217" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2218" spans="1:5" customFormat="false">
       <c r="A2218" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B2218" s="0" t="str">
-        <v>Muziekonderwijs</v>
+        <v>Prognoses/metingen De Meerwaarde, i.v.m. onderwijshuisvesting</v>
       </c>
       <c r="C2218" s="0">
-        <v>633</v>
+        <v>657</v>
       </c>
       <c r="D2218" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E2218" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2219" spans="1:5" customFormat="false">
       <c r="A2219" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B2219" s="0" t="str">
-        <v>Muziekonderwijs</v>
+        <v>Prognoses/metingen De Meerwaarde, i.v.m. onderwijshuisvesting</v>
       </c>
       <c r="C2219" s="0">
-        <v>633</v>
+        <v>657</v>
       </c>
       <c r="D2219" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E2219" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2220" spans="1:5" customFormat="false">
       <c r="A2220" s="0" t="str">
-        <v>334 Kunst en cultuur (incl monumenten)</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B2220" s="0" t="str">
-        <v>Evaluatie subsidiering Schaffelaartheater, convenant</v>
+        <v>Onderzoek gevolgen school Veller voor aantal leerlingen Norschoten</v>
       </c>
       <c r="C2220" s="0">
-        <v>650</v>
+        <v>936</v>
       </c>
       <c r="D2220" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E2220" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2221" spans="1:5" customFormat="false">
       <c r="A2221" s="0" t="str">
-        <v>334 Schaffelaartheater</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B2221" s="0" t="str">
-        <v>Functieprofielen leden MTB/Schaffelaartheater</v>
+        <v>Tiny forest/groene schoolpleinen</v>
       </c>
       <c r="C2221" s="0">
-        <v>841</v>
+        <v>987</v>
       </c>
       <c r="D2221" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2221" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2222" spans="1:5" customFormat="false">
       <c r="A2222" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>332 Huisvesting onderwijs</v>
       </c>
       <c r="B2222" s="0" t="str">
-        <v>Opheffing voetvalvereniging i.r.t. kunstgrasveld</v>
+        <v>Tiny forest/groene schoolpleinen</v>
       </c>
       <c r="C2222" s="0">
-        <v>84</v>
+        <v>987</v>
       </c>
       <c r="D2222" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2222" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2223" spans="1:5" customFormat="false">
       <c r="A2223" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>333 Bibliotheek</v>
       </c>
       <c r="B2223" s="0" t="str">
-        <v>Bezuinigingen voor 2015 (4 ton) bespreken in cie</v>
+        <v>Bibliotheekvisie</v>
       </c>
       <c r="C2223" s="0">
-        <v>156</v>
+        <v>380</v>
       </c>
       <c r="D2223" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E2223" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2224" spans="1:5" customFormat="false">
       <c r="A2224" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>333 Bibliotheek</v>
       </c>
       <c r="B2224" s="0" t="str">
-        <v>Sportaccommodatie Overbeek</v>
+        <v>Bibliotheekvisie</v>
       </c>
       <c r="C2224" s="0">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D2224" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E2224" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2225" spans="1:5" customFormat="false">
       <c r="A2225" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>333 Bibliotheek</v>
       </c>
       <c r="B2225" s="0" t="str">
-        <v>locatie voor fietscrossvereniging Flying Bikes</v>
+        <v>Bibliotheekvisie</v>
       </c>
       <c r="C2225" s="0">
-        <v>918</v>
+        <v>380</v>
       </c>
       <c r="D2225" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E2225" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2226" spans="1:5" customFormat="false">
       <c r="A2226" s="0" t="str">
-        <v>335 Sportaccommodaties</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B2226" s="0" t="str">
-        <v>Sporthal Kootwijkerbroek</v>
+        <v>Activeren culturele vermogen</v>
       </c>
       <c r="C2226" s="0">
-        <v>998</v>
+        <v>118</v>
       </c>
       <c r="D2226" s="0" t="str">
-        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E2226" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2227" spans="1:5" customFormat="false">
       <c r="A2227" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B2227" s="0" t="str">
-        <v>Toekomstvisie dorpshuis 't Trefpunt</v>
+        <v>Kunstuiting nieuwe koning</v>
       </c>
       <c r="C2227" s="0">
-        <v>98</v>
+        <v>127</v>
       </c>
       <c r="D2227" s="0" t="str">
         <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E2227" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2228" spans="1:5" customFormat="false">
       <c r="A2228" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B2228" s="0" t="str">
-        <v>Financieel plaatje dorpshuis Voorthuizen</v>
+        <v>Tweejaarlijkse informatie over Schaffelaartheater</v>
       </c>
       <c r="C2228" s="0">
-        <v>160</v>
+        <v>129</v>
       </c>
       <c r="D2228" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E2228" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2229" spans="1:5" customFormat="false">
       <c r="A2229" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B2229" s="0" t="str">
-        <v>Financieel plaatje voor dorpshuis Garderen</v>
+        <v>Schaffelaartheater</v>
       </c>
       <c r="C2229" s="0">
-        <v>161</v>
+        <v>309</v>
       </c>
       <c r="D2229" s="0" t="str">
         <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E2229" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2230" spans="1:5" customFormat="false">
       <c r="A2230" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B2230" s="0" t="str">
-        <v>Notitie over dorpshuizen</v>
+        <v>Muziekonderwijs</v>
       </c>
       <c r="C2230" s="0">
-        <v>464</v>
+        <v>633</v>
       </c>
       <c r="D2230" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E2230" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2231" spans="1:5" customFormat="false">
       <c r="A2231" s="0" t="str">
-        <v>336 Overige accomodaties (dorpshuizen)</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B2231" s="0" t="str">
-        <v>Notitie over de risico's die de gemeente loopt bij de exploitatie van dorpshuizen.</v>
+        <v>Muziekonderwijs</v>
       </c>
       <c r="C2231" s="0">
-        <v>573</v>
+        <v>633</v>
       </c>
       <c r="D2231" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E2231" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2232" spans="1:5" customFormat="false">
       <c r="A2232" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B2232" s="0" t="str">
-        <v>Buurt betrekken bij speelplekken</v>
+        <v>Muziekonderwijs</v>
       </c>
       <c r="C2232" s="0">
-        <v>101</v>
+        <v>633</v>
       </c>
       <c r="D2232" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E2232" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2233" spans="1:5" customFormat="false">
       <c r="A2233" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>334 Kunst en cultuur (incl monumenten)</v>
       </c>
       <c r="B2233" s="0" t="str">
-        <v>Overleg betrokkenen skatebaan Espeterweg</v>
+        <v>Evaluatie subsidiering Schaffelaartheater, convenant</v>
       </c>
       <c r="C2233" s="0">
-        <v>132</v>
+        <v>650</v>
       </c>
       <c r="D2233" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E2233" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2234" spans="1:5" customFormat="false">
       <c r="A2234" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>334 Schaffelaartheater</v>
       </c>
       <c r="B2234" s="0" t="str">
-        <v>Overleg betrokkenen skatebaan Espeterweg</v>
+        <v>Functieprofielen leden MTB/Schaffelaartheater</v>
       </c>
       <c r="C2234" s="0">
-        <v>132</v>
+        <v>841</v>
       </c>
       <c r="D2234" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E2234" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2235" spans="1:5" customFormat="false">
       <c r="A2235" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="B2235" s="0" t="str">
-        <v xml:space="preserve">Naleven toezegging speelplekken </v>
+        <v>Opheffing voetvalvereniging i.r.t. kunstgrasveld</v>
       </c>
       <c r="C2235" s="0">
-        <v>784</v>
+        <v>84</v>
       </c>
       <c r="D2235" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E2235" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2236" spans="1:5" customFormat="false">
       <c r="A2236" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="B2236" s="0" t="str">
-        <v>Speelplaatsen Terbroek</v>
+        <v>Bezuinigingen voor 2015 (4 ton) bespreken in cie</v>
       </c>
       <c r="C2236" s="0">
-        <v>977</v>
+        <v>156</v>
       </c>
       <c r="D2236" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E2236" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2237" spans="1:5" customFormat="false">
       <c r="A2237" s="0" t="str">
-        <v>337 Speelvoorzieningen</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="B2237" s="0" t="str">
-        <v>Voortgangsrapportage toezeggingen speelruimtebeleidsplan</v>
+        <v>Sportaccommodatie Overbeek</v>
       </c>
       <c r="C2237" s="0">
-        <v>1204</v>
+        <v>379</v>
       </c>
       <c r="D2237" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E2237" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2238" spans="1:5" customFormat="false">
       <c r="A2238" s="0" t="str">
-        <v>411 Raad</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="B2238" s="0" t="str">
-        <v>Fysieke set moties en amendementen tijdens begrotingsraad</v>
+        <v>locatie voor fietscrossvereniging Flying Bikes</v>
       </c>
       <c r="C2238" s="0">
-        <v>87</v>
+        <v>918</v>
       </c>
       <c r="D2238" s="0" t="str">
-        <v>Team Griffie</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2238" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2239" spans="1:5" customFormat="false">
       <c r="A2239" s="0" t="str">
-        <v>411 Raad</v>
+        <v>335 Sportaccommodaties</v>
       </c>
       <c r="B2239" s="0" t="str">
-        <v>Vernieuwend vergaderen</v>
+        <v>Sporthal Kootwijkerbroek</v>
       </c>
       <c r="C2239" s="0">
-        <v>88</v>
+        <v>998</v>
       </c>
       <c r="D2239" s="0" t="str">
-        <v>Team Griffie</v>
+        <v xml:space="preserve">OUD Team Verkeer en Vastgoed </v>
       </c>
       <c r="E2239" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2240" spans="1:5" customFormat="false">
       <c r="A2240" s="0" t="str">
-        <v>411 Raad</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="B2240" s="0" t="str">
-        <v>Vergaderplanning 2014</v>
+        <v>Toekomstvisie dorpshuis 't Trefpunt</v>
       </c>
       <c r="C2240" s="0">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="D2240" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E2240" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2241" spans="1:5" customFormat="false">
       <c r="A2241" s="0" t="str">
-        <v>411 Raad</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="B2241" s="0" t="str">
-        <v>Integriteit politieke ambtsdragers</v>
+        <v>Financieel plaatje dorpshuis Voorthuizen</v>
       </c>
       <c r="C2241" s="0">
-        <v>253</v>
+        <v>160</v>
       </c>
       <c r="D2241" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E2241" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2242" spans="1:5" customFormat="false">
       <c r="A2242" s="0" t="str">
-        <v>411 Raad</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="B2242" s="0" t="str">
-        <v>Quick Scan Lokaal Bestuur</v>
+        <v>Financieel plaatje voor dorpshuis Garderen</v>
       </c>
       <c r="C2242" s="0">
-        <v>339</v>
+        <v>161</v>
       </c>
       <c r="D2242" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E2242" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2243" spans="1:5" customFormat="false">
       <c r="A2243" s="0" t="str">
-        <v>411 Raad</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="B2243" s="0" t="str">
-        <v>Maandrapportages</v>
+        <v>Notitie over dorpshuizen</v>
       </c>
       <c r="C2243" s="0">
-        <v>343</v>
+        <v>464</v>
       </c>
       <c r="D2243" s="0" t="str">
-        <v>Team Griffie</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E2243" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2244" spans="1:5" customFormat="false">
       <c r="A2244" s="0" t="str">
-        <v>411 Raad</v>
+        <v>336 Overige accomodaties (dorpshuizen)</v>
       </c>
       <c r="B2244" s="0" t="str">
-        <v>Maandrapportages</v>
+        <v>Notitie over de risico's die de gemeente loopt bij de exploitatie van dorpshuizen.</v>
       </c>
       <c r="C2244" s="0">
-        <v>343</v>
+        <v>573</v>
       </c>
       <c r="D2244" s="0" t="str">
-        <v>Team Griffie</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E2244" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2245" spans="1:5" customFormat="false">
       <c r="A2245" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B2245" s="0" t="str">
-        <v>Brandweerzaken</v>
+        <v>Buurt betrekken bij speelplekken</v>
       </c>
       <c r="C2245" s="0">
-        <v>359</v>
+        <v>101</v>
       </c>
       <c r="D2245" s="0" t="str">
-        <v>Team Griffie</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2245" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2246" spans="1:5" customFormat="false">
       <c r="A2246" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B2246" s="0" t="str">
-        <v>Financiële consequenties deelname fractievolgers in commissievergaderingen</v>
+        <v>Overleg betrokkenen skatebaan Espeterweg</v>
       </c>
       <c r="C2246" s="0">
-        <v>442</v>
+        <v>132</v>
       </c>
       <c r="D2246" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E2246" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2247" spans="1:5" customFormat="false">
       <c r="A2247" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B2247" s="0" t="str">
-        <v>Quick Scan Lokaal Bestuur</v>
+        <v>Overleg betrokkenen skatebaan Espeterweg</v>
       </c>
       <c r="C2247" s="0">
-        <v>443</v>
+        <v>132</v>
       </c>
       <c r="D2247" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
       </c>
       <c r="E2247" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2248" spans="1:5" customFormat="false">
       <c r="A2248" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B2248" s="0" t="str">
-        <v>Memo postbus Vragenraadslid (mn begroting)</v>
+        <v xml:space="preserve">Naleven toezegging speelplekken </v>
       </c>
       <c r="C2248" s="0">
-        <v>462</v>
+        <v>784</v>
       </c>
       <c r="D2248" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E2248" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2249" spans="1:5" customFormat="false">
       <c r="A2249" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B2249" s="0" t="str">
-        <v>Onderling rondsturen van documenten door de raad</v>
+        <v>Speelplaatsen Terbroek</v>
       </c>
       <c r="C2249" s="0">
-        <v>474</v>
+        <v>977</v>
       </c>
       <c r="D2249" s="0" t="str">
-        <v>Team Griffie</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2249" s="0" t="str">
-        <v>M Bongers</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2250" spans="1:5" customFormat="false">
       <c r="A2250" s="0" t="str">
-        <v>411 Raad</v>
+        <v>337 Speelvoorzieningen</v>
       </c>
       <c r="B2250" s="0" t="str">
-        <v>Evaluatie projectenmarkt</v>
+        <v>Voortgangsrapportage toezeggingen speelruimtebeleidsplan</v>
       </c>
       <c r="C2250" s="0">
-        <v>509</v>
+        <v>1204</v>
       </c>
       <c r="D2250" s="0" t="str">
-        <v>Team Griffie</v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E2250" s="0" t="str">
-        <v>M Bongers</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2251" spans="1:5" customFormat="false">
       <c r="A2251" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="B2251" s="0" t="str">
-        <v>Evaluatie sociale markt</v>
+        <v>Fysieke set moties en amendementen tijdens begrotingsraad</v>
       </c>
       <c r="C2251" s="0">
-        <v>510</v>
+        <v>87</v>
       </c>
       <c r="D2251" s="0" t="str">
         <v>Team Griffie</v>
       </c>
       <c r="E2251" s="0" t="str">
         <v>M Bongers</v>
       </c>
     </row>
     <row r="2252" spans="1:5" customFormat="false">
       <c r="A2252" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="B2252" s="0" t="str">
-        <v>Bedrijfsbezoek aan Givaudan</v>
+        <v>Vernieuwend vergaderen</v>
       </c>
       <c r="C2252" s="0">
-        <v>511</v>
+        <v>88</v>
       </c>
       <c r="D2252" s="0" t="str">
         <v>Team Griffie</v>
       </c>
       <c r="E2252" s="0" t="str">
         <v>M Bongers</v>
       </c>
     </row>
     <row r="2253" spans="1:5" customFormat="false">
       <c r="A2253" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="B2253" s="0" t="str">
-        <v>Agendering F-stukken, m.n. bij bestemmingsplannen</v>
+        <v>Vergaderplanning 2014</v>
       </c>
       <c r="C2253" s="0">
-        <v>539</v>
+        <v>105</v>
       </c>
       <c r="D2253" s="0" t="str">
         <v>Team Griffie</v>
       </c>
       <c r="E2253" s="0" t="str">
         <v>M Bongers</v>
       </c>
     </row>
     <row r="2254" spans="1:5" customFormat="false">
       <c r="A2254" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="B2254" s="0" t="str">
-        <v>Debat/dialoogtraining</v>
+        <v>Integriteit politieke ambtsdragers</v>
       </c>
       <c r="C2254" s="0">
-        <v>543</v>
+        <v>253</v>
       </c>
       <c r="D2254" s="0" t="str">
         <v>Team Griffie</v>
       </c>
       <c r="E2254" s="0" t="str">
         <v>M Bongers</v>
       </c>
     </row>
     <row r="2255" spans="1:5" customFormat="false">
       <c r="A2255" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="B2255" s="0" t="str">
-        <v>Aanpassen Organisatieverordening i.v.m. afsplitsen van een fractie</v>
+        <v>Quick Scan Lokaal Bestuur</v>
       </c>
       <c r="C2255" s="0">
-        <v>544</v>
+        <v>339</v>
       </c>
       <c r="D2255" s="0" t="str">
         <v>Team Griffie</v>
       </c>
       <c r="E2255" s="0" t="str">
         <v>M Bongers</v>
       </c>
     </row>
     <row r="2256" spans="1:5" customFormat="false">
       <c r="A2256" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="B2256" s="0" t="str">
-        <v>Overleg met college over debat in vergaderingen</v>
+        <v>Maandrapportages</v>
       </c>
       <c r="C2256" s="0">
-        <v>653</v>
+        <v>343</v>
       </c>
       <c r="D2256" s="0" t="str">
         <v>Team Griffie</v>
       </c>
       <c r="E2256" s="0" t="str">
         <v>M Bongers</v>
       </c>
     </row>
     <row r="2257" spans="1:5" customFormat="false">
       <c r="A2257" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="B2257" s="0" t="str">
-        <v>Werkgeverschap gemeenteraad</v>
+        <v>Maandrapportages</v>
       </c>
       <c r="C2257" s="0">
-        <v>738</v>
+        <v>343</v>
       </c>
       <c r="D2257" s="0" t="str">
         <v>Team Griffie</v>
       </c>
       <c r="E2257" s="0" t="str">
         <v>M Bongers</v>
       </c>
     </row>
     <row r="2258" spans="1:5" customFormat="false">
       <c r="A2258" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="B2258" s="0" t="str">
-        <v>Evaluatie notulering raadsvergadering</v>
+        <v>Brandweerzaken</v>
       </c>
       <c r="C2258" s="0">
-        <v>739</v>
+        <v>359</v>
       </c>
       <c r="D2258" s="0" t="str">
         <v>Team Griffie</v>
       </c>
       <c r="E2258" s="0" t="str">
         <v>M Bongers</v>
       </c>
     </row>
     <row r="2259" spans="1:5" customFormat="false">
       <c r="A2259" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="B2259" s="0" t="str">
-        <v>Aanpassen Organisatieverordening i.v.m. plaatsvervangende leden agendacommissie en auditcommissie</v>
+        <v>Financiële consequenties deelname fractievolgers in commissievergaderingen</v>
       </c>
       <c r="C2259" s="0">
-        <v>753</v>
+        <v>442</v>
       </c>
       <c r="D2259" s="0" t="str">
         <v>Team Griffie</v>
       </c>
       <c r="E2259" s="0" t="str">
         <v>M Bongers</v>
       </c>
     </row>
     <row r="2260" spans="1:5" customFormat="false">
       <c r="A2260" s="0" t="str">
         <v>411 Raad</v>
       </c>
       <c r="B2260" s="0" t="str">
-        <v>Jongerenraad</v>
+        <v>Quick Scan Lokaal Bestuur</v>
       </c>
       <c r="C2260" s="0">
-        <v>828</v>
+        <v>443</v>
       </c>
       <c r="D2260" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2260" s="0" t="str">
         <v>M Bongers</v>
       </c>
     </row>
     <row r="2261" spans="1:5" customFormat="false">
       <c r="A2261" s="0" t="str">
-        <v>411 Raad (right to challenge)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B2261" s="0" t="str">
-        <v>Barneveld Doet / project participatie</v>
+        <v>Memo postbus Vragenraadslid (mn begroting)</v>
       </c>
       <c r="C2261" s="0">
-        <v>931</v>
+        <v>462</v>
       </c>
       <c r="D2261" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2261" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="2262" spans="1:5" customFormat="false">
       <c r="A2262" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B2262" s="0" t="str">
-        <v>Omgevingsdienst de Vallei/ OddV</v>
+        <v>Onderling rondsturen van documenten door de raad</v>
       </c>
       <c r="C2262" s="0">
-        <v>1050</v>
+        <v>474</v>
       </c>
       <c r="D2262" s="0" t="str">
-        <v>Team Planologie, bezwaar en beroep</v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2262" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="2263" spans="1:5" customFormat="false">
       <c r="A2263" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B2263" s="0" t="str">
-        <v>Informatievoorziening vanuit regio FoodValley</v>
+        <v>Evaluatie projectenmarkt</v>
       </c>
       <c r="C2263" s="0">
-        <v>463</v>
+        <v>509</v>
       </c>
       <c r="D2263" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2263" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="2264" spans="1:5" customFormat="false">
       <c r="A2264" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B2264" s="0" t="str">
-        <v>FoodValley op website gemeente</v>
+        <v>Evaluatie sociale markt</v>
       </c>
       <c r="C2264" s="0">
-        <v>498</v>
+        <v>510</v>
       </c>
       <c r="D2264" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2264" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="2265" spans="1:5" customFormat="false">
       <c r="A2265" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B2265" s="0" t="str">
-        <v>Strategische agenda FoodValley: monitor en effectrapportage komen</v>
+        <v>Bedrijfsbezoek aan Givaudan</v>
       </c>
       <c r="C2265" s="0">
-        <v>499</v>
+        <v>511</v>
       </c>
       <c r="D2265" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2265" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="2266" spans="1:5" customFormat="false">
       <c r="A2266" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B2266" s="0" t="str">
-        <v>Uitvoeringsprogramma Strategische Agenda FoodValley</v>
+        <v>Agendering F-stukken, m.n. bij bestemmingsplannen</v>
       </c>
       <c r="C2266" s="0">
-        <v>595</v>
+        <v>539</v>
       </c>
       <c r="D2266" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2266" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="2267" spans="1:5" customFormat="false">
       <c r="A2267" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B2267" s="0" t="str">
-        <v>Informatieverstrekking over FoodValley</v>
+        <v>Debat/dialoogtraining</v>
       </c>
       <c r="C2267" s="0">
-        <v>663</v>
+        <v>543</v>
       </c>
       <c r="D2267" s="0" t="str">
         <v>Team Griffie</v>
       </c>
       <c r="E2267" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="2268" spans="1:5" customFormat="false">
       <c r="A2268" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B2268" s="0" t="str">
-        <v>Lobbyist FoodValley uit Brussel</v>
+        <v>Aanpassen Organisatieverordening i.v.m. afsplitsen van een fractie</v>
       </c>
       <c r="C2268" s="0">
-        <v>684</v>
+        <v>544</v>
       </c>
       <c r="D2268" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2268" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="2269" spans="1:5" customFormat="false">
       <c r="A2269" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B2269" s="0" t="str">
-        <v>engelstalige website regio FoodValley</v>
+        <v>Overleg met college over debat in vergaderingen</v>
       </c>
       <c r="C2269" s="0">
-        <v>750</v>
+        <v>653</v>
       </c>
       <c r="D2269" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2269" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="2270" spans="1:5" customFormat="false">
       <c r="A2270" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B2270" s="0" t="str">
-        <v>Dierenambulance</v>
+        <v>Werkgeverschap gemeenteraad</v>
       </c>
       <c r="C2270" s="0">
-        <v>1057</v>
+        <v>738</v>
       </c>
       <c r="D2270" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2270" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="2271" spans="1:5" customFormat="false">
       <c r="A2271" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B2271" s="0" t="str">
-        <v>Afspraken WFC World Food Experience</v>
+        <v>Evaluatie notulering raadsvergadering</v>
       </c>
       <c r="C2271" s="0">
-        <v>1205</v>
+        <v>739</v>
       </c>
       <c r="D2271" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2271" s="0" t="str">
-        <v>B. Wijnne</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="2272" spans="1:5" customFormat="false">
       <c r="A2272" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B2272" s="0" t="str">
-        <v>PvA aanbevelingen en evaluatie uitvoering  Rekenkamerrapport Onderzoek naar heffingen en leges in Barneveld</v>
+        <v>Aanpassen Organisatieverordening i.v.m. plaatsvervangende leden agendacommissie en auditcommissie</v>
       </c>
       <c r="C2272" s="0">
-        <v>1293</v>
+        <v>753</v>
       </c>
       <c r="D2272" s="0" t="str">
         <v>Team Griffie</v>
       </c>
       <c r="E2272" s="0" t="str">
         <v>M Bongers</v>
       </c>
     </row>
     <row r="2273" spans="1:5" customFormat="false">
       <c r="A2273" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
+        <v>411 Raad</v>
       </c>
       <c r="B2273" s="0" t="str">
-        <v>PvA aanbevelingen en evaluatie uitvoering  Rekenkamerrapport Onderzoek naar heffingen en leges in Barneveld</v>
+        <v>Jongerenraad</v>
       </c>
       <c r="C2273" s="0">
-        <v>1293</v>
+        <v>828</v>
       </c>
       <c r="D2273" s="0" t="str">
-        <v>Team Griffie</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E2273" s="0" t="str">
         <v>M Bongers</v>
       </c>
     </row>
     <row r="2274" spans="1:5" customFormat="false">
       <c r="A2274" s="0" t="str">
-        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
+        <v>411 Raad (right to challenge)</v>
       </c>
       <c r="B2274" s="0" t="str">
-        <v>PvA aanbevelingen en evaluatie uitvoering  Rekenkamerrapport Onderzoek naar heffingen en leges in Barneveld</v>
+        <v>Barneveld Doet / project participatie</v>
       </c>
       <c r="C2274" s="0">
-        <v>1293</v>
+        <v>931</v>
       </c>
       <c r="D2274" s="0" t="str">
-        <v>Team Griffie</v>
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
       <c r="E2274" s="0" t="str">
-        <v>M Bongers</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2275" spans="1:5" customFormat="false">
       <c r="A2275" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (bestuurlijke aangelegenheden OddV)</v>
       </c>
       <c r="B2275" s="0" t="str">
-        <v>Openbare toiletvoorzieningen</v>
+        <v>Omgevingsdienst de Vallei/ OddV</v>
       </c>
       <c r="C2275" s="0">
-        <v>898</v>
+        <v>1050</v>
       </c>
       <c r="D2275" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
+        <v>Team Planologie, bezwaar en beroep</v>
       </c>
       <c r="E2275" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2276" spans="1:5" customFormat="false">
       <c r="A2276" s="0" t="str">
-        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B2276" s="0" t="str">
-        <v>lantaarnpalen 5G ready</v>
+        <v>Informatievoorziening vanuit regio FoodValley</v>
       </c>
       <c r="C2276" s="0">
-        <v>1004</v>
+        <v>463</v>
       </c>
       <c r="D2276" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2276" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2277" spans="1:5" customFormat="false">
       <c r="A2277" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B2277" s="0" t="str">
-        <v>Jaarverslaggeving 2012 - oninbare debiteuren</v>
+        <v>FoodValley op website gemeente</v>
       </c>
       <c r="C2277" s="0">
-        <v>93</v>
+        <v>498</v>
       </c>
       <c r="D2277" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2277" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2278" spans="1:5" customFormat="false">
       <c r="A2278" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B2278" s="0" t="str">
-        <v>Informatie over meicirculaire</v>
+        <v>Strategische agenda FoodValley: monitor en effectrapportage komen</v>
       </c>
       <c r="C2278" s="0">
-        <v>95</v>
+        <v>499</v>
       </c>
       <c r="D2278" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2278" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2279" spans="1:5" customFormat="false">
       <c r="A2279" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B2279" s="0" t="str">
-        <v>Kadernota</v>
+        <v>Uitvoeringsprogramma Strategische Agenda FoodValley</v>
       </c>
       <c r="C2279" s="0">
-        <v>367</v>
+        <v>595</v>
       </c>
       <c r="D2279" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2279" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2280" spans="1:5" customFormat="false">
       <c r="A2280" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B2280" s="0" t="str">
-        <v>Rentetoerekening aan grondexploitaties</v>
+        <v>Informatieverstrekking over FoodValley</v>
       </c>
       <c r="C2280" s="0">
-        <v>494</v>
+        <v>663</v>
       </c>
       <c r="D2280" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2280" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2281" spans="1:5" customFormat="false">
       <c r="A2281" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B2281" s="0" t="str">
-        <v>Boekwaardeontwikkeling NIEGG in maandrapportage</v>
+        <v>Lobbyist FoodValley uit Brussel</v>
       </c>
       <c r="C2281" s="0">
-        <v>496</v>
+        <v>684</v>
       </c>
       <c r="D2281" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2281" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2282" spans="1:5" customFormat="false">
       <c r="A2282" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B2282" s="0" t="str">
-        <v>Overzicht getroffen voorzieningen IEGG en NIEGG bij Kadernota</v>
+        <v>engelstalige website regio FoodValley</v>
       </c>
       <c r="C2282" s="0">
-        <v>497</v>
+        <v>750</v>
       </c>
       <c r="D2282" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2282" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2283" spans="1:5" customFormat="false">
       <c r="A2283" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B2283" s="0" t="str">
-        <v xml:space="preserve">Financiële verantwoording over besteding reserve monumenten </v>
+        <v>Dierenambulance</v>
       </c>
       <c r="C2283" s="0">
-        <v>569</v>
+        <v>1057</v>
       </c>
       <c r="D2283" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2283" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2284" spans="1:5" customFormat="false">
       <c r="A2284" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (regionale samenwerking: FoodValley, regiocontract etc.)</v>
       </c>
       <c r="B2284" s="0" t="str">
-        <v>Autoriseren kosten ICT via maandrapportage</v>
+        <v>Afspraken WFC World Food Experience</v>
       </c>
       <c r="C2284" s="0">
-        <v>596</v>
+        <v>1205</v>
       </c>
       <c r="D2284" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E2284" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>B. Wijnne</v>
       </c>
     </row>
     <row r="2285" spans="1:5" customFormat="false">
       <c r="A2285" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
       </c>
       <c r="B2285" s="0" t="str">
-        <v>Jaarverslaggeving 2016: memo verbetering p&amp;c</v>
+        <v>PvA aanbevelingen en evaluatie uitvoering  Rekenkamerrapport Onderzoek naar heffingen en leges in Barneveld</v>
       </c>
       <c r="C2285" s="0">
-        <v>795</v>
+        <v>1293</v>
       </c>
       <c r="D2285" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2285" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="2286" spans="1:5" customFormat="false">
       <c r="A2286" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
       </c>
       <c r="B2286" s="0" t="str">
-        <v>Budgetoverhevelingen</v>
+        <v>PvA aanbevelingen en evaluatie uitvoering  Rekenkamerrapport Onderzoek naar heffingen en leges in Barneveld</v>
       </c>
       <c r="C2286" s="0">
-        <v>1206</v>
+        <v>1293</v>
       </c>
       <c r="D2286" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2286" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="2287" spans="1:5" customFormat="false">
       <c r="A2287" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>413 Bestuurlijke samenwerking (rekenkamercommissie)</v>
       </c>
       <c r="B2287" s="0" t="str">
-        <v>Tussenstap tussen Kadernota en begroting</v>
+        <v>PvA aanbevelingen en evaluatie uitvoering  Rekenkamerrapport Onderzoek naar heffingen en leges in Barneveld</v>
       </c>
       <c r="C2287" s="0">
-        <v>1260</v>
+        <v>1293</v>
       </c>
       <c r="D2287" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v>Team Griffie</v>
       </c>
       <c r="E2287" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M Bongers</v>
       </c>
     </row>
     <row r="2288" spans="1:5" customFormat="false">
       <c r="A2288" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="B2288" s="0" t="str">
-        <v>Budgetoverschrijdingspercentage bij investeringen</v>
+        <v>Openbare toiletvoorzieningen</v>
       </c>
       <c r="C2288" s="0">
-        <v>1281</v>
+        <v>898</v>
       </c>
       <c r="D2288" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Vastgoed en Infrastructuur </v>
       </c>
       <c r="E2288" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2289" spans="1:5" customFormat="false">
       <c r="A2289" s="0" t="str">
-        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
+        <v>421 Beheer overige eigen gebouwen en gronden (Vastgoed)</v>
       </c>
       <c r="B2289" s="0" t="str">
-        <v>Noodzaak 5 ton structurele investeringen</v>
+        <v>lantaarnpalen 5G ready</v>
       </c>
       <c r="C2289" s="0">
-        <v>1282</v>
+        <v>1004</v>
       </c>
       <c r="D2289" s="0" t="str">
-        <v>Team F&amp;C en administraties</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2289" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2290" spans="1:5" customFormat="false">
       <c r="A2290" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B2290" s="0" t="str">
-        <v>Afhandeling telefoongesprekken door KCC</v>
+        <v>Jaarverslaggeving 2012 - oninbare debiteuren</v>
       </c>
       <c r="C2290" s="0">
-        <v>121</v>
+        <v>93</v>
       </c>
       <c r="D2290" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E2290" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2291" spans="1:5" customFormat="false">
       <c r="A2291" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B2291" s="0" t="str">
-        <v>Notitie toegewezen bezwaar- en beroepschriften</v>
+        <v>Informatie over meicirculaire</v>
       </c>
       <c r="C2291" s="0">
-        <v>122</v>
+        <v>95</v>
       </c>
       <c r="D2291" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E2291" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2292" spans="1:5" customFormat="false">
       <c r="A2292" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B2292" s="0" t="str">
-        <v>Alternatieve aanbestedingsmethoden</v>
+        <v>Kadernota</v>
       </c>
       <c r="C2292" s="0">
-        <v>168</v>
+        <v>367</v>
       </c>
       <c r="D2292" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2292" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2293" spans="1:5" customFormat="false">
       <c r="A2293" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B2293" s="0" t="str">
-        <v>Haalbaarheid inbedden procedure benadering lokale aanbieders bij aanbestedingen</v>
+        <v>Rentetoerekening aan grondexploitaties</v>
       </c>
       <c r="C2293" s="0">
-        <v>261</v>
+        <v>494</v>
       </c>
       <c r="D2293" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2293" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2294" spans="1:5" customFormat="false">
       <c r="A2294" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B2294" s="0" t="str">
-        <v>Uittreedregeling gemeente Barneveld</v>
+        <v>Boekwaardeontwikkeling NIEGG in maandrapportage</v>
       </c>
       <c r="C2294" s="0">
-        <v>479</v>
+        <v>496</v>
       </c>
       <c r="D2294" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E2294" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2295" spans="1:5" customFormat="false">
       <c r="A2295" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B2295" s="0" t="str">
-        <v>Evaluatie Wet normering Topinkomens bij instellingen waar gemeente Barneveld een subsidierelatie mee heeft.</v>
+        <v>Overzicht getroffen voorzieningen IEGG en NIEGG bij Kadernota</v>
       </c>
       <c r="C2295" s="0">
-        <v>516</v>
+        <v>497</v>
       </c>
       <c r="D2295" s="0" t="str">
-        <v>Team EZ</v>
+        <v xml:space="preserve">OUD Afdeling Ruimtelijke Ontwikkeling (RO) </v>
       </c>
       <c r="E2295" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2296" spans="1:5" customFormat="false">
       <c r="A2296" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B2296" s="0" t="str">
-        <v>Website gemeente</v>
+        <v xml:space="preserve">Financiële verantwoording over besteding reserve monumenten </v>
       </c>
       <c r="C2296" s="0">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="D2296" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E2296" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2297" spans="1:5" customFormat="false">
       <c r="A2297" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B2297" s="0" t="str">
-        <v>Inzet mensen met arbeidsbeperking in gemeentelijke organisatie</v>
+        <v>Autoriseren kosten ICT via maandrapportage</v>
       </c>
       <c r="C2297" s="0">
-        <v>629</v>
+        <v>596</v>
       </c>
       <c r="D2297" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E2297" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2298" spans="1:5" customFormat="false">
       <c r="A2298" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B2298" s="0" t="str">
-        <v>enquête vergunningverlening evenementenbeleid</v>
+        <v>Jaarverslaggeving 2016: memo verbetering p&amp;c</v>
       </c>
       <c r="C2298" s="0">
-        <v>751</v>
+        <v>795</v>
       </c>
       <c r="D2298" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2298" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>G.J. van den Hengel</v>
       </c>
     </row>
     <row r="2299" spans="1:5" customFormat="false">
       <c r="A2299" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B2299" s="0" t="str">
-        <v>Privacyregelgeving</v>
+        <v>Budgetoverhevelingen</v>
       </c>
       <c r="C2299" s="0">
-        <v>884</v>
+        <v>1206</v>
       </c>
       <c r="D2299" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E2299" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2300" spans="1:5" customFormat="false">
       <c r="A2300" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B2300" s="0" t="str">
-        <v>Buiter Beter App</v>
+        <v>Tussenstap tussen Kadernota en begroting</v>
       </c>
       <c r="C2300" s="0">
-        <v>919</v>
+        <v>1260</v>
       </c>
       <c r="D2300" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E2300" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2301" spans="1:5" customFormat="false">
       <c r="A2301" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B2301" s="0" t="str">
-        <v>Openstelling bedrijfsrestaurant voor verenigingen</v>
+        <v>Budgetoverschrijdingspercentage bij investeringen</v>
       </c>
       <c r="C2301" s="0">
-        <v>922</v>
+        <v>1281</v>
       </c>
       <c r="D2301" s="0" t="str">
-        <v>Team Huishoudelijke dienst</v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E2301" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2302" spans="1:5" customFormat="false">
       <c r="A2302" s="0" t="str">
-        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
+        <v>422 Ondersteuning &amp; organisatie (optimalisatie p&amp;c cyclus, begroting, Kadernota, tussenrapportage, reserves en voorzieningen, lokale heffingen, risico's weerstandsvermogen, verbonden partijen)</v>
       </c>
       <c r="B2302" s="0" t="str">
-        <v>Pilot blockchain duurzaamheid</v>
+        <v>Noodzaak 5 ton structurele investeringen</v>
       </c>
       <c r="C2302" s="0">
-        <v>975</v>
+        <v>1282</v>
       </c>
       <c r="D2302" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team F&amp;C en administraties</v>
       </c>
       <c r="E2302" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2303" spans="1:5" customFormat="false">
       <c r="A2303" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2303" s="0" t="str">
-        <v xml:space="preserve">Memo over gebiedsregisseur/-manager/wijkplatformcoördinator </v>
+        <v>Afhandeling telefoongesprekken door KCC</v>
       </c>
       <c r="C2303" s="0">
-        <v>986</v>
+        <v>121</v>
       </c>
       <c r="D2303" s="0" t="str">
-        <v>Team EZ</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2303" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2304" spans="1:5" customFormat="false">
       <c r="A2304" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2304" s="0" t="str">
-        <v>Verrichten diensten voor gemeente Scherpenzeel</v>
+        <v>Notitie toegewezen bezwaar- en beroepschriften</v>
       </c>
       <c r="C2304" s="0">
-        <v>1020</v>
+        <v>122</v>
       </c>
       <c r="D2304" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2304" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2305" spans="1:5" customFormat="false">
       <c r="A2305" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2305" s="0" t="str">
-        <v xml:space="preserve">Werkwijze persoonlijke beleidsopvattingen </v>
+        <v>Alternatieve aanbestedingsmethoden</v>
       </c>
       <c r="C2305" s="0">
-        <v>1056</v>
+        <v>168</v>
       </c>
       <c r="D2305" s="0" t="str">
-        <v>Team Juridische Zaken</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2305" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2306" spans="1:5" customFormat="false">
       <c r="A2306" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2306" s="0" t="str">
-        <v>Risico verenigingen door Nieuwe Wet Bestuur en Toezicht Rechtspersonen</v>
+        <v>Haalbaarheid inbedden procedure benadering lokale aanbieders bij aanbestedingen</v>
       </c>
       <c r="C2306" s="0">
-        <v>1107</v>
+        <v>261</v>
       </c>
       <c r="D2306" s="0" t="str">
-        <v>Team Bestuursondersteuning</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2306" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2307" spans="1:5" customFormat="false">
       <c r="A2307" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2307" s="0" t="str">
-        <v>Implementatie zaaksysteem en archiveringsproblemen</v>
+        <v>Uittreedregeling gemeente Barneveld</v>
       </c>
       <c r="C2307" s="0">
-        <v>1197</v>
+        <v>479</v>
       </c>
       <c r="D2307" s="0" t="str">
-        <v>Team DIV (archief)</v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E2307" s="0" t="str">
-        <v>W. Oosterwijk</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2308" spans="1:5" customFormat="false">
       <c r="A2308" s="0" t="str">
         <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2308" s="0" t="str">
-        <v>Zaaksysteem</v>
+        <v>Evaluatie Wet normering Topinkomens bij instellingen waar gemeente Barneveld een subsidierelatie mee heeft.</v>
       </c>
       <c r="C2308" s="0">
-        <v>1250</v>
+        <v>516</v>
       </c>
       <c r="D2308" s="0" t="str">
-        <v>Concernteam</v>
+        <v>Team EZ</v>
       </c>
       <c r="E2308" s="0" t="str">
         <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2309" spans="1:5" customFormat="false">
       <c r="A2309" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2309" s="0" t="str">
-        <v>Cursus voor burgers over gemeente en raad</v>
+        <v>Website gemeente</v>
       </c>
       <c r="C2309" s="0">
-        <v>146</v>
+        <v>566</v>
       </c>
       <c r="D2309" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2309" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2310" spans="1:5" customFormat="false">
       <c r="A2310" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2310" s="0" t="str">
-        <v>Sociale media</v>
+        <v>Inzet mensen met arbeidsbeperking in gemeentelijke organisatie</v>
       </c>
       <c r="C2310" s="0">
-        <v>312</v>
+        <v>629</v>
       </c>
       <c r="D2310" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E2310" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2311" spans="1:5" customFormat="false">
       <c r="A2311" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2311" s="0" t="str">
-        <v>Communicatie/ contacten met burgers</v>
+        <v>enquête vergunningverlening evenementenbeleid</v>
       </c>
       <c r="C2311" s="0">
-        <v>381</v>
+        <v>751</v>
       </c>
       <c r="D2311" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2311" s="0" t="str">
-        <v>J. van der  Tak</v>
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2312" spans="1:5" customFormat="false">
       <c r="A2312" s="0" t="str">
-        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2312" s="0" t="str">
-        <v>participatieniveau bij onderhoud</v>
+        <v>Privacyregelgeving</v>
       </c>
       <c r="C2312" s="0">
-        <v>1199</v>
+        <v>884</v>
       </c>
       <c r="D2312" s="0" t="str">
-        <v>Team Beheer (Leefomgeving)</v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2312" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2313" spans="1:5" customFormat="false">
       <c r="A2313" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2313" s="0" t="str">
-        <v>Aanbesteding verzelfstandiging exploitatie Veluwehal en sportaccommodaties/zwembaden</v>
+        <v>Buiter Beter App</v>
       </c>
       <c r="C2313" s="0">
-        <v>140</v>
+        <v>919</v>
       </c>
       <c r="D2313" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v xml:space="preserve">OUD Afdeling Beheer Openbare Ruimte (BOR) </v>
       </c>
       <c r="E2313" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2314" spans="1:5" customFormat="false">
       <c r="A2314" s="0" t="str">
-        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2314" s="0" t="str">
-        <v>Signalen Optisport (internet) meenemen met verificatiegesprekken</v>
+        <v>Openstelling bedrijfsrestaurant voor verenigingen</v>
       </c>
       <c r="C2314" s="0">
-        <v>445</v>
+        <v>922</v>
       </c>
       <c r="D2314" s="0" t="str">
-        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+        <v>Team Huishoudelijke dienst</v>
       </c>
       <c r="E2314" s="0" t="str">
-        <v>J.M. de Heer-Verheij</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2315" spans="1:5" customFormat="false">
       <c r="A2315" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2315" s="0" t="str">
-        <v>Schuldpositie gemeente Barneveld</v>
+        <v>Pilot blockchain duurzaamheid</v>
       </c>
       <c r="C2315" s="0">
-        <v>308</v>
+        <v>975</v>
       </c>
       <c r="D2315" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E2315" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2316" spans="1:5" customFormat="false">
       <c r="A2316" s="0" t="str">
-        <v>431 Treasury</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2316" s="0" t="str">
-        <v xml:space="preserve">Indicatoren en systematiek weerstandsvermogen </v>
+        <v xml:space="preserve">Memo over gebiedsregisseur/-manager/wijkplatformcoördinator </v>
       </c>
       <c r="C2316" s="0">
-        <v>540</v>
+        <v>986</v>
       </c>
       <c r="D2316" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team EZ</v>
       </c>
       <c r="E2316" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2317" spans="1:5" customFormat="false">
       <c r="A2317" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2317" s="0" t="str">
-        <v>Toeristenbelasting</v>
+        <v>Verrichten diensten voor gemeente Scherpenzeel</v>
       </c>
       <c r="C2317" s="0">
-        <v>475</v>
+        <v>1020</v>
       </c>
       <c r="D2317" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
       </c>
       <c r="E2317" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2318" spans="1:5" customFormat="false">
       <c r="A2318" s="0" t="str">
-        <v>432 Belastingen</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2318" s="0" t="str">
-        <v>Vennootschapsbelasting</v>
+        <v xml:space="preserve">Werkwijze persoonlijke beleidsopvattingen </v>
       </c>
       <c r="C2318" s="0">
-        <v>626</v>
+        <v>1056</v>
       </c>
       <c r="D2318" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team Juridische Zaken</v>
       </c>
       <c r="E2318" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2319" spans="1:5" customFormat="false">
       <c r="A2319" s="0" t="str">
-        <v>434 Overige baten en lasten</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2319" s="0" t="str">
-        <v>Memo stelpost autonome groei 2012</v>
+        <v>Risico verenigingen door Nieuwe Wet Bestuur en Toezicht Rechtspersonen</v>
       </c>
       <c r="C2319" s="0">
-        <v>158</v>
+        <v>1107</v>
       </c>
       <c r="D2319" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team Bestuursondersteuning</v>
       </c>
       <c r="E2319" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2320" spans="1:5" customFormat="false">
       <c r="A2320" s="0" t="str">
-        <v>434 Overige baten en lasten</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2320" s="0" t="str">
-        <v>inflatiecorrectie</v>
+        <v>Implementatie zaaksysteem en archiveringsproblemen</v>
       </c>
       <c r="C2320" s="0">
-        <v>625</v>
+        <v>1197</v>
       </c>
       <c r="D2320" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Team DIV (archief)</v>
       </c>
       <c r="E2320" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2321" spans="1:5" customFormat="false">
       <c r="A2321" s="0" t="str">
-        <v>441 Mutaties reserves</v>
+        <v>422 Ondersteuning organisatie (bedrijfsvoering)</v>
       </c>
       <c r="B2321" s="0" t="str">
-        <v>Reserves en voorzieningen</v>
+        <v>Zaaksysteem</v>
       </c>
       <c r="C2321" s="0">
-        <v>656</v>
+        <v>1250</v>
       </c>
       <c r="D2321" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v>Concernteam</v>
       </c>
       <c r="E2321" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>W. Oosterwijk</v>
       </c>
     </row>
     <row r="2322" spans="1:5" customFormat="false">
       <c r="A2322" s="0" t="str">
-        <v>441 Mutaties reserves</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B2322" s="0" t="str">
-        <v>Egalisatiefonds wegen</v>
+        <v>Cursus voor burgers over gemeente en raad</v>
       </c>
       <c r="C2322" s="0">
-        <v>703</v>
+        <v>146</v>
       </c>
       <c r="D2322" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2322" s="0" t="str">
-        <v>G.J. van den Hengel</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2323" spans="1:5" customFormat="false">
       <c r="A2323" s="0" t="str">
-        <v>Maatschappelijke zorg (maatschappelijke stages)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B2323" s="0" t="str">
-        <v>Maatschappelijke stages</v>
+        <v>Sociale media</v>
       </c>
       <c r="C2323" s="0">
-        <v>97</v>
+        <v>312</v>
       </c>
       <c r="D2323" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2323" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2324" spans="1:5" customFormat="false">
       <c r="A2324" s="0" t="str">
-        <v>Maatschappelijke zorg (maatschappelijke stages)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B2324" s="0" t="str">
-        <v>maatschappelijke stage</v>
+        <v>Communicatie/ contacten met burgers</v>
       </c>
       <c r="C2324" s="0">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="D2324" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v xml:space="preserve">OUD Afdeling Bestuur- en Dienstverlening (B&amp;D) </v>
       </c>
       <c r="E2324" s="0" t="str">
-        <v>M.H.J. Pluimers-Foeken</v>
+        <v>J. van der  Tak</v>
       </c>
     </row>
     <row r="2325" spans="1:5" customFormat="false">
       <c r="A2325" s="0" t="str">
-        <v>Maatschappelijke zorg (maatschappelijke stages)</v>
+        <v>422 Ondersteuning organisatie (dienstverlening, communicatie en participatie)</v>
       </c>
       <c r="B2325" s="0" t="str">
-        <v>Stand van zaken (financieel) sociaal domein</v>
+        <v>participatieniveau bij onderhoud</v>
       </c>
       <c r="C2325" s="0">
-        <v>563</v>
+        <v>1199</v>
       </c>
       <c r="D2325" s="0" t="str">
-        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+        <v>Team Beheer (Leefomgeving)</v>
       </c>
       <c r="E2325" s="0" t="str">
         <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2326" spans="1:5" customFormat="false">
       <c r="A2326" s="0" t="str">
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+      </c>
+      <c r="B2326" s="0" t="str">
+        <v>Aanbesteding verzelfstandiging exploitatie Veluwehal en sportaccommodaties/zwembaden</v>
+      </c>
+      <c r="C2326" s="0">
+        <v>140</v>
+      </c>
+      <c r="D2326" s="0" t="str">
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+      </c>
+      <c r="E2326" s="0" t="str">
+        <v>J.M. de Heer-Verheij</v>
+      </c>
+    </row>
+    <row r="2327" spans="1:5" customFormat="false">
+      <c r="A2327" s="0" t="str">
+        <v>422 Ondersteuning organisatie (verzelfstandiging sportaccommodaties en zwembaden was André)</v>
+      </c>
+      <c r="B2327" s="0" t="str">
+        <v>Signalen Optisport (internet) meenemen met verificatiegesprekken</v>
+      </c>
+      <c r="C2327" s="0">
+        <v>445</v>
+      </c>
+      <c r="D2327" s="0" t="str">
+        <v>OUD Onderwijs, Cultuur, Jeugd en Sport (afgedaan 1/1/15)</v>
+      </c>
+      <c r="E2327" s="0" t="str">
+        <v>J.M. de Heer-Verheij</v>
+      </c>
+    </row>
+    <row r="2328" spans="1:5" customFormat="false">
+      <c r="A2328" s="0" t="str">
+        <v>431 Treasury</v>
+      </c>
+      <c r="B2328" s="0" t="str">
+        <v>Schuldpositie gemeente Barneveld</v>
+      </c>
+      <c r="C2328" s="0">
+        <v>308</v>
+      </c>
+      <c r="D2328" s="0" t="str">
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+      </c>
+      <c r="E2328" s="0" t="str">
+        <v>G.J. van den Hengel</v>
+      </c>
+    </row>
+    <row r="2329" spans="1:5" customFormat="false">
+      <c r="A2329" s="0" t="str">
+        <v>431 Treasury</v>
+      </c>
+      <c r="B2329" s="0" t="str">
+        <v xml:space="preserve">Indicatoren en systematiek weerstandsvermogen </v>
+      </c>
+      <c r="C2329" s="0">
+        <v>540</v>
+      </c>
+      <c r="D2329" s="0" t="str">
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+      </c>
+      <c r="E2329" s="0" t="str">
+        <v>G.J. van den Hengel</v>
+      </c>
+    </row>
+    <row r="2330" spans="1:5" customFormat="false">
+      <c r="A2330" s="0" t="str">
+        <v>432 Belastingen</v>
+      </c>
+      <c r="B2330" s="0" t="str">
+        <v>Toeristenbelasting</v>
+      </c>
+      <c r="C2330" s="0">
+        <v>475</v>
+      </c>
+      <c r="D2330" s="0" t="str">
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+      </c>
+      <c r="E2330" s="0" t="str">
+        <v>G.J. van den Hengel</v>
+      </c>
+    </row>
+    <row r="2331" spans="1:5" customFormat="false">
+      <c r="A2331" s="0" t="str">
+        <v>432 Belastingen</v>
+      </c>
+      <c r="B2331" s="0" t="str">
+        <v>Vennootschapsbelasting</v>
+      </c>
+      <c r="C2331" s="0">
+        <v>626</v>
+      </c>
+      <c r="D2331" s="0" t="str">
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+      </c>
+      <c r="E2331" s="0" t="str">
+        <v>G.J. van den Hengel</v>
+      </c>
+    </row>
+    <row r="2332" spans="1:5" customFormat="false">
+      <c r="A2332" s="0" t="str">
+        <v>434 Overige baten en lasten</v>
+      </c>
+      <c r="B2332" s="0" t="str">
+        <v>Memo stelpost autonome groei 2012</v>
+      </c>
+      <c r="C2332" s="0">
+        <v>158</v>
+      </c>
+      <c r="D2332" s="0" t="str">
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+      </c>
+      <c r="E2332" s="0" t="str">
+        <v>G.J. van den Hengel</v>
+      </c>
+    </row>
+    <row r="2333" spans="1:5" customFormat="false">
+      <c r="A2333" s="0" t="str">
+        <v>434 Overige baten en lasten</v>
+      </c>
+      <c r="B2333" s="0" t="str">
+        <v>inflatiecorrectie</v>
+      </c>
+      <c r="C2333" s="0">
+        <v>625</v>
+      </c>
+      <c r="D2333" s="0" t="str">
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+      </c>
+      <c r="E2333" s="0" t="str">
+        <v>G.J. van den Hengel</v>
+      </c>
+    </row>
+    <row r="2334" spans="1:5" customFormat="false">
+      <c r="A2334" s="0" t="str">
+        <v>441 Mutaties reserves</v>
+      </c>
+      <c r="B2334" s="0" t="str">
+        <v>Reserves en voorzieningen</v>
+      </c>
+      <c r="C2334" s="0">
+        <v>656</v>
+      </c>
+      <c r="D2334" s="0" t="str">
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+      </c>
+      <c r="E2334" s="0" t="str">
+        <v>G.J. van den Hengel</v>
+      </c>
+    </row>
+    <row r="2335" spans="1:5" customFormat="false">
+      <c r="A2335" s="0" t="str">
+        <v>441 Mutaties reserves</v>
+      </c>
+      <c r="B2335" s="0" t="str">
+        <v>Egalisatiefonds wegen</v>
+      </c>
+      <c r="C2335" s="0">
+        <v>703</v>
+      </c>
+      <c r="D2335" s="0" t="str">
+        <v xml:space="preserve">OUD Afdeling Bedrijfsvoering (BDV) </v>
+      </c>
+      <c r="E2335" s="0" t="str">
+        <v>G.J. van den Hengel</v>
+      </c>
+    </row>
+    <row r="2336" spans="1:5" customFormat="false">
+      <c r="A2336" s="0" t="str">
         <v>Maatschappelijke zorg (maatschappelijke stages)</v>
       </c>
-      <c r="B2326" s="0" t="str">
+      <c r="B2336" s="0" t="str">
+        <v>Maatschappelijke stages</v>
+      </c>
+      <c r="C2336" s="0">
+        <v>97</v>
+      </c>
+      <c r="D2336" s="0" t="str">
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+      </c>
+      <c r="E2336" s="0" t="str">
+        <v>M.H.J. Pluimers-Foeken</v>
+      </c>
+    </row>
+    <row r="2337" spans="1:5" customFormat="false">
+      <c r="A2337" s="0" t="str">
+        <v>Maatschappelijke zorg (maatschappelijke stages)</v>
+      </c>
+      <c r="B2337" s="0" t="str">
+        <v>maatschappelijke stage</v>
+      </c>
+      <c r="C2337" s="0">
+        <v>361</v>
+      </c>
+      <c r="D2337" s="0" t="str">
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+      </c>
+      <c r="E2337" s="0" t="str">
+        <v>M.H.J. Pluimers-Foeken</v>
+      </c>
+    </row>
+    <row r="2338" spans="1:5" customFormat="false">
+      <c r="A2338" s="0" t="str">
+        <v>Maatschappelijke zorg (maatschappelijke stages)</v>
+      </c>
+      <c r="B2338" s="0" t="str">
         <v>Stand van zaken (financieel) sociaal domein</v>
       </c>
-      <c r="C2326" s="0">
+      <c r="C2338" s="0">
         <v>563</v>
       </c>
-      <c r="D2326" s="0" t="str">
+      <c r="D2338" s="0" t="str">
         <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
       </c>
-      <c r="E2326" s="0" t="str">
-[...45 lines deleted...]
-        <v>2</v>
+      <c r="E2338" s="0" t="str">
+        <v>M.H.J. Pluimers-Foeken</v>
+      </c>
+    </row>
+    <row r="2339" spans="1:5" customFormat="false">
+      <c r="A2339" s="0" t="str">
+        <v>Maatschappelijke zorg (maatschappelijke stages)</v>
+      </c>
+      <c r="B2339" s="0" t="str">
+        <v>Stand van zaken (financieel) sociaal domein</v>
+      </c>
+      <c r="C2339" s="0">
+        <v>563</v>
+      </c>
+      <c r="D2339" s="0" t="str">
+        <v xml:space="preserve">OUD Afdeling Sociaal Domein (SOC) </v>
+      </c>
+      <c r="E2339" s="0" t="str">
+        <v>M.H.J. Pluimers-Foeken</v>
       </c>
     </row>
     <row r="2340" spans="7:7" customFormat="false">
       <c r="G2340" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2341" spans="7:7" customFormat="false">
       <c r="G2341" s="4" t="s">
         <v>2</v>
       </c>
     </row>
+    <row r="2343" spans="7:7" customFormat="false">
+      <c r="G2343" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
     <row r="2344" spans="7:7" customFormat="false">
       <c r="G2344" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2345" spans="7:7" customFormat="false">
       <c r="G2345" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2347" spans="7:7" customFormat="false">
       <c r="G2347" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2348" spans="7:7" customFormat="false">
       <c r="G2348" s="4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2349" spans="7:7" customFormat="false">
-[...3 lines deleted...]
-    </row>
     <row r="2350" spans="7:7" customFormat="false">
       <c r="G2350" s="4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2666" spans="5:5" customFormat="false">
-[...15 lines deleted...]
-      <c r="E2678" s="1"/>
+    <row r="2351" spans="7:7" customFormat="false">
+      <c r="G2351" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2353" spans="7:7" customFormat="false">
+      <c r="G2353" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2354" spans="7:7" customFormat="false">
+      <c r="G2354" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2357" spans="7:7" customFormat="false">
+      <c r="G2357" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2358" spans="7:7" customFormat="false">
+      <c r="G2358" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2360" spans="7:7" customFormat="false">
+      <c r="G2360" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2361" spans="7:7" customFormat="false">
+      <c r="G2361" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2362" spans="7:7" customFormat="false">
+      <c r="G2362" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2363" spans="7:7" customFormat="false">
+      <c r="G2363" s="4" t="s">
+        <v>2</v>
+      </c>
     </row>
     <row r="2679" spans="5:5" customFormat="false">
       <c r="E2679" s="1"/>
     </row>
-    <row r="2680" spans="5:5" customFormat="false">
-[...4 lines deleted...]
-    </row>
     <row r="2682" spans="5:5" customFormat="false">
       <c r="E2682" s="1"/>
     </row>
-    <row r="2683" spans="5:5" customFormat="false">
-[...7 lines deleted...]
-    </row>
     <row r="2686" spans="5:5" customFormat="false">
       <c r="E2686" s="1"/>
     </row>
-    <row r="2687" spans="5:5" customFormat="false">
-[...1 lines deleted...]
-    </row>
     <row r="2689" spans="5:5" customFormat="false">
       <c r="E2689" s="1"/>
     </row>
     <row r="2690" spans="5:5" customFormat="false">
       <c r="E2690" s="1"/>
     </row>
+    <row r="2691" spans="5:5" customFormat="false">
+      <c r="E2691" s="1"/>
+    </row>
+    <row r="2692" spans="5:5" customFormat="false">
+      <c r="E2692" s="1"/>
+    </row>
     <row r="2693" spans="5:5" customFormat="false">
       <c r="E2693" s="1"/>
     </row>
+    <row r="2694" spans="5:5" customFormat="false">
+      <c r="E2694" s="1"/>
+    </row>
+    <row r="2695" spans="5:5" customFormat="false">
+      <c r="E2695" s="1"/>
+    </row>
+    <row r="2696" spans="5:5" customFormat="false">
+      <c r="E2696" s="1"/>
+    </row>
+    <row r="2697" spans="5:5" customFormat="false">
+      <c r="E2697" s="1"/>
+    </row>
+    <row r="2698" spans="5:5" customFormat="false">
+      <c r="E2698" s="1"/>
+    </row>
+    <row r="2699" spans="5:5" customFormat="false">
+      <c r="E2699" s="1"/>
+    </row>
     <row r="2700" spans="5:5" customFormat="false">
       <c r="E2700" s="1"/>
     </row>
-    <row r="2701" spans="5:5" customFormat="false">
-[...30 lines deleted...]
-      <c r="E2735" s="1"/>
+    <row r="2702" spans="5:5" customFormat="false">
+      <c r="E2702" s="1"/>
+    </row>
+    <row r="2703" spans="5:5" customFormat="false">
+      <c r="E2703" s="1"/>
+    </row>
+    <row r="2706" spans="5:5" customFormat="false">
+      <c r="E2706" s="1"/>
+    </row>
+    <row r="2713" spans="5:5" customFormat="false">
+      <c r="E2713" s="1"/>
+    </row>
+    <row r="2714" spans="5:5" customFormat="false">
+      <c r="E2714" s="1"/>
     </row>
     <row r="2736" spans="5:5" customFormat="false">
       <c r="E2736" s="1"/>
     </row>
     <row r="2739" spans="5:5" customFormat="false">
       <c r="E2739" s="1"/>
     </row>
     <row r="2740" spans="5:5" customFormat="false">
       <c r="E2740" s="1"/>
     </row>
     <row r="2742" spans="5:5" customFormat="false">
       <c r="E2742" s="1"/>
     </row>
     <row r="2743" spans="5:5" customFormat="false">
       <c r="E2743" s="1"/>
     </row>
+    <row r="2744" spans="5:5" customFormat="false">
+      <c r="E2744" s="1"/>
+    </row>
+    <row r="2745" spans="5:5" customFormat="false">
+      <c r="E2745" s="1"/>
+    </row>
     <row r="2746" spans="5:5" customFormat="false">
       <c r="E2746" s="1"/>
     </row>
-    <row r="2751" spans="5:5" customFormat="false">
-      <c r="E2751" s="1"/>
+    <row r="2747" spans="5:5" customFormat="false">
+      <c r="E2747" s="1"/>
+    </row>
+    <row r="2748" spans="5:5" customFormat="false">
+      <c r="E2748" s="1"/>
+    </row>
+    <row r="2749" spans="5:5" customFormat="false">
+      <c r="E2749" s="1"/>
     </row>
     <row r="2752" spans="5:5" customFormat="false">
       <c r="E2752" s="1"/>
     </row>
+    <row r="2753" spans="5:5" customFormat="false">
+      <c r="E2753" s="1"/>
+    </row>
+    <row r="2755" spans="5:5" customFormat="false">
+      <c r="E2755" s="1"/>
+    </row>
+    <row r="2756" spans="5:5" customFormat="false">
+      <c r="E2756" s="1"/>
+    </row>
+    <row r="2759" spans="5:5" customFormat="false">
+      <c r="E2759" s="1"/>
+    </row>
+    <row r="2764" spans="5:5" customFormat="false">
+      <c r="E2764" s="1"/>
+    </row>
     <row r="2765" spans="5:5" customFormat="false">
       <c r="E2765" s="1"/>
     </row>
-    <row r="2768" spans="5:5" customFormat="false">
-[...18 lines deleted...]
-      <c r="E2784" s="1"/>
+    <row r="2778" spans="5:5" customFormat="false">
+      <c r="E2778" s="1"/>
+    </row>
+    <row r="2781" spans="5:5" customFormat="false">
+      <c r="E2781" s="1"/>
+    </row>
+    <row r="2782" spans="5:5" customFormat="false">
+      <c r="E2782" s="1"/>
+    </row>
+    <row r="2783" spans="5:5" customFormat="false">
+      <c r="E2783" s="1"/>
     </row>
     <row r="2786" spans="5:5" customFormat="false">
       <c r="E2786" s="1"/>
     </row>
-    <row r="2787" spans="5:5" customFormat="false">
-[...1 lines deleted...]
-    </row>
     <row r="2788" spans="5:5" customFormat="false">
       <c r="E2788" s="1"/>
     </row>
-    <row r="2803" spans="5:5" customFormat="false">
-[...18 lines deleted...]
-      <c r="E2826" s="1"/>
+    <row r="2792" spans="5:5" customFormat="false">
+      <c r="E2792" s="1"/>
+    </row>
+    <row r="2797" spans="5:5" customFormat="false">
+      <c r="E2797" s="1"/>
+    </row>
+    <row r="2799" spans="5:5" customFormat="false">
+      <c r="E2799" s="1"/>
+    </row>
+    <row r="2800" spans="5:5" customFormat="false">
+      <c r="E2800" s="1"/>
+    </row>
+    <row r="2801" spans="5:5" customFormat="false">
+      <c r="E2801" s="1"/>
+    </row>
+    <row r="2816" spans="5:5" customFormat="false">
+      <c r="E2816" s="1"/>
+    </row>
+    <row r="2824" spans="5:5" customFormat="false">
+      <c r="E2824" s="1"/>
+    </row>
+    <row r="2831" spans="5:5" customFormat="false">
+      <c r="E2831" s="1"/>
     </row>
     <row r="2832" spans="5:5" customFormat="false">
       <c r="E2832" s="1"/>
     </row>
     <row r="2833" spans="5:5" customFormat="false">
       <c r="E2833" s="1"/>
     </row>
     <row r="2834" spans="5:5" customFormat="false">
       <c r="E2834" s="1"/>
     </row>
-    <row r="2835" spans="5:5" customFormat="false">
-[...12 lines deleted...]
-      <c r="E2842" s="1"/>
+    <row r="2839" spans="5:5" customFormat="false">
+      <c r="E2839" s="1"/>
+    </row>
+    <row r="2845" spans="5:5" customFormat="false">
+      <c r="E2845" s="1"/>
+    </row>
+    <row r="2846" spans="5:5" customFormat="false">
+      <c r="E2846" s="1"/>
+    </row>
+    <row r="2847" spans="5:5" customFormat="false">
+      <c r="E2847" s="1"/>
     </row>
     <row r="2848" spans="5:5" customFormat="false">
       <c r="E2848" s="1"/>
     </row>
-    <row r="2849" spans="5:5" customFormat="false">
-[...4 lines deleted...]
-    </row>
     <row r="2851" spans="5:5" customFormat="false">
       <c r="E2851" s="1"/>
     </row>
-    <row r="2852" spans="5:5" customFormat="false">
-[...1 lines deleted...]
-    </row>
     <row r="2853" spans="5:5" customFormat="false">
       <c r="E2853" s="1"/>
     </row>
     <row r="2854" spans="5:5" customFormat="false">
       <c r="E2854" s="1"/>
     </row>
     <row r="2855" spans="5:5" customFormat="false">
       <c r="E2855" s="1"/>
     </row>
-    <row r="2856" spans="5:5" customFormat="false">
-[...9 lines deleted...]
-      <c r="E2859" s="1"/>
+    <row r="2861" spans="5:5" customFormat="false">
+      <c r="E2861" s="1"/>
+    </row>
+    <row r="2862" spans="5:5" customFormat="false">
+      <c r="E2862" s="1"/>
     </row>
     <row r="2863" spans="5:5" customFormat="false">
       <c r="E2863" s="1"/>
     </row>
     <row r="2864" spans="5:5" customFormat="false">
       <c r="E2864" s="1"/>
     </row>
+    <row r="2865" spans="5:5" customFormat="false">
+      <c r="E2865" s="1"/>
+    </row>
     <row r="2866" spans="5:5" customFormat="false">
       <c r="E2866" s="1"/>
     </row>
+    <row r="2867" spans="5:5" customFormat="false">
+      <c r="E2867" s="1"/>
+    </row>
+    <row r="2868" spans="5:5" customFormat="false">
+      <c r="E2868" s="1"/>
+    </row>
+    <row r="2869" spans="5:5" customFormat="false">
+      <c r="E2869" s="1"/>
+    </row>
     <row r="2870" spans="5:5" customFormat="false">
       <c r="E2870" s="1"/>
     </row>
     <row r="2871" spans="5:5" customFormat="false">
       <c r="E2871" s="1"/>
     </row>
     <row r="2872" spans="5:5" customFormat="false">
       <c r="E2872" s="1"/>
     </row>
-    <row r="2873" spans="5:5" customFormat="false">
-[...6 lines deleted...]
-      <c r="E2875" s="1"/>
+    <row r="2876" spans="5:5" customFormat="false">
+      <c r="E2876" s="1"/>
     </row>
     <row r="2877" spans="5:5" customFormat="false">
       <c r="E2877" s="1"/>
     </row>
-    <row r="2878" spans="5:5" customFormat="false">
-[...1 lines deleted...]
-    </row>
     <row r="2879" spans="5:5" customFormat="false">
       <c r="E2879" s="1"/>
     </row>
-    <row r="2880" spans="5:5" customFormat="false">
-[...6 lines deleted...]
-      <c r="E2882" s="1"/>
+    <row r="2883" spans="5:5" customFormat="false">
+      <c r="E2883" s="1"/>
     </row>
     <row r="2884" spans="5:5" customFormat="false">
       <c r="E2884" s="1"/>
     </row>
+    <row r="2885" spans="5:5" customFormat="false">
+      <c r="E2885" s="1"/>
+    </row>
     <row r="2886" spans="5:5" customFormat="false">
       <c r="E2886" s="1"/>
     </row>
+    <row r="2887" spans="5:5" customFormat="false">
+      <c r="E2887" s="1"/>
+    </row>
     <row r="2888" spans="5:5" customFormat="false">
       <c r="E2888" s="1"/>
     </row>
-    <row r="2889" spans="5:5" customFormat="false">
-[...1 lines deleted...]
-    </row>
     <row r="2890" spans="5:5" customFormat="false">
       <c r="E2890" s="1"/>
     </row>
     <row r="2891" spans="5:5" customFormat="false">
       <c r="E2891" s="1"/>
     </row>
     <row r="2892" spans="5:5" customFormat="false">
       <c r="E2892" s="1"/>
     </row>
+    <row r="2893" spans="5:5" customFormat="false">
+      <c r="E2893" s="1"/>
+    </row>
     <row r="2894" spans="5:5" customFormat="false">
       <c r="E2894" s="1"/>
     </row>
-    <row r="2896" spans="5:5" customFormat="false">
-      <c r="E2896" s="1"/>
+    <row r="2895" spans="5:5" customFormat="false">
+      <c r="E2895" s="1"/>
     </row>
     <row r="2897" spans="5:5" customFormat="false">
       <c r="E2897" s="1"/>
     </row>
-    <row r="2900" spans="5:5" customFormat="false">
-      <c r="E2900" s="1"/>
+    <row r="2899" spans="5:5" customFormat="false">
+      <c r="E2899" s="1"/>
     </row>
     <row r="2901" spans="5:5" customFormat="false">
       <c r="E2901" s="1"/>
     </row>
     <row r="2902" spans="5:5" customFormat="false">
       <c r="E2902" s="1"/>
     </row>
     <row r="2903" spans="5:5" customFormat="false">
       <c r="E2903" s="1"/>
     </row>
     <row r="2904" spans="5:5" customFormat="false">
       <c r="E2904" s="1"/>
     </row>
     <row r="2905" spans="5:5" customFormat="false">
       <c r="E2905" s="1"/>
     </row>
-    <row r="2906" spans="5:5" customFormat="false">
-[...3 lines deleted...]
-      <c r="E2908" s="1"/>
+    <row r="2907" spans="5:5" customFormat="false">
+      <c r="E2907" s="1"/>
     </row>
     <row r="2909" spans="5:5" customFormat="false">
       <c r="E2909" s="1"/>
     </row>
     <row r="2910" spans="5:5" customFormat="false">
       <c r="E2910" s="1"/>
     </row>
-    <row r="2911" spans="5:5" customFormat="false">
-[...3 lines deleted...]
-      <c r="E2912" s="1"/>
+    <row r="2913" spans="5:5" customFormat="false">
+      <c r="E2913" s="1"/>
+    </row>
+    <row r="2914" spans="5:5" customFormat="false">
+      <c r="E2914" s="1"/>
+    </row>
+    <row r="2915" spans="5:5" customFormat="false">
+      <c r="E2915" s="1"/>
+    </row>
+    <row r="2916" spans="5:5" customFormat="false">
+      <c r="E2916" s="1"/>
     </row>
     <row r="2917" spans="5:5" customFormat="false">
       <c r="E2917" s="1"/>
     </row>
     <row r="2918" spans="5:5" customFormat="false">
       <c r="E2918" s="1"/>
     </row>
     <row r="2919" spans="5:5" customFormat="false">
       <c r="E2919" s="1"/>
     </row>
     <row r="2921" spans="5:5" customFormat="false">
       <c r="E2921" s="1"/>
     </row>
+    <row r="2922" spans="5:5" customFormat="false">
+      <c r="E2922" s="1"/>
+    </row>
     <row r="2923" spans="5:5" customFormat="false">
       <c r="E2923" s="1"/>
     </row>
     <row r="2924" spans="5:5" customFormat="false">
       <c r="E2924" s="1"/>
     </row>
     <row r="2925" spans="5:5" customFormat="false">
       <c r="E2925" s="1"/>
     </row>
-    <row r="2926" spans="5:5" customFormat="false">
-[...9 lines deleted...]
-      <c r="E2929" s="1"/>
+    <row r="2930" spans="5:5" customFormat="false">
+      <c r="E2930" s="1"/>
     </row>
     <row r="2931" spans="5:5" customFormat="false">
       <c r="E2931" s="1"/>
     </row>
     <row r="2932" spans="5:5" customFormat="false">
       <c r="E2932" s="1"/>
     </row>
-    <row r="2958" spans="5:5" customFormat="false">
-      <c r="E2958" s="1"/>
+    <row r="2934" spans="5:5" customFormat="false">
+      <c r="E2934" s="1"/>
+    </row>
+    <row r="2936" spans="5:5" customFormat="false">
+      <c r="E2936" s="1"/>
+    </row>
+    <row r="2937" spans="5:5" customFormat="false">
+      <c r="E2937" s="1"/>
+    </row>
+    <row r="2938" spans="5:5" customFormat="false">
+      <c r="E2938" s="1"/>
+    </row>
+    <row r="2939" spans="5:5" customFormat="false">
+      <c r="E2939" s="1"/>
+    </row>
+    <row r="2940" spans="5:5" customFormat="false">
+      <c r="E2940" s="1"/>
+    </row>
+    <row r="2941" spans="5:5" customFormat="false">
+      <c r="E2941" s="1"/>
+    </row>
+    <row r="2942" spans="5:5" customFormat="false">
+      <c r="E2942" s="1"/>
+    </row>
+    <row r="2944" spans="5:5" customFormat="false">
+      <c r="E2944" s="1"/>
+    </row>
+    <row r="2945" spans="5:5" customFormat="false">
+      <c r="E2945" s="1"/>
+    </row>
+    <row r="2971" spans="5:5" customFormat="false">
+      <c r="E2971" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F52559885289E84D9BB9C92178C3DF29" ma:contentTypeVersion="6" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="497d920be695e925a3817565ca967ee8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bc6ebc93-4963-4a77-94c8-0476d9858166" xmlns:ns3="918ee99b-6196-4499-b1cf-c35da725e06e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a92207fe99bcfaf75c20cf29235b26a7" ns2:_="" ns3:_="">
     <xsd:import namespace="bc6ebc93-4963-4a77-94c8-0476d9858166"/>
     <xsd:import namespace="918ee99b-6196-4499-b1cf-c35da725e06e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>